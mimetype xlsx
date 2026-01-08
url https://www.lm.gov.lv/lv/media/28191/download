--- v2 (2025-12-09)
+++ v3 (2026-01-08)
@@ -9,99 +9,99 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person0.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lmgovlv-my.sharepoint.com/personal/sandra_kuharenoka_lm_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="9" documentId="13_ncr:1_{4BBD524D-7184-4BBC-8B6D-880F22AA3C81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{58579E9E-9E5F-47B4-BE90-30143E1C1E63}"/>
+  <xr:revisionPtr revIDLastSave="13" documentId="13_ncr:1_{4BBD524D-7184-4BBC-8B6D-880F22AA3C81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BEF3722A-1B98-491B-9267-02656D01F7F8}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{1522F7D3-9611-4C5B-B854-6912CC9E28B8}"/>
   </bookViews>
   <sheets>
     <sheet name="Sociālie uzņēmumi" sheetId="1" r:id="rId1"/>
     <sheet name="Sociālie uzņēmumi (neaktīvie)" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sociālie uzņēmumi'!$A$6:$AJ$284</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Sociālie uzņēmumi'!$A$1:$AJ$284</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sociālie uzņēmumi'!$A$6:$AJ$287</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Sociālie uzņēmumi (neaktīvie)'!$A$6:$R$115</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Sociālie uzņēmumi'!$A$1:$AJ$287</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Sociālie uzņēmumi (neaktīvie)'!$A$1:$S$67</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Sociālie uzņēmumi'!$A:$B,'Sociālie uzņēmumi'!$4:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Sociālie uzņēmumi (neaktīvie)'!$A:$B,'Sociālie uzņēmumi (neaktīvie)'!$4:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B1" i="1" l="1"/>
   <c r="B2" i="2"/>
   <c r="B1" i="2"/>
   <c r="S2" i="1" l="1"/>
   <c r="S1" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6310" uniqueCount="2728">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6388" uniqueCount="2770">
   <si>
     <t>Kopā</t>
   </si>
   <si>
     <t>SOCIĀLO UZŅĒMUMU REĢISTRS</t>
   </si>
   <si>
     <t>Nr.</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t>Komersanta reģistrācijas numurs</t>
   </si>
   <si>
     <t>Juridiskā adrese</t>
   </si>
   <si>
     <t>Kontaktinformācija</t>
   </si>
   <si>
     <t>Tīmekļvietne</t>
   </si>
   <si>
@@ -314,53 +314,50 @@
   <si>
     <t>SIA "Amber Sound"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Svaigi"</t>
   </si>
   <si>
     <t>SIA "VEIZĀNA DEJU SKOLA"</t>
   </si>
   <si>
     <t>SIA LSK Kurzeme</t>
   </si>
   <si>
     <t>SIA ZĪLE-ZĪLE</t>
   </si>
   <si>
     <t>SIA "Free Riga house guardians"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "VS Skola"</t>
   </si>
   <si>
     <t>SIA Operetes teātris</t>
   </si>
   <si>
-    <t>SIA "Sociāli aktīvo aģentūra"</t>
-[...1 lines deleted...]
-  <si>
     <t>Sabiedrība ar ierobežotu atbildību "Mobilitātes Centrs cilvēkiem ar kustību traucējumiem (MobilCentrs)"</t>
   </si>
   <si>
     <t>SIA 3 MĀSAS</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Stikla Māja"</t>
   </si>
   <si>
     <t>SIA "Vecāku organizācija"</t>
   </si>
   <si>
     <t>SIA "Torņakalna Privātā vidusskola"</t>
   </si>
   <si>
     <t>SIA Vigo Health</t>
   </si>
   <si>
     <t>SIA Mobilizing</t>
   </si>
   <si>
     <t>SIA "Terapijas centrs "Skaņas un mūzika""</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "ParVaiPret.lv"</t>
@@ -749,53 +746,50 @@
   <si>
     <t>SIA "Austras raksti"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Atbalsta un attīstības centrs KOPĀ"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Pētnieku darbnīca"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "IDĀRTO"</t>
   </si>
   <si>
     <t>SIA "Piedzīvo"</t>
   </si>
   <si>
     <t>SIA Gardegunis Stella</t>
   </si>
   <si>
     <t>SIA "Fonds Otrā elpa"</t>
   </si>
   <si>
     <t>SIA "EMU Skola"</t>
   </si>
   <si>
-    <t>SIA Dabas Saldumu Maģija</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA Attīstības centrs "Pakāpieni"</t>
   </si>
   <si>
     <t>Zolitūdes iela 22a, Rīga, LV-1029</t>
   </si>
   <si>
     <t>27771848</t>
   </si>
   <si>
     <t>smaids.s.u@inbox.lv</t>
   </si>
   <si>
     <t>www.smaidsizglitiba.lv</t>
   </si>
   <si>
     <t>Bebru iela 2-7, Jēkabpils, LV-5201</t>
   </si>
   <si>
     <t>24775788</t>
   </si>
   <si>
     <t>domusatbalsts@gmail.com</t>
   </si>
   <si>
     <t>_</t>
@@ -1130,62 +1124,50 @@
   <si>
     <t>www.freeriga.lv</t>
   </si>
   <si>
     <t>Rīga, Aizvaru iela 12, LV-1035</t>
   </si>
   <si>
     <t>29401581</t>
   </si>
   <si>
     <t>skola@montesoripardaugava.lv</t>
   </si>
   <si>
     <t>Čiekurkalna 1. līnija 84, Rīga, LV-1026</t>
   </si>
   <si>
     <t>29422672</t>
   </si>
   <si>
     <t>agija@operetesteatris.lv</t>
   </si>
   <si>
     <t>www.operetesteatris.lv</t>
   </si>
   <si>
-    <t>Salnas iela 7-12, Rīga, LV-1021</t>
-[...10 lines deleted...]
-  <si>
     <t>Andreja iela 7/9, Ventspils, LV-3601</t>
   </si>
   <si>
     <t>29557410</t>
   </si>
   <si>
     <t>marinadimitrova@inbox.lv</t>
   </si>
   <si>
     <t>iincubator.weebly.com</t>
   </si>
   <si>
     <t>Grēcinieku iela 26 - 22, Rīga, LV-1050</t>
   </si>
   <si>
     <t>29327853</t>
   </si>
   <si>
     <t>egijasilare@inbox.lv</t>
   </si>
   <si>
     <t>www.3masas.lv</t>
   </si>
   <si>
     <t>Malienas iela 72-10, Rīga, LV-1064</t>
@@ -1901,51 +1883,54 @@
   <si>
     <t>29904637</t>
   </si>
   <si>
     <t>elzaelina.klava@inbox.lv</t>
   </si>
   <si>
     <t>Arāju iela 11A, Rīga, LV-1023</t>
   </si>
   <si>
     <t>26441261</t>
   </si>
   <si>
     <t>alise@alterlabs.org</t>
   </si>
   <si>
     <t>www.alterlabs.org</t>
   </si>
   <si>
     <t>Avotu iela 68-8, Rīga, LV-1009</t>
   </si>
   <si>
     <t>26606109</t>
   </si>
   <si>
-    <t>liene.reine@gmail.com</t>
+    <t>liene@ligero.lv</t>
+  </si>
+  <si>
+    <t>www.ligero.lv</t>
   </si>
   <si>
     <t>Sporta iela 2 k-2, Rīga, LV- 1013</t>
   </si>
   <si>
     <t>26295530</t>
   </si>
   <si>
     <t>ziedonaklase@fondsviegli.lv</t>
   </si>
   <si>
     <t>https://fondsviegli.lv/lv/ziedona-klase</t>
   </si>
   <si>
     <t>"Fazenda", Gramzdas pagasts, Priekules novads, LV-3487</t>
   </si>
   <si>
     <t>29186717</t>
   </si>
   <si>
     <t>henrijskeruzis@inbox.lv</t>
   </si>
   <si>
     <t>Juglas iela 39-27, Rīga, LV- 1064</t>
   </si>
@@ -2241,51 +2226,51 @@
   <si>
     <t>29881187</t>
   </si>
   <si>
     <t>rigazvaigznajs@gmail.com</t>
   </si>
   <si>
     <t>zvaigznajs.lv</t>
   </si>
   <si>
     <t>Rīga, Aizkraukles iela 1 - 4</t>
   </si>
   <si>
     <t>29404821</t>
   </si>
   <si>
     <t>depo@klubsdepo.lv</t>
   </si>
   <si>
     <t>www.klubsdepo.lv</t>
   </si>
   <si>
     <t>Čiekurkalna 4, šķērslīnija 22A-1, Rīga, LV-1026</t>
   </si>
   <si>
-    <t>25226526</t>
+    <t>20934545 (25226526)</t>
   </si>
   <si>
     <t>armands@labojam.lv</t>
   </si>
   <si>
     <t>https://socialais.dev/</t>
   </si>
   <si>
     <t>Bieķensalas iela 19, Rīga, LV-1004</t>
   </si>
   <si>
     <t>28838993</t>
   </si>
   <si>
     <t>info@bernurits.lv</t>
   </si>
   <si>
     <t>www.jauniesu-rits.lv</t>
   </si>
   <si>
     <t>Saules iela 2, Brankas, Cenu pagasts, Ozolnieku novads, LV-3042</t>
   </si>
   <si>
     <t>29186682</t>
   </si>
@@ -2421,51 +2406,51 @@
   <si>
     <t>"Lielastītes", Kangari, Ropažu novads, LV-2135</t>
   </si>
   <si>
     <t>25108268</t>
   </si>
   <si>
     <t>info@retoceriba.lv</t>
   </si>
   <si>
     <t>Rusova iela 26-69, Rīga, LV-1026</t>
   </si>
   <si>
     <t>28704865</t>
   </si>
   <si>
     <t>dancetheatresonrisa@gmail.com</t>
   </si>
   <si>
     <t>Loka iela 4-7, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
     <t>anete_antrope@inbox.lv;</t>
   </si>
   <si>
-    <t>http://www.kukaburra.lv/</t>
+    <t>http://www.kukaburra.lv</t>
   </si>
   <si>
     <t>"Vēji", Jaunpils, Jaunpils pagasts, Tukuma novads, 
 LV-3145</t>
   </si>
   <si>
     <t>28360166</t>
   </si>
   <si>
     <t>info@sportolatvija.lv</t>
   </si>
   <si>
     <t>www.sportolatvija.lv</t>
   </si>
   <si>
     <t>Ievu iela 3a, Sigulda, Siguldas novads, LV-2150</t>
   </si>
   <si>
     <t>29577669</t>
   </si>
   <si>
     <t>gl.development.info@gmail.com</t>
   </si>
   <si>
     <t>Vīlandes iela 7-4, Rīga, LV-1010</t>
@@ -2707,59 +2692,50 @@
   <si>
     <t>Ropažu iela 21-27, Rīga, LV-1039</t>
   </si>
   <si>
     <t>24881288</t>
   </si>
   <si>
     <t>info@otraelpa.lv</t>
   </si>
   <si>
     <t>www.otraelpa.lv</t>
   </si>
   <si>
     <t>Ozolciema iela 24 k-1-8, Rīga, LV-1058</t>
   </si>
   <si>
     <t>26316413</t>
   </si>
   <si>
     <t>info@emu.lv</t>
   </si>
   <si>
     <t>https://www.skolas.emu.lv</t>
   </si>
   <si>
-    <t>Liepsalas, Mālpils pagasts, Siguldas novads, LV-2152</t>
-[...7 lines deleted...]
-  <si>
     <t>Raiņa iela 89, Smiltene, Smiltenes novads, LV-4729</t>
   </si>
   <si>
     <t>25651516</t>
   </si>
   <si>
     <t>sindiipap@gmail.com</t>
   </si>
   <si>
     <t>Dzelzavas iela 74, Rīga, LV-1084</t>
   </si>
   <si>
     <t>Rīga</t>
   </si>
   <si>
     <t>85.59</t>
   </si>
   <si>
     <t>Citur neklasificēta izglītība</t>
   </si>
   <si>
     <t>88.99.</t>
   </si>
   <si>
     <t>Citur neklasificēti sociālās aprūpes pakalpojumi</t>
@@ -3103,264 +3079,252 @@
   <si>
     <t>Pārējo virsdrēbju ražošana</t>
   </si>
   <si>
     <t>94.12</t>
   </si>
   <si>
     <t>Profesionālu organizāciju darbība</t>
   </si>
   <si>
     <t>68.20</t>
   </si>
   <si>
     <t>Sava vai nomāta nekustamā īpašuma izīrēšana un pārvaldīšana</t>
   </si>
   <si>
     <t>Olgas iela 1,Rīga,  LV-1048</t>
   </si>
   <si>
     <t>90.01</t>
   </si>
   <si>
     <t>Mākslinieku darbība</t>
   </si>
   <si>
-    <t>Strauta iela 1B -k-3-15, Upesciems, Garkalnes pagasts, Ropažu novads, LV-2137</t>
-[...2 lines deleted...]
-    <t>Garkalnes pagasts</t>
+    <t>Ventspils</t>
+  </si>
+  <si>
+    <t>88.1</t>
+  </si>
+  <si>
+    <t>Grēcinieku iela 26-22, Rīga, LV-1050</t>
+  </si>
+  <si>
+    <t>90.04</t>
+  </si>
+  <si>
+    <t>Kultūras iestāžu darbība</t>
+  </si>
+  <si>
+    <t>Pērnavas iela 33, Rīga, LV-1009</t>
+  </si>
+  <si>
+    <t>63.12</t>
+  </si>
+  <si>
+    <t>Interneta portālu darbība</t>
+  </si>
+  <si>
+    <t>Mārupes iela 16, Rīga, LV-1002</t>
+  </si>
+  <si>
+    <t>62.01</t>
+  </si>
+  <si>
+    <t>Datorprogrammēšana</t>
+  </si>
+  <si>
+    <t>Graudu iela 68 A, Rīga, LV-1058</t>
+  </si>
+  <si>
+    <t>85.53</t>
+  </si>
+  <si>
+    <t>Transportlīdzekļu vadītāju apmācība</t>
+  </si>
+  <si>
+    <t>Ernesta Birznieka Upīša iela 20A-203, Rīga, LV-1050</t>
+  </si>
+  <si>
+    <t>86.9</t>
+  </si>
+  <si>
+    <t>Ozolciema iela 22/1-1, Rīga, LV-1058</t>
+  </si>
+  <si>
+    <t>94.99</t>
+  </si>
+  <si>
+    <t>Citur neklasificētu organizāciju darbība</t>
+  </si>
+  <si>
+    <t>87.90</t>
+  </si>
+  <si>
+    <t>Cita veida sociālās aprūpes pakalpojumi ar izmitināšanu</t>
+  </si>
+  <si>
+    <t>Audēju iela 16, Rīga, LV-1050</t>
+  </si>
+  <si>
+    <t>93.29</t>
+  </si>
+  <si>
+    <t>Cita izklaides un atpūtas darbība</t>
+  </si>
+  <si>
+    <t>Stabu iela 32, Rīga, LV-1011</t>
+  </si>
+  <si>
+    <t>Daugmales pagasts</t>
+  </si>
+  <si>
+    <t>11.07</t>
+  </si>
+  <si>
+    <t>Bezalkohola dzērienu ražošana; minerālūdeņu un pudelēs iepildītu citu ūdeņu ražošana</t>
+  </si>
+  <si>
+    <t>Rīgas iela 175, ikšķile, Ikšķiles novads, LV-5052</t>
+  </si>
+  <si>
+    <t>10.71</t>
+  </si>
+  <si>
+    <t>Maizes ražošana; svaigi ceptu mīklas izstrādājumu un kūku ražošana</t>
+  </si>
+  <si>
+    <t>10.89</t>
+  </si>
+  <si>
+    <t>Pārējo citur neklasificētu pārtikas produktu ražošana</t>
+  </si>
+  <si>
+    <t>Vītiņu pagasts</t>
+  </si>
+  <si>
+    <t>87.30</t>
+  </si>
+  <si>
+    <t>Veco ļaužu un invalīdu aprūpe</t>
+  </si>
+  <si>
+    <t>Partizānu iela 21, Balvi, Balvu novads, LV-4501</t>
+  </si>
+  <si>
+    <t>Balvi</t>
+  </si>
+  <si>
+    <t>Balvu novads</t>
+  </si>
+  <si>
+    <t>93.21</t>
+  </si>
+  <si>
+    <t>Atrakciju un atpūtas parku darbība</t>
+  </si>
+  <si>
+    <t>Līvbērzes pagasts</t>
+  </si>
+  <si>
+    <t>Jelgavas novads</t>
+  </si>
+  <si>
+    <t>55.10</t>
+  </si>
+  <si>
+    <t>Izmitināšana viesnīcās un līdzīgās apmešanās vietās</t>
+  </si>
+  <si>
+    <t>Lielā iela 17, Jelgava, LV-3001</t>
+  </si>
+  <si>
+    <t>86.23</t>
+  </si>
+  <si>
+    <t>Zobārstu prakse</t>
+  </si>
+  <si>
+    <t>16.29</t>
+  </si>
+  <si>
+    <t>Pārējo koka izstrādājumu ražošana; korķa, salmu unpīto izstrādājumu ražošana</t>
+  </si>
+  <si>
+    <t>Brīvības iela 30, Ogre, Ogres novads, LV-5001</t>
+  </si>
+  <si>
+    <t>Ogre</t>
+  </si>
+  <si>
+    <t>Lāču iela 9-14, Rīga, LV- 1013</t>
+  </si>
+  <si>
+    <t>49.31</t>
+  </si>
+  <si>
+    <t>Pilsētas un piepilsētas pasažieru sauszemes pārvadājumi</t>
+  </si>
+  <si>
+    <t>"Eglaines", Drabešu pagasts, Cēsu novads, LV-4139</t>
+  </si>
+  <si>
+    <t>Drabešu pagasts</t>
+  </si>
+  <si>
+    <t>Kungu iela 21-1, Liepāja, LV-3401</t>
+  </si>
+  <si>
+    <t>32.50</t>
+  </si>
+  <si>
+    <t>Medicīnas un zobārstniecības instrumentu un piederumu ražošana</t>
+  </si>
+  <si>
+    <t>Ludza</t>
+  </si>
+  <si>
+    <t>Ludzas novads</t>
+  </si>
+  <si>
+    <t>23.41</t>
+  </si>
+  <si>
+    <t>Sadzīves un dekoratīvo keramikas izstrādājumu ražošana</t>
+  </si>
+  <si>
+    <t>Talsi</t>
+  </si>
+  <si>
+    <t>"Ozolaine", Līči. Stopiņu novads, LV-2118</t>
+  </si>
+  <si>
+    <t>Stopiņu pagasts</t>
   </si>
   <si>
     <t>Ropažu novads</t>
-  </si>
-[...205 lines deleted...]
-    <t>Stopiņu pagasts</t>
   </si>
   <si>
     <t>96.09</t>
   </si>
   <si>
     <t>Citur neklasificēti individuālie pakalpojumi</t>
   </si>
   <si>
     <t>Staiceles iela 2A, 
 Rīga, LV-1035</t>
   </si>
   <si>
     <t>58.19</t>
   </si>
   <si>
     <t>Citi izdevējdarbības veidi</t>
   </si>
   <si>
     <t>Kr. Barona iela 22, Rīga, LV-1050</t>
   </si>
   <si>
     <t xml:space="preserve">85.50 </t>
   </si>
   <si>
     <t>Pārējā izglītība</t>
@@ -3377,50 +3341,56 @@
   <si>
     <t>Aitu un kazu audzēšana</t>
   </si>
   <si>
     <t xml:space="preserve">88.99 </t>
   </si>
   <si>
     <t>Lielais prospekts 48, Ventspils, LV-3601</t>
   </si>
   <si>
     <t>56.1</t>
   </si>
   <si>
     <t>Ķekavas pagasts</t>
   </si>
   <si>
     <t>Tīraines dārzi 6, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
     <t>Mārupe</t>
   </si>
   <si>
     <t>Mārupes novads</t>
   </si>
   <si>
+    <t>85.51</t>
+  </si>
+  <si>
+    <t>Sporta un ārpusskolas izglītība</t>
+  </si>
+  <si>
     <t>93.11</t>
   </si>
   <si>
     <t>Sporta objektu darbība</t>
   </si>
   <si>
     <t>"Driepas", Laidzes pagasts, Talsu novads, LV-3280</t>
   </si>
   <si>
     <t>Balasta dambis 56, Rīga, LV-1048</t>
   </si>
   <si>
     <t xml:space="preserve">"Vecupmaļi", Daudzeses pagasts, Aizkraukles novads, LV-5111 </t>
   </si>
   <si>
     <t>Daudzeses pagasts</t>
   </si>
   <si>
     <t>Aizkraukles novads</t>
   </si>
   <si>
     <t>93.13</t>
   </si>
   <si>
     <t>Fitnesa centru darbība</t>
@@ -3618,50 +3588,53 @@
   <si>
     <t>45.20</t>
   </si>
   <si>
     <t>Automobiļu apkope un remonts</t>
   </si>
   <si>
     <t>49.41</t>
   </si>
   <si>
     <t>Kravu pārvadājumi pa autoceļiem</t>
   </si>
   <si>
     <t>Juglas iela 39 - 27, Rīga, LV-1064</t>
   </si>
   <si>
     <t>93.19</t>
   </si>
   <si>
     <t>Citas sporta nodarbības</t>
   </si>
   <si>
     <t>Lielā zaļā iela 9, Garkalne, Garkalnes pagasts, Ropažu novads, LV-2137</t>
   </si>
   <si>
+    <t>Garkalnes pagasts</t>
+  </si>
+  <si>
     <t>45.31</t>
   </si>
   <si>
     <t>Automobiļu rezerves daļu un piederumu vairumtirdzniecība</t>
   </si>
   <si>
     <t>46.63</t>
   </si>
   <si>
     <t>Ieguves rūpniecības, būvniecības un inženierbūvniecības iekārtu vairumtirdzniecība</t>
   </si>
   <si>
     <t>Ķeiķi, Skaņkalnes pagasts, Valmieras novads, LV-4215</t>
   </si>
   <si>
     <t>Skaņkalnes pagasts</t>
   </si>
   <si>
     <t>70.22</t>
   </si>
   <si>
     <t>Konsultēšana komercdarbībā un vadībzinībās</t>
   </si>
   <si>
     <t>Kalnciema iela 106A-4, Rīga, LV-1046</t>
@@ -3973,53 +3946,50 @@
   <si>
     <t>Asītes iela 3A, Rīga, LV-1004</t>
   </si>
   <si>
     <t>Vecpilsētas iela 2, Jelgava, LV-3001</t>
   </si>
   <si>
     <t>Rīga, Dzirnupes iela 3, LV-1024</t>
   </si>
   <si>
     <t>Briežu iela 11, 
 Vālodzes, Stopiņu pagasts, Ropažu novads, LV-2130</t>
   </si>
   <si>
     <t>Nākotnes iela 55, Sigulda, Siguldas nov., Latvija LV-2150</t>
   </si>
   <si>
     <t>Zeltrītu iela 16-41, Mārupe, Mārupes nov., LV-2167</t>
   </si>
   <si>
     <t>Stabu iela 35-2, Rīga, LV-1011</t>
   </si>
   <si>
     <t xml:space="preserve">Akmeņu 
 iela 21A, Rīga, LV-1048 </t>
-  </si>
-[...1 lines deleted...]
-    <t>Loka ceļš 56, Jaunmārupe, Mārupes pagasts, Mārupes novads, LV-2166</t>
   </si>
   <si>
     <t>Ezera iela 2a, Launkalne, Launkalnes pagasts, Smiltenes novads, LV-4718</t>
   </si>
   <si>
     <t>Launkalnes pagasts</t>
   </si>
   <si>
     <t>Smiltenes novads</t>
   </si>
   <si>
     <t>85.00</t>
   </si>
   <si>
     <t>Pirmsskolas izglītība</t>
   </si>
   <si>
     <t>Nē</t>
   </si>
   <si>
     <t>Jā</t>
   </si>
   <si>
     <t>Veicot saimniecisko darbību rast labvēlīgu sociālo ietekmi un risināt sabiedrībā esošās sociālās problēmas. 88.91 (Bērnu dienas aprūpes centru darbība); 88.10 (Veco ļaužu un invalīdu sociālā aprūpe bez izmitināšanas) ; 88.99 (citur neklasificēti sociālās aprūpes pakalpojumi); 85.51 (Sporta un ārpusskolas izglītība); 85.59 (Citur neklasificēta izglītība).</t>
   </si>
@@ -4251,108 +4221,92 @@
   </si>
   <si>
     <t>LM-32-4-19/27</t>
   </si>
   <si>
     <t>Sabiedrības mērķis:
 1) ražot mākslas un dokumentālās filmas, raidījumus, reportāžas un citus materiālus (turpmāk - kino), kurās atspoguļoti sociāli nozīmīgi jautājumi un notikumi, piemēram, attiecības starp draugiem un ģimenē, personības izaugsme un karjeras attīstība, vēstures notikumi, tēvzemes mīlestība un patriotisms, cīņas spars un neatlaidība, aizliegto vielu atkarības posts;
 2) organizēt pasākumus un diskusijas ar skolēniem, studentiem, citām sabiedrības grupām par sociāli aktuāliem jautājumiem, kas atspoguļoti minētajos kino darbos, un vēstures notikumiem;
 3) apmācīt skolēnus un studentus kino veidošanā;
 4) iesaistīt skolēnus, studentus, personas ar invaliditāti, gados vecākus bezdarbniekus un bezdarbniekus, kuriem ir apgādājamie, pensionārus un citas sabiedrības grupas kino veidošanā kā nodarbinātos vai brīvprātīgos, nodrošinot ienākumus vai brīvā laika pavadīšanas iespējas.</t>
   </si>
   <si>
     <t>LM-32-4-19/25</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir uzlabot Latvijas reģionu kopienu iedzīvotāju dzīves kvalitāti un Latvijas reģionu mazo saimniecību un mājražotāju konkurētspēju:
 1) dodot iespēju mazajām saimniecībām no visiem Latvijas reģioniem, kurām pietrūkst zināšanu un resursu, lai paši nodrošinātu savas produkcijas pārdošanu gala pircējiem, nodot tirdzniecībai izaudzētos un saražotos produktus bez nopietnām ilgtermiņa saistībām īsā pārtikas piegādes ķēdē.
 2) palīdzot un iedrošinot mazās saimniecības un mājražotājus turpināt un attīstīt savu darbību reģionos, nodrošinot izaugsmes iespējas un veicinot kapacitātes pieaugumu, kas tādējādi stiprinātu vietējās kopienas, radītu darba iespējas vietējiem iedzīvotājiem un caur pozitīvu piemēru iedrošinātu citus lauku iedzīvotājus uzsākt vai turpināt saimniekošanu Latvijas laukos.
 3) nodrošināt profesionālu zemnieku saimniecību un mazo ražotāju produkcijas tirdzniecību, dot iespēju saimniekiem profesionāli realizēties izvēlētajā darbības jomā, tādējādi stiprinot personīgo identitāti un darba kultūru vietējā sabiedrībā.
 4) nodrošinot kvalitatīvas un tīras pārtikas pieejamību, lai veicinātu pilnvērtīga uztura lietošanu un veselīgas pārtikas ēšanas paradumus Latvijas ģimenēs, jo īpaši tajās ģimenēs, kurās aug bērni.</t>
   </si>
   <si>
     <t>LM-32-4-19/26</t>
   </si>
   <si>
-    <t>LM-32-4-04/116</t>
+    <t>LM-32-4-04/210</t>
   </si>
   <si>
     <t>Sniegt sociālus pakalpojumus, veicināt kultūras daudzveidību, veicināt izglītības darbību un veidot iekļaujošu pilsonisko sabiedrību.</t>
   </si>
   <si>
     <t>LM-32-4-19/31</t>
   </si>
   <si>
     <t>Sabiedrības kā sociālā uzņēmuma darbības mērķis ir izveidot pašpietiekamu, ilgtspējīgu un uz attīstību vērstu uzņēmumu, kas sniedz sociālos pakalpojumus, sekmējot sociālās atstumtības riskam pakļauto iedzīvotāju grupu nodarbinātību un sociālo integrāciju, lai kopumā veicinātu dzīves kvalitāti, kā rezultātā radot labvēlīgu vidi, kā arī sociālo ietekmi - nepārtrauktu peļņas investēšanu minēto sociālo mērķu sasniegšanai.</t>
   </si>
   <si>
     <t>LM-32-4-19/32</t>
   </si>
   <si>
     <t>Mazināt tekstilatkritumu apjomu, radot no tiem produktus ar jaunu pievienotu vērtību. Veicināt izpratni par resursu otreizēju izmantošanu.</t>
   </si>
   <si>
     <t>LM-32-4-19/18</t>
   </si>
   <si>
     <t>Veicināt, organizēt un attīstīt pamesto un neizmantoto ēku un teritoriju apsaimniekošanu un sociāli atbildīgu revitalizāciju, nodrošinot attīstības platformu kultūras daudzveidības, pilsoniskās sabiedrības, izglītības un prasmju attīstības, brīvprātīgā darba un nevalstisko organizāciju savstarpējās sadarbības veicināšanai, kā arī sociāli un ekonomiski maznodrošināto grupu integrācijai.</t>
   </si>
   <si>
     <t>LM-32-4-19/38</t>
   </si>
   <si>
     <t>Inovatīvas izglītības veicināšana.</t>
   </si>
   <si>
     <t>LM-32-4-19/39</t>
   </si>
   <si>
     <t>Veicināt operetes un muzikālā teātra tradiciju atdzimšanu un attlstību Latvijā, izveidot
 profesionālu nacionālo Operetes teātri ar trupu, orķestri un savām telpām, popularizēt
  operetes un mūzikālā teātra žanrus, nodrošināt gan latviešu nacionālās, gan pasaules operetes muzikālo
 izrāžu pieejamību Latvijā, veidot starptauttisku sadarbību šo žanru attīstības jomā.
 Labvēlīgu sociālo ietekmi radoša saimnieciskā darbība ilgtermirņā un labuma radīšana
 sabiedrībai kopumā sociālu mērķu sasniegšanai.</t>
   </si>
   <si>
     <t>LM-32-4-19/40</t>
-  </si>
-[...14 lines deleted...]
-    <t>LM-32-4-04/75</t>
   </si>
   <si>
     <t>Iedzīvotāju sociālā iekļaušana, veicinot dažādu sociālo grupu dzīves kvalitātes paaugstināšanu un integrāciju sabiedrībā.</t>
   </si>
   <si>
     <t>Bāreņi un bez vecāku gādības palikušie bērni vecumā no 15 gadiem, kā arī šai grupai atbilstošas pilngadīgas personas līdz 24 gadu vecuma sasniegšanai</t>
   </si>
   <si>
     <t>LM-32-4-19/42</t>
   </si>
   <si>
     <t>1) Bērnu un jauniešu emocionāli ētiskā izaugsme, radošā potenciāla atraisīšana, intelektuālās attīstības veicināšana, izmantojot teātra, mūzikas un mākslas iespējas.
 2) Radīt kultūrizglītojošus projektus un veicināt to pieejamību visiem Latvijas bērniem un jauniešiem neatkarīgi no ģimenes ienākumiem un dzīvesvietas, tai skaitā: bāreņiem, daudzbērnu ģimenēm, cilvēkiem ar invaliditāti, cilvēkiem attālākajos Latvijas punktos.
 3) Popularizēt ģimeniskas vērtības, atbalstīt ģimenes.
 4) Radošas saimnieciskās darbības attīstīšana, iepriekšminēto mērķu sasniegšanai, ar  labvēlīgu sociālo ietekmi uz sabiedrību kopumā.</t>
   </si>
   <si>
     <t>LM-32-4-19/2</t>
   </si>
   <si>
     <t>Sabiedrība ir sociāls uzņēmums, kurš rada ilgstošu sociālu pozitīvu ietekmi, veicot radošu saimniecisko darbību kultūras daudzveidības un izglītības veicināšanas nodrošināšanai.</t>
   </si>
   <si>
     <t>LM-32-4-19/3</t>
   </si>
@@ -4485,53 +4439,50 @@
   <si>
     <t>Darbības mērķis:
 1. Veco ļaužu un invalīdu aprūpe ar izmitināšanu.
 2. Sociālais uzņēmums ar mērķi veikt sabiedrības, pirms pensijas un pensijas vecuma, un personām ar īpašām vajadzībām sociālās integrācijas, saskaņas un labklājības attīstības veicināšanu; kā darbiniekus piesaistīt invalīdus un bezdarbniekus pirmspensijas vecumā; sabiedrības izglītošanu; sociālo pakalpojumu attīstību; veicināšanu un sniegšanu; iedzīvotāju un valsts institūciju, pašvaldību, komerciestāžu un nevalstisko organizāciju līdzdalības veicināšana sabiedriskās dzīves norisēs; bezatlīdzības palīdzības sniegšana un organizēšana trūcīgiem un maznodrošinātiem iedzīvotājiem un pirmspensijas vecuma personām ar īpašām vajadzībām; piesaistīt un organizēt iedzīvotājus tai skaitā jauniešus un seniorus brīvprātīgajā darbā; veicināt un organizēt sabiedrības un invalīdu saturīga brīvā laika pavadīšanu; vides pieejamības uzlabošanu; sabiedrības veselības veicināšanu; atspoguļot sabiedrības aktivitātes un sabiedrības sociālās problēmas masu saziņas līdzekļos; savstarpējās palīdzības attīstīšanu un popularizēšanu; sabiedrības prioritāro vajadzību izzināšana un to realizēšanai atbilstošu pasākumu plānošanu un ieviešanu, iedzīvotāju saglabāšanai lauku apvidos; celt aprūpes pakalpojuma sniedzēju profesionālo kvalifikāciju.</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir veicināt bērnu pozitīvu attīstību, jo īpaši, atbalstot ģimenes, kurās aug bērni ar īpašām vajadzībām, veicinot to integrēšanos sabiedrībā un veidojot iekļaujošu sabiedrību.</t>
   </si>
   <si>
     <t>Ilgtspējīga lauku tūrisma attīstība, kas neapdraud dabas, kultūras un sociālos resursus, vienlaicīgi nodrošinot ekonomisko attīstību un pieaugušo dzīves kvalitāti vietējiem iedzīvotājiem, kā arī visa veida resursu racionālu izmantošanu. Sabiedrības darbības sociālais mērķis ir sekmēt sociāli mazaizsargāto iedzīvotāju, īpaši invalīdu, pirms pensijas vecuma cilvēku un jauno vecāku integrāciju sabiedrībā. Mainīt stereotipu par invalīdu, pirms pensijas vecuma cilvēku un jauno vecāku darba spējām un produktivitāti. Parādīt, ka sociāli mazaizsargāti iedzīvotāji, it īpaši invalīdi ir spējīgi līdzvērtīgi darboties sabiedrībā.</t>
   </si>
   <si>
     <t>LM-32-4-19/11</t>
   </si>
   <si>
     <t>Sabiedrības sociālais mērķis ir sniegt ar zobārstniecību saistītus pakalpojumus, lai palielinātu kvalitatīvu zobārstniecības pakalpojumu pieejamību Kurzemes reģionā bērniem un jauniešiem vecumā līdz 18 gadiem no tādām sociālām mērķa grupām, kā ģimenēm, kurām noteikta atbilstība trūcīgā statusam; bāreņiem un bez vecāku gādības palikušām personām; ģimenēm, kuru aprūpē ir vismaz trīs bērni, to skaitā audžuģimenē ievietoti un aizbildnībā esoši bērni (daudz bērnu ģimenes) veicinot bērnu un jauniešu vispusīgu attīstību, pašapziņu un sociālo integrāciju.</t>
   </si>
   <si>
     <t>LM-32-4-20/12</t>
   </si>
   <si>
     <t>Veicināt bezpajumtnieku un citu sociālās atstumtības riska grupu cilvēku rehabilitāciju, sociālo integrāciju un dzīves kvalitātes pieaugumu; Radīt iespēju bezpajumtnieku un citu sociālās atstumtības riska grupu pārstāvju fiziskās, intelektuālās, psihiskās un sociālās funkcionēšanas uzlabošanai; Motivēt bezpajumtniekus tās palīdzības un pakalpojumu saņemšanai, kas palīdzētu sasniegt cilvēka cieņai atbilstošu dzīves veidu un apstākļus. Nodarbināt sociālās atstumtības riskam pakļautās iedzīvotāju grupas</t>
   </si>
   <si>
     <t>LM-32-4-19/14</t>
-  </si>
-[...1 lines deleted...]
-    <t>LM-32-4-04/178</t>
   </si>
   <si>
     <t>Uzlabot Ogres un apkārtnes novadu ģimeņu dzīves kvalitāti, veicinot sadarbību un iesaistīšanos sabiedriski politiskajos procesos; veicināt un attīstīt formālo un neformālo izglītību, lai uzlabotu ģimeņu dzīves kvalitāti un paaugstinātu viņu lietpratību; rīkot izglītojošas un attīstošas nodarbības vecākiem, bērniem, pedagogiem un interesentiem; veicināt sadarbības un pieredzes apmaiņu ar izglītību saistītām organizācijām Latvijā un Eiropā; veicināt veselīgu dzīvesveidu un izpratni par veselīgu uzturu, ilgtspējīgu attīstību, atbildīgu dzīvesveidu.</t>
   </si>
   <si>
     <t>LM-32-4-19/17</t>
   </si>
   <si>
     <t>Nodrošināt videi visdraudzīgāko pārvietošanās iespēju pilsētās - velosipēdu koplietošanu. Pakalpojuma pieejamība uzlabo ne tikai pilsētvides un gaisa kvalitāti, bet arī veicina vietējo uzņēmējdarbību, vides pieejamību un iedzīvotāju veselību.</t>
   </si>
   <si>
     <t>Sniegt izglītības pakalpojumus sociālās atstumtības riskam pakļauto iedzīvotāju grupām, bērniem un jauniešiem. Sniegt pakalpojumus un nodrošināt servisu personām ar invaliditāti, pensionāriem, personām, kurām noteikta atbilstība trūcīgas ģimenes (personas) statusam, bāreņiem un bez vecāku gādības palikušajiem bērniem vecumā no 15 gadiem, kā arī citām sociāli atstumtības riskam pakļauto iedzīvotāju grupām ar mērķi uzlabot dzīves kvalitāti.</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir veikt labvēlīgu sociālo ietekmi radošu saimniecisko darbību personām ar invaliditāti, bez vecāku gādības palikušiem bērniem.</t>
   </si>
   <si>
     <t>LM-32-4-19/20</t>
   </si>
   <si>
     <t>Nodarbināt amatniecības nozares darba tirgū sociāli mazaizsargātos iedzīvotājus, īpaši pirmspensijas vecuma cilvēku, jauno vecāku un invalīdu nodarbinātību un integrāciju sabiedrībā. Sociāli stabilizēt šo iedzīvotāju grupu.
 Latgales kultūrvēsturiskā mantojuma saglabāšana.</t>
   </si>
   <si>
     <t>1. Nodrošināt vides pieejamību cilvēkiem ar dažādiem funkcionāliem traucējumiem; 2. Izglītot cilvēkus, kuri darbojas ar bērniem un jauniešiem, nodrošināt kvalitatīvu audzināšanas darbu bērnu un jauniešu personības veidošanas procesā; 3.Sekmēt un attīstīt lietderīga un saturīga brīvā laika pavadīšanas iespējas ģimenēm, jauniešiem un bērniem; 4. Veikt pasākumus un aktivitātes, kuras atbalsta un uzlabo cilvēku dzīves kvalitāti, īpašu uzmanību veltot bērniem, senioriem un cilvēkiem ar īpašām vajadzībām; 5. Veikt izglītojošu darbu vietējās kopienas vidū, lai veicinātu tolerantas un atbalstošas attieksmes veidošanu pret sociāli mazaizsargātām cilvēku grupām un cilvēkiem ar dažādiem funkcionāliem traucējumiem; 6.Atbalstīt un organizēt labdarības pasākumus un aktivitātes, kas veicina sabiedrības locekļu dzīves kvalitātes uzlabošanu, organizēšanā iesaistot jauniešus, veidojot atbildīgu pilsonisko  attieksmi pret sabiedrības vajadzībām; 7. Veicināt  padziļinātu izpratni par cilvēka un vides mijiedarbību, īpašu uzmanību pievēršot vides aizsardzības ilgtspējas procesiem; 8. Sadarboties ar valsts un pašvaldību iestādēm, kā arī nevalstiskajām organizācijām u.c. organizācijām izvirzīto sociālo mērķu īstenošanā un sasniegšanā; 9.Veikt citas pilsoniskai sabiedrībai nozīmīgas aktivitātes, kuras rada ilgstošu pozitīvu sociālo ietekmi.</t>
@@ -4590,50 +4541,53 @@
 • Izstrādāt un realizēt vietēja un starptautiska mēroga projektus, kas saistīti ar izglītības, kultūras, sporta, vides aizsardzības, kas nodrošinaviertējās sabiedrības labklājības celšanu un dzīves kvalitātes uzlabošanos.
 • Popularizēt bērnu, jauniešu un citu Latvijas iedzīvotāju vidū veselīgu dzīves veidu.
 • Izstrādāt un īstenot interešu, formālās un neformālās izglītības programmas bērniem. 
 • Izstrādāt un īstenot interešu izglītības un mūžizglītības programmas pieaugušajiem.
 • Izstrādāt un īstenot pedagogu profesionālās kompetences pilnveides programmas atbilstoši Ministru kabineta 2018. gada 11. septembra noteikumu Nr. 569 “Noteikumi par pedagogiem nepieciešamo izglītību un profesionālo kvalifikāciju un pedagogu profesionālās kompetences pilnveides kārtību” 21.1. apakšpunktam. 
 • Izstrādāt un īstenot pieaugušo formālās un neformālās izglītības programmas atbilstoši Izglītības likuma 46. panta piektās daļas noteikumiem.</t>
   </si>
   <si>
     <t>Iesaistīt bērnus, jauniešus un viņu vecākus aktīvās sporta nodarbībās, kas vērstas uz veselības veicināšanu, slimību profilaksi, sporta masveidību un izglītošanu; popularizēt sporta un aktīvās atpūtas iespējas, iesiastot tajās pēc iespējas vairāk bērnus, jauniešus un viņu vecākus.</t>
   </si>
   <si>
     <t>LM-32-4-19/54</t>
   </si>
   <si>
     <t>Jaunu darba vietu radīšana bezdarbniekiem.</t>
   </si>
   <si>
     <t>1.Veicināt sociālo prasmju, psihoemocionālā un fiziskā stāvokļa uzlabošanu, kvalitatīva brīvā laika pavadīšanas iespējas bērniem ar autiska spektra traucējumiem; 
 2.Sekmēt un veicināt bērnu (gan veselu, gan bērnu ar garīga rakstura traucējumiem, ar funkcionāliem traucējumiem un ārpusģimenes aprūpē esošu bērnu) vispusīgu, harmonisku un dabisku attīstību, ievērojot tās vajdzības dzīvei nepieciešamo zināšanu un prasmju apguvē. Attīstīt bērna paša unikālos resursus un veicināt to izmantošanu ikdienā;
 3. Sniegt atbalstu ģimenēm, kurās aug bērni ar uzvedības traucējumiem, veicinot bērnu pilnvērtīgu integrāciju sabiedrībā;
 4. Radīt iespēju vecākiem un citiem interesentiem savstarpēji apmainīties ar pieredzi  un saņemt kvalitatīvu informāciju, kas saistīta ar bērna attīstību un audzināšanu;
 5.Veicināt sabiedrības attieksmes maiņu: iecietību un sapratni pret bērniem invalīdiem.</t>
   </si>
   <si>
     <t>LM-32-4-19/57</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/116</t>
   </si>
   <si>
     <t>Sekmēt sabiedrības dzīves kvalitātes uzlabošanos, (t.sk. veicināt sociālo iekļaušanos, veselīgu un aktīvu dzīvesveidu), iesaistot bērnus, jauniešus un pieaugušos, kā arī gados vecākas personas sportiskās un fiziskās nodarbībās.</t>
   </si>
   <si>
     <t>LM-32-4-19/58</t>
   </si>
   <si>
     <t xml:space="preserve">Sniegt ar izglītību, veselības aprūpi un rehabilitāciju saistītus pakalpojumus, lai palielinātu kvalitatīvu veselības aprūpes un rehabilitācijas pakalpojumu pieejamību Rīgas reģionā, sociālās atstumtības riskam pakļautām iedzīvotāju grupām, kā arī bērniem līdz 18 gadu vecumam, pensionāriem, kā arī ģimenēm, kurām noteikta atbilstība trūcīgā statusam, bāreņiem un bez vecāku gadības palikušām personām, ģimenēm, kuru aprūpē ir vismaz trīs bērni, to skaitā audžuģimenē ievietoti un aizbildnībā esoši bērni (daudz bērnu ģimenes), personām ar īpašām vajadzībām, bezdarbniekiem, kuriem ir apgādājamie, bezdarbnieki, kas vecāki par 54 gadiem un ilgstošiem bezdarbniekiem, veicinot minēto personu un bērnu, un jauniešu dzīves kvalitātes uzlabošanu - vispusīgu attīstību, pašapziņu un sociālo integrāciju. </t>
   </si>
   <si>
     <t>LM-32-4-19/59</t>
   </si>
   <si>
     <t>Sabiedrības sociālais mērķis ir sniegt zobārstniecības, ambulatoriskos un ar veselības profilaksi, rehabilitācijas, slimību diagnostiku saistītus pakalpojumus sociālām mērķa grupām, kā bērni, jaunās māmiņas, sievietes, cilvēki ar īpašām vajadzībām un sabiedrībai kopumā.</t>
   </si>
   <si>
     <t>LM-32-4-19/66</t>
   </si>
   <si>
     <t>Sabiedrības darbības mērķis ir veicināt sabiedrības dzīves kvalitātes uzlabošanu, veicot saimniecisko darbību ar labvēlīgu sociālo ietekmi.</t>
   </si>
   <si>
     <t>LM-32-4-19/67</t>
   </si>
@@ -4888,51 +4842,51 @@
   <si>
     <t>LM-32-4-19/6</t>
   </si>
   <si>
     <t xml:space="preserve">1) Paplašināt personu ar invaliditāti iespējas darba tirgū Latvijā un Baltijas valstīs;
 2) Palīdzēt personām ar invaliditāti iegūt darbu, veidot karjeru un attīstīties darba tirgū;
 3) Izglītot, iedrošināt un motivēt darba devējus par personu ar invaliditāti nodarbināšanu;
 4) Motivēt personas ar invaliditāti uz karjeras izaugsmi.
 </t>
   </si>
   <si>
     <t xml:space="preserve">1) Iekļaujošas pilsoniskas sabiedrības veidošana;
 2) kultūras un tūrisma daudzveidības nodrošināšana;
 3) videi draudzīgas rīcības popularizēšana vietējā sabiedrībā.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Alter Labs ir sociāls uzņēmums ar vienīgo un galveno mērķi veicināt zināšanas un izpratni par ilgtspēju, aprites ekonomiku, dizaina domāšanu un aprites ekonomikas dizainu dažādu sabiedrības grupu, jo īpaši dizaineru un uzņēmēju vidū.     </t>
   </si>
   <si>
     <t>1) Darba iespēju radīšana un dzīves kvalitātes uzlabošana jauniešiem no sociālās atstumtības riska grupām, it īpaši vecumā no 16-18 gadiem, izveidojot sistēmu, kurā tiek savienoti darba ņēmēji ar darba devējiem.
 2) Veicināt uzņēmēju iesaistīšanos sociālās atstumtības riska grupu dzīves kvalitātes uzlabošanā, veidojot apmācību un prakses programmas.
 3) Jauniešu ar invaliditāti un/vai bāreņu, it īpaši vecumā no 16-18 gadiem, iesaiste nākotnes profesijas izveidē, piesaistot potenciālos darba devējus mācību finansēšanā.</t>
   </si>
   <si>
-    <t>LM-32-4-04/62</t>
+    <t>LM-32-4-04/201</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības mērķis ir veicināt izglītības, pilsoniskas sabiedrības un kultūras daudzveidības attīstību. </t>
   </si>
   <si>
     <t xml:space="preserve">Organizēt un nodrošināt individuālās tehniskās ievirzes nodarbības personām, kurām noteikta atbilstība trūcīgās ģimenes (personas) statusam, personām ar invaliditāti, bāreņiem un bez vecāku gādības palikušiem bērniem vecumā no 15 gadiem, kā arī šai grupai atbilstošām pilngadīgām personām līdz 24 gadu vecuma sasniegšanai, bezdarbniekiem, kuriem ir apgādājamie, bezdarbniekiem, kas vecāki par 54 gadiem un ilgstošiem bezdarbniekiem pamatiemaņu iegūšanai darbā ar dažādu tehniku un instrumentiem, kas veicinās tālākizglītību un patstāvīga darba atrašanu. Nodrošināt lauku iedzīvotājiem nepieciešamo automobiļu, smagās tehnikas un dažāda veida aparatūras nomu, remontu un pakalpojumu sniegšanu. Veicināt un attīstīt jauniešu tehnisko un radošo domāšanu, piedāvājot praktiskas un iaglītojošas dažādu jomu ievirzes nodarbības tehnikas darbnīcā un muzejā. </t>
   </si>
   <si>
     <t xml:space="preserve">1) Palīdzēt cilvēkiem ar kustību traucējumiem apgūt sekojošas prasmes: video montāža un video satura ražošana;
 2) Informēt sabiedrību par sociālām un cita veida problēmām, kas skar sabiedrību kopumā un katru indivīdu atsevišķi, problēmas dažādos veidos atspoguļojot interneta vidē;
 3) Veicināt un motivēt iedzīvotājus dzīvot gan morāli, gan fiziski veselīgi;
 4) Veicināt cilvēku ar kustību traucējumiem iekļaušanos darba vidē;
 5) Dažādu mācību, izglītojoša un informatīva satura materiālu veidošana, izmantojot dokumentālo kino;
 6) Dažādu pasākumu, tajā skaitā, labdarības pasākumu, organizēšana, filmēšana un translēšana.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/22</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības mērķis ir sociālās uzņēmējdarbības veikšana ar labvēlīgu sociālo ietekmi, dodot iespēju sociālās atstumtības riskam pakļautajām iedzīvotāju grupām – bērniem no daudzbērnu ģimenēm un bērnu nama audzēkņiem spēlēt futbolu tam piemērotā vidē.  </t>
   </si>
   <si>
     <t>LM-32-4-19/21</t>
   </si>
@@ -4955,50 +4909,53 @@
   <si>
     <t>LM-32-4-19/29</t>
   </si>
   <si>
     <t xml:space="preserve">1) Īstenojot īslaicīgās pieskatīšanas pakalpojumus, integrēt tipiskos bērnus vidē, kas piemērota bērniem ar invaliditāti. 
 2) Bērniem ar invaliditāti un tipiskajiem bērniem darbojoties kopā, veicināt abpusēju pozitīvu integrāciju sabiedrībā. 
 3) Izglītojot tipiskās ģimenes par bērniem ar invaliditāti, veicināt sapratni un savstarpējo pieņemšanu.
 4) Radot darba vietas vecākiem, kuri audzina bērnus ar invaliditāti, veicinot vecāku atgriešanos darba tirgū.
 5) Organizējot bezmaksas radošās darbnīcas ģimenēm, kuras audzina bērnus un “mūžīgos bērnus” ar invaliditāti, tādejādi mudinot ģimenes apmeklēt radošās darbnīcas vidē, kurā ģimenes jūtas ērti.
 </t>
   </si>
   <si>
     <t>Sabiedrības ar ierobežotu atbildību sociālais mērķis ir sniegt ar Montesori un āra pedagoģiju saistītus pakalpojumus pirmsskolas un sākumskolas vecuma bērniem, kas balstīti uz kristīgām vērtībām, tādējādi veicinot bērnu fiziskās un garīgās veselības un emocionālo attīstību, pašapziņu un sociālo integrāciju. Tiešie labuma guvēji no sabiedrības darbības būs tāda sociālā mērķa grupa kā bērni līdz 18 gadu vecumam</t>
   </si>
   <si>
     <t>1) veicināt izglītības un pilsoniskas sabiedrības attīstību; 
 2) atbalstīt un organizēt alternatīvu izglītības metožu, aktivitāšu, pakalpojumu izveidi, nodrošināt to ilgtspējīgu uzturēšanu, iesaistot šajos procesos vietējo sabiedrību;
 3) veicināt vietējās sabiedrības izglītošanas iespējas, it īpaši to personu, kuras veic darbu ar bērniem un jaunatni; 
 4) veikt citas pilsoniskai sabiedrībai nozīmīgas aktivitātes, kuras rada ilgstošu pozitīvu sociālo ietekmi.</t>
   </si>
   <si>
     <t>LM-32-4-19/114</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības sociālais mērķis ir ārstniecības un sociālo pakalpojumu sniegšana, proti, konsultatīvais, psiholoģiskais, medicīniskais atbalsts onkoloģijas pacientiem un tuviniekiem ārstniecības laikā un rehabilitācijas periodā, kā arī preventīvie izglītojošie pasākumi problēmsituāciju novēršanai nākotnē. Rehabilitācija un preventīvie pasākumi ietver arī ekskursiju programmas, izglītojošos seminārus un kursus. </t>
+  </si>
+  <si>
+    <t>LM-32-4-04/217</t>
   </si>
   <si>
     <t>Sabiedrības sociālais mērķis ir sniegt ar fiziskām aktivitātēm saistītus pakalpojumus, lai palielinātu kvalitatīvu fizisko aktivitāšu pakalpojumu pieejamību Rīgas reģionā, sociālās atstumtības riskam pakļautām iedzīvotāju grupām, kā arī bērniem līdz 18 gadu vecumam, ģimenēm, kurām noteikta atbilstība trūcīgā statusam, bāreņiem un bez vecāku gādības palikušām personām, ģimenēm, kuru aprūpē ir vismaz trīs bērni, to skaitā audžuģimenē ievietoti un aizbildnībā esoši bērni (daudz bērnu ģimenes), pensionāriem, veicinot minēto personu un bērnu un jauniešu dzīves kvalitātes uzlabošanu - vispusīgu attīstību, pašapziņu un sociālo integrāciju.</t>
   </si>
   <si>
     <t>LM-28-1-12/2</t>
   </si>
   <si>
     <t>Veicināt sociāli mazāk aizsargātu personu radīto produktu realizāciju, ienākumu palielināšanos un dzīves kvalitātes uzlabošanu.</t>
   </si>
   <si>
     <t>LM-32-4-19/121</t>
   </si>
   <si>
     <t xml:space="preserve">1) Veicināt veselīgas un izglītotas sabiedrības attīstību.
 2) Padarīt ērtāku, pieejamāku un mazāk laikietilpīgu rehabilitāciju pēc traumām, kā arī samazināt traumu risku profilaktiski.
 3) Savlaicīgi diagnosticēt un novērst sirds saslimšanas riskus un nāves gadījumus dažādu līmeņu sportā un ikdienā.
 4) Optimizēt ikdienas treniņu procesus novēršot pārtrenēšanos, palīdzot sastādīt individualizētus treniņu plānus.
 5) Veikt veselības un funkcionālās laboratorijas pakalpojumu sniegšanu Latvijas reģionos, tādējādi palielinot testējamo personu skaitu.
 6) Īstenot citus sabiedrību izglītojošus pasākumus, sociālos projektus un aktivitātes, radot labvēlīgu sociālo ietekmi ilgtermiņā.                                       
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības sociālās darbības mērķis ir hospisa un paliatīvā aprūpē esošu personu aprūpe un dzīves kvalitātes nodrošināšana cilvēka dzīves nogalē to dzīvesvietā vai hospisa aprūpes mājā.
 Sabiedrības sociālās darbības mērķa grupa ir hospisa un paliatīvā aprūpē esošas pilngadīgas personas un viņu ģimenes locekļi, tajā skaitā arī sociāli maz aizsargātas personas. 
@@ -5241,51 +5198,51 @@
 3) Izglītot bērnu un jauniešu vecākus par veselīgu dzīvesveidu;
 4) Nodrošināt sporta treniņu iespējas bērniem no nelabvēlīgām ģimenēm;
 5) Iesaistīt bērnus un jauniešus sporta aktivitātēs;
 6) Sociālās uzņēmējdarbības vides veicināšana Latvijas Republikā.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/117</t>
   </si>
   <si>
     <t xml:space="preserve">1) Popularizēt un veicināt veselīgu dzīvesveidu sabiedrībā. 
 2) Nodarbināt un integrēt darba vidē cilvēkus ar invaliditāti.
 3) Iesaistīt bērnus, jauniešus un citus interesentus sporta aktivitātēs.
 4) Veicināt Sociālās uzņēmējdarbības vidi Latvijā.
 5)Veicināt fizisko aktivitāšu un citu veselību veicinošu aktivitāšu iekļaušanu ikdienā uzlabojot cilvēka dzīves kvalitāti.
 </t>
   </si>
   <si>
     <t xml:space="preserve">Sociālā uzņēmējdarbība, sociāli mazaizsargāto personu iesaistīšana darba tirgū un ražošanas procesos.  Palīdzība mazaisargāto grupu cilvēkiem. Sabiedrība iegūto peļņu investēs ražošanas aktīvos un infrastruktūrā, lai veiksmīgi varētu realizēt nospraustos sociālās uzņēmējdarbības mērķus.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/143</t>
   </si>
   <si>
-    <t>LM-32-4-04/149</t>
+    <t>LM-32-4-04/215</t>
   </si>
   <si>
     <t>Veicināt izglītības un sociālo vērtību attīstību sabiedrībā. Veicināt vietējās sabiedrības izglītošanu par bērnu vajadzībām viņu attīstībā katrā vecumposmā; atbalstīt un organizēt bērnu un jauniešu valdorpedagoģijas izglītības pakalpojumu izveidi Latvijā, nodrošināt to ilgtspējīgu uzturēšanu, iesaistot šajos procesos vietējo sabiedrību. Sniegt un nodrošināt izglītības pakalpojuma pieejamību valdorfpedagoģijā Ādažu novadā bērniem un jauniešiem vecumā no 3-19 gadiem; veikt citas pilsoniskai sabiedrībai nozīmīgas aktivitātes, kuras rada ilgstošu pozitīvu sociālo ietekmi.</t>
   </si>
   <si>
     <t>LM-32-4-19/156</t>
   </si>
   <si>
     <t>Sabiedrības sociālās darbības mērķis ir karitatīvais darbs ar mazaizsargātām sabiedrības grupām, brīvprātīgā darba veicināšana, dažāda veida sociālo, atbalsta un veselības aprūpes pakalpojumu sniegšana, tālākizglītības un mūžizglītības veicināšana.</t>
   </si>
   <si>
     <t>veiks saimniecisko darbību, kas rada labvēlīgu un nozīmīgu sociālo ietekmi- uzlabojot dzīves kvalitāti veselības aprūpes jomā, sniedzot pakalpojumus un nodrošinot attiecīgu uzturēšanos un aprūpi pēc operāciju un smagu saslimšanu gadījumos dažādiem vecumiem un dzīves periodiem.</t>
   </si>
   <si>
     <t>Izveidot uzņēmuma atbalsta sistēmu - nelabvēlīgā situācijā nonākušām personām - bērniem un jauniešiem ar invaliditāti, bērniem ar sociāla rakstura traucējumiem, veselības problēmām, vecākiem, kuri audzina bērnus ar invaliditāti un sociāla rakstura traucējumiem, veselības problēmām. Palielināt nodarbinātības iespējas nelabvēlīgākā situācijā nonākušām personām, vecākiem, kuri audzina bērnus ar invaliditāti. Veikt preventīvus pasākumus personām ar invaliditāti (bērniem un jauniešiem ar invaliditāti), perspektīvā palielinot nodarbinātības iespējas darba tirgū. Nodrošināt agrīno atbalstu alternatīvajā izglītībā un sociālaā jomā personām ar invaliditāti, sociāla rakstura problēmām, veselības traucējumiem.</t>
   </si>
   <si>
     <t>LM-32-4-19/30</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības  sociālais mērķis ir sociālā uzņēmējdarbība, veicot labvēlīgu sociālo ietekmi radošu saimniecisko darbību; veicināt sociālās atstumtības riskam pakļauto iedzīvotāju grupu integrāciju darba tirgū; iekļaujošas pilsoniskas sabiedrības veidošana; kultūras un tūrisma daudzveidības  nodrošināšana; videi draudzīgas rīcības popularizēšana vietējā sabiedrībā; sabiedrības, it īpaši trūcīgo un sociāli mazaizsargāto personu grupu, sociālās labklājības celšana; labdarības pasākumu organizēšana; iz-glītošana par veselīgu dzīvesveidu un vides aizsardzību.
 </t>
   </si>
   <si>
     <t>Ekonomiskās aktivitātes - tūrisma plūsmas veicināšana no lielceļiem un pilsētām attālā Ances ciemā un pagastā, papildus nodrošinot darba prasmju apguvi un pilnveidošanu riska grupām.</t>
@@ -5317,56 +5274,50 @@
   </si>
   <si>
     <t>Sniegt sociālo labumu jeb pakalpojumu – mākslas, piedzīvojumu terapiju, lai personām atjaunotu vai uzlabotu psihiskās, emocionālās, sociālās un fiziskās funkcionēšanas spējas, kā arī, lai veicinātu un nodrošinātu viņu iekļaušanos sabiedrībā,  kā arī, izglītot sabiedrību par dažādiem psihiskās veselības jautājumiem un konsultēt par prasmēm rūpēties par savas personības harmonisku attīstību un jautājumos, kas skar iekšējo izaugsmi un emocionālās inteliģences attīstīšanu.</t>
   </si>
   <si>
     <t>LM-32-4-19/130</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības vienīgais un galvenais mērķis ir veicināt dzīves kvalitātes uzlabošanos un mazinātnsociālo atstumtību tām sabiedrības grupām, kuru dzīvi ietekmē sabiedrībai būtiskas problēmas. Mērķis tiks sasniegts iegūstot Sociālā uzņēmuma statusu un sniedzot interaktīvas un izglītojošas nodarbības bērniem un senioriem dažādās sociāli nozīmīgās vietās un iestādēs.Kultūras daudzveidības nodrošināšanai jārada ilgstoša pozitīva sociālā ietekme.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/43</t>
   </si>
   <si>
     <t>1). Nodarboties ar pakalpojumu sniegšanu, Latvijas Republikas un ārvalstu fiziskām un juridiskām personām;.2) atbalstīt Nodibinājumu "OTRĀ ELPA charity" (Reģ. Nr. 40008314336) un tā labdarības projektus, tai skaitā finansiāli; 3) atbalstīt Latvijas sociālās uzņēmējdarbības attīstību, tai skaitā finansiāli; 4) sekmēt vides aizsardzību, uzlabošanu un dabas resursu saglabāšanu; 5) sniegt informāciju (zināšanas) sabiedrībai, kas veido iedzīvotāju rūpīgāku un atbildīgāku attieksmi pret apkārtējo vidi un tās piesārņojumu; 6) veicināt un atbalstīt pilnīgi vai daļēji otrreiz pārstrādātu materiālu un apģērbu ražošanu un izmantošanu; 7) veicināt pilsoniskās sabiedrības dzīves kvalitātes uzlabošanu; 8) atbalstīt un organizēt pasākumus un aktivitātes, kas veicina sabiedrības labklājības līmeņa celšanu un apkārtējās vides uzlabošanu; 9. veikt citas pilsoniskai sabiedrībai nozīmīgas aktivitātes, kas rada ilgstošu pozitīvu sociālo ietekmi.</t>
   </si>
   <si>
     <t>LM-32-4-04/5</t>
   </si>
   <si>
     <t>1)Veicināt katra bērna iespējas sasniegt savu potenciālu; .2) Būt par kompetenču centru jautājumos, ka saistīti ar bērnu sociālemocionālajām vajadzībām un ar to saistītiem jautājumiem; 3) Īstenot un organizēt sociālemocionālās prevences darbu bērniem, izmantojot digitālus instrumentus un ne tikai; 4) Veicināt sabiedrības izpratni par sociālemocionālajām vajadzībām bērnu izglītības procesā; 5)  Radīt inovācijas, lai palīdzētu bērnu atbalsta sistēmām.</t>
   </si>
   <si>
     <t>LM-32-4-04/6</t>
-  </si>
-[...4 lines deleted...]
-    <t>LM-32-4-04/7</t>
   </si>
   <si>
     <t>1) izveidot izglītošanās un attīstības centru dažādu vecumu cilvēkiem: 2) Organizēt alternatīvu pedagoģisko metožu ieviešanu bērnu un jauniešu ārpusskolas izglītībā, piedāvājot individuālus risinājumus zināšanu apguvei, lai nodrošinātu pirmsskolas un sākumskolas bērnu spējas nepieciešamo zināšanu un prasmju apguvei. Montesori pedagoģijas kabineta izveide. 3) Organizēt neformālās apmācības aktivitātes, kas saistītas ar interesentu hobijiem, pašattīstību un nepieciešamo prasmju un pieredzes iegūšanu personības attīstībai un iekļaušanai sabiedrībā, radot pozitīvu sociālo ietekmi. 4) Pozitīvu sociālo izmaiņu veicināšana, īstenojot sabiedriska labuma projektus. 5) Pilsoniskās sabiedrības attīstības sekmēšana, motivējot iedzīvotāju līdzdalību
 procesu norisēs.</t>
   </si>
   <si>
     <t>37 921,04</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "IEBER.LV"</t>
   </si>
   <si>
     <t>SIA "SOLIDIS"</t>
   </si>
   <si>
     <t>SIA "RITVE"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "PhysioHealth"</t>
   </si>
   <si>
     <t>SIA Vilbers</t>
   </si>
   <si>
     <t>MOST BUSINESS SCHOOL SIA</t>
@@ -5767,51 +5718,51 @@
   <si>
     <t>www.small-stuff.eu</t>
   </si>
   <si>
     <t>Dubultu iela 21-7, Rīga, LV-1029</t>
   </si>
   <si>
     <t>29461172</t>
   </si>
   <si>
     <t>baiba.blake@gmail.com</t>
   </si>
   <si>
     <t>www.tiktok.com/@brosandblades</t>
   </si>
   <si>
     <t>Kooperatīva šķērsiela 9-50, Rēzekne, LV-4601</t>
   </si>
   <si>
     <t>20223194</t>
   </si>
   <si>
     <t>dairis.adejanovs@gmail.com</t>
   </si>
   <si>
-    <t>Riežupes iela 8 – 2, Mežvalde, Rumbas pag., Kuldīgas nov., LV-3301</t>
+    <t>"Ausmiņas", Padures pag., Kuldīgas nov., LV-3301</t>
   </si>
   <si>
     <t>26545356</t>
   </si>
   <si>
     <t>m.vavere@inbox.lv</t>
   </si>
   <si>
     <t>"Kalna Mežakas", Mores pag., Siguldas nov., LV-2170</t>
   </si>
   <si>
     <t>29465119</t>
   </si>
   <si>
     <t>bonsai@bonsai.lv</t>
   </si>
   <si>
     <t>www.bonsai.lv</t>
   </si>
   <si>
     <t>Aleksandra Bieziņa iela 3-107, Rīga, LV-1029</t>
   </si>
   <si>
     <t>20386500</t>
   </si>
@@ -6563,53 +6514,50 @@
   <si>
     <t>"Lūši", Krimuldas pag., Siguldas nov., LV-2142</t>
   </si>
   <si>
     <t>29363171</t>
   </si>
   <si>
     <t>info@delicate.lv</t>
   </si>
   <si>
     <t>Kalnciema iela 32A - 3, Rīga, LV-1083</t>
   </si>
   <si>
     <t>29455773</t>
   </si>
   <si>
     <t>info@red9.lv</t>
   </si>
   <si>
     <t>https://red9.lv/; www.tillotsonracing.lv</t>
   </si>
   <si>
     <t>Braila iela 5, Rīga, LV-1024</t>
   </si>
   <si>
-    <t>29913900</t>
-[...1 lines deleted...]
-  <si>
     <t>pieskariens.tumsa@gmail.com</t>
   </si>
   <si>
     <t>17. līnija 3, Skulte, Skultes pagasts, Limbažu novads, LV-4025</t>
   </si>
   <si>
     <t>27156007</t>
   </si>
   <si>
     <t>normunds.strods@acti.lv</t>
   </si>
   <si>
     <t>Irlavas pagasts</t>
   </si>
   <si>
     <t>Sadzīves un dekoratīvu keramikas izstrādājumu ražošana</t>
   </si>
   <si>
     <t>81.23; 47.24; 81.22</t>
   </si>
   <si>
     <t>Citi tīrīšanas pakalpojumi; Maizes, kūku un konditorejas izstrādājumu mazumtirdzniecība; Citi ēku un ražošanas objektu tīrīšanas pakalpojumi</t>
   </si>
   <si>
     <t>Krimuldas pagasts</t>
@@ -6674,53 +6622,50 @@
   <si>
     <t>LM-32-4-04/44</t>
   </si>
   <si>
     <t>Attīstīt uzņēmuma saimniecisko darbību, iegūstot sociālā uzņēmuma statusu, veicināt personu, kas pakļautas sociālās atstumtības riskam, dzīves kvalitātes un labklājības līmeņa uzlabošanu</t>
   </si>
   <si>
     <t>LM-32-4-04/38</t>
   </si>
   <si>
     <t>SIA TD LV</t>
   </si>
   <si>
     <t>SIA Arkāde AI</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "LeLe Knits"</t>
   </si>
   <si>
     <t>BK Garkalne SIA</t>
   </si>
   <si>
     <t>SIA "NTterapija"</t>
   </si>
   <si>
-    <t>SIA “ELEVATE 8”</t>
-[...1 lines deleted...]
-  <si>
     <t>SIA "RESTART Balt"</t>
   </si>
   <si>
     <t>Selgas iela 13, Engure, Engures pag., Tukuma nov., LV-3113</t>
   </si>
   <si>
     <t>26255988</t>
   </si>
   <si>
     <t>veikals@tavidraugi.lv</t>
   </si>
   <si>
     <t>www.tavidraugi.lv</t>
   </si>
   <si>
     <t>Ceriņu iela 13, Ādažu novads, Carnikavas pagasts, LV 2163</t>
   </si>
   <si>
     <t>26143120</t>
   </si>
   <si>
     <t>inese@citariga.lv</t>
   </si>
   <si>
     <t>Amālijas iela 18, Salaspils, Salaspils novads, LV-2118</t>
@@ -6731,156 +6676,135 @@
   <si>
     <t>lelde.lejava@gmail.com</t>
   </si>
   <si>
     <t>Dzirnavu 82-25, Rīga, LV-1050</t>
   </si>
   <si>
     <t>29231999</t>
   </si>
   <si>
     <t>edgars.sneps@sportahalle.lv</t>
   </si>
   <si>
     <t>Ropažu iela 14 k-1 - 86, Rīga, LV-1039</t>
   </si>
   <si>
     <t>26033444</t>
   </si>
   <si>
     <t>Nika@ntterapija.com</t>
   </si>
   <si>
     <t>www.ntterapija.com</t>
   </si>
   <si>
-    <t>Marijas iela 14 - 37, Rīga, LV-1011</t>
-[...7 lines deleted...]
-  <si>
     <t>Bērzu iela 4, Benislava, Lazdukalna pag., Balvu nov., LV-4577</t>
   </si>
   <si>
     <t>24804918</t>
   </si>
   <si>
     <t>info@neatkariba-balt.lv</t>
   </si>
   <si>
     <t>Ģertrūdes iela 32, Rīga, LV-1011</t>
   </si>
   <si>
     <t>Lietotu preču mazumtirdzniecība</t>
   </si>
   <si>
     <t>85.52; 68.20</t>
   </si>
   <si>
     <t>Kultūras izglītība; Sava vai nomāta nekustamā īpašuma izīrēšana un pārvaldīšana</t>
   </si>
   <si>
     <t>Carnikavas pagasts</t>
   </si>
   <si>
     <t>90.20; 90.39</t>
   </si>
   <si>
     <t>Mākslas palīgdarbības; Citas mākslas un izpildītājmākslas atbalsta darbības</t>
   </si>
   <si>
     <t>Vangažu iela 5, Jūrmala, LV-2011</t>
   </si>
   <si>
     <t>14.39</t>
   </si>
   <si>
     <t>Pārējo trikotāžas izstrādājumu ražošana</t>
   </si>
   <si>
     <t>14.13; 14.19</t>
   </si>
   <si>
     <t>Pārējo virsdrēbju ražošana; Cita veida apģērbu un apģērbu piederumu ražošana</t>
   </si>
   <si>
     <t>Skolas iela 14, Upesciems, Garkalnes pagasts, Ropažu novads, LV-2137</t>
   </si>
   <si>
     <t>Nespecializētas mazumtirdzniecības starpniecības pakalpojumi</t>
-  </si>
-[...4 lines deleted...]
-    <t>Citur neklasificēta izklaides un atpūtas darbība</t>
   </si>
   <si>
     <t>Lazdukalna pagasts</t>
   </si>
   <si>
     <t>Veicināt un atbalstīt sociālā riska grupu pārstāvju nodarbinātību, labklājību un izglītību, organizējot izglītojošus un darba prasmes nostiprinošus pasākumus, atbalstīt labdarības projektu īstenošanu. Veicināt un atbalstīt Ukrainas bēgļu nodarbinātību, izglītību, organizējot izglītojošus un darba prasmes nostiprinošus pasākumus, atbalstīt labdarības projektu īstenošanu.</t>
   </si>
   <si>
     <t>LM-32-4-04/41</t>
   </si>
   <si>
     <t>SIA Arkāde AI mērķis ir veicināt sabiedrības izaugsmi un attīstību, radot inovatīvus un kvalitatīvus kultūras un mākslas pasākumus, kuros harmoniski sintezējas kultūras mantojums, vēsture, mūzika un daba. Nodrošināt dažādu vecuma grupu iesaisti izglītojošās un kultūras aktivitātēs, sekmējot neformālās izglītības attīstību un vietējo kopienu sadarbību. Stiprināt sabiedrisko integrāciju, veidojot saziņas telpu dažādām sabiedrības grupām, veicinot pieredzes apmaiņu un sadarbību starp organizācijām Latvijā un ārvalstīs.</t>
   </si>
   <si>
     <t>LM-32-4-04/59</t>
   </si>
   <si>
     <t>Sabiedrība veic saimniecisko darbību, kas rada labvēlīgu un nozīmīgu sociālo ietekmi, nodarbinot mērķa grupas un līdz ar to uzlabojot dzīves kvalitāti, labbūtību  šīm sabiedrības mērķa grupām, būt noderīgiem sabiedrībai (novēršot sociālo atstumtību), vienlaicīgi kļūstot finansiāli neatkarīgākiem no valsts un pašvaldību pabalstu pietiekamības vai nepietiekamības, kas atbilst sociālās integrācijas prasībām, kā arī apgūstot jaunas darbošanās iemaņas darba procesā, jo darbs ir radošs un ar elastīgu darba laiku.</t>
   </si>
   <si>
     <t>LM-32-4-04/61</t>
   </si>
   <si>
     <t>Radīt un piedāvāt produktus un pakalpojumus, lai veicinātu sabiedrības izglītošanu, veselību un iesaisti fiziskajās aktivitātes.</t>
   </si>
   <si>
     <t>LM-32-4-04/60</t>
   </si>
   <si>
     <t>1) Izglītot sabiedrību par garīgās veselības nozīmi darba vidē un ģimenē, lai veicinātu labāku izpratni un atbalstu no apkārtējiem;
 2) Veicināt sociālās atstumtības pakļauto sieviešu, kuras cieš no depresijas un trauksmes, integrēšanu sabiedrībā caur psiholoģisko atbalstu;
 3) Piedāvāt dažādas terapijas un relaksācijas metodes, kas veicina veselīgu emocionālo attīstību;
 4) Ar savu saimniecisko darbību veicināt sabiedrībā izmaiņas attieksmē pret personām, kas pakļautas sociālās atstumtības riskiem.</t>
   </si>
   <si>
-    <t>1. Veicināt un motivēt iedzīvotājus dzīvot gan morāli, gan fiziski veselīgi;
-[...5 lines deleted...]
-    <t>LM-32-4-04/66</t>
+    <t>LM-32-4-04/62</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir veicināt sociāli atstumtu personu (ar dažāda veida atkarībām (psihotropas vielas, alkohols, azartspēles); atgriezušās no ieslodzījuma vietas; personu ar invaliditāti; atšķirīgu ādas krāsu; nacionālu vai sociālu izcelsmi) integrāciju darba tirgū un sabiedrībā.</t>
   </si>
   <si>
     <t>SIA "SS nodarbības"</t>
   </si>
   <si>
     <t>SIA "Burtu Takas"</t>
   </si>
   <si>
     <t>SIA FK Tukums 2000 Academy</t>
   </si>
   <si>
     <t>SIA Your Place</t>
   </si>
   <si>
     <t>SIA THE INSPIRED PLACE</t>
   </si>
   <si>
     <t>SIA OPTIV</t>
   </si>
   <si>
     <t>SIA AVDEJEVKA</t>
   </si>
@@ -6989,50 +6913,53 @@
   <si>
     <t>Vispārējās ārstu prakses</t>
   </si>
   <si>
     <t>Tērbatas iela 40, Rīga, LV-1011; Ūnijas iela 82-1C, Rīga, LV-1084; Liliju iela 20, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
     <t>Sabiedrība darbojas sociālā mērķa labā sniedzot pakalpojumu silto smilšu nodarbības plašai sabiedrības grupai (bērniem, jauniešiem, pieaugušām personām, personām ar invaliditāti, personām ar funkcionāliem traucējumiem, senioriem), veicinot mentālās, fiziskās, intelektuālās veselības un sociālās funkcionēšanās uzlabošanos. Nodrošinot mazaizsargātām iedzīvotāju grupām (trūcīgas ģimenes, Ukrainas civiliedzīvotāju bērniem, ja nodarbības apmeklē vairāki vienas ģimenes bērni) pakalpojuma pieejamību, nodrošinot sniegto pakalpojumu lētāk.</t>
   </si>
   <si>
     <t>1. Sabiedrība organizē darbību atbilstoši komercdarbības praksei, sniedzot pakalpojumus brīvam tirgum, lai veicinātu un palīdzētu risināt sociālās problēmas.
 2. Sabiedrība veic uzņēmējdarbību sociālo mērķu sasniegšanai.
 3. Sabiedrības darbības mērķi:
 3.1. Veidot zinātnē pamatotus mācību materiālus multimodālās lasītprasmes metodikas ietvaros;
 3.2. Veicināt pedagogu un citu ar bērnu izglītošanu un attīstību saistīto speciālistu profesionālo attīstību;
 3.3. Veicināt bērnu lasītprasmes apguvi un attīstību latviešu valodā LAT1, LAT2 un LATs bērniem;
 3.4.  Veicināt LAT2, LATs bērnu un bērnu ar īpašām vajadzībām veiksmīgu iekļaušanos Latvijas kultūrvidē un izglītības procesos;
 3.5. Veikt citas darbības, kas saistītas ar bērnu izglītošanu un attīstību, kas veidos ilgstošu sociālo ietekmi.</t>
   </si>
   <si>
     <t>1. Sabiedrības misija: Nodrošināt dažādu vecuma grupu un kategoriju cilvēkiem iespēju nodarboties ar futbola spēli un piekopt veselīgu dzīvesveidu.
 2. Sabiedrības darbības stratēģiskais mērķis: Futbola un sporta popularizēšana.
 3. Sabiedrības darbības mērķi ir: Bērnu un jauniešu futbola apmācība; Sporta klubu un akadēmiju darbība; Sociāli nozīmīgu pasākumu organizēšana un vadīšana; Bezmaksas treniņu organizēšana bērniem un pusaudžiem ar ierobežotām pārvietošanās spējām un invalīdiem; Bezmaksas apmācību vadīšana bērniem un pusaudžiem no bērnunamiem un no nelabvēlīgām un nepilnām ģimenēm; Sporta pasākumu organizēšana un vadīšana profesionāļiem vai amatieriem atklātās vai slēgtās sporta bāzēs un laukumos; Sporta objektu darbības un uzturēšanas organizēšana un vadīšana; Jaunu sporta objektu izveide.</t>
   </si>
   <si>
+    <t>LM-32-4-04/75</t>
+  </si>
+  <si>
     <t>1. Uzņēmumā nodarbināt personas, kuras pakļautas sociālās atstumtības riskiem;
 2. Veicināt ilgstošo bezdarbnieku motivāciju un spējas veidot karjeru un attīstīt profesionālo kvalifikāciju;
 3. Veidot uzņēmuma iekšējo vidi, tā lai motivētu darbiniekus attīstīties profesionāli;
 4. Veidot uzņēmuma iekšējo vidi tā, lai nodarbinātie - personas, kuras pakļautas sociālās atstumtības riskiem, gūst iedvesmu un motivāciju augt gan profesionāli, gan personībā.</t>
   </si>
   <si>
     <t>1. Sniegt sociālo labumu konkrētai sabiedrības grupai  un sabiedrībai – cilvēkiem ar garīga rakstura traucējumiem un/vai cilvēkiem ar īpašām vajadzībām, pārdodot viņu darbus un nodrošinot viņiem vai viņu aprūpētajiem konkrētus ienākumus;
 2. Mainīt sabiedrības uzskatus par šo sociālo grupu un  raisīt pozitīvas pārmaiņas sabiedrībā, lai nodrošinātu pēc iespējas pilnvērtīgāku šīs sociālas grupas iekļaušanos tajā;
 3. Digitālās platformas izveide un uzturēšana, kā inovatīvs risinājums papildus peļņas iespējām cilvēkiem no atstumtības riska grupas.</t>
   </si>
   <si>
     <t>5.1.	Risināt sociālas problēmas vai veicināt sabiedrības labklājību;
 5.2.	Veikt sabiedrībai nozīmīgu darbību, nevis tikai komerciālu peļņas gūšanu;
 5.3.	Nodrošināt darbības atbilstību Sociālo uzņēmumu likumam, tai skaitā:
 -	Nesadalīt peļņu dividendēs;
 -	Atkārtoti investēt peļņu sociālā mērķa sasniegšanā;
 -	Ievērot pārredzamības un sabiedriskās atbildības principus</t>
   </si>
   <si>
     <t>1. Samazināt bērnu pakļautību sociālās atstumtības riskam liekā svara dēļ.
 2. Veicināt regulāru fizisko aktivitāšu iekļaušanu bērnu ikdienā.
 3. Palielināt vecāku un pedagogu, arī sabiedrības izpratni par liekā svara psihosociālajām sekām un 
 sociālās atstumtības risku.</t>
   </si>
   <si>
@@ -7181,50 +7108,53 @@
   <si>
     <t>20414994</t>
   </si>
   <si>
     <t>kristers.vejs@gmail.com</t>
   </si>
   <si>
     <t>46.16</t>
   </si>
   <si>
     <t>Tekstilizstrādājumu, apģērbu, apavu un ādas izstrādājumu vairumtirdzniecības aģentu darbība</t>
   </si>
   <si>
     <t>47.72</t>
   </si>
   <si>
     <t>Apavu un ādas izstrādājumu mazumtirdzniecība</t>
   </si>
   <si>
     <t>Salaspils</t>
   </si>
   <si>
     <t>Salaspils novads</t>
   </si>
   <si>
+    <t>Citur neklasificēta izklaides un atpūtas darbība</t>
+  </si>
+  <si>
     <t>Gofrēta papīra un kartona ražošana; papīra un kartona taras ražošana</t>
   </si>
   <si>
     <t>1) Atbalstīt sociāli mazaizsargāto grupu integrāciju darba tirgū, nodrošinot tiem piekļuvi praktiskām amatniecības un ekomercijas apmācībām.
 2) Samazināt ražošanas atkritumu apjomu, atkārtoti izmantojot ādas atlikumus un veicinot aprites ekonomikas principus sabiedrībā.
 3) Veicināt uzņēmējspēju attīstību sociālās atstumtības riska grupās, sniedzot zināšanas un resursus, lai paši varētu sākt savu amatniecības vai e-komercijas darbību.
 4) Stiprināt kopienas līdzdalību un savstarpējo atbalstu, veidojot iekļaujošu vidi, kurā cilvēki var dalīties ar pieredzi, zināšanām un materiāliem.
 5) Veicināt ilgtspējīgas dzīvesveida un ražošanas prakses, izglītojot sabiedrību par resursu atkārtotu izmantošanu un ilgtspējīgu uzņēmējdarbību.
 6) Samazināt ekonomisko nevienlīdzību, nodrošinot vienlīdzīgas iespējas izglītībai, prasmju attīstībai un pašnodarbinātības veicināšanai neatkarīgi no personas sociālā vai ekonomiskā stāvokļa</t>
   </si>
   <si>
     <t>LM-32-4-04/103</t>
   </si>
   <si>
     <t>Sabiedrībai ir tiesības veikt sociālo komercdarbību, kuras galvenais mērķis ir, veicināt sociālo integrāciju, organizējot kultūras pasākumus, koncertus un izstādes, kuros piedalās cilvēki ar atkarībām, tai skaitā personām ar alkohola, narkotisko, psihotropo, toksisko vielu, azartspēļu vai datorspēļu atkarības problēmām. Pasākumos tiks nodrošināta iespēja baudīt kvalitatīvu mūziku un kultūru, kā arī piedalīties sabiedrībā, kurā nav atļauta alkohola, narkotiku vai cigarešu tirdzniecība, tādējādi sekmējot šo cilvēku iekļaušanu  sabiedrībā un veidojot stabilāku un labklājīgāku sabiedrību Latvijā, kas ir noteikts saskaņā ar Sociālā uzņēmuma likumu un citiem ar to saistītiem likumdošanas normatīvajiem aktiem</t>
   </si>
   <si>
     <t>LM-32-4-04/110</t>
   </si>
   <si>
     <t>Nodarbināt  un apmācīt sociālās atstumtības riskam pakļautas iedzīvotāju grupas.</t>
   </si>
   <si>
     <t>LM-32-4-04/97</t>
   </si>
@@ -7418,53 +7348,50 @@
   <si>
     <t>Ozolnieku pagasts</t>
   </si>
   <si>
     <t>Speciālistu konsultācijas bērniem un pieaugušajiem ar attīstības,  uzvedības un emocionāliem traucējumiem</t>
   </si>
   <si>
     <t>Sabiedrības darbības mērķi:
 4.3.1. Veicināt bērnu un jauniešu dzīves kvalitāti veidojot pakalpojumus un produktus bērniem un jauniešiem, iekļaujot sociālās atstumtības riskam pakļautos bērnus un jauniešus un viņu ģimenes;
 4.3.2. Veicināt sabiedrības izglītošanu un sociālās atstumtības riskam pakļauto bērnu un jauniešu, un viņu ģimeņu iekļaušanos sabiedrībā.
 4.3.3. Radīt darba vietas cilvēkiem, kas pakļauti sociālās atstumtības riskam</t>
   </si>
   <si>
     <t>LM-32-4-04/123</t>
   </si>
   <si>
     <t>Veikt saimniecisko darbību ar mērķi radīt labvēlīgu un nozīmīgu ilgtermiņa pozitīvu sociālo 
 ietekmi uz dažādām sabiedrības grupām, iekļaujot izglītības pakalpojumu sniegšanu un 
 specializēti orientētu preču ražošanu. Uzlabot dzīves un darba vides kvalitāti, izmantojot 
 tradicionāli aprobētas un tehnoloģiski inovatīvas metodes ar mērķi stiprināt iekļaujošas 
 pilsoniskas sabiedrības veidošanu, nodrošināt kultūras daudzveidību, veicināt vides aizsardzību 
 un zinātniski - pētniecisko procesu attīstību</t>
   </si>
   <si>
     <t>LM-32-4-04/133</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ņē</t>
   </si>
   <si>
     <t>Sabiedrības darbības mērķi veicināt izglītības un kopienas ilgtspējīgu attīstību, nodrošinot praktisku un visiem pieejamu izglītību par vides jautājumiem, resursu apriti un dārzkopību, īpaši atbalstot bērnu un jauniešu psihoemocionālo labbūtību. Sabiedrība nodrošina vidi, kurā ikviens var mācīties, darboties un piedzīvot dabas procesus, tādējādi stiprinot izpratni par zaļo domāšanu, veselīgu dzīvesveidu un atbildīgu attieksmi pret dabu.</t>
   </si>
   <si>
     <t>LM-32-4-04/134</t>
   </si>
   <si>
     <t>Sabiedrības  mērķis ir  atbalstīt pieaugušos ar mentālās un fiziskās veselības rakstura grūtībām, kā piemēram: nodrošinot speciālistu konsultācijas, veidojot un izplatot materiālus un iekārtas, kā arī nodrošinot šīm grupām nepieciešamās izglītojošās apmācības un atbalstu.</t>
   </si>
   <si>
     <t>LM-32-4-04/135</t>
   </si>
   <si>
     <t>SIA "Domātprieks"</t>
   </si>
   <si>
     <t>SIA Canape.lv</t>
   </si>
   <si>
     <t>Brīvības gatve 293A-2, Rīga, LV-1006</t>
   </si>
   <si>
     <t xml:space="preserve"> 26198758</t>
   </si>
@@ -7523,51 +7450,51 @@
   <si>
     <t>normunds.krums@gmail.com</t>
   </si>
   <si>
     <t>"Ūdenszāles", Upesgrīva, Mērsraga pagasts, Talsu novads</t>
   </si>
   <si>
     <t>29173338</t>
   </si>
   <si>
     <t xml:space="preserve">agnesei_berzinai@inbox.lv </t>
   </si>
   <si>
     <t>Kalnraudas, Krimuldas pagasts, Siguldas novads, LV-2144</t>
   </si>
   <si>
     <t>Mērsraga pagasts</t>
   </si>
   <si>
     <t>Bērnu dienas aprūpes pakalpojumi</t>
   </si>
   <si>
     <t>Sabiedrība ir dibināta ar mērķi sniegt labumu sabiedrībai veicinot tās finanšu pratības līmeņa paaugstināšanu, sniedzot kvalitatīvas un praktiskas apmācības, kas palīdz indivīdiem un uzņēmumiem pieņemt pārdomātus finanšu lēmumus, uzlabot finanšu pārvaldību un sasniegt ilgtspējīgu ekonomisko attīstību</t>
   </si>
   <si>
-    <t>Ne</t>
+    <t>LM-32-4-04/149</t>
   </si>
   <si>
     <t>Sabiedrības galvenais mērķis ir sociālo problēmu risināšana, veicinot senioru un personu ar īpašām vajadzībām drošību, veselības uzraudzību un sociālo integrāciju</t>
   </si>
   <si>
     <t>LM-32-4-04/150</t>
   </si>
   <si>
     <t>SIA "Attīstības centrs GADALAIKI"</t>
   </si>
   <si>
     <t>Zeiferta 1-41, Olaine, LV-2114</t>
   </si>
   <si>
     <t>gadalaiki.info@gmail.com</t>
   </si>
   <si>
     <t>dspcgadalaiki.lv</t>
   </si>
   <si>
     <t>Zeiferta 1-41, Olaine, LV-2114; Parka 14, Mazsalaca, LV-4215</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir izveidot ilgtspējīgu un uz attīstību vērstu uzņēmumu, kas sniedz sociālos un izglītības pakalpojumus, lai veicinātu iedzīvotāju dzīves kvalitātes uzlabošanu un sociālo integrāciju.</t>
   </si>
@@ -7719,94 +7646,257 @@
   </si>
   <si>
     <t>2.2. Peļņa tiek izmantota tikai šādiem mērķiem:
  - sociālās misijas īstenošanai;
  - pakalpojumu kvalitātes un pieejamības uzlabošanai;
  - darbinieku atbalstam un izglītošanai;
  - turpmāko pakalpojumu attīstībai.
 2.3. Sabiedrības darbība tiek veikta atklāti un sabiedrības interesēs</t>
   </si>
   <si>
     <t>LM-32-4-04/191</t>
   </si>
   <si>
     <t>Nodrošināt sociāli maz aizsargātām grupām transporta un citus pakalpojumus, sniedzot drošas un pieejamas pārvietošanās iespējas, veicinot šo personu mobilitāti, līdzdalību sabiedriskajā dzīvē, sociālo iekļaušanu, tādējādi uzlabojot viņu dzīves kvalitāti.</t>
   </si>
   <si>
     <t>LM-32-4-04/190</t>
   </si>
   <si>
     <t>SIA Bright Horizons Academy</t>
   </si>
   <si>
     <t>SIA Re-Starts 50+</t>
   </si>
   <si>
+    <t>SIA Spāres muiža</t>
+  </si>
+  <si>
+    <t>SIA Talsu basketbola attīstība</t>
+  </si>
+  <si>
     <t>Krasta iela 1, Ikšķile, Ogres novads, LV-5052</t>
   </si>
   <si>
     <t>25583552</t>
   </si>
   <si>
     <t>info@marupespp.lv</t>
   </si>
   <si>
     <t>Saulgožu iela 24, Rīga, LV-1055</t>
   </si>
   <si>
     <t>20525611</t>
   </si>
   <si>
     <t>info@re-starts50plus.lv</t>
   </si>
   <si>
     <t>www.re-starts50plus.lv</t>
   </si>
   <si>
+    <t>eva.vilkina@ceribusparni.lv</t>
+  </si>
+  <si>
+    <t>Raiņa iela 23, Talsi, Talsu novads, LV-3201</t>
+  </si>
+  <si>
+    <t>20072112</t>
+  </si>
+  <si>
+    <t>administracija@bstalsi.lv</t>
+  </si>
+  <si>
+    <t>www.bstalsi.lv</t>
+  </si>
+  <si>
     <t>Liliju 20, Mārupe, Mārupes novads, LV-2167</t>
+  </si>
+  <si>
+    <t>Spāres muiža, Spāre, Amatas pagasts, Cēsu novads</t>
+  </si>
+  <si>
+    <t>Amatas pagasts</t>
+  </si>
+  <si>
+    <t>56.11</t>
+  </si>
+  <si>
+    <t>Restorānu pakalpojumi</t>
+  </si>
+  <si>
+    <t>Justīna Grota iela 1, Talsi, Talsu novads, LV-3201 un 6 vietas Talsu novadā</t>
   </si>
   <si>
     <t>Organizēt un īstenot pirmsskolas un pamatskolas izglītības apgūšanu vidē, kas veicina bērna vispusīgu attīstību, ciena bērna individualitāti, attīsta bērna personību un talantus,
 radīt iekļaujošu un emocionāli labvēlīgu, drošu vidi atbildīgu personību attīstībai.
 Nodrošināt izglītības iespējas bērniem ar grūtībām iekļauties skolās ar lielu skolēnu skaitu, tai skaitā bērniem ar mācīšanās un uzvedības grūtībām, lai mazinātu atstumtības risku,
 veicināt latviešu valodas apguvi mazākumtautību, reemigrantu, imigrantu un Ukrainas bēgļu ģimeņu bērniem, lai nodrošinātu šo bērnu ātrāku iekļaušanos sabiedrībā.</t>
   </si>
   <si>
     <t>LM-32-4-04/193</t>
   </si>
   <si>
     <t>3.2.Sabiedrības darbības vienīgais un galvenais mērķis ir sabiedrības sociālā labuma radīšana,
 3.2.1. atbalstot sievietes pirmspensijas un pensijas vecumā,
 3.2.2. veicinot viņu integrāciju darba tirgū un mazās uzņēmējdarbības attīstību,
 3.2.3. pilnveidojot digitālās prasmes, pašprezentācijas un karjeras attīstības kompetences,
 3.2.4. palīdzot risināt darba tirgus izaicinājumus saistībā ar sabiedrības novecošanu
 un nodrošinot cilvēku pēc 50 gadu vecuma konkurētspēju.</t>
   </si>
   <si>
     <t>LM-32-4-04/192</t>
   </si>
   <si>
+    <t>Risināt sociāli mazaizsargāto grupu personu nodarbinātības jautājumus, attīstot un veidojot darba integrācijas uzņēmumu. Reģistrēt ēdināšanas uzņēmumu, iesaistot darbā cilvēkus ar invaliditāti un citas sociāli mazaizsargāto grupu personas. Saglabāt “Spāres muižas’ kultūras un vēstures vērtības, organizēt pasākumus, lai izglītotu un informētu sabiedrību.</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/203</t>
+  </si>
+  <si>
+    <t>Veicināt bērnu fizisko un emocionālo attīstību, piedāvājot kvalitatīvus sporta treniņus, pasākumus un izglītojošas lekcijas bērniem un viņu vecākiem Talsu novadā, tādējādi veidojot sabiedrības veselību un sociālo labklājību.
+Veicināt pozitīvas izmaiņas sabiedrībā, sniedzot iespējas bērniem attīstīties fiziski, sociāli un emocionāli, nodrošinot pieejamu un kvalitatīvu izglītību vecākiem, veidojot izglītojošu vidi un atbalstot sabiedrības izpratni par veselīgu dzīvesveidu.</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/202</t>
+  </si>
+  <si>
+    <t>SIA "SAR TRAINING SYSTEMS"</t>
+  </si>
+  <si>
+    <t>SIA IDEAL MISTAKES HUB</t>
+  </si>
+  <si>
+    <t>SIA Kopīgi Kopā</t>
+  </si>
+  <si>
+    <t>SIA RIFS akadēmija</t>
+  </si>
+  <si>
+    <t>Melīdas iela 3 k-2 - 9, Rīga, LV-1015</t>
+  </si>
+  <si>
+    <t>20366479</t>
+  </si>
+  <si>
+    <t>info@sarlatvija.lv</t>
+  </si>
+  <si>
+    <t>www.dogsport.lv</t>
+  </si>
+  <si>
+    <t>Braslas iela 27 - 44,  rīga,                   LV-1085</t>
+  </si>
+  <si>
+    <t>26530776</t>
+  </si>
+  <si>
+    <t>idealmistakeshub@gmail.com</t>
+  </si>
+  <si>
+    <t>www.idealmistakeshub.mozellosite.com</t>
+  </si>
+  <si>
+    <t>Mālkalnes prospekts 1, Ogre, Ogres novads, LV5001</t>
+  </si>
+  <si>
+    <t>29996474</t>
+  </si>
+  <si>
+    <t>kopigi.kopa@gmail.com</t>
+  </si>
+  <si>
+    <t>www.kopigikopa.com</t>
+  </si>
+  <si>
+    <t>Stārķu iela 1, Kalngale, Carnikavas novads, LV-2163</t>
+  </si>
+  <si>
+    <t>29118830</t>
+  </si>
+  <si>
+    <t>maija.kulinska@inbox.lv</t>
+  </si>
+  <si>
+    <t>47.78</t>
+  </si>
+  <si>
+    <t>Citu jaunu preču mazumtirdzniecība</t>
+  </si>
+  <si>
+    <t>96.99</t>
+  </si>
+  <si>
+    <t>Citur neklasificētu individuālo pakalpojumu sniegšana</t>
+  </si>
+  <si>
+    <t>Braslas iela 27 - 44, Rīga, LV-1085</t>
+  </si>
+  <si>
+    <t>Sabiedrības darbības mērķis ir veicināt drošību un sabiedrības izglītošanu, sniedzot pakalpojumus un preces, kas saistītas ar cilvēku un dzīvnieku apmācību, meklēšanas sistēmām un izsekošanas tehnoloģijām</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/214</t>
+  </si>
+  <si>
+    <t>nē</t>
+  </si>
+  <si>
+    <t>veicina ilgstošu labvēlīgu sociālo ietekmi sabiedrībā, radot fizisku un digitālu platformu starpnozaru sadarbībai sociālo, tehnoloģisko inovāciju procesiem un ilgtspējīgai attīstībai;
+aktualizē aprites ekonomikas nozīmīgumu un ilgtspējīgas attīstības domāšanu, piedāvājot konsultāciju pakalpojumus projektu izstrādē, vietradē, radošo industriju un citu nozaru sadarbības jautājumos;
+rada nepieciešamo vidi un tīklošanās iespējas radošo industriju un starpnozaru projektu idejām, to īstenošanai, kā arī sadarbības uzsākšanai, tādējādi veicinot nozaru konkurentspēju lokāli un starptautiski, kā arī paaugstinot kopējo korporatīvo sociālās atbildības līmeni;piedāvā daudzveidīgus kultūras, radošo industriju un neformālās izglītības pasākumu un konsultāciju pakalpojumus, veicinot indivīdu mentālo un fizisko labbūtību un radošā potenciāla īstenošanu</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/219</t>
+  </si>
+  <si>
+    <t>Sabiedrības vienīgais un galvenais darbības mērķis ir sabiedrības labuma radīšana, sniedzot sociālos, izglītības un rehabilitācijas pakalpojumus, kas uzlabo dzīves kvalitāti sociālās atstumtības riskam pakļautām personu grupām un veicina ilgtspējīgu sociālo ietekmi sabiedrībā.
+Sabiedrības darbība nav vērsta uz peļņas gūšanu dalībnieku labumam, un visa iegūtā peļņa tiek novirzīta statūtos noteikto sociālo mērķu sasniegšanai.
+Sabiedrība savā darbībā:
+1.Sniedz sociālās rehabilitācijas pakalpojumus, tostarp lietišķās uzvedības analīze (ABA), psihoterapiju, cita veida terapijas un konsultācijas bērniem, pusaudžiem un viņu ģimenēm, nodrošinot profesionālu speciālistu sniegto nodarbību un konsultāciju pakalpojumus, kā arī veic psiholoģisko un pedagoģisko izpēti, lai izvērtētu un atbalstītu bērnu attīstības, mācīšanās un sociālās iekļaušanās vajadzības.
+2.Nodrošina pakalpojumu pieejamību personām ar invaliditāti, garīga rakstura traucējumiem, trūcīgām ģimenēm, bāreņiem, bērniem bez vecāku gādības, kā arī hroniski slimiem bērniem un viņu vecākiem.
+3.Veicina sociālo un emocionālo prasmju attīstību un kvalitatīvu brīvā laika pavadīšanu bērniem un jauniešiem ar īpašām vajadzībām.
+4.Organizē izglītojošas un sabiedrībai nozīmīgas aktivitātes, kas veicina veselīgu dzīvesveidu, emocionālo labklājību, pilsonisko līdzdalību un ilgtspējīgu attīstību vietējā, reģionālā un valsts līmenī. 
+5.Nodrošina tālākizglītības un profesionālās pilnveides iespējas pedagogiem, kā arī sniedz metodisko un praktisko atbalstu izglītības iestādēm, lai uzlabotu mācību procesa kvalitāti un pieejamību. 
+6.Veicina formālās un neformālās izglītības attīstību, sadarbību un pieredzes apmaiņu ar izglītības un sociālajām organizācijām Latvijā un Eiropā</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/218</t>
+  </si>
+  <si>
+    <t>Sabiedrības sociālie mērķi ir vienīgie un galvenie tās darbības mērķi:
+•Organizēt un attīstīt izglītības un emocionālā atbalsta centru bērniem, jauniešiem un viņu vecākiem;
+•Nodrošināt pieejamu, iekļaujošu un kvalitatīvu izglītības vidi, īpaši sociāli mazāk aizsargātām ģimenēm, daudzbērnu ģimenēm un jaunām ģimenēm ar maziem bērniem;
+•Veicināt vecāku, speciālistu un pedagogu izglītību un profesionālo izaugsmi;
+•Nodrošināt sabiedrībā invalīdu un personu ar funkcionāliem traucējumiem iekļaušanu izglītības procesos;
+•Samazināt sociālo nevienlīdzību, piedāvājot pakalpojumu pieejamību neatkarīgi no personas materiālā stāvokļa.</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/216</t>
+  </si>
+  <si>
     <t>Sabiedrība ar ierobežotu atbildību "Svētā Lūkas darbnīca"</t>
   </si>
   <si>
     <t>SIA "StepByStep Care"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "GEOPACK"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Mājas Meistars Rīga"</t>
   </si>
   <si>
     <t>SIA "Purple White"</t>
   </si>
   <si>
     <t>SIA Cafe M</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Cerību balss"</t>
   </si>
   <si>
     <t>SIA OWA</t>
   </si>
   <si>
     <t>SIA 3wk upcycled</t>
@@ -8079,50 +8169,59 @@
   <si>
     <t>SIA RAINOCEAN SPORTS</t>
   </si>
   <si>
     <t>SIA "LITE candles"</t>
   </si>
   <si>
     <t>SIA "Elvīras dārzi"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Scent Tech"</t>
   </si>
   <si>
     <t>SIA "LGVC"</t>
   </si>
   <si>
     <t>SIA BlindArt</t>
   </si>
   <si>
     <t>SIA Correcty</t>
   </si>
   <si>
     <t>SIA "HOME 127"</t>
   </si>
   <si>
+    <t>SIA Dabas Saldumu Maģija</t>
+  </si>
+  <si>
+    <t>SIA "Sociāli aktīvo aģentūra"</t>
+  </si>
+  <si>
+    <t>SIA “ELEVATE 8”</t>
+  </si>
+  <si>
     <t>Dzirnavu iela 4-7/8, Rīga, LV-1010</t>
   </si>
   <si>
     <t>"Bemberi", Nīcas pagasts, Nīcas novads, LV-3473</t>
   </si>
   <si>
     <t>Valkas iela 6A, Daugavpils,LV-5417</t>
   </si>
   <si>
     <t>Rēznas iela 7-22, Rīga, LV-1019</t>
   </si>
   <si>
     <t>1905.gada iela 5, Jūrmala, LV-2011</t>
   </si>
   <si>
     <t>Rūdolfa iela 1A-68, Rīga, LV-1012</t>
   </si>
   <si>
     <t>"Mazvirga"- 1, Virgas pagasts, Priekules novads, LV-3433</t>
   </si>
   <si>
     <t>Viskaļu iela 36a, Rīga, LV-1006</t>
   </si>
   <si>
     <t>Bulduru prospekts 104A, Jūrmala, LV-2010</t>
@@ -8388,92 +8487,104 @@
   <si>
     <t>Jumpravas iela 18, Tukums, Tukuma novads, LV-3101</t>
   </si>
   <si>
     <t>Lokomotīves iela 94 - 42, Rīga, LV-1057</t>
   </si>
   <si>
     <t>Ausekļa iela 3-119, Rīga, LV-1010</t>
   </si>
   <si>
     <t>"Mežābeles", Orupi, Skaistas pagasts, Krāslavas novads, LV-5671</t>
   </si>
   <si>
     <t>Ābeļu iela 35, Valmiermuiža, Valmieras pagasts, Valmieras novads, LV-4219</t>
   </si>
   <si>
     <t>"Annuži"-1, Zaļenieku pagasts, Jelgavas novads, LV-3011</t>
   </si>
   <si>
     <t>Rudens iela 5-36, Rīga, LV-1082</t>
   </si>
   <si>
     <t>Maskavas iela 127, Rīga, LV-1003</t>
   </si>
   <si>
+    <t>Liepsalas, Mālpils pagasts, Siguldas novads, LV-2152</t>
+  </si>
+  <si>
+    <t>Salnas iela 7-12, Rīga, LV-1021</t>
+  </si>
+  <si>
+    <t>Marijas iela 14 - 37, Rīga, LV-1011</t>
+  </si>
+  <si>
     <t>LM-32-4-10/133</t>
   </si>
   <si>
     <t>LM-32-4-10/136</t>
   </si>
   <si>
     <t>LM-32-4-19/140</t>
   </si>
   <si>
     <t>LM-32-4-19/161</t>
   </si>
   <si>
     <t>LM-32-4-19/162</t>
   </si>
   <si>
     <t>LM-32-4-19/181</t>
   </si>
   <si>
     <t>LM-32-4-19/179</t>
   </si>
   <si>
     <t>LM-32-4-19/16</t>
   </si>
   <si>
     <t>LM-32-4-19/33</t>
   </si>
   <si>
     <t>LM-32-4-19/55</t>
   </si>
   <si>
     <t>LM-32-4-19/60</t>
   </si>
   <si>
     <t>LM-32-4-19/73</t>
   </si>
   <si>
     <t>LM-32-4-19/89</t>
   </si>
   <si>
     <t>LM-32-4-19/13</t>
   </si>
   <si>
+    <t>LM-32-4-19/41</t>
+  </si>
+  <si>
     <t>LM-32-4-20/44</t>
   </si>
   <si>
     <t>LM-32-4-19/46</t>
   </si>
   <si>
     <t>LM-32-4-19/47</t>
   </si>
   <si>
     <t>LM-32-4-19/71</t>
   </si>
   <si>
     <t>LM-32-4-19/80</t>
   </si>
   <si>
     <t>LM-32-4-19/81</t>
   </si>
   <si>
     <t>LM-32-4-19/106</t>
   </si>
   <si>
     <t>LM-32-4-19/115</t>
   </si>
   <si>
     <t>LM-32-4-19/118</t>
@@ -8508,50 +8619,56 @@
   <si>
     <t>LM-32-4-04/56</t>
   </si>
   <si>
     <t>LM-32-4-04/89</t>
   </si>
   <si>
     <t>LM-32-4-04/79</t>
   </si>
   <si>
     <t>LM-32-4-04/181</t>
   </si>
   <si>
     <t>LM-32-4-19/83</t>
   </si>
   <si>
     <t>LM-32-4-04/50</t>
   </si>
   <si>
     <t>LM-32-4-19/136</t>
   </si>
   <si>
     <t>LM-32-4-04/102</t>
   </si>
   <si>
+    <t>LM-32-4-04/7</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/66</t>
+  </si>
+  <si>
     <t>Atcelt sociālā uzņēmuma statusu</t>
   </si>
   <si>
     <t>LM-32-4-19/82</t>
   </si>
   <si>
     <t>Atņemt sociālā uzņēmuma statusu</t>
   </si>
   <si>
     <t>LM-32-4-19/68</t>
   </si>
   <si>
     <t>LM-32-4-19/69</t>
   </si>
   <si>
     <t>LM-32-4-19/98</t>
   </si>
   <si>
     <t>LM-32-4-19/205</t>
   </si>
   <si>
     <t>LM-32-4-19/134</t>
   </si>
   <si>
     <t>LM-32-4-19/91</t>
@@ -8655,54 +8772,69 @@
   <si>
     <t>LM-32-4-04/47</t>
   </si>
   <si>
     <t>LM-32-4-04/83</t>
   </si>
   <si>
     <t>LM-32-4-04/104</t>
   </si>
   <si>
     <t>32-4-04/117</t>
   </si>
   <si>
     <t>32-4-04/118</t>
   </si>
   <si>
     <t>32-4-04/115</t>
   </si>
   <si>
     <t>LM-32-4-04/154</t>
   </si>
   <si>
     <t>LM-32-4-04/153</t>
   </si>
   <si>
+    <t>LM-32-4-04/178</t>
+  </si>
+  <si>
     <t>LM-32-4-04/186</t>
   </si>
   <si>
     <t>LM-32-4-19/197</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/205</t>
+  </si>
+  <si>
+    <t>12.12.2025.</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/211</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/220</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="&quot;aktīvie: &quot;0"/>
     <numFmt numFmtId="165" formatCode="0&quot;.&quot;"/>
     <numFmt numFmtId="166" formatCode="&quot;neaktīvie: &quot;0"/>
     <numFmt numFmtId="167" formatCode="&quot;redzami: &quot;0"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -9573,51 +9705,51 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4431719-E619-4764-8B35-1930A1DE2F50}">
-  <dimension ref="A1:DN286"/>
+  <dimension ref="A1:DN293"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="50" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.33203125" style="12" customWidth="1"/>
     <col min="2" max="2" width="21.5546875" style="12" customWidth="1"/>
     <col min="3" max="3" width="15.5546875" style="12" customWidth="1"/>
     <col min="4" max="4" width="33.44140625" style="12" customWidth="1"/>
     <col min="5" max="5" width="12" style="26" customWidth="1"/>
     <col min="6" max="6" width="29.44140625" style="12" customWidth="1"/>
     <col min="7" max="7" width="25.5546875" style="12" customWidth="1"/>
     <col min="8" max="8" width="25.44140625" style="12" customWidth="1"/>
     <col min="9" max="9" width="20.44140625" style="12" customWidth="1"/>
     <col min="10" max="10" width="19.44140625" style="12" customWidth="1"/>
     <col min="11" max="11" width="15.44140625" style="12" customWidth="1"/>
     <col min="12" max="12" width="12.44140625" style="26" customWidth="1"/>
     <col min="13" max="13" width="45.5546875" style="12" customWidth="1"/>
     <col min="14" max="14" width="12.5546875" style="12" customWidth="1"/>
     <col min="15" max="15" width="44.5546875" style="12" customWidth="1"/>
@@ -9630,75 +9762,75 @@
     <col min="22" max="22" width="23.5546875" style="12" customWidth="1"/>
     <col min="23" max="23" width="27.88671875" style="12" customWidth="1"/>
     <col min="24" max="24" width="18.44140625" style="12" customWidth="1"/>
     <col min="25" max="25" width="15.44140625" style="12" customWidth="1"/>
     <col min="26" max="26" width="14" style="12" customWidth="1"/>
     <col min="27" max="27" width="34" style="12" customWidth="1"/>
     <col min="28" max="28" width="18.44140625" style="12" customWidth="1"/>
     <col min="29" max="29" width="15.44140625" style="12" customWidth="1"/>
     <col min="30" max="30" width="14" style="12" customWidth="1"/>
     <col min="31" max="31" width="15" style="12" customWidth="1"/>
     <col min="32" max="32" width="15.44140625" style="12" customWidth="1"/>
     <col min="33" max="33" width="15" style="12" customWidth="1"/>
     <col min="34" max="34" width="15.44140625" style="12" customWidth="1"/>
     <col min="35" max="35" width="15" style="12" customWidth="1"/>
     <col min="36" max="36" width="15.44140625" style="12" customWidth="1"/>
     <col min="37" max="37" width="9.44140625" style="12" customWidth="1"/>
     <col min="38" max="118" width="0" style="12" hidden="1" customWidth="1"/>
     <col min="119" max="16384" width="9.44140625" style="12" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A1" s="55" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="56">
-        <f>COUNTA(B7:B284)</f>
-        <v>278</v>
+        <f>COUNTA(B7:B287)</f>
+        <v>281</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="3"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="2" t="str">
         <f>C1</f>
         <v>SOCIĀLO UZŅĒMUMU REĢISTRS</v>
       </c>
       <c r="AG1" s="7"/>
       <c r="AH1" s="7"/>
       <c r="AI1" s="7"/>
       <c r="AJ1" s="7"/>
     </row>
     <row r="2" spans="1:37" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A2" s="54" t="s">
         <v>41</v>
       </c>
       <c r="B2" s="53">
-        <v>45991</v>
+        <v>46021</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="52"/>
       <c r="S2" s="2" t="str">
         <f>C2</f>
         <v>Aktīvie sociālie uzņēmumi</v>
       </c>
       <c r="AF2" s="7"/>
       <c r="AG2" s="8"/>
       <c r="AH2" s="7"/>
       <c r="AI2" s="8"/>
       <c r="AJ2" s="7"/>
     </row>
     <row r="3" spans="1:37" s="9" customFormat="1" ht="10.199999999999999" x14ac:dyDescent="0.2">
       <c r="C3" s="51"/>
       <c r="E3" s="10"/>
       <c r="L3" s="10"/>
     </row>
     <row r="4" spans="1:37" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="77" t="s">
         <v>2</v>
       </c>
@@ -9968,25771 +10100,26042 @@
       <c r="AG6" s="69">
         <v>33</v>
       </c>
       <c r="AH6" s="69">
         <v>34</v>
       </c>
       <c r="AI6" s="69">
         <v>35</v>
       </c>
       <c r="AJ6" s="69">
         <v>36</v>
       </c>
       <c r="AK6" s="72"/>
     </row>
     <row r="7" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="27">
         <v>1</v>
       </c>
       <c r="B7" s="28" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="29">
         <v>40103226372</v>
       </c>
       <c r="D7" s="28" t="s">
+        <v>227</v>
+      </c>
+      <c r="E7" s="33" t="s">
+        <v>228</v>
+      </c>
+      <c r="F7" s="28" t="s">
         <v>229</v>
       </c>
-      <c r="E7" s="33" t="s">
+      <c r="G7" s="34" t="s">
         <v>230</v>
       </c>
-      <c r="F7" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H7" s="28" t="s">
-        <v>885</v>
+        <v>877</v>
       </c>
       <c r="I7" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L7" s="28" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="N7" s="30" t="s">
-        <v>889</v>
+        <v>881</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="P7" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q7" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R7" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S7" s="36" t="s">
-        <v>1308</v>
+        <v>1298</v>
       </c>
       <c r="T7" s="28"/>
       <c r="U7" s="28"/>
       <c r="V7" s="28"/>
       <c r="W7" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X7" s="29" t="s">
-        <v>1310</v>
+        <v>1300</v>
       </c>
       <c r="Y7" s="32">
         <v>43276</v>
       </c>
       <c r="Z7" s="37">
         <v>43283</v>
       </c>
       <c r="AA7" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB7" s="29" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="AC7" s="37">
         <v>45912</v>
       </c>
       <c r="AD7" s="37">
         <v>45916</v>
       </c>
       <c r="AE7" s="38"/>
       <c r="AF7" s="39"/>
       <c r="AG7" s="40"/>
       <c r="AH7" s="39"/>
       <c r="AI7" s="40"/>
       <c r="AJ7" s="39"/>
       <c r="AK7" s="41"/>
     </row>
     <row r="8" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="27">
         <v>2</v>
       </c>
       <c r="B8" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="29">
         <v>55403050491</v>
       </c>
       <c r="D8" s="28" t="s">
+        <v>231</v>
+      </c>
+      <c r="E8" s="33" t="s">
+        <v>232</v>
+      </c>
+      <c r="F8" s="28" t="s">
         <v>233</v>
       </c>
-      <c r="E8" s="33" t="s">
+      <c r="G8" s="34" t="s">
         <v>234</v>
       </c>
-      <c r="F8" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H8" s="28" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="I8" s="30" t="s">
-        <v>891</v>
+        <v>883</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>892</v>
+        <v>884</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="L8" s="28" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="N8" s="30"/>
       <c r="O8" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P8" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q8" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R8" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S8" s="36" t="s">
-        <v>1313</v>
+        <v>1303</v>
       </c>
       <c r="T8" s="28"/>
       <c r="U8" s="28"/>
       <c r="V8" s="28"/>
       <c r="W8" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X8" s="29" t="s">
-        <v>1314</v>
+        <v>1304</v>
       </c>
       <c r="Y8" s="32">
         <v>43276</v>
       </c>
       <c r="Z8" s="37">
         <v>43283</v>
       </c>
       <c r="AA8" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB8" s="29" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="AC8" s="37">
         <v>45869</v>
       </c>
       <c r="AD8" s="37">
         <v>45873</v>
       </c>
       <c r="AE8" s="38">
         <v>33000</v>
       </c>
       <c r="AF8" s="39">
         <v>45590</v>
       </c>
       <c r="AG8" s="40"/>
       <c r="AH8" s="39"/>
       <c r="AI8" s="40"/>
       <c r="AJ8" s="39"/>
       <c r="AK8" s="41"/>
     </row>
     <row r="9" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="27">
         <v>3</v>
       </c>
       <c r="B9" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="29">
         <v>40103817483</v>
       </c>
       <c r="D9" s="28" t="s">
+        <v>235</v>
+      </c>
+      <c r="E9" s="33" t="s">
+        <v>236</v>
+      </c>
+      <c r="F9" s="28" t="s">
         <v>237</v>
       </c>
-      <c r="E9" s="33" t="s">
+      <c r="G9" s="34" t="s">
         <v>238</v>
       </c>
-      <c r="F9" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H9" s="28" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="I9" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L9" s="28" t="s">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="N9" s="30" t="s">
-        <v>898</v>
+        <v>890</v>
       </c>
       <c r="O9" s="5" t="s">
-        <v>899</v>
+        <v>891</v>
       </c>
       <c r="P9" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q9" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="R9" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="S9" s="36" t="s">
         <v>1306</v>
-      </c>
-[...7 lines deleted...]
-        <v>1316</v>
       </c>
       <c r="T9" s="28"/>
       <c r="U9" s="28"/>
       <c r="V9" s="28"/>
       <c r="W9" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X9" s="29" t="s">
-        <v>1317</v>
+        <v>1307</v>
       </c>
       <c r="Y9" s="32">
         <v>43276</v>
       </c>
       <c r="Z9" s="37">
         <v>43283</v>
       </c>
       <c r="AA9" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB9" s="29" t="s">
-        <v>1318</v>
+        <v>1308</v>
       </c>
       <c r="AC9" s="37">
         <v>45973</v>
       </c>
       <c r="AD9" s="37">
         <v>45975</v>
       </c>
       <c r="AE9" s="38"/>
       <c r="AF9" s="39"/>
       <c r="AG9" s="40"/>
       <c r="AH9" s="39"/>
       <c r="AI9" s="40"/>
       <c r="AJ9" s="39"/>
       <c r="AK9" s="41"/>
     </row>
-    <row r="10" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="27">
         <v>4</v>
       </c>
       <c r="B10" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="29">
         <v>40203150986</v>
       </c>
       <c r="D10" s="28" t="s">
+        <v>239</v>
+      </c>
+      <c r="E10" s="33" t="s">
+        <v>240</v>
+      </c>
+      <c r="F10" s="28" t="s">
         <v>241</v>
       </c>
-      <c r="E10" s="33" t="s">
+      <c r="G10" s="34" t="s">
         <v>242</v>
       </c>
-      <c r="F10" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H10" s="28" t="s">
-        <v>900</v>
+        <v>892</v>
       </c>
       <c r="I10" s="30" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>902</v>
+        <v>894</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L10" s="28" t="s">
-        <v>904</v>
+        <v>896</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="N10" s="30" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="P10" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q10" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R10" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S10" s="36" t="s">
-        <v>1319</v>
+        <v>1309</v>
       </c>
       <c r="T10" s="28"/>
       <c r="U10" s="28"/>
       <c r="V10" s="28"/>
       <c r="W10" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X10" s="29" t="s">
-        <v>1320</v>
+        <v>1310</v>
       </c>
       <c r="Y10" s="32">
         <v>43299</v>
       </c>
       <c r="Z10" s="37">
         <v>43306</v>
       </c>
       <c r="AA10" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB10" s="29" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="AC10" s="37">
         <v>45803</v>
       </c>
       <c r="AD10" s="37">
         <v>45805</v>
       </c>
       <c r="AE10" s="38">
         <v>68629.62</v>
       </c>
       <c r="AF10" s="39">
         <v>45917</v>
       </c>
       <c r="AG10" s="40"/>
       <c r="AH10" s="39"/>
       <c r="AI10" s="40"/>
       <c r="AJ10" s="39"/>
-      <c r="AK10" s="11"/>
+      <c r="AK10" s="41"/>
     </row>
-    <row r="11" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="27">
         <v>5</v>
       </c>
       <c r="B11" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C11" s="29">
         <v>40203155911</v>
       </c>
       <c r="D11" s="28" t="s">
+        <v>243</v>
+      </c>
+      <c r="E11" s="33" t="s">
+        <v>244</v>
+      </c>
+      <c r="F11" s="28" t="s">
         <v>245</v>
       </c>
-      <c r="E11" s="33" t="s">
+      <c r="G11" s="34" t="s">
         <v>246</v>
       </c>
-      <c r="F11" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H11" s="28" t="s">
-        <v>907</v>
+        <v>899</v>
       </c>
       <c r="I11" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L11" s="28" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="N11" s="30" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="P11" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q11" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R11" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S11" s="36" t="s">
-        <v>1322</v>
+        <v>1312</v>
       </c>
       <c r="T11" s="28"/>
       <c r="U11" s="28"/>
       <c r="V11" s="28"/>
       <c r="W11" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X11" s="29" t="s">
-        <v>1323</v>
+        <v>1313</v>
       </c>
       <c r="Y11" s="32">
         <v>43349</v>
       </c>
       <c r="Z11" s="37">
         <v>43349</v>
       </c>
       <c r="AA11" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB11" s="29" t="s">
-        <v>1324</v>
+        <v>1314</v>
       </c>
       <c r="AC11" s="37">
         <v>45825</v>
       </c>
       <c r="AD11" s="37">
         <v>45827</v>
       </c>
       <c r="AE11" s="38"/>
       <c r="AF11" s="39"/>
       <c r="AG11" s="40"/>
       <c r="AH11" s="39"/>
       <c r="AI11" s="40"/>
       <c r="AJ11" s="39"/>
-      <c r="AK11" s="11"/>
+      <c r="AK11" s="41"/>
     </row>
-    <row r="12" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="27">
         <v>6</v>
       </c>
       <c r="B12" s="28" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="29">
         <v>50103330811</v>
       </c>
       <c r="D12" s="28" t="s">
+        <v>247</v>
+      </c>
+      <c r="E12" s="33" t="s">
+        <v>248</v>
+      </c>
+      <c r="F12" s="28" t="s">
         <v>249</v>
       </c>
-      <c r="E12" s="33" t="s">
+      <c r="G12" s="34" t="s">
         <v>250</v>
       </c>
-      <c r="F12" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="28" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="I12" s="30" t="s">
-        <v>912</v>
+        <v>904</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L12" s="28" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="N12" s="30"/>
       <c r="O12" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P12" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q12" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R12" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S12" s="36" t="s">
-        <v>1325</v>
+        <v>1315</v>
       </c>
       <c r="T12" s="28"/>
       <c r="U12" s="28"/>
       <c r="V12" s="28"/>
       <c r="W12" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X12" s="29" t="s">
-        <v>1326</v>
+        <v>1316</v>
       </c>
       <c r="Y12" s="32">
         <v>43361</v>
       </c>
       <c r="Z12" s="37">
         <v>43368</v>
       </c>
       <c r="AA12" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB12" s="29" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="AC12" s="37">
         <v>45912</v>
       </c>
       <c r="AD12" s="37">
         <v>45916</v>
       </c>
       <c r="AE12" s="38">
         <v>38388.199999999997</v>
       </c>
       <c r="AF12" s="39">
         <v>45737</v>
       </c>
       <c r="AG12" s="40"/>
       <c r="AH12" s="39"/>
       <c r="AI12" s="40"/>
       <c r="AJ12" s="39"/>
-      <c r="AK12" s="11"/>
+      <c r="AK12" s="41"/>
     </row>
     <row r="13" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="27">
         <v>7</v>
       </c>
       <c r="B13" s="28" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="29">
         <v>50203148771</v>
       </c>
       <c r="D13" s="28" t="s">
+        <v>251</v>
+      </c>
+      <c r="E13" s="33" t="s">
+        <v>252</v>
+      </c>
+      <c r="F13" s="28" t="s">
         <v>253</v>
       </c>
-      <c r="E13" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G13" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H13" s="28" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="I13" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L13" s="28" t="s">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>915</v>
+        <v>907</v>
       </c>
       <c r="N13" s="30" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="P13" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q13" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R13" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S13" s="36" t="s">
-        <v>1327</v>
+        <v>1317</v>
       </c>
       <c r="T13" s="28"/>
       <c r="U13" s="28"/>
       <c r="V13" s="28"/>
       <c r="W13" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X13" s="29" t="s">
-        <v>1328</v>
+        <v>1318</v>
       </c>
       <c r="Y13" s="32">
         <v>43363</v>
       </c>
       <c r="Z13" s="37">
         <v>43370</v>
       </c>
       <c r="AA13" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB13" s="29" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="AC13" s="37">
         <v>45803</v>
       </c>
       <c r="AD13" s="37">
         <v>45805</v>
       </c>
       <c r="AE13" s="38"/>
       <c r="AF13" s="39"/>
       <c r="AG13" s="40"/>
       <c r="AH13" s="39"/>
       <c r="AI13" s="40"/>
       <c r="AJ13" s="39"/>
       <c r="AK13" s="41"/>
     </row>
-    <row r="14" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="27">
         <v>8</v>
       </c>
       <c r="B14" s="28" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="29">
         <v>40203118262</v>
       </c>
       <c r="D14" s="28" t="s">
+        <v>254</v>
+      </c>
+      <c r="E14" s="33" t="s">
+        <v>255</v>
+      </c>
+      <c r="F14" s="28" t="s">
         <v>256</v>
       </c>
-      <c r="E14" s="33" t="s">
+      <c r="G14" s="34" t="s">
         <v>257</v>
       </c>
-      <c r="F14" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H14" s="28" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="I14" s="30" t="s">
-        <v>918</v>
+        <v>910</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>919</v>
+        <v>911</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="L14" s="28" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="N14" s="30"/>
       <c r="O14" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P14" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q14" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R14" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S14" s="36" t="s">
-        <v>1329</v>
+        <v>1319</v>
       </c>
       <c r="T14" s="28" t="s">
-        <v>1330</v>
+        <v>1320</v>
       </c>
       <c r="U14" s="28"/>
       <c r="V14" s="28"/>
       <c r="W14" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X14" s="29" t="s">
-        <v>1331</v>
+        <v>1321</v>
       </c>
       <c r="Y14" s="32">
         <v>43364</v>
       </c>
       <c r="Z14" s="37">
         <v>43371</v>
       </c>
       <c r="AA14" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB14" s="29" t="s">
-        <v>1332</v>
+        <v>1322</v>
       </c>
       <c r="AC14" s="37">
         <v>45954</v>
       </c>
       <c r="AD14" s="37">
         <v>45958</v>
       </c>
       <c r="AE14" s="38"/>
       <c r="AF14" s="39"/>
       <c r="AG14" s="40"/>
       <c r="AH14" s="39"/>
       <c r="AI14" s="40"/>
       <c r="AJ14" s="39"/>
-      <c r="AK14" s="11"/>
+      <c r="AK14" s="41"/>
     </row>
-    <row r="15" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="27">
         <v>9</v>
       </c>
       <c r="B15" s="28" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="29">
         <v>43603079216</v>
       </c>
       <c r="D15" s="28" t="s">
+        <v>258</v>
+      </c>
+      <c r="E15" s="33" t="s">
+        <v>259</v>
+      </c>
+      <c r="F15" s="28" t="s">
         <v>260</v>
       </c>
-      <c r="E15" s="33" t="s">
+      <c r="G15" s="34" t="s">
         <v>261</v>
       </c>
-      <c r="F15" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H15" s="28" t="s">
-        <v>920</v>
+        <v>912</v>
       </c>
       <c r="I15" s="30" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="L15" s="28" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="N15" s="30" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="O15" s="5" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="P15" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q15" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R15" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S15" s="36" t="s">
-        <v>1333</v>
+        <v>1323</v>
       </c>
       <c r="T15" s="28"/>
       <c r="U15" s="28"/>
       <c r="V15" s="28"/>
       <c r="W15" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X15" s="29" t="s">
-        <v>1334</v>
+        <v>1324</v>
       </c>
       <c r="Y15" s="32">
         <v>43388</v>
       </c>
       <c r="Z15" s="37">
         <v>43395</v>
       </c>
       <c r="AA15" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB15" s="29" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="AC15" s="37">
         <v>45869</v>
       </c>
       <c r="AD15" s="37">
         <v>45873</v>
       </c>
       <c r="AE15" s="38"/>
       <c r="AF15" s="39"/>
       <c r="AG15" s="40"/>
       <c r="AH15" s="39"/>
       <c r="AI15" s="40"/>
       <c r="AJ15" s="39"/>
-      <c r="AK15" s="11"/>
+      <c r="AK15" s="41"/>
     </row>
-    <row r="16" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="27">
         <v>10</v>
       </c>
       <c r="B16" s="28" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="29">
         <v>50203163681</v>
       </c>
       <c r="D16" s="28" t="s">
+        <v>262</v>
+      </c>
+      <c r="E16" s="33" t="s">
+        <v>263</v>
+      </c>
+      <c r="F16" s="28" t="s">
         <v>264</v>
       </c>
-      <c r="E16" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H16" s="28" t="s">
-        <v>926</v>
+        <v>918</v>
       </c>
       <c r="I16" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L16" s="28" t="s">
-        <v>927</v>
+        <v>919</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>928</v>
+        <v>920</v>
       </c>
       <c r="N16" s="30" t="s">
-        <v>929</v>
+        <v>921</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>930</v>
+        <v>922</v>
       </c>
       <c r="P16" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q16" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R16" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S16" s="36" t="s">
-        <v>1335</v>
+        <v>1325</v>
       </c>
       <c r="T16" s="28" t="s">
-        <v>1336</v>
+        <v>1326</v>
       </c>
       <c r="U16" s="28" t="s">
-        <v>1330</v>
+        <v>1320</v>
       </c>
       <c r="V16" s="28"/>
       <c r="W16" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X16" s="29" t="s">
-        <v>1337</v>
+        <v>1327</v>
       </c>
       <c r="Y16" s="32">
         <v>43388</v>
       </c>
       <c r="Z16" s="37">
         <v>43395</v>
       </c>
       <c r="AA16" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB16" s="29" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="AC16" s="37">
         <v>45912</v>
       </c>
       <c r="AD16" s="37">
         <v>45916</v>
       </c>
       <c r="AE16" s="38"/>
       <c r="AF16" s="39"/>
       <c r="AG16" s="40"/>
       <c r="AH16" s="39"/>
       <c r="AI16" s="40"/>
       <c r="AJ16" s="39"/>
-      <c r="AK16" s="11"/>
+      <c r="AK16" s="41"/>
     </row>
     <row r="17" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="27">
         <v>11</v>
       </c>
       <c r="B17" s="28" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="29">
         <v>40203159078</v>
       </c>
       <c r="D17" s="28" t="s">
+        <v>265</v>
+      </c>
+      <c r="E17" s="33" t="s">
+        <v>266</v>
+      </c>
+      <c r="F17" s="28" t="s">
         <v>267</v>
       </c>
-      <c r="E17" s="33" t="s">
+      <c r="G17" s="34" t="s">
         <v>268</v>
       </c>
-      <c r="F17" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H17" s="28" t="s">
-        <v>931</v>
+        <v>923</v>
       </c>
       <c r="I17" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L17" s="28" t="s">
-        <v>932</v>
+        <v>924</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>933</v>
+        <v>925</v>
       </c>
       <c r="N17" s="30"/>
       <c r="O17" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P17" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q17" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R17" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S17" s="36" t="s">
-        <v>1338</v>
+        <v>1328</v>
       </c>
       <c r="T17" s="28"/>
       <c r="U17" s="28"/>
       <c r="V17" s="28"/>
       <c r="W17" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X17" s="29" t="s">
-        <v>1339</v>
+        <v>1329</v>
       </c>
       <c r="Y17" s="32">
         <v>43404</v>
       </c>
       <c r="Z17" s="37">
         <v>43406</v>
       </c>
       <c r="AA17" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB17" s="29" t="s">
-        <v>1340</v>
+        <v>1330</v>
       </c>
       <c r="AC17" s="37">
         <v>45681</v>
       </c>
       <c r="AD17" s="37">
         <v>45685</v>
       </c>
       <c r="AE17" s="38"/>
       <c r="AF17" s="39"/>
       <c r="AG17" s="40"/>
       <c r="AH17" s="39"/>
       <c r="AI17" s="40"/>
       <c r="AJ17" s="39"/>
       <c r="AK17" s="11"/>
     </row>
     <row r="18" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="27">
         <v>12</v>
       </c>
       <c r="B18" s="28" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="29">
         <v>40203099741</v>
       </c>
       <c r="D18" s="28" t="s">
+        <v>269</v>
+      </c>
+      <c r="E18" s="33" t="s">
+        <v>270</v>
+      </c>
+      <c r="F18" s="28" t="s">
         <v>271</v>
       </c>
-      <c r="E18" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H18" s="28" t="s">
-        <v>934</v>
+        <v>926</v>
       </c>
       <c r="I18" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L18" s="28" t="s">
-        <v>935</v>
+        <v>927</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="N18" s="30"/>
       <c r="O18" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P18" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q18" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R18" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S18" s="36" t="s">
-        <v>1341</v>
+        <v>1331</v>
       </c>
       <c r="T18" s="28"/>
       <c r="U18" s="28"/>
       <c r="V18" s="28"/>
       <c r="W18" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X18" s="29" t="s">
-        <v>1342</v>
+        <v>1332</v>
       </c>
       <c r="Y18" s="32">
         <v>43404</v>
       </c>
       <c r="Z18" s="37">
         <v>43411</v>
       </c>
       <c r="AA18" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB18" s="29" t="s">
-        <v>1318</v>
+        <v>1308</v>
       </c>
       <c r="AC18" s="37">
         <v>45973</v>
       </c>
       <c r="AD18" s="37">
         <v>45975</v>
       </c>
       <c r="AE18" s="38"/>
       <c r="AF18" s="39"/>
       <c r="AG18" s="40"/>
       <c r="AH18" s="39"/>
       <c r="AI18" s="40"/>
       <c r="AJ18" s="39"/>
       <c r="AK18" s="11"/>
     </row>
     <row r="19" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="27">
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="29">
         <v>40203171920</v>
       </c>
       <c r="D19" s="28" t="s">
+        <v>272</v>
+      </c>
+      <c r="E19" s="33" t="s">
+        <v>273</v>
+      </c>
+      <c r="F19" s="28" t="s">
         <v>274</v>
       </c>
-      <c r="E19" s="33" t="s">
+      <c r="G19" s="34" t="s">
         <v>275</v>
       </c>
-      <c r="F19" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H19" s="28" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="I19" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L19" s="28" t="s">
-        <v>938</v>
+        <v>930</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>939</v>
+        <v>931</v>
       </c>
       <c r="N19" s="30" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="P19" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q19" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R19" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S19" s="36" t="s">
-        <v>1343</v>
+        <v>1333</v>
       </c>
       <c r="T19" s="28"/>
       <c r="U19" s="28"/>
       <c r="V19" s="28"/>
       <c r="W19" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X19" s="29" t="s">
-        <v>1344</v>
+        <v>1334</v>
       </c>
       <c r="Y19" s="32">
         <v>43404</v>
       </c>
       <c r="Z19" s="37">
         <v>43411</v>
       </c>
       <c r="AA19" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB19" s="29" t="s">
-        <v>1318</v>
+        <v>1308</v>
       </c>
       <c r="AC19" s="37">
         <v>45973</v>
       </c>
       <c r="AD19" s="37">
         <v>45975</v>
       </c>
       <c r="AE19" s="38"/>
       <c r="AF19" s="39"/>
       <c r="AG19" s="40"/>
       <c r="AH19" s="39"/>
       <c r="AI19" s="40"/>
       <c r="AJ19" s="39"/>
       <c r="AK19" s="11"/>
     </row>
-    <row r="20" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="27">
         <v>14</v>
       </c>
       <c r="B20" s="28" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="29">
         <v>40203106244</v>
       </c>
       <c r="D20" s="28" t="s">
+        <v>276</v>
+      </c>
+      <c r="E20" s="33" t="s">
+        <v>277</v>
+      </c>
+      <c r="F20" s="28" t="s">
         <v>278</v>
       </c>
-      <c r="E20" s="33" t="s">
+      <c r="G20" s="34" t="s">
         <v>279</v>
       </c>
-      <c r="F20" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H20" s="28" t="s">
-        <v>940</v>
+        <v>932</v>
       </c>
       <c r="I20" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L20" s="28" t="s">
-        <v>941</v>
+        <v>933</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>942</v>
+        <v>934</v>
       </c>
       <c r="N20" s="30"/>
       <c r="O20" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P20" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q20" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R20" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S20" s="36" t="s">
-        <v>1345</v>
+        <v>1335</v>
       </c>
       <c r="T20" s="28" t="s">
-        <v>1330</v>
+        <v>1320</v>
       </c>
       <c r="U20" s="28"/>
       <c r="V20" s="28"/>
       <c r="W20" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X20" s="29" t="s">
-        <v>1346</v>
+        <v>1336</v>
       </c>
       <c r="Y20" s="32">
         <v>43426</v>
       </c>
       <c r="Z20" s="37">
         <v>43430</v>
       </c>
       <c r="AA20" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB20" s="29" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="AC20" s="37">
         <v>45940</v>
       </c>
       <c r="AD20" s="37">
         <v>45944</v>
       </c>
       <c r="AE20" s="38"/>
       <c r="AF20" s="39"/>
       <c r="AG20" s="40"/>
       <c r="AH20" s="39"/>
       <c r="AI20" s="40"/>
       <c r="AJ20" s="39"/>
-      <c r="AK20" s="11"/>
+      <c r="AK20" s="41"/>
     </row>
-    <row r="21" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="27">
         <v>15</v>
       </c>
       <c r="B21" s="28" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="29">
         <v>40203121205</v>
       </c>
       <c r="D21" s="28" t="s">
+        <v>280</v>
+      </c>
+      <c r="E21" s="33" t="s">
+        <v>281</v>
+      </c>
+      <c r="F21" s="28" t="s">
         <v>282</v>
       </c>
-      <c r="E21" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G21" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H21" s="28" t="s">
-        <v>943</v>
+        <v>935</v>
       </c>
       <c r="I21" s="30" t="s">
-        <v>901</v>
+        <v>893</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>902</v>
+        <v>894</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L21" s="28" t="s">
-        <v>944</v>
+        <v>936</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>945</v>
+        <v>937</v>
       </c>
       <c r="N21" s="30"/>
       <c r="O21" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P21" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q21" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R21" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S21" s="36" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="T21" s="28" t="s">
-        <v>1349</v>
+        <v>1339</v>
       </c>
       <c r="U21" s="28" t="s">
-        <v>1330</v>
+        <v>1320</v>
       </c>
       <c r="V21" s="28" t="s">
-        <v>1336</v>
+        <v>1326</v>
       </c>
       <c r="W21" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X21" s="29" t="s">
-        <v>1350</v>
+        <v>1340</v>
       </c>
       <c r="Y21" s="32">
         <v>43425</v>
       </c>
       <c r="Z21" s="37">
         <v>43427</v>
       </c>
       <c r="AA21" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB21" s="29" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="AC21" s="37">
         <v>45869</v>
       </c>
       <c r="AD21" s="37">
         <v>45873</v>
       </c>
       <c r="AE21" s="38"/>
       <c r="AF21" s="39"/>
       <c r="AG21" s="40"/>
       <c r="AH21" s="39"/>
       <c r="AI21" s="40"/>
       <c r="AJ21" s="39"/>
-      <c r="AK21" s="41"/>
+      <c r="AK21" s="11"/>
     </row>
-    <row r="22" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="27">
         <v>16</v>
       </c>
       <c r="B22" s="28" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="29">
         <v>40203179708</v>
       </c>
       <c r="D22" s="28" t="s">
+        <v>283</v>
+      </c>
+      <c r="E22" s="33" t="s">
+        <v>284</v>
+      </c>
+      <c r="F22" s="28" t="s">
         <v>285</v>
       </c>
-      <c r="E22" s="33" t="s">
+      <c r="G22" s="34" t="s">
         <v>286</v>
       </c>
-      <c r="F22" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H22" s="28" t="s">
-        <v>946</v>
+        <v>938</v>
       </c>
       <c r="I22" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L22" s="28" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="N22" s="30"/>
       <c r="O22" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P22" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q22" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R22" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S22" s="36" t="s">
-        <v>1351</v>
+        <v>1341</v>
       </c>
       <c r="T22" s="28" t="s">
-        <v>1349</v>
+        <v>1339</v>
       </c>
       <c r="U22" s="28"/>
       <c r="V22" s="28"/>
       <c r="W22" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X22" s="29" t="s">
-        <v>1352</v>
+        <v>1342</v>
       </c>
       <c r="Y22" s="32">
         <v>43472</v>
       </c>
       <c r="Z22" s="37">
         <v>43474</v>
       </c>
       <c r="AA22" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB22" s="29" t="s">
-        <v>1332</v>
+        <v>1322</v>
       </c>
       <c r="AC22" s="37">
         <v>45954</v>
       </c>
       <c r="AD22" s="37">
         <v>45958</v>
       </c>
       <c r="AE22" s="38"/>
       <c r="AF22" s="39"/>
       <c r="AG22" s="40"/>
       <c r="AH22" s="39"/>
       <c r="AI22" s="40"/>
       <c r="AJ22" s="39"/>
-      <c r="AK22" s="41"/>
+      <c r="AK22" s="11"/>
     </row>
-    <row r="23" spans="1:37" s="44" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="27">
         <v>17</v>
       </c>
       <c r="B23" s="28" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="29">
         <v>41503080634</v>
       </c>
       <c r="D23" s="28" t="s">
+        <v>287</v>
+      </c>
+      <c r="E23" s="33" t="s">
+        <v>288</v>
+      </c>
+      <c r="F23" s="28" t="s">
         <v>289</v>
       </c>
-      <c r="E23" s="33" t="s">
+      <c r="G23" s="34" t="s">
         <v>290</v>
       </c>
-      <c r="F23" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H23" s="28" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="I23" s="30" t="s">
-        <v>950</v>
+        <v>942</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>950</v>
+        <v>942</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="L23" s="28" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>953</v>
+        <v>945</v>
       </c>
       <c r="N23" s="30" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="P23" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q23" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R23" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S23" s="36" t="s">
-        <v>1353</v>
+        <v>1343</v>
       </c>
       <c r="T23" s="28"/>
       <c r="U23" s="28"/>
       <c r="V23" s="28"/>
       <c r="W23" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X23" s="29" t="s">
-        <v>1354</v>
+        <v>1344</v>
       </c>
       <c r="Y23" s="32">
         <v>43472</v>
       </c>
       <c r="Z23" s="37">
         <v>43474</v>
       </c>
       <c r="AA23" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB23" s="29" t="s">
-        <v>1355</v>
+        <v>1345</v>
       </c>
       <c r="AC23" s="37">
         <v>45896</v>
       </c>
       <c r="AD23" s="37">
         <v>45898</v>
       </c>
       <c r="AE23" s="38"/>
       <c r="AF23" s="39"/>
       <c r="AG23" s="40"/>
       <c r="AH23" s="39"/>
       <c r="AI23" s="40"/>
       <c r="AJ23" s="39"/>
-      <c r="AK23" s="43"/>
+      <c r="AK23" s="11"/>
     </row>
-    <row r="24" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
         <v>66</v>
       </c>
       <c r="C24" s="29">
         <v>40103664698</v>
       </c>
       <c r="D24" s="28" t="s">
+        <v>291</v>
+      </c>
+      <c r="E24" s="33" t="s">
+        <v>292</v>
+      </c>
+      <c r="F24" s="28" t="s">
         <v>293</v>
       </c>
-      <c r="E24" s="33" t="s">
+      <c r="G24" s="34" t="s">
         <v>294</v>
       </c>
-      <c r="F24" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H24" s="28" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="I24" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L24" s="28" t="s">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>958</v>
+        <v>950</v>
       </c>
       <c r="N24" s="30"/>
       <c r="O24" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P24" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q24" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R24" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S24" s="36" t="s">
-        <v>1356</v>
+        <v>1346</v>
       </c>
       <c r="T24" s="28" t="s">
-        <v>1330</v>
+        <v>1320</v>
       </c>
       <c r="U24" s="28" t="s">
-        <v>1349</v>
+        <v>1339</v>
       </c>
       <c r="V24" s="28"/>
       <c r="W24" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X24" s="29" t="s">
-        <v>1357</v>
+        <v>1347</v>
       </c>
       <c r="Y24" s="32">
         <v>43495</v>
       </c>
       <c r="Z24" s="37">
         <v>43497</v>
       </c>
       <c r="AA24" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB24" s="29" t="s">
-        <v>1355</v>
+        <v>1345</v>
       </c>
       <c r="AC24" s="37">
         <v>45896</v>
       </c>
       <c r="AD24" s="37">
         <v>45898</v>
       </c>
       <c r="AE24" s="38">
         <v>171368.02</v>
       </c>
       <c r="AF24" s="39">
         <v>45915</v>
       </c>
       <c r="AG24" s="40"/>
       <c r="AH24" s="39"/>
       <c r="AI24" s="40"/>
       <c r="AJ24" s="39"/>
-      <c r="AK24" s="41"/>
+      <c r="AK24" s="11"/>
     </row>
     <row r="25" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="29">
         <v>50103505591</v>
       </c>
       <c r="D25" s="28" t="s">
+        <v>295</v>
+      </c>
+      <c r="E25" s="33" t="s">
+        <v>296</v>
+      </c>
+      <c r="F25" s="28" t="s">
         <v>297</v>
       </c>
-      <c r="E25" s="33" t="s">
+      <c r="G25" s="34" t="s">
         <v>298</v>
       </c>
-      <c r="F25" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H25" s="28" t="s">
-        <v>959</v>
+        <v>951</v>
       </c>
       <c r="I25" s="30" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>960</v>
+        <v>952</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L25" s="28" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="N25" s="30" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="P25" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q25" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R25" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S25" s="36" t="s">
-        <v>1358</v>
+        <v>1348</v>
       </c>
       <c r="T25" s="28"/>
       <c r="U25" s="28"/>
       <c r="V25" s="28"/>
       <c r="W25" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X25" s="29" t="s">
-        <v>1359</v>
+        <v>1349</v>
       </c>
       <c r="Y25" s="32">
         <v>43495</v>
       </c>
       <c r="Z25" s="37">
         <v>43497</v>
       </c>
       <c r="AA25" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB25" s="29" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="AC25" s="37">
         <v>45940</v>
       </c>
       <c r="AD25" s="37">
         <v>45944</v>
       </c>
       <c r="AE25" s="38"/>
       <c r="AF25" s="39"/>
       <c r="AG25" s="40"/>
       <c r="AH25" s="39"/>
       <c r="AI25" s="40"/>
       <c r="AJ25" s="39"/>
       <c r="AK25" s="11"/>
     </row>
     <row r="26" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27">
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="29">
         <v>40003844517</v>
       </c>
       <c r="D26" s="28" t="s">
+        <v>299</v>
+      </c>
+      <c r="E26" s="33" t="s">
+        <v>300</v>
+      </c>
+      <c r="F26" s="28" t="s">
         <v>301</v>
       </c>
-      <c r="E26" s="33" t="s">
+      <c r="G26" s="34" t="s">
         <v>302</v>
       </c>
-      <c r="F26" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H26" s="28" t="s">
-        <v>961</v>
+        <v>953</v>
       </c>
       <c r="I26" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L26" s="28" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="N26" s="30" t="s">
-        <v>962</v>
+        <v>954</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
       <c r="P26" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q26" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R26" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S26" s="36" t="s">
-        <v>1360</v>
+        <v>1350</v>
       </c>
       <c r="T26" s="28"/>
       <c r="U26" s="28"/>
       <c r="V26" s="28"/>
       <c r="W26" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X26" s="29" t="s">
-        <v>1361</v>
+        <v>1351</v>
       </c>
       <c r="Y26" s="32">
         <v>43495</v>
       </c>
       <c r="Z26" s="37">
         <v>43497</v>
       </c>
       <c r="AA26" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB26" s="29" t="s">
-        <v>1324</v>
+        <v>1314</v>
       </c>
       <c r="AC26" s="37">
         <v>45825</v>
       </c>
       <c r="AD26" s="37">
         <v>45827</v>
       </c>
       <c r="AE26" s="38"/>
       <c r="AF26" s="39"/>
       <c r="AG26" s="40"/>
       <c r="AH26" s="39"/>
       <c r="AI26" s="40"/>
       <c r="AJ26" s="39"/>
       <c r="AK26" s="11"/>
     </row>
     <row r="27" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="29">
         <v>44103119959</v>
       </c>
       <c r="D27" s="28" t="s">
+        <v>303</v>
+      </c>
+      <c r="E27" s="33" t="s">
+        <v>304</v>
+      </c>
+      <c r="F27" s="28" t="s">
         <v>305</v>
       </c>
-      <c r="E27" s="33" t="s">
+      <c r="G27" s="34" t="s">
         <v>306</v>
       </c>
-      <c r="F27" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H27" s="28" t="s">
-        <v>964</v>
+        <v>956</v>
       </c>
       <c r="I27" s="30" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L27" s="28" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="N27" s="30" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="P27" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q27" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R27" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S27" s="36" t="s">
-        <v>1362</v>
+        <v>1352</v>
       </c>
       <c r="T27" s="28"/>
       <c r="U27" s="28"/>
       <c r="V27" s="28"/>
       <c r="W27" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X27" s="29" t="s">
-        <v>1363</v>
+        <v>1353</v>
       </c>
       <c r="Y27" s="32">
         <v>43495</v>
       </c>
       <c r="Z27" s="37">
         <v>43497</v>
       </c>
       <c r="AA27" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB27" s="29" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="AC27" s="37">
         <v>45869</v>
       </c>
       <c r="AD27" s="37">
         <v>45873</v>
       </c>
       <c r="AE27" s="38">
         <v>80925.460000000006</v>
       </c>
       <c r="AF27" s="39">
         <v>45964</v>
       </c>
       <c r="AG27" s="40"/>
       <c r="AH27" s="39"/>
       <c r="AI27" s="40"/>
       <c r="AJ27" s="39"/>
       <c r="AK27" s="11"/>
     </row>
-    <row r="28" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="27">
         <v>22</v>
       </c>
       <c r="B28" s="28" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="29">
         <v>42103080905</v>
       </c>
       <c r="D28" s="28" t="s">
+        <v>307</v>
+      </c>
+      <c r="E28" s="33" t="s">
+        <v>308</v>
+      </c>
+      <c r="F28" s="28" t="s">
         <v>309</v>
       </c>
-      <c r="E28" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G28" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H28" s="28" t="s">
-        <v>971</v>
+        <v>963</v>
       </c>
       <c r="I28" s="30" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="L28" s="28" t="s">
-        <v>974</v>
+        <v>966</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>975</v>
+        <v>967</v>
       </c>
       <c r="N28" s="30" t="s">
-        <v>976</v>
+        <v>968</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>977</v>
+        <v>969</v>
       </c>
       <c r="P28" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q28" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R28" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S28" s="36" t="s">
-        <v>1364</v>
+        <v>1354</v>
       </c>
       <c r="T28" s="28"/>
       <c r="U28" s="28"/>
       <c r="V28" s="28"/>
       <c r="W28" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X28" s="29" t="s">
-        <v>1365</v>
+        <v>1355</v>
       </c>
       <c r="Y28" s="32">
         <v>43522</v>
       </c>
       <c r="Z28" s="37">
         <v>43524</v>
       </c>
       <c r="AA28" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB28" s="29" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="AC28" s="37">
         <v>45940</v>
       </c>
       <c r="AD28" s="37">
         <v>45944</v>
       </c>
       <c r="AE28" s="38"/>
       <c r="AF28" s="39"/>
       <c r="AG28" s="40"/>
       <c r="AH28" s="39"/>
       <c r="AI28" s="40"/>
       <c r="AJ28" s="39"/>
-      <c r="AK28" s="11"/>
+      <c r="AK28" s="41"/>
     </row>
-    <row r="29" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="27">
         <v>23</v>
       </c>
       <c r="B29" s="28" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="29">
         <v>40003270410</v>
       </c>
       <c r="D29" s="28" t="s">
+        <v>310</v>
+      </c>
+      <c r="E29" s="33" t="s">
+        <v>311</v>
+      </c>
+      <c r="F29" s="28" t="s">
         <v>312</v>
       </c>
-      <c r="E29" s="33" t="s">
+      <c r="G29" s="34" t="s">
         <v>313</v>
       </c>
-      <c r="F29" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H29" s="28" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="I29" s="30" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="L29" s="28" t="s">
-        <v>978</v>
+        <v>970</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
       <c r="N29" s="30"/>
       <c r="O29" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P29" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q29" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R29" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S29" s="36" t="s">
-        <v>1366</v>
+        <v>1356</v>
       </c>
       <c r="T29" s="28"/>
       <c r="U29" s="28"/>
       <c r="V29" s="28"/>
       <c r="W29" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X29" s="29" t="s">
-        <v>1367</v>
+        <v>1357</v>
       </c>
       <c r="Y29" s="32">
         <v>43523</v>
       </c>
       <c r="Z29" s="37">
         <v>43530</v>
       </c>
       <c r="AA29" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB29" s="29" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="AC29" s="37">
         <v>45803</v>
       </c>
       <c r="AD29" s="37">
         <v>45805</v>
       </c>
       <c r="AE29" s="38">
         <v>24815.200000000001</v>
       </c>
       <c r="AF29" s="39">
         <v>45727</v>
       </c>
       <c r="AG29" s="40"/>
       <c r="AH29" s="39"/>
       <c r="AI29" s="40"/>
       <c r="AJ29" s="39"/>
-      <c r="AK29" s="11"/>
+      <c r="AK29" s="41"/>
     </row>
-    <row r="30" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:37" s="44" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="27">
         <v>24</v>
       </c>
       <c r="B30" s="28" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="29">
         <v>54103118781</v>
       </c>
       <c r="D30" s="28" t="s">
+        <v>314</v>
+      </c>
+      <c r="E30" s="33" t="s">
+        <v>315</v>
+      </c>
+      <c r="F30" s="28" t="s">
         <v>316</v>
       </c>
-      <c r="E30" s="33" t="s">
+      <c r="G30" s="34" t="s">
         <v>317</v>
       </c>
-      <c r="F30" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H30" s="28" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="I30" s="30" t="s">
-        <v>980</v>
+        <v>972</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>981</v>
+        <v>973</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L30" s="28" t="s">
-        <v>982</v>
+        <v>974</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>983</v>
+        <v>975</v>
       </c>
       <c r="N30" s="30"/>
       <c r="O30" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P30" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q30" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R30" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S30" s="36" t="s">
-        <v>1368</v>
+        <v>1358</v>
       </c>
       <c r="T30" s="28"/>
       <c r="U30" s="28"/>
       <c r="V30" s="28"/>
       <c r="W30" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X30" s="29" t="s">
-        <v>1369</v>
+        <v>1359</v>
       </c>
       <c r="Y30" s="32">
         <v>43549</v>
       </c>
       <c r="Z30" s="37">
         <v>43551</v>
       </c>
       <c r="AA30" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB30" s="29" t="s">
-        <v>1355</v>
+        <v>1345</v>
       </c>
       <c r="AC30" s="37">
         <v>45896</v>
       </c>
       <c r="AD30" s="37">
         <v>45898</v>
       </c>
       <c r="AE30" s="38"/>
       <c r="AF30" s="39"/>
       <c r="AG30" s="40"/>
       <c r="AH30" s="39"/>
       <c r="AI30" s="40"/>
       <c r="AJ30" s="39"/>
-      <c r="AK30" s="11"/>
+      <c r="AK30" s="43"/>
     </row>
-    <row r="31" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="27">
         <v>25</v>
       </c>
       <c r="B31" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="29">
         <v>43603034269</v>
       </c>
       <c r="D31" s="28" t="s">
+        <v>318</v>
+      </c>
+      <c r="E31" s="33" t="s">
+        <v>319</v>
+      </c>
+      <c r="F31" s="28" t="s">
         <v>320</v>
       </c>
-      <c r="E31" s="33" t="s">
+      <c r="G31" s="34" t="s">
         <v>321</v>
       </c>
-      <c r="F31" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H31" s="28" t="s">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="I31" s="30" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>986</v>
+        <v>978</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L31" s="28" t="s">
+        <v>962</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="N31" s="30" t="s">
         <v>970</v>
       </c>
-      <c r="M31" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O31" s="5" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
       <c r="P31" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q31" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R31" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S31" s="36" t="s">
-        <v>1370</v>
+        <v>1360</v>
       </c>
       <c r="T31" s="28"/>
       <c r="U31" s="28"/>
       <c r="V31" s="28"/>
       <c r="W31" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X31" s="29" t="s">
-        <v>1371</v>
+        <v>1361</v>
       </c>
       <c r="Y31" s="32">
         <v>43549</v>
       </c>
       <c r="Z31" s="37">
         <v>43551</v>
       </c>
       <c r="AA31" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB31" s="29" t="s">
-        <v>1324</v>
+        <v>1314</v>
       </c>
       <c r="AC31" s="37">
         <v>45825</v>
       </c>
       <c r="AD31" s="37">
         <v>45827</v>
       </c>
       <c r="AE31" s="38"/>
       <c r="AF31" s="39"/>
       <c r="AG31" s="40"/>
       <c r="AH31" s="39"/>
       <c r="AI31" s="40"/>
       <c r="AJ31" s="39"/>
-      <c r="AK31" s="11"/>
+      <c r="AK31" s="41"/>
     </row>
-    <row r="32" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="27">
         <v>26</v>
       </c>
       <c r="B32" s="28" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="29">
         <v>50103741151</v>
       </c>
       <c r="D32" s="28" t="s">
+        <v>322</v>
+      </c>
+      <c r="E32" s="33" t="s">
+        <v>323</v>
+      </c>
+      <c r="F32" s="28" t="s">
         <v>324</v>
       </c>
-      <c r="E32" s="33" t="s">
+      <c r="G32" s="34" t="s">
         <v>325</v>
       </c>
-      <c r="F32" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H32" s="28" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="I32" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L32" s="28" t="s">
-        <v>988</v>
+        <v>980</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>989</v>
+        <v>981</v>
       </c>
       <c r="N32" s="30" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="P32" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q32" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R32" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S32" s="36" t="s">
-        <v>1372</v>
+        <v>1362</v>
       </c>
       <c r="T32" s="28"/>
       <c r="U32" s="28"/>
       <c r="V32" s="28"/>
       <c r="W32" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X32" s="29" t="s">
-        <v>1373</v>
+        <v>1363</v>
       </c>
       <c r="Y32" s="32">
         <v>43549</v>
       </c>
       <c r="Z32" s="37">
         <v>43551</v>
       </c>
       <c r="AA32" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB32" s="29" t="s">
-        <v>1332</v>
+        <v>1322</v>
       </c>
       <c r="AC32" s="37">
         <v>45954</v>
       </c>
       <c r="AD32" s="37">
         <v>45958</v>
       </c>
       <c r="AE32" s="38">
         <v>109686.51</v>
       </c>
       <c r="AF32" s="39">
         <v>45713</v>
       </c>
       <c r="AG32" s="40"/>
       <c r="AH32" s="39"/>
       <c r="AI32" s="40"/>
       <c r="AJ32" s="39"/>
-      <c r="AK32" s="41"/>
+      <c r="AK32" s="11"/>
     </row>
     <row r="33" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27">
         <v>27</v>
       </c>
       <c r="B33" s="28" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="29">
         <v>40103915568</v>
       </c>
       <c r="D33" s="28" t="s">
+        <v>326</v>
+      </c>
+      <c r="E33" s="33" t="s">
+        <v>327</v>
+      </c>
+      <c r="F33" s="28" t="s">
         <v>328</v>
       </c>
-      <c r="E33" s="33" t="s">
+      <c r="G33" s="34" t="s">
         <v>329</v>
       </c>
-      <c r="F33" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H33" s="28" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="I33" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L33" s="28" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="N33" s="30" t="s">
-        <v>994</v>
+        <v>986</v>
       </c>
       <c r="O33" s="5" t="s">
-        <v>995</v>
+        <v>987</v>
       </c>
       <c r="P33" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q33" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R33" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S33" s="36" t="s">
-        <v>1374</v>
+        <v>1364</v>
       </c>
       <c r="T33" s="28"/>
       <c r="U33" s="28"/>
       <c r="V33" s="28"/>
       <c r="W33" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X33" s="29" t="s">
-        <v>1375</v>
+        <v>1365</v>
       </c>
       <c r="Y33" s="32">
         <v>43549</v>
       </c>
       <c r="Z33" s="37">
         <v>43551</v>
       </c>
       <c r="AA33" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB33" s="29" t="s">
-        <v>1376</v>
+        <v>1366</v>
       </c>
       <c r="AC33" s="37">
-        <v>45555</v>
+        <v>46013</v>
       </c>
       <c r="AD33" s="37">
-        <v>45559</v>
+        <v>46020</v>
       </c>
       <c r="AE33" s="38"/>
       <c r="AF33" s="39"/>
       <c r="AG33" s="40"/>
       <c r="AH33" s="39"/>
       <c r="AI33" s="40"/>
       <c r="AJ33" s="39"/>
       <c r="AK33" s="11"/>
     </row>
     <row r="34" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="27">
         <v>28</v>
       </c>
       <c r="B34" s="28" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="29">
         <v>40103985955</v>
       </c>
       <c r="D34" s="28" t="s">
+        <v>330</v>
+      </c>
+      <c r="E34" s="33" t="s">
+        <v>331</v>
+      </c>
+      <c r="F34" s="28" t="s">
         <v>332</v>
       </c>
-      <c r="E34" s="33" t="s">
+      <c r="G34" s="34" t="s">
         <v>333</v>
       </c>
-      <c r="F34" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H34" s="28" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="I34" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L34" s="28" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="N34" s="30" t="s">
-        <v>962</v>
+        <v>954</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>963</v>
+        <v>955</v>
       </c>
       <c r="P34" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q34" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R34" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S34" s="36" t="s">
-        <v>1377</v>
+        <v>1367</v>
       </c>
       <c r="T34" s="28"/>
       <c r="U34" s="28"/>
       <c r="V34" s="28"/>
       <c r="W34" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X34" s="29" t="s">
-        <v>1378</v>
+        <v>1368</v>
       </c>
       <c r="Y34" s="32">
         <v>43570</v>
       </c>
       <c r="Z34" s="37">
         <v>43572</v>
       </c>
       <c r="AA34" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB34" s="29" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="AC34" s="37">
         <v>45803</v>
       </c>
       <c r="AD34" s="37">
         <v>45805</v>
       </c>
       <c r="AE34" s="38">
         <v>110598.69</v>
       </c>
       <c r="AF34" s="39">
         <v>45671</v>
       </c>
       <c r="AG34" s="40"/>
       <c r="AH34" s="39"/>
       <c r="AI34" s="40"/>
       <c r="AJ34" s="39"/>
       <c r="AK34" s="11"/>
     </row>
     <row r="35" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27">
         <v>29</v>
       </c>
       <c r="B35" s="28" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="29">
         <v>40203192636</v>
       </c>
       <c r="D35" s="28" t="s">
+        <v>334</v>
+      </c>
+      <c r="E35" s="33" t="s">
+        <v>335</v>
+      </c>
+      <c r="F35" s="28" t="s">
         <v>336</v>
       </c>
-      <c r="E35" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G35" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H35" s="28" t="s">
-        <v>996</v>
+        <v>988</v>
       </c>
       <c r="I35" s="30" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="L35" s="28" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="N35" s="30"/>
       <c r="O35" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P35" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q35" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R35" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S35" s="36" t="s">
-        <v>1379</v>
+        <v>1369</v>
       </c>
       <c r="T35" s="28"/>
       <c r="U35" s="28"/>
       <c r="V35" s="28"/>
       <c r="W35" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X35" s="29" t="s">
-        <v>1380</v>
+        <v>1370</v>
       </c>
       <c r="Y35" s="32">
         <v>43570</v>
       </c>
       <c r="Z35" s="37">
         <v>43572</v>
       </c>
       <c r="AA35" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB35" s="29" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="AC35" s="37">
         <v>45803</v>
       </c>
       <c r="AD35" s="37">
         <v>45805</v>
       </c>
       <c r="AE35" s="38"/>
       <c r="AF35" s="39"/>
       <c r="AG35" s="40"/>
       <c r="AH35" s="39"/>
       <c r="AI35" s="40"/>
       <c r="AJ35" s="39"/>
       <c r="AK35" s="11"/>
     </row>
     <row r="36" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27">
         <v>30</v>
       </c>
       <c r="B36" s="28" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="29">
         <v>44103120657</v>
       </c>
       <c r="D36" s="28" t="s">
+        <v>337</v>
+      </c>
+      <c r="E36" s="33" t="s">
+        <v>338</v>
+      </c>
+      <c r="F36" s="28" t="s">
         <v>339</v>
       </c>
-      <c r="E36" s="33" t="s">
+      <c r="G36" s="34" t="s">
         <v>340</v>
       </c>
-      <c r="F36" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H36" s="28" t="s">
-        <v>999</v>
+        <v>991</v>
       </c>
       <c r="I36" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L36" s="28" t="s">
-        <v>1000</v>
+        <v>992</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>1001</v>
+        <v>993</v>
       </c>
       <c r="N36" s="30" t="s">
-        <v>1002</v>
+        <v>994</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>1003</v>
+        <v>995</v>
       </c>
       <c r="P36" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q36" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R36" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S36" s="36" t="s">
-        <v>1381</v>
+        <v>1371</v>
       </c>
       <c r="T36" s="28"/>
       <c r="U36" s="28"/>
       <c r="V36" s="28"/>
       <c r="W36" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X36" s="29" t="s">
-        <v>1382</v>
+        <v>1372</v>
       </c>
       <c r="Y36" s="32">
         <v>43885</v>
       </c>
       <c r="Z36" s="37">
         <v>43887</v>
       </c>
       <c r="AA36" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB36" s="29" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="AC36" s="37">
         <v>45912</v>
       </c>
       <c r="AD36" s="37">
         <v>45916</v>
       </c>
       <c r="AE36" s="38"/>
       <c r="AF36" s="39"/>
       <c r="AG36" s="40"/>
       <c r="AH36" s="39"/>
       <c r="AI36" s="40"/>
       <c r="AJ36" s="39"/>
       <c r="AK36" s="11"/>
     </row>
     <row r="37" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27">
         <v>31</v>
       </c>
       <c r="B37" s="28" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="29">
         <v>40203190809</v>
       </c>
       <c r="D37" s="28" t="s">
+        <v>341</v>
+      </c>
+      <c r="E37" s="33" t="s">
+        <v>342</v>
+      </c>
+      <c r="F37" s="28" t="s">
         <v>343</v>
       </c>
-      <c r="E37" s="33" t="s">
+      <c r="G37" s="34" t="s">
         <v>344</v>
       </c>
-      <c r="F37" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H37" s="28" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="I37" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L37" s="28" t="s">
-        <v>1004</v>
+        <v>996</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>1005</v>
+        <v>997</v>
       </c>
       <c r="N37" s="30" t="s">
-        <v>1006</v>
+        <v>998</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>1007</v>
+        <v>999</v>
       </c>
       <c r="P37" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q37" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R37" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S37" s="36" t="s">
-        <v>1383</v>
+        <v>1373</v>
       </c>
       <c r="T37" s="28"/>
       <c r="U37" s="28"/>
       <c r="V37" s="28"/>
       <c r="W37" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X37" s="29" t="s">
-        <v>1384</v>
+        <v>1374</v>
       </c>
       <c r="Y37" s="32">
         <v>43584</v>
       </c>
       <c r="Z37" s="37">
         <v>43587</v>
       </c>
       <c r="AA37" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB37" s="29" t="s">
-        <v>1332</v>
+        <v>1322</v>
       </c>
       <c r="AC37" s="37">
         <v>45954</v>
       </c>
       <c r="AD37" s="37">
         <v>45958</v>
       </c>
       <c r="AE37" s="38"/>
       <c r="AF37" s="39"/>
       <c r="AG37" s="40"/>
       <c r="AH37" s="39"/>
       <c r="AI37" s="40"/>
       <c r="AJ37" s="39"/>
       <c r="AK37" s="11"/>
     </row>
     <row r="38" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="27">
         <v>32</v>
       </c>
       <c r="B38" s="28" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="29">
         <v>40103406950</v>
       </c>
       <c r="D38" s="28" t="s">
+        <v>345</v>
+      </c>
+      <c r="E38" s="33" t="s">
+        <v>346</v>
+      </c>
+      <c r="F38" s="28" t="s">
         <v>347</v>
       </c>
-      <c r="E38" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G38" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H38" s="28" t="s">
-        <v>1008</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L38" s="28" t="s">
-        <v>978</v>
+        <v>970</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
       <c r="N38" s="30" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="P38" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q38" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R38" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S38" s="36" t="s">
-        <v>1385</v>
+        <v>1375</v>
       </c>
       <c r="T38" s="28"/>
       <c r="U38" s="28"/>
       <c r="V38" s="28"/>
       <c r="W38" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X38" s="29" t="s">
-        <v>1386</v>
+        <v>1376</v>
       </c>
       <c r="Y38" s="32">
         <v>43584</v>
       </c>
       <c r="Z38" s="37">
         <v>43587</v>
       </c>
       <c r="AA38" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB38" s="29" t="s">
-        <v>1332</v>
+        <v>1322</v>
       </c>
       <c r="AC38" s="37">
         <v>45954</v>
       </c>
       <c r="AD38" s="37">
         <v>45958</v>
       </c>
       <c r="AE38" s="38"/>
       <c r="AF38" s="39"/>
       <c r="AG38" s="40"/>
       <c r="AH38" s="39"/>
       <c r="AI38" s="40"/>
       <c r="AJ38" s="39"/>
       <c r="AK38" s="11"/>
     </row>
-    <row r="39" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="27">
         <v>33</v>
       </c>
       <c r="B39" s="28" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="29">
         <v>50203005201</v>
       </c>
       <c r="D39" s="28" t="s">
+        <v>348</v>
+      </c>
+      <c r="E39" s="33" t="s">
+        <v>349</v>
+      </c>
+      <c r="F39" s="28" t="s">
         <v>350</v>
       </c>
-      <c r="E39" s="33" t="s">
+      <c r="G39" s="34" t="s">
         <v>351</v>
       </c>
-      <c r="F39" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H39" s="28" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="I39" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L39" s="28" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="N39" s="30"/>
       <c r="O39" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P39" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q39" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R39" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S39" s="36" t="s">
-        <v>1387</v>
+        <v>1377</v>
       </c>
       <c r="T39" s="28"/>
       <c r="U39" s="28"/>
       <c r="V39" s="28"/>
       <c r="W39" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X39" s="29" t="s">
-        <v>1388</v>
+        <v>1378</v>
       </c>
       <c r="Y39" s="32">
         <v>43585</v>
       </c>
       <c r="Z39" s="37">
         <v>43588</v>
       </c>
       <c r="AA39" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB39" s="29" t="s">
-        <v>1355</v>
+        <v>1345</v>
       </c>
       <c r="AC39" s="37">
         <v>45896</v>
       </c>
       <c r="AD39" s="37">
         <v>45898</v>
       </c>
       <c r="AE39" s="38">
         <v>39950.050000000003</v>
       </c>
       <c r="AF39" s="39">
         <v>45643</v>
       </c>
       <c r="AG39" s="40">
         <v>101400.03</v>
       </c>
       <c r="AH39" s="39">
         <v>45918</v>
       </c>
       <c r="AI39" s="40"/>
       <c r="AJ39" s="39"/>
-      <c r="AK39" s="11"/>
+      <c r="AK39" s="41"/>
     </row>
     <row r="40" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="27">
         <v>34</v>
       </c>
       <c r="B40" s="28" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="29">
-        <v>40203195524</v>
+        <v>41203064359</v>
       </c>
       <c r="D40" s="28" t="s">
+        <v>352</v>
+      </c>
+      <c r="E40" s="33" t="s">
+        <v>353</v>
+      </c>
+      <c r="F40" s="28" t="s">
         <v>354</v>
       </c>
-      <c r="E40" s="33" t="s">
+      <c r="G40" s="34" t="s">
         <v>355</v>
       </c>
-      <c r="F40" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H40" s="28" t="s">
-        <v>1011</v>
+        <v>352</v>
       </c>
       <c r="I40" s="30" t="s">
-        <v>1012</v>
+        <v>1003</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>1013</v>
+        <v>1003</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>903</v>
+        <v>965</v>
       </c>
       <c r="L40" s="28" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>1015</v>
-[...1 lines deleted...]
-      <c r="N40" s="30"/>
+        <v>901</v>
+      </c>
+      <c r="N40" s="30" t="s">
+        <v>886</v>
+      </c>
       <c r="O40" s="5" t="s">
-        <v>895</v>
+        <v>882</v>
       </c>
       <c r="P40" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q40" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R40" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S40" s="36" t="s">
-        <v>1389</v>
-[...2 lines deleted...]
-      <c r="U40" s="28"/>
+        <v>1379</v>
+      </c>
+      <c r="T40" s="28" t="s">
+        <v>1320</v>
+      </c>
+      <c r="U40" s="28" t="s">
+        <v>1380</v>
+      </c>
       <c r="V40" s="28"/>
       <c r="W40" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X40" s="29" t="s">
-        <v>1390</v>
+        <v>1381</v>
       </c>
       <c r="Y40" s="32">
         <v>43585</v>
       </c>
       <c r="Z40" s="37">
         <v>43588</v>
       </c>
       <c r="AA40" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB40" s="29" t="s">
-        <v>1391</v>
+        <v>1345</v>
       </c>
       <c r="AC40" s="37">
-        <v>45511</v>
+        <v>45896</v>
       </c>
       <c r="AD40" s="37">
-        <v>45513</v>
-[...2 lines deleted...]
-      <c r="AF40" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE40" s="38">
+        <v>31697.200000000001</v>
+      </c>
+      <c r="AF40" s="39">
+        <v>45593</v>
+      </c>
       <c r="AG40" s="40"/>
       <c r="AH40" s="39"/>
       <c r="AI40" s="40"/>
       <c r="AJ40" s="39"/>
       <c r="AK40" s="11"/>
     </row>
     <row r="41" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="27">
         <v>35</v>
       </c>
       <c r="B41" s="28" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="29">
-        <v>41203064359</v>
+        <v>42103091203</v>
       </c>
       <c r="D41" s="28" t="s">
+        <v>356</v>
+      </c>
+      <c r="E41" s="33" t="s">
+        <v>357</v>
+      </c>
+      <c r="F41" s="28" t="s">
         <v>358</v>
       </c>
-      <c r="E41" s="33" t="s">
+      <c r="G41" s="34" t="s">
         <v>359</v>
       </c>
-      <c r="F41" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H41" s="28" t="s">
-        <v>358</v>
+        <v>1005</v>
       </c>
       <c r="I41" s="30" t="s">
-        <v>1016</v>
+        <v>878</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>1016</v>
+        <v>878</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L41" s="28" t="s">
-        <v>1017</v>
+        <v>1001</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>909</v>
+        <v>1002</v>
       </c>
       <c r="N41" s="30" t="s">
-        <v>894</v>
+        <v>1006</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>890</v>
+        <v>1007</v>
       </c>
       <c r="P41" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q41" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R41" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S41" s="36" t="s">
-        <v>1392</v>
-[...6 lines deleted...]
-      </c>
+        <v>1382</v>
+      </c>
+      <c r="T41" s="28"/>
+      <c r="U41" s="28"/>
       <c r="V41" s="28"/>
       <c r="W41" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X41" s="29" t="s">
-        <v>1394</v>
+        <v>1383</v>
       </c>
       <c r="Y41" s="32">
-        <v>43585</v>
+        <v>43627</v>
       </c>
       <c r="Z41" s="37">
-        <v>43588</v>
+        <v>43629</v>
       </c>
       <c r="AA41" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB41" s="29" t="s">
-        <v>1355</v>
+        <v>1308</v>
       </c>
       <c r="AC41" s="37">
-        <v>45896</v>
+        <v>45973</v>
       </c>
       <c r="AD41" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE41" s="38"/>
+      <c r="AF41" s="39"/>
       <c r="AG41" s="40"/>
       <c r="AH41" s="39"/>
       <c r="AI41" s="40"/>
       <c r="AJ41" s="39"/>
       <c r="AK41" s="11"/>
     </row>
     <row r="42" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="27">
         <v>36</v>
       </c>
       <c r="B42" s="28" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="29">
-        <v>42103091203</v>
+        <v>40203098835</v>
       </c>
       <c r="D42" s="28" t="s">
+        <v>360</v>
+      </c>
+      <c r="E42" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="F42" s="28" t="s">
         <v>362</v>
       </c>
-      <c r="E42" s="33" t="s">
+      <c r="G42" s="34" t="s">
         <v>363</v>
       </c>
-      <c r="F42" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H42" s="28" t="s">
-        <v>1018</v>
+        <v>1008</v>
       </c>
       <c r="I42" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L42" s="28" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>1010</v>
-[...3 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="N42" s="30"/>
       <c r="O42" s="5" t="s">
-        <v>1020</v>
+        <v>887</v>
       </c>
       <c r="P42" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q42" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R42" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S42" s="36" t="s">
-        <v>1395</v>
+        <v>1384</v>
       </c>
       <c r="T42" s="28"/>
       <c r="U42" s="28"/>
       <c r="V42" s="28"/>
       <c r="W42" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X42" s="29" t="s">
-        <v>1396</v>
+        <v>1385</v>
       </c>
       <c r="Y42" s="32">
-        <v>43627</v>
+        <v>43628</v>
       </c>
       <c r="Z42" s="37">
-        <v>43629</v>
+        <v>43630</v>
       </c>
       <c r="AA42" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB42" s="29" t="s">
-        <v>1318</v>
+        <v>1386</v>
       </c>
       <c r="AC42" s="37">
-        <v>45973</v>
+        <v>45856</v>
       </c>
       <c r="AD42" s="37">
-        <v>45975</v>
+        <v>45860</v>
       </c>
       <c r="AE42" s="38"/>
       <c r="AF42" s="39"/>
       <c r="AG42" s="40"/>
       <c r="AH42" s="39"/>
       <c r="AI42" s="40"/>
       <c r="AJ42" s="39"/>
       <c r="AK42" s="11"/>
     </row>
     <row r="43" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="27">
         <v>37</v>
       </c>
       <c r="B43" s="28" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="29">
-        <v>40203098835</v>
+        <v>40103209211</v>
       </c>
       <c r="D43" s="28" t="s">
+        <v>364</v>
+      </c>
+      <c r="E43" s="33" t="s">
+        <v>365</v>
+      </c>
+      <c r="F43" s="28" t="s">
         <v>366</v>
       </c>
-      <c r="E43" s="33" t="s">
+      <c r="G43" s="34" t="s">
         <v>367</v>
       </c>
-      <c r="F43" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H43" s="28" t="s">
-        <v>1021</v>
+        <v>364</v>
       </c>
       <c r="I43" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L43" s="28" t="s">
         <v>1009</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>1010</v>
       </c>
       <c r="N43" s="30"/>
       <c r="O43" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P43" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q43" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R43" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S43" s="36" t="s">
-        <v>1397</v>
+        <v>1387</v>
       </c>
       <c r="T43" s="28"/>
       <c r="U43" s="28"/>
       <c r="V43" s="28"/>
       <c r="W43" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X43" s="29" t="s">
-        <v>1398</v>
+        <v>1388</v>
       </c>
       <c r="Y43" s="32">
-        <v>43628</v>
+        <v>43634</v>
       </c>
       <c r="Z43" s="37">
-        <v>43630</v>
+        <v>43636</v>
       </c>
       <c r="AA43" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB43" s="29" t="s">
-        <v>1399</v>
+        <v>1322</v>
       </c>
       <c r="AC43" s="37">
-        <v>45856</v>
+        <v>45954</v>
       </c>
       <c r="AD43" s="37">
-        <v>45860</v>
+        <v>45958</v>
       </c>
       <c r="AE43" s="38"/>
       <c r="AF43" s="39"/>
       <c r="AG43" s="40"/>
       <c r="AH43" s="39"/>
       <c r="AI43" s="40"/>
       <c r="AJ43" s="39"/>
       <c r="AK43" s="11"/>
     </row>
     <row r="44" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="27">
         <v>38</v>
       </c>
       <c r="B44" s="28" t="s">
         <v>86</v>
       </c>
       <c r="C44" s="29">
-        <v>40103209211</v>
+        <v>40103994553</v>
       </c>
       <c r="D44" s="28" t="s">
+        <v>368</v>
+      </c>
+      <c r="E44" s="33" t="s">
+        <v>369</v>
+      </c>
+      <c r="F44" s="28" t="s">
         <v>370</v>
       </c>
-      <c r="E44" s="33" t="s">
+      <c r="G44" s="34" t="s">
         <v>371</v>
       </c>
-      <c r="F44" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H44" s="28" t="s">
-        <v>370</v>
+        <v>1011</v>
       </c>
       <c r="I44" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L44" s="28" t="s">
-        <v>1022</v>
+        <v>924</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>1023</v>
+        <v>925</v>
       </c>
       <c r="N44" s="30"/>
       <c r="O44" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P44" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q44" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R44" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S44" s="36" t="s">
-        <v>1400</v>
+        <v>1389</v>
       </c>
       <c r="T44" s="28"/>
       <c r="U44" s="28"/>
       <c r="V44" s="28"/>
       <c r="W44" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X44" s="29" t="s">
-        <v>1401</v>
+        <v>1390</v>
       </c>
       <c r="Y44" s="32">
-        <v>43634</v>
+        <v>43635</v>
       </c>
       <c r="Z44" s="37">
-        <v>43636</v>
+        <v>43637</v>
       </c>
       <c r="AA44" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB44" s="29" t="s">
-        <v>1332</v>
+        <v>1305</v>
       </c>
       <c r="AC44" s="37">
-        <v>45954</v>
+        <v>45869</v>
       </c>
       <c r="AD44" s="37">
-        <v>45958</v>
-[...2 lines deleted...]
-      <c r="AF44" s="39"/>
+        <v>45873</v>
+      </c>
+      <c r="AE44" s="38">
+        <v>115121.04</v>
+      </c>
+      <c r="AF44" s="39">
+        <v>45959</v>
+      </c>
       <c r="AG44" s="40"/>
       <c r="AH44" s="39"/>
       <c r="AI44" s="40"/>
       <c r="AJ44" s="39"/>
       <c r="AK44" s="11"/>
     </row>
     <row r="45" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="27">
         <v>39</v>
       </c>
       <c r="B45" s="28" t="s">
         <v>87</v>
       </c>
       <c r="C45" s="29">
-        <v>40103994553</v>
+        <v>44103119060</v>
       </c>
       <c r="D45" s="28" t="s">
+        <v>372</v>
+      </c>
+      <c r="E45" s="33" t="s">
+        <v>373</v>
+      </c>
+      <c r="F45" s="28" t="s">
         <v>374</v>
       </c>
-      <c r="E45" s="33" t="s">
+      <c r="G45" s="34" t="s">
         <v>375</v>
       </c>
-      <c r="F45" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H45" s="28" t="s">
-        <v>1024</v>
+        <v>372</v>
       </c>
       <c r="I45" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L45" s="28" t="s">
-        <v>932</v>
+        <v>1012</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>933</v>
+        <v>1013</v>
       </c>
       <c r="N45" s="30"/>
       <c r="O45" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P45" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q45" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R45" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S45" s="36" t="s">
-        <v>1402</v>
+        <v>1391</v>
       </c>
       <c r="T45" s="28"/>
       <c r="U45" s="28"/>
       <c r="V45" s="28"/>
       <c r="W45" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X45" s="29" t="s">
-        <v>1403</v>
+        <v>1392</v>
       </c>
       <c r="Y45" s="32">
-        <v>43635</v>
+        <v>43570</v>
       </c>
       <c r="Z45" s="37">
-        <v>43637</v>
+        <v>43572</v>
       </c>
       <c r="AA45" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB45" s="29" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="AC45" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD45" s="37">
-        <v>45873</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE45" s="38"/>
+      <c r="AF45" s="39"/>
       <c r="AG45" s="40"/>
       <c r="AH45" s="39"/>
       <c r="AI45" s="40"/>
       <c r="AJ45" s="39"/>
       <c r="AK45" s="11"/>
     </row>
     <row r="46" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="27">
         <v>40</v>
       </c>
       <c r="B46" s="28" t="s">
         <v>88</v>
       </c>
       <c r="C46" s="29">
-        <v>44103119060</v>
+        <v>40203098816</v>
       </c>
       <c r="D46" s="28" t="s">
+        <v>376</v>
+      </c>
+      <c r="E46" s="33" t="s">
+        <v>377</v>
+      </c>
+      <c r="F46" s="28" t="s">
         <v>378</v>
       </c>
-      <c r="E46" s="33" t="s">
+      <c r="G46" s="34" t="s">
         <v>379</v>
       </c>
-      <c r="F46" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H46" s="28" t="s">
-        <v>378</v>
+        <v>1014</v>
       </c>
       <c r="I46" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L46" s="28" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>1026</v>
+        <v>1016</v>
       </c>
       <c r="N46" s="30"/>
       <c r="O46" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P46" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q46" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R46" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S46" s="36" t="s">
-        <v>1404</v>
-[...1 lines deleted...]
-      <c r="T46" s="28"/>
+        <v>1393</v>
+      </c>
+      <c r="T46" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="U46" s="28"/>
       <c r="V46" s="28"/>
       <c r="W46" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X46" s="29" t="s">
-        <v>1405</v>
+        <v>1394</v>
       </c>
       <c r="Y46" s="32">
-        <v>43570</v>
+        <v>43661</v>
       </c>
       <c r="Z46" s="37">
-        <v>43572</v>
+        <v>43663</v>
       </c>
       <c r="AA46" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB46" s="29" t="s">
-        <v>1312</v>
+        <v>1395</v>
       </c>
       <c r="AC46" s="37">
-        <v>45912</v>
+        <v>45869</v>
       </c>
       <c r="AD46" s="37">
-        <v>45916</v>
+        <v>45873</v>
       </c>
       <c r="AE46" s="38"/>
       <c r="AF46" s="39"/>
       <c r="AG46" s="40"/>
       <c r="AH46" s="39"/>
       <c r="AI46" s="40"/>
       <c r="AJ46" s="39"/>
       <c r="AK46" s="11"/>
     </row>
     <row r="47" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="27">
         <v>41</v>
       </c>
       <c r="B47" s="28" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="29">
-        <v>40203098816</v>
+        <v>40203214435</v>
       </c>
       <c r="D47" s="28" t="s">
+        <v>380</v>
+      </c>
+      <c r="E47" s="33" t="s">
+        <v>381</v>
+      </c>
+      <c r="F47" s="28" t="s">
         <v>382</v>
       </c>
-      <c r="E47" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G47" s="34" t="s">
-        <v>385</v>
+        <v>234</v>
       </c>
       <c r="H47" s="28" t="s">
-        <v>1027</v>
+        <v>1017</v>
       </c>
       <c r="I47" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L47" s="28" t="s">
-        <v>1028</v>
+        <v>1018</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>1029</v>
+        <v>909</v>
       </c>
       <c r="N47" s="30"/>
       <c r="O47" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P47" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q47" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R47" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S47" s="36" t="s">
-        <v>1406</v>
-[...3 lines deleted...]
-      </c>
+        <v>1396</v>
+      </c>
+      <c r="T47" s="28"/>
       <c r="U47" s="28"/>
       <c r="V47" s="28"/>
       <c r="W47" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X47" s="29" t="s">
-        <v>1407</v>
+        <v>1397</v>
       </c>
       <c r="Y47" s="32">
-        <v>43661</v>
+        <v>43669</v>
       </c>
       <c r="Z47" s="37">
-        <v>43663</v>
+        <v>43671</v>
       </c>
       <c r="AA47" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB47" s="29" t="s">
-        <v>1408</v>
+        <v>1345</v>
       </c>
       <c r="AC47" s="37">
-        <v>45869</v>
+        <v>45896</v>
       </c>
       <c r="AD47" s="37">
-        <v>45873</v>
+        <v>45898</v>
       </c>
       <c r="AE47" s="38"/>
       <c r="AF47" s="39"/>
       <c r="AG47" s="40"/>
       <c r="AH47" s="39"/>
       <c r="AI47" s="40"/>
       <c r="AJ47" s="39"/>
       <c r="AK47" s="11"/>
     </row>
     <row r="48" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="27">
         <v>42</v>
       </c>
       <c r="B48" s="28" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="29">
-        <v>40203214435</v>
+        <v>40203221884</v>
       </c>
       <c r="D48" s="28" t="s">
+        <v>383</v>
+      </c>
+      <c r="E48" s="33" t="s">
+        <v>384</v>
+      </c>
+      <c r="F48" s="28" t="s">
+        <v>385</v>
+      </c>
+      <c r="G48" s="34" t="s">
         <v>386</v>
       </c>
-      <c r="E48" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H48" s="28" t="s">
-        <v>1030</v>
+        <v>1019</v>
       </c>
       <c r="I48" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L48" s="28" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>917</v>
+        <v>1021</v>
       </c>
       <c r="N48" s="30"/>
       <c r="O48" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P48" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q48" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R48" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S48" s="36" t="s">
-        <v>1409</v>
+        <v>1398</v>
       </c>
       <c r="T48" s="28"/>
       <c r="U48" s="28"/>
       <c r="V48" s="28"/>
       <c r="W48" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X48" s="29" t="s">
-        <v>1410</v>
+        <v>1399</v>
       </c>
       <c r="Y48" s="32">
-        <v>43669</v>
+        <v>43718</v>
       </c>
       <c r="Z48" s="37">
-        <v>43671</v>
+        <v>43720</v>
       </c>
       <c r="AA48" s="28" t="s">
-        <v>1311</v>
+        <v>1400</v>
       </c>
       <c r="AB48" s="29" t="s">
-        <v>1355</v>
+        <v>1401</v>
       </c>
       <c r="AC48" s="37">
-        <v>45896</v>
+        <v>45911</v>
       </c>
       <c r="AD48" s="37">
-        <v>45898</v>
+        <v>45915</v>
       </c>
       <c r="AE48" s="38"/>
       <c r="AF48" s="39"/>
       <c r="AG48" s="40"/>
       <c r="AH48" s="39"/>
       <c r="AI48" s="40"/>
       <c r="AJ48" s="39"/>
       <c r="AK48" s="11"/>
     </row>
     <row r="49" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="27">
         <v>43</v>
       </c>
       <c r="B49" s="28" t="s">
         <v>91</v>
       </c>
       <c r="C49" s="29">
-        <v>40203221884</v>
+        <v>44103123757</v>
       </c>
       <c r="D49" s="28" t="s">
+        <v>387</v>
+      </c>
+      <c r="E49" s="33" t="s">
+        <v>388</v>
+      </c>
+      <c r="F49" s="28" t="s">
         <v>389</v>
       </c>
-      <c r="E49" s="33" t="s">
+      <c r="G49" s="34" t="s">
         <v>390</v>
       </c>
-      <c r="F49" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H49" s="28" t="s">
-        <v>1032</v>
+        <v>387</v>
       </c>
       <c r="I49" s="30" t="s">
-        <v>886</v>
+        <v>972</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>886</v>
+        <v>973</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L49" s="28" t="s">
-        <v>1033</v>
+        <v>962</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>1034</v>
-[...1 lines deleted...]
-      <c r="N49" s="30"/>
+        <v>897</v>
+      </c>
+      <c r="N49" s="30" t="s">
+        <v>970</v>
+      </c>
       <c r="O49" s="5" t="s">
-        <v>895</v>
+        <v>971</v>
       </c>
       <c r="P49" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q49" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R49" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S49" s="36" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="T49" s="28"/>
       <c r="U49" s="28"/>
       <c r="V49" s="28"/>
       <c r="W49" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X49" s="29" t="s">
-        <v>1412</v>
+        <v>1403</v>
       </c>
       <c r="Y49" s="32">
-        <v>43718</v>
+        <v>43725</v>
       </c>
       <c r="Z49" s="37">
-        <v>43720</v>
+        <v>43727</v>
       </c>
       <c r="AA49" s="28" t="s">
-        <v>1413</v>
+        <v>1301</v>
       </c>
       <c r="AB49" s="29" t="s">
-        <v>1414</v>
+        <v>1308</v>
       </c>
       <c r="AC49" s="37">
-        <v>45911</v>
+        <v>45973</v>
       </c>
       <c r="AD49" s="37">
-        <v>45915</v>
+        <v>45975</v>
       </c>
       <c r="AE49" s="38"/>
       <c r="AF49" s="39"/>
       <c r="AG49" s="40"/>
       <c r="AH49" s="39"/>
       <c r="AI49" s="40"/>
       <c r="AJ49" s="39"/>
       <c r="AK49" s="11"/>
     </row>
     <row r="50" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="27">
         <v>44</v>
       </c>
       <c r="B50" s="28" t="s">
         <v>92</v>
       </c>
       <c r="C50" s="29">
-        <v>44103123757</v>
+        <v>40203224607</v>
       </c>
       <c r="D50" s="28" t="s">
+        <v>391</v>
+      </c>
+      <c r="E50" s="33" t="s">
+        <v>392</v>
+      </c>
+      <c r="F50" s="28" t="s">
         <v>393</v>
       </c>
-      <c r="E50" s="33" t="s">
+      <c r="G50" s="34" t="s">
         <v>394</v>
       </c>
-      <c r="F50" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H50" s="28" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="I50" s="30" t="s">
-        <v>980</v>
+        <v>878</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>981</v>
+        <v>878</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L50" s="28" t="s">
-        <v>970</v>
+        <v>879</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>905</v>
+        <v>880</v>
       </c>
       <c r="N50" s="30" t="s">
-        <v>978</v>
+        <v>954</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>979</v>
+        <v>955</v>
       </c>
       <c r="P50" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q50" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R50" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S50" s="36" t="s">
-        <v>1415</v>
+        <v>1404</v>
       </c>
       <c r="T50" s="28"/>
       <c r="U50" s="28"/>
       <c r="V50" s="28"/>
       <c r="W50" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X50" s="29" t="s">
-        <v>1416</v>
+        <v>1405</v>
       </c>
       <c r="Y50" s="32">
-        <v>43725</v>
+        <v>43745</v>
       </c>
       <c r="Z50" s="37">
-        <v>43727</v>
+        <v>43747</v>
       </c>
       <c r="AA50" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB50" s="29" t="s">
-        <v>1318</v>
+        <v>1345</v>
       </c>
       <c r="AC50" s="37">
-        <v>45973</v>
+        <v>45896</v>
       </c>
       <c r="AD50" s="37">
-        <v>45975</v>
+        <v>45898</v>
       </c>
       <c r="AE50" s="38"/>
       <c r="AF50" s="39"/>
       <c r="AG50" s="40"/>
       <c r="AH50" s="39"/>
       <c r="AI50" s="40"/>
       <c r="AJ50" s="39"/>
       <c r="AK50" s="11"/>
     </row>
     <row r="51" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="27">
         <v>45</v>
       </c>
       <c r="B51" s="28" t="s">
         <v>93</v>
       </c>
       <c r="C51" s="29">
-        <v>40203224607</v>
+        <v>40003486841</v>
       </c>
       <c r="D51" s="28" t="s">
+        <v>395</v>
+      </c>
+      <c r="E51" s="33" t="s">
+        <v>396</v>
+      </c>
+      <c r="F51" s="28" t="s">
         <v>397</v>
       </c>
-      <c r="E51" s="33" t="s">
+      <c r="G51" s="34" t="s">
         <v>398</v>
       </c>
-      <c r="F51" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H51" s="28" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="I51" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L51" s="28" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="N51" s="30"/>
+      <c r="O51" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="M51" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P51" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q51" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R51" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S51" s="36" t="s">
-        <v>1417</v>
+        <v>1406</v>
       </c>
       <c r="T51" s="28"/>
       <c r="U51" s="28"/>
       <c r="V51" s="28"/>
       <c r="W51" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X51" s="29" t="s">
-        <v>1418</v>
+        <v>1407</v>
       </c>
       <c r="Y51" s="32">
-        <v>43745</v>
+        <v>43774</v>
       </c>
       <c r="Z51" s="37">
-        <v>43747</v>
+        <v>43776</v>
       </c>
       <c r="AA51" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB51" s="29" t="s">
-        <v>1355</v>
+        <v>1308</v>
       </c>
       <c r="AC51" s="37">
-        <v>45896</v>
+        <v>45973</v>
       </c>
       <c r="AD51" s="37">
-        <v>45898</v>
+        <v>45975</v>
       </c>
       <c r="AE51" s="38"/>
       <c r="AF51" s="39"/>
       <c r="AG51" s="40"/>
       <c r="AH51" s="39"/>
       <c r="AI51" s="40"/>
       <c r="AJ51" s="39"/>
       <c r="AK51" s="11"/>
     </row>
     <row r="52" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="27">
         <v>46</v>
       </c>
       <c r="B52" s="28" t="s">
         <v>94</v>
       </c>
       <c r="C52" s="29">
-        <v>40003486841</v>
+        <v>44103128186</v>
       </c>
       <c r="D52" s="28" t="s">
+        <v>399</v>
+      </c>
+      <c r="E52" s="33" t="s">
+        <v>400</v>
+      </c>
+      <c r="F52" s="28" t="s">
         <v>401</v>
       </c>
-      <c r="E52" s="33" t="s">
+      <c r="G52" s="34" t="s">
         <v>402</v>
       </c>
-      <c r="F52" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H52" s="28" t="s">
-        <v>401</v>
+        <v>1024</v>
       </c>
       <c r="I52" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L52" s="28" t="s">
-        <v>1035</v>
+        <v>1025</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>1036</v>
-[...1 lines deleted...]
-      <c r="N52" s="30"/>
+        <v>1026</v>
+      </c>
+      <c r="N52" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O52" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P52" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q52" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R52" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S52" s="36" t="s">
-        <v>1419</v>
-[...1 lines deleted...]
-      <c r="T52" s="28"/>
+        <v>1408</v>
+      </c>
+      <c r="T52" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="U52" s="28"/>
       <c r="V52" s="28"/>
       <c r="W52" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X52" s="29" t="s">
-        <v>1420</v>
+        <v>1409</v>
       </c>
       <c r="Y52" s="32">
         <v>43774</v>
       </c>
       <c r="Z52" s="37">
         <v>43776</v>
       </c>
       <c r="AA52" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB52" s="29" t="s">
-        <v>1318</v>
+        <v>1386</v>
       </c>
       <c r="AC52" s="37">
-        <v>45973</v>
+        <v>45856</v>
       </c>
       <c r="AD52" s="37">
-        <v>45975</v>
-[...4 lines deleted...]
-      <c r="AH52" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE52" s="38">
+        <v>39599.49</v>
+      </c>
+      <c r="AF52" s="39">
+        <v>45566</v>
+      </c>
+      <c r="AG52" s="40">
+        <v>39599.17</v>
+      </c>
+      <c r="AH52" s="39">
+        <v>45910</v>
+      </c>
       <c r="AI52" s="40"/>
       <c r="AJ52" s="39"/>
       <c r="AK52" s="11"/>
     </row>
-    <row r="53" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="27">
         <v>47</v>
       </c>
       <c r="B53" s="28" t="s">
         <v>95</v>
       </c>
       <c r="C53" s="29">
-        <v>44103128186</v>
+        <v>41203062733</v>
       </c>
       <c r="D53" s="28" t="s">
+        <v>403</v>
+      </c>
+      <c r="E53" s="33" t="s">
+        <v>404</v>
+      </c>
+      <c r="F53" s="28" t="s">
         <v>405</v>
       </c>
-      <c r="E53" s="33" t="s">
+      <c r="G53" s="34" t="s">
         <v>406</v>
       </c>
-      <c r="F53" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H53" s="28" t="s">
-        <v>1037</v>
+        <v>1027</v>
       </c>
       <c r="I53" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L53" s="28" t="s">
-        <v>1038</v>
+        <v>1009</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>1039</v>
+        <v>1010</v>
       </c>
       <c r="N53" s="30" t="s">
-        <v>887</v>
+        <v>930</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>888</v>
+        <v>931</v>
       </c>
       <c r="P53" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q53" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R53" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S53" s="36" t="s">
-        <v>1421</v>
-[...3 lines deleted...]
-      </c>
+        <v>1410</v>
+      </c>
+      <c r="T53" s="28"/>
       <c r="U53" s="28"/>
       <c r="V53" s="28"/>
       <c r="W53" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X53" s="29" t="s">
-        <v>1422</v>
+        <v>1411</v>
       </c>
       <c r="Y53" s="32">
-        <v>43774</v>
+        <v>43789</v>
       </c>
       <c r="Z53" s="37">
-        <v>43776</v>
+        <v>43791</v>
       </c>
       <c r="AA53" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB53" s="29" t="s">
-        <v>1399</v>
+        <v>1302</v>
       </c>
       <c r="AC53" s="37">
-        <v>45856</v>
+        <v>45912</v>
       </c>
       <c r="AD53" s="37">
-        <v>45860</v>
+        <v>45916</v>
       </c>
       <c r="AE53" s="38">
-        <v>39599.49</v>
+        <v>130513.98</v>
       </c>
       <c r="AF53" s="39">
         <v>45566</v>
       </c>
-      <c r="AG53" s="40">
-[...4 lines deleted...]
-      </c>
+      <c r="AG53" s="40"/>
+      <c r="AH53" s="39"/>
       <c r="AI53" s="40"/>
       <c r="AJ53" s="39"/>
-      <c r="AK53" s="41"/>
+      <c r="AK53" s="11"/>
     </row>
-    <row r="54" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="27">
         <v>48</v>
       </c>
       <c r="B54" s="28" t="s">
         <v>96</v>
       </c>
       <c r="C54" s="29">
-        <v>41203062733</v>
+        <v>40103164759</v>
       </c>
       <c r="D54" s="28" t="s">
+        <v>407</v>
+      </c>
+      <c r="E54" s="33" t="s">
+        <v>408</v>
+      </c>
+      <c r="F54" s="28" t="s">
         <v>409</v>
       </c>
-      <c r="E54" s="33" t="s">
+      <c r="G54" s="34" t="s">
         <v>410</v>
       </c>
-      <c r="F54" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H54" s="28" t="s">
-        <v>1040</v>
+        <v>407</v>
       </c>
       <c r="I54" s="30" t="s">
-        <v>886</v>
+        <v>1028</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>886</v>
+        <v>905</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L54" s="28" t="s">
-        <v>1022</v>
+        <v>1029</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="N54" s="30" t="s">
-        <v>938</v>
+        <v>984</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>939</v>
+        <v>985</v>
       </c>
       <c r="P54" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q54" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R54" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S54" s="36" t="s">
-        <v>1423</v>
-[...1 lines deleted...]
-      <c r="T54" s="28"/>
+        <v>1412</v>
+      </c>
+      <c r="T54" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="U54" s="28"/>
       <c r="V54" s="28"/>
       <c r="W54" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X54" s="29" t="s">
-        <v>1424</v>
+        <v>1413</v>
       </c>
       <c r="Y54" s="32">
-        <v>43789</v>
+        <v>43783</v>
       </c>
       <c r="Z54" s="37">
-        <v>43791</v>
+        <v>43788</v>
       </c>
       <c r="AA54" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB54" s="29" t="s">
-        <v>1312</v>
+        <v>1305</v>
       </c>
       <c r="AC54" s="37">
-        <v>45912</v>
+        <v>45869</v>
       </c>
       <c r="AD54" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45873</v>
+      </c>
+      <c r="AE54" s="38"/>
+      <c r="AF54" s="39"/>
       <c r="AG54" s="40"/>
       <c r="AH54" s="39"/>
       <c r="AI54" s="40"/>
       <c r="AJ54" s="39"/>
-      <c r="AK54" s="41"/>
+      <c r="AK54" s="11"/>
     </row>
     <row r="55" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="27">
         <v>49</v>
       </c>
       <c r="B55" s="28" t="s">
         <v>97</v>
       </c>
       <c r="C55" s="29">
-        <v>40103164759</v>
+        <v>44103128237</v>
       </c>
       <c r="D55" s="28" t="s">
+        <v>411</v>
+      </c>
+      <c r="E55" s="33" t="s">
+        <v>412</v>
+      </c>
+      <c r="F55" s="28" t="s">
         <v>413</v>
       </c>
-      <c r="E55" s="33" t="s">
+      <c r="G55" s="34" t="s">
         <v>414</v>
       </c>
-      <c r="F55" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H55" s="28" t="s">
-        <v>413</v>
+        <v>1031</v>
       </c>
       <c r="I55" s="30" t="s">
-        <v>1041</v>
+        <v>977</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>913</v>
+        <v>978</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>903</v>
+        <v>959</v>
       </c>
       <c r="L55" s="28" t="s">
-        <v>1042</v>
+        <v>879</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>1043</v>
+        <v>880</v>
       </c>
       <c r="N55" s="30" t="s">
-        <v>992</v>
+        <v>962</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>993</v>
+        <v>897</v>
       </c>
       <c r="P55" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q55" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R55" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S55" s="36" t="s">
-        <v>1425</v>
-[...3 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="T55" s="28"/>
       <c r="U55" s="28"/>
       <c r="V55" s="28"/>
       <c r="W55" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X55" s="29" t="s">
-        <v>1426</v>
+        <v>1415</v>
       </c>
       <c r="Y55" s="32">
-        <v>43783</v>
+        <v>43790</v>
       </c>
       <c r="Z55" s="37">
-        <v>43788</v>
+        <v>43794</v>
       </c>
       <c r="AA55" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB55" s="29" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="AC55" s="37">
-        <v>45869</v>
+        <v>45825</v>
       </c>
       <c r="AD55" s="37">
-        <v>45873</v>
+        <v>45827</v>
       </c>
       <c r="AE55" s="38"/>
       <c r="AF55" s="39"/>
       <c r="AG55" s="40"/>
       <c r="AH55" s="39"/>
       <c r="AI55" s="40"/>
       <c r="AJ55" s="39"/>
       <c r="AK55" s="11"/>
     </row>
-    <row r="56" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="27">
         <v>50</v>
       </c>
       <c r="B56" s="28" t="s">
         <v>98</v>
       </c>
       <c r="C56" s="29">
-        <v>44103128237</v>
+        <v>50103261261</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="E56" s="33" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="F56" s="28" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="G56" s="34" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="H56" s="28" t="s">
-        <v>1044</v>
+        <v>407</v>
       </c>
       <c r="I56" s="30" t="s">
-        <v>985</v>
+        <v>1028</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>986</v>
+        <v>905</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L56" s="28" t="s">
-        <v>887</v>
+        <v>1032</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>888</v>
+        <v>1033</v>
       </c>
       <c r="N56" s="30" t="s">
-        <v>970</v>
+        <v>1034</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>905</v>
+        <v>1035</v>
       </c>
       <c r="P56" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q56" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R56" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S56" s="36" t="s">
-        <v>1427</v>
-[...1 lines deleted...]
-      <c r="T56" s="28"/>
+        <v>1416</v>
+      </c>
+      <c r="T56" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="U56" s="28"/>
       <c r="V56" s="28"/>
       <c r="W56" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X56" s="29" t="s">
-        <v>1428</v>
+        <v>1417</v>
       </c>
       <c r="Y56" s="32">
-        <v>43790</v>
+        <v>43798</v>
       </c>
       <c r="Z56" s="37">
-        <v>43794</v>
+        <v>43802</v>
       </c>
       <c r="AA56" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB56" s="29" t="s">
-        <v>1324</v>
+        <v>1386</v>
       </c>
       <c r="AC56" s="37">
-        <v>45825</v>
+        <v>45856</v>
       </c>
       <c r="AD56" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF56" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE56" s="38">
+        <v>39890.910000000003</v>
+      </c>
+      <c r="AF56" s="39">
+        <v>45896</v>
+      </c>
       <c r="AG56" s="40"/>
       <c r="AH56" s="39"/>
       <c r="AI56" s="40"/>
       <c r="AJ56" s="39"/>
-      <c r="AK56" s="41"/>
+      <c r="AK56" s="11"/>
     </row>
     <row r="57" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="27">
         <v>51</v>
       </c>
       <c r="B57" s="28" t="s">
         <v>99</v>
       </c>
       <c r="C57" s="29">
-        <v>50103261261</v>
+        <v>44103132603</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="E57" s="33" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F57" s="28" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="G57" s="34" t="s">
-        <v>421</v>
+        <v>234</v>
       </c>
       <c r="H57" s="28" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="I57" s="30" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="L57" s="28" t="s">
-        <v>1045</v>
+        <v>1037</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1038</v>
+      </c>
+      <c r="N57" s="30"/>
       <c r="O57" s="5" t="s">
-        <v>1048</v>
+        <v>887</v>
       </c>
       <c r="P57" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q57" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R57" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S57" s="36" t="s">
-        <v>1429</v>
-[...3 lines deleted...]
-      </c>
+        <v>1418</v>
+      </c>
+      <c r="T57" s="28"/>
       <c r="U57" s="28"/>
       <c r="V57" s="28"/>
       <c r="W57" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X57" s="29" t="s">
-        <v>1430</v>
+        <v>1349</v>
       </c>
       <c r="Y57" s="32">
-        <v>43798</v>
+        <v>43851</v>
       </c>
       <c r="Z57" s="37">
-        <v>43802</v>
+        <v>43853</v>
       </c>
       <c r="AA57" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB57" s="29" t="s">
-        <v>1399</v>
+        <v>1305</v>
       </c>
       <c r="AC57" s="37">
-        <v>45856</v>
+        <v>45869</v>
       </c>
       <c r="AD57" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45873</v>
+      </c>
+      <c r="AE57" s="38"/>
+      <c r="AF57" s="39"/>
       <c r="AG57" s="40"/>
       <c r="AH57" s="39"/>
       <c r="AI57" s="40"/>
       <c r="AJ57" s="39"/>
-      <c r="AK57" s="41"/>
+      <c r="AK57" s="11"/>
     </row>
     <row r="58" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="27">
         <v>52</v>
       </c>
       <c r="B58" s="28" t="s">
         <v>100</v>
       </c>
       <c r="C58" s="29">
-        <v>44103132603</v>
+        <v>52403046821</v>
       </c>
       <c r="D58" s="28" t="s">
+        <v>419</v>
+      </c>
+      <c r="E58" s="33" t="s">
+        <v>420</v>
+      </c>
+      <c r="F58" s="28" t="s">
+        <v>421</v>
+      </c>
+      <c r="G58" s="34" t="s">
         <v>422</v>
       </c>
-      <c r="E58" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H58" s="28" t="s">
-        <v>422</v>
+        <v>1039</v>
       </c>
       <c r="I58" s="30" t="s">
-        <v>1049</v>
+        <v>1040</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>919</v>
+        <v>1041</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>893</v>
+        <v>943</v>
       </c>
       <c r="L58" s="28" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
       <c r="N58" s="30"/>
       <c r="O58" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P58" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q58" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R58" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S58" s="36" t="s">
-        <v>1431</v>
+        <v>1419</v>
       </c>
       <c r="T58" s="28"/>
       <c r="U58" s="28"/>
       <c r="V58" s="28"/>
       <c r="W58" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X58" s="29" t="s">
-        <v>1359</v>
+        <v>1351</v>
       </c>
       <c r="Y58" s="32">
-        <v>43851</v>
+        <v>43852</v>
       </c>
       <c r="Z58" s="37">
-        <v>43853</v>
+        <v>43854</v>
       </c>
       <c r="AA58" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB58" s="29" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="AC58" s="37">
         <v>45869</v>
       </c>
       <c r="AD58" s="37">
         <v>45873</v>
       </c>
       <c r="AE58" s="38"/>
       <c r="AF58" s="39"/>
       <c r="AG58" s="40"/>
       <c r="AH58" s="39"/>
       <c r="AI58" s="40"/>
       <c r="AJ58" s="39"/>
-      <c r="AK58" s="41"/>
+      <c r="AK58" s="11"/>
     </row>
     <row r="59" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="27">
         <v>53</v>
       </c>
       <c r="B59" s="28" t="s">
         <v>101</v>
       </c>
       <c r="C59" s="29">
-        <v>52403046821</v>
+        <v>53601028151</v>
       </c>
       <c r="D59" s="28" t="s">
+        <v>423</v>
+      </c>
+      <c r="E59" s="33" t="s">
+        <v>424</v>
+      </c>
+      <c r="F59" s="28" t="s">
         <v>425</v>
       </c>
-      <c r="E59" s="33" t="s">
+      <c r="G59" s="34" t="s">
         <v>426</v>
       </c>
-      <c r="F59" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H59" s="28" t="s">
-        <v>1052</v>
+        <v>423</v>
       </c>
       <c r="I59" s="30" t="s">
-        <v>1053</v>
+        <v>1044</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>951</v>
+        <v>885</v>
       </c>
       <c r="L59" s="28" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="N59" s="30"/>
       <c r="O59" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P59" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q59" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R59" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S59" s="36" t="s">
-        <v>1432</v>
-[...1 lines deleted...]
-      <c r="T59" s="28"/>
+        <v>1420</v>
+      </c>
+      <c r="T59" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="U59" s="28"/>
       <c r="V59" s="28"/>
       <c r="W59" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X59" s="29" t="s">
-        <v>1361</v>
+        <v>1421</v>
       </c>
       <c r="Y59" s="32">
         <v>43852</v>
       </c>
       <c r="Z59" s="37">
         <v>43854</v>
       </c>
       <c r="AA59" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB59" s="29" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="AC59" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD59" s="37">
-        <v>45873</v>
-[...2 lines deleted...]
-      <c r="AF59" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE59" s="38">
+        <v>39977.35</v>
+      </c>
+      <c r="AF59" s="39">
+        <v>45835</v>
+      </c>
       <c r="AG59" s="40"/>
       <c r="AH59" s="39"/>
       <c r="AI59" s="40"/>
       <c r="AJ59" s="39"/>
-      <c r="AK59" s="41"/>
+      <c r="AK59" s="11"/>
     </row>
     <row r="60" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="27">
         <v>54</v>
       </c>
       <c r="B60" s="28" t="s">
         <v>102</v>
       </c>
       <c r="C60" s="29">
-        <v>53601028151</v>
+        <v>56103003571</v>
       </c>
       <c r="D60" s="28" t="s">
+        <v>427</v>
+      </c>
+      <c r="E60" s="33" t="s">
+        <v>428</v>
+      </c>
+      <c r="F60" s="28" t="s">
         <v>429</v>
       </c>
-      <c r="E60" s="33" t="s">
+      <c r="G60" s="34" t="s">
         <v>430</v>
       </c>
-      <c r="F60" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H60" s="28" t="s">
-        <v>429</v>
+        <v>1048</v>
       </c>
       <c r="I60" s="30" t="s">
-        <v>1057</v>
+        <v>913</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>1058</v>
+        <v>913</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="L60" s="28" t="s">
-        <v>1059</v>
+        <v>1049</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>1060</v>
+        <v>1050</v>
       </c>
       <c r="N60" s="30"/>
       <c r="O60" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P60" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q60" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R60" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S60" s="36" t="s">
-        <v>1433</v>
-[...3 lines deleted...]
-      </c>
+        <v>1422</v>
+      </c>
+      <c r="T60" s="28"/>
       <c r="U60" s="28"/>
       <c r="V60" s="28"/>
       <c r="W60" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X60" s="29" t="s">
-        <v>1434</v>
+        <v>1423</v>
       </c>
       <c r="Y60" s="32">
-        <v>43852</v>
+        <v>43859</v>
       </c>
       <c r="Z60" s="37">
-        <v>43854</v>
+        <v>43861</v>
       </c>
       <c r="AA60" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB60" s="29" t="s">
-        <v>1312</v>
+        <v>1337</v>
       </c>
       <c r="AC60" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD60" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE60" s="38">
-        <v>39977.35</v>
+        <v>75192</v>
       </c>
       <c r="AF60" s="39">
-        <v>45835</v>
-[...2 lines deleted...]
-      <c r="AH60" s="39"/>
+        <v>45547</v>
+      </c>
+      <c r="AG60" s="40">
+        <v>105414</v>
+      </c>
+      <c r="AH60" s="39">
+        <v>45968</v>
+      </c>
       <c r="AI60" s="40"/>
       <c r="AJ60" s="39"/>
       <c r="AK60" s="41"/>
     </row>
-    <row r="61" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="27">
         <v>55</v>
       </c>
       <c r="B61" s="28" t="s">
         <v>103</v>
       </c>
       <c r="C61" s="29">
-        <v>56103003571</v>
+        <v>40203139372</v>
       </c>
       <c r="D61" s="28" t="s">
+        <v>431</v>
+      </c>
+      <c r="E61" s="33" t="s">
+        <v>432</v>
+      </c>
+      <c r="F61" s="28" t="s">
         <v>433</v>
       </c>
-      <c r="E61" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G61" s="34" t="s">
-        <v>436</v>
+        <v>234</v>
       </c>
       <c r="H61" s="28" t="s">
-        <v>1061</v>
+        <v>431</v>
       </c>
       <c r="I61" s="30" t="s">
-        <v>921</v>
+        <v>878</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>921</v>
+        <v>878</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L61" s="28" t="s">
-        <v>1062</v>
+        <v>1034</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>1063</v>
-[...1 lines deleted...]
-      <c r="N61" s="30"/>
+        <v>1035</v>
+      </c>
+      <c r="N61" s="30" t="s">
+        <v>1051</v>
+      </c>
       <c r="O61" s="5" t="s">
-        <v>895</v>
+        <v>1052</v>
       </c>
       <c r="P61" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q61" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R61" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S61" s="36" t="s">
-        <v>1435</v>
+        <v>1424</v>
       </c>
       <c r="T61" s="28"/>
       <c r="U61" s="28"/>
       <c r="V61" s="28"/>
       <c r="W61" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X61" s="29" t="s">
-        <v>1436</v>
+        <v>1425</v>
       </c>
       <c r="Y61" s="32">
-        <v>43859</v>
+        <v>43867</v>
       </c>
       <c r="Z61" s="37">
-        <v>43861</v>
+        <v>43874</v>
       </c>
       <c r="AA61" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB61" s="29" t="s">
-        <v>1347</v>
+        <v>1366</v>
       </c>
       <c r="AC61" s="37">
-        <v>45940</v>
+        <v>46013</v>
       </c>
       <c r="AD61" s="37">
-        <v>45944</v>
-[...12 lines deleted...]
-      </c>
+        <v>46020</v>
+      </c>
+      <c r="AE61" s="38"/>
+      <c r="AF61" s="39"/>
+      <c r="AG61" s="40"/>
+      <c r="AH61" s="39"/>
       <c r="AI61" s="40"/>
       <c r="AJ61" s="39"/>
       <c r="AK61" s="41"/>
     </row>
     <row r="62" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="27">
         <v>56</v>
       </c>
       <c r="B62" s="28" t="s">
         <v>104</v>
       </c>
       <c r="C62" s="29">
-        <v>40203139372</v>
+        <v>54103131741</v>
       </c>
       <c r="D62" s="28" t="s">
+        <v>434</v>
+      </c>
+      <c r="E62" s="33" t="s">
+        <v>435</v>
+      </c>
+      <c r="F62" s="28" t="s">
+        <v>436</v>
+      </c>
+      <c r="G62" s="34" t="s">
         <v>437</v>
       </c>
-      <c r="E62" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H62" s="28" t="s">
-        <v>437</v>
+        <v>1053</v>
       </c>
       <c r="I62" s="30" t="s">
-        <v>886</v>
+        <v>1054</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L62" s="28" t="s">
-        <v>1047</v>
+        <v>970</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>1048</v>
+        <v>971</v>
       </c>
       <c r="N62" s="30" t="s">
-        <v>1064</v>
+        <v>962</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>1065</v>
+        <v>897</v>
       </c>
       <c r="P62" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q62" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R62" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S62" s="36" t="s">
-        <v>1437</v>
+        <v>1426</v>
       </c>
       <c r="T62" s="28"/>
       <c r="U62" s="28"/>
       <c r="V62" s="28"/>
       <c r="W62" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X62" s="29" t="s">
-        <v>1438</v>
+        <v>1427</v>
       </c>
       <c r="Y62" s="32">
-        <v>43867</v>
+        <v>43885</v>
       </c>
       <c r="Z62" s="37">
-        <v>43874</v>
+        <v>43887</v>
       </c>
       <c r="AA62" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB62" s="29" t="s">
-        <v>1439</v>
+        <v>1302</v>
       </c>
       <c r="AC62" s="37">
-        <v>45622</v>
+        <v>45912</v>
       </c>
       <c r="AD62" s="37">
-        <v>45624</v>
+        <v>45916</v>
       </c>
       <c r="AE62" s="38"/>
       <c r="AF62" s="39"/>
       <c r="AG62" s="40"/>
       <c r="AH62" s="39"/>
       <c r="AI62" s="40"/>
       <c r="AJ62" s="39"/>
-      <c r="AK62" s="41"/>
+      <c r="AK62" s="11"/>
     </row>
-    <row r="63" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="27">
         <v>57</v>
       </c>
       <c r="B63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="C63" s="29">
-        <v>54103131741</v>
+        <v>40203192532</v>
       </c>
       <c r="D63" s="28" t="s">
+        <v>438</v>
+      </c>
+      <c r="E63" s="33" t="s">
+        <v>439</v>
+      </c>
+      <c r="F63" s="28" t="s">
         <v>440</v>
       </c>
-      <c r="E63" s="33" t="s">
+      <c r="G63" s="34" t="s">
         <v>441</v>
       </c>
-      <c r="F63" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H63" s="28" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="I63" s="30" t="s">
-        <v>1067</v>
+        <v>878</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>986</v>
+        <v>878</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L63" s="28" t="s">
-        <v>978</v>
+        <v>1056</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>979</v>
-[...3 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="N63" s="30"/>
       <c r="O63" s="5" t="s">
-        <v>905</v>
+        <v>887</v>
       </c>
       <c r="P63" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q63" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R63" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S63" s="36" t="s">
-        <v>1440</v>
+        <v>1428</v>
       </c>
       <c r="T63" s="28"/>
       <c r="U63" s="28"/>
       <c r="V63" s="28"/>
       <c r="W63" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X63" s="29" t="s">
-        <v>1441</v>
+        <v>1359</v>
       </c>
       <c r="Y63" s="32">
-        <v>43885</v>
+        <v>44239</v>
       </c>
       <c r="Z63" s="37">
-        <v>43887</v>
+        <v>44243</v>
       </c>
       <c r="AA63" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB63" s="29" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
       <c r="AC63" s="37">
-        <v>45912</v>
+        <v>45973</v>
       </c>
       <c r="AD63" s="37">
-        <v>45916</v>
+        <v>45975</v>
       </c>
       <c r="AE63" s="38"/>
       <c r="AF63" s="39"/>
       <c r="AG63" s="40"/>
       <c r="AH63" s="39"/>
       <c r="AI63" s="40"/>
       <c r="AJ63" s="39"/>
       <c r="AK63" s="41"/>
     </row>
     <row r="64" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="27">
         <v>58</v>
       </c>
       <c r="B64" s="28" t="s">
         <v>106</v>
       </c>
       <c r="C64" s="29">
-        <v>40203192532</v>
+        <v>44103122060</v>
       </c>
       <c r="D64" s="28" t="s">
+        <v>442</v>
+      </c>
+      <c r="E64" s="33" t="s">
+        <v>443</v>
+      </c>
+      <c r="F64" s="28" t="s">
         <v>444</v>
       </c>
-      <c r="E64" s="33" t="s">
+      <c r="G64" s="34" t="s">
         <v>445</v>
       </c>
-      <c r="F64" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H64" s="28" t="s">
-        <v>1068</v>
+        <v>1058</v>
       </c>
       <c r="I64" s="30" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="L64" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J64" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M64" s="5" t="s">
-        <v>1070</v>
-[...1 lines deleted...]
-      <c r="N64" s="30"/>
+        <v>882</v>
+      </c>
+      <c r="N64" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O64" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P64" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q64" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R64" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S64" s="36" t="s">
-        <v>1442</v>
+        <v>1429</v>
       </c>
       <c r="T64" s="28"/>
       <c r="U64" s="28"/>
       <c r="V64" s="28"/>
       <c r="W64" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X64" s="29" t="s">
-        <v>1369</v>
+        <v>1357</v>
       </c>
       <c r="Y64" s="32">
-        <v>44239</v>
+        <v>43885</v>
       </c>
       <c r="Z64" s="37">
-        <v>44243</v>
+        <v>43887</v>
       </c>
       <c r="AA64" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB64" s="29" t="s">
-        <v>1318</v>
+        <v>1337</v>
       </c>
       <c r="AC64" s="37">
-        <v>45973</v>
+        <v>45940</v>
       </c>
       <c r="AD64" s="37">
-        <v>45975</v>
+        <v>45944</v>
       </c>
       <c r="AE64" s="38"/>
       <c r="AF64" s="39"/>
       <c r="AG64" s="40"/>
       <c r="AH64" s="39"/>
       <c r="AI64" s="40"/>
       <c r="AJ64" s="39"/>
       <c r="AK64" s="41"/>
     </row>
-    <row r="65" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="27">
         <v>59</v>
       </c>
       <c r="B65" s="28" t="s">
         <v>107</v>
       </c>
       <c r="C65" s="29">
-        <v>44103122060</v>
+        <v>40203229657</v>
       </c>
       <c r="D65" s="28" t="s">
+        <v>446</v>
+      </c>
+      <c r="E65" s="33" t="s">
+        <v>447</v>
+      </c>
+      <c r="F65" s="28" t="s">
         <v>448</v>
       </c>
-      <c r="E65" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G65" s="34" t="s">
-        <v>451</v>
+        <v>234</v>
       </c>
       <c r="H65" s="28" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="I65" s="30" t="s">
-        <v>1072</v>
+        <v>964</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="L65" s="28" t="s">
-        <v>894</v>
+        <v>1061</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="N65" s="30" t="s">
+        <v>1062</v>
+      </c>
+      <c r="N65" s="30"/>
+      <c r="O65" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="O65" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P65" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q65" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R65" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S65" s="36" t="s">
-        <v>1443</v>
+        <v>1430</v>
       </c>
       <c r="T65" s="28"/>
       <c r="U65" s="28"/>
       <c r="V65" s="28"/>
       <c r="W65" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X65" s="29" t="s">
-        <v>1367</v>
+        <v>1431</v>
       </c>
       <c r="Y65" s="32">
         <v>43885</v>
       </c>
       <c r="Z65" s="37">
         <v>43887</v>
       </c>
       <c r="AA65" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB65" s="29" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="AC65" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD65" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE65" s="38"/>
       <c r="AF65" s="39"/>
       <c r="AG65" s="40"/>
       <c r="AH65" s="39"/>
       <c r="AI65" s="40"/>
       <c r="AJ65" s="39"/>
       <c r="AK65" s="41"/>
     </row>
-    <row r="66" spans="1:40" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="27">
         <v>60</v>
       </c>
       <c r="B66" s="28" t="s">
         <v>108</v>
       </c>
       <c r="C66" s="29">
-        <v>40203229657</v>
+        <v>42403017591</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="E66" s="33" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="F66" s="28" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="G66" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H66" s="28" t="s">
-        <v>1073</v>
+        <v>449</v>
       </c>
       <c r="I66" s="30" t="s">
-        <v>972</v>
+        <v>1063</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>972</v>
+        <v>1064</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>973</v>
+        <v>943</v>
       </c>
       <c r="L66" s="28" t="s">
-        <v>1074</v>
+        <v>974</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>1075</v>
-[...1 lines deleted...]
-      <c r="N66" s="30"/>
+        <v>975</v>
+      </c>
+      <c r="N66" s="30" t="s">
+        <v>1065</v>
+      </c>
       <c r="O66" s="5" t="s">
-        <v>895</v>
+        <v>1066</v>
       </c>
       <c r="P66" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q66" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R66" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S66" s="36" t="s">
-        <v>1444</v>
+        <v>1432</v>
       </c>
       <c r="T66" s="28"/>
       <c r="U66" s="28"/>
       <c r="V66" s="28"/>
       <c r="W66" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X66" s="29" t="s">
-        <v>1445</v>
+        <v>1361</v>
       </c>
       <c r="Y66" s="32">
-        <v>43885</v>
+        <v>43917</v>
       </c>
       <c r="Z66" s="37">
-        <v>43887</v>
+        <v>43921</v>
       </c>
       <c r="AA66" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB66" s="29" t="s">
-        <v>1355</v>
+        <v>1337</v>
       </c>
       <c r="AC66" s="37">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="AD66" s="37">
-        <v>45898</v>
+        <v>45944</v>
       </c>
       <c r="AE66" s="38"/>
       <c r="AF66" s="39"/>
       <c r="AG66" s="40"/>
       <c r="AH66" s="39"/>
       <c r="AI66" s="40"/>
       <c r="AJ66" s="39"/>
-      <c r="AK66" s="47"/>
+      <c r="AK66" s="41"/>
     </row>
-    <row r="67" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:39" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="27">
         <v>61</v>
       </c>
       <c r="B67" s="28" t="s">
         <v>109</v>
       </c>
       <c r="C67" s="29">
-        <v>42403017591</v>
+        <v>40003255869</v>
       </c>
       <c r="D67" s="28" t="s">
+        <v>452</v>
+      </c>
+      <c r="E67" s="33" t="s">
+        <v>453</v>
+      </c>
+      <c r="F67" s="28" t="s">
+        <v>454</v>
+      </c>
+      <c r="G67" s="34" t="s">
         <v>455</v>
       </c>
-      <c r="E67" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H67" s="28" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="I67" s="30" t="s">
-        <v>1076</v>
+        <v>1067</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>1077</v>
+        <v>990</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="L67" s="28" t="s">
-        <v>982</v>
+        <v>960</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>983</v>
+        <v>961</v>
       </c>
       <c r="N67" s="30" t="s">
-        <v>1078</v>
+        <v>879</v>
       </c>
       <c r="O67" s="5" t="s">
-        <v>1079</v>
+        <v>880</v>
       </c>
       <c r="P67" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q67" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R67" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S67" s="36" t="s">
-        <v>1446</v>
+        <v>1433</v>
       </c>
       <c r="T67" s="28"/>
       <c r="U67" s="28"/>
       <c r="V67" s="28"/>
       <c r="W67" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X67" s="29" t="s">
-        <v>1371</v>
+        <v>1434</v>
       </c>
       <c r="Y67" s="32">
-        <v>43917</v>
+        <v>43949</v>
       </c>
       <c r="Z67" s="37">
-        <v>43921</v>
+        <v>43951</v>
       </c>
       <c r="AA67" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB67" s="29" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="AC67" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD67" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE67" s="38"/>
       <c r="AF67" s="39"/>
       <c r="AG67" s="40"/>
       <c r="AH67" s="39"/>
       <c r="AI67" s="40"/>
       <c r="AJ67" s="39"/>
-      <c r="AK67" s="46"/>
-[...1 lines deleted...]
-      <c r="AM67" s="41"/>
+      <c r="AK67" s="41"/>
     </row>
-    <row r="68" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="27">
         <v>62</v>
       </c>
       <c r="B68" s="28" t="s">
         <v>110</v>
       </c>
       <c r="C68" s="29">
-        <v>40003255869</v>
+        <v>41203069534</v>
       </c>
       <c r="D68" s="28" t="s">
+        <v>456</v>
+      </c>
+      <c r="E68" s="33" t="s">
+        <v>457</v>
+      </c>
+      <c r="F68" s="28" t="s">
         <v>458</v>
       </c>
-      <c r="E68" s="33" t="s">
+      <c r="G68" s="34" t="s">
         <v>459</v>
       </c>
-      <c r="F68" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H68" s="28" t="s">
-        <v>458</v>
+        <v>1068</v>
       </c>
       <c r="I68" s="30" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>998</v>
+        <v>1070</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>973</v>
+        <v>895</v>
       </c>
       <c r="L68" s="28" t="s">
-        <v>968</v>
+        <v>1020</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>969</v>
+        <v>1021</v>
       </c>
       <c r="N68" s="30" t="s">
-        <v>887</v>
+        <v>1071</v>
       </c>
       <c r="O68" s="5" t="s">
-        <v>888</v>
+        <v>1072</v>
       </c>
       <c r="P68" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q68" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R68" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S68" s="36" t="s">
-        <v>1447</v>
+        <v>1435</v>
       </c>
       <c r="T68" s="28"/>
       <c r="U68" s="28"/>
       <c r="V68" s="28"/>
       <c r="W68" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X68" s="29" t="s">
-        <v>1448</v>
+        <v>1436</v>
       </c>
       <c r="Y68" s="32">
         <v>43949</v>
       </c>
       <c r="Z68" s="37">
         <v>43951</v>
       </c>
       <c r="AA68" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB68" s="29" t="s">
-        <v>1355</v>
+        <v>1386</v>
       </c>
       <c r="AC68" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD68" s="37">
-        <v>45898</v>
+        <v>45860</v>
       </c>
       <c r="AE68" s="38"/>
       <c r="AF68" s="39"/>
       <c r="AG68" s="40"/>
       <c r="AH68" s="39"/>
       <c r="AI68" s="40"/>
       <c r="AJ68" s="39"/>
-      <c r="AK68" s="32"/>
-[...1 lines deleted...]
-      <c r="AM68" s="41"/>
+      <c r="AK68" s="41"/>
     </row>
-    <row r="69" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="27">
         <v>63</v>
       </c>
       <c r="B69" s="28" t="s">
         <v>111</v>
       </c>
       <c r="C69" s="29">
-        <v>41203069534</v>
+        <v>40203232163</v>
       </c>
       <c r="D69" s="28" t="s">
+        <v>460</v>
+      </c>
+      <c r="E69" s="33" t="s">
+        <v>461</v>
+      </c>
+      <c r="F69" s="28" t="s">
         <v>462</v>
       </c>
-      <c r="E69" s="33" t="s">
+      <c r="G69" s="34" t="s">
         <v>463</v>
       </c>
-      <c r="F69" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H69" s="28" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="I69" s="30" t="s">
-        <v>1082</v>
+        <v>878</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>1013</v>
+        <v>878</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L69" s="28" t="s">
-        <v>1033</v>
+        <v>1074</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>1034</v>
-[...3 lines deleted...]
-      </c>
+        <v>1075</v>
+      </c>
+      <c r="N69" s="30"/>
       <c r="O69" s="5" t="s">
-        <v>1084</v>
+        <v>887</v>
       </c>
       <c r="P69" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q69" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R69" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S69" s="36" t="s">
-        <v>1449</v>
+        <v>1437</v>
       </c>
       <c r="T69" s="28"/>
       <c r="U69" s="28"/>
       <c r="V69" s="28"/>
       <c r="W69" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X69" s="29" t="s">
-        <v>1450</v>
+        <v>1438</v>
       </c>
       <c r="Y69" s="32">
-        <v>43949</v>
+        <v>43957</v>
       </c>
       <c r="Z69" s="37">
-        <v>43951</v>
+        <v>43959</v>
       </c>
       <c r="AA69" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB69" s="29" t="s">
-        <v>1399</v>
+        <v>1314</v>
       </c>
       <c r="AC69" s="37">
-        <v>45856</v>
+        <v>45825</v>
       </c>
       <c r="AD69" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF69" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE69" s="38">
+        <v>42187.53</v>
+      </c>
+      <c r="AF69" s="39">
+        <v>45698</v>
+      </c>
       <c r="AG69" s="40"/>
       <c r="AH69" s="39"/>
       <c r="AI69" s="40"/>
       <c r="AJ69" s="39"/>
-      <c r="AK69" s="32"/>
-[...1 lines deleted...]
-      <c r="AM69" s="41"/>
+      <c r="AK69" s="41"/>
     </row>
-    <row r="70" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="27">
         <v>64</v>
       </c>
       <c r="B70" s="28" t="s">
         <v>112</v>
       </c>
       <c r="C70" s="29">
-        <v>40203232163</v>
+        <v>40103348563</v>
       </c>
       <c r="D70" s="28" t="s">
+        <v>464</v>
+      </c>
+      <c r="E70" s="33" t="s">
+        <v>465</v>
+      </c>
+      <c r="F70" s="28" t="s">
         <v>466</v>
       </c>
-      <c r="E70" s="33" t="s">
+      <c r="G70" s="34" t="s">
         <v>467</v>
       </c>
-      <c r="F70" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H70" s="28" t="s">
-        <v>1085</v>
+        <v>1076</v>
       </c>
       <c r="I70" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L70" s="28" t="s">
-        <v>1086</v>
+        <v>1077</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>1087</v>
-[...1 lines deleted...]
-      <c r="N70" s="30"/>
+        <v>1078</v>
+      </c>
+      <c r="N70" s="30" t="s">
+        <v>970</v>
+      </c>
       <c r="O70" s="5" t="s">
-        <v>895</v>
+        <v>971</v>
       </c>
       <c r="P70" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q70" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R70" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S70" s="36" t="s">
-        <v>1451</v>
+        <v>1439</v>
       </c>
       <c r="T70" s="28"/>
       <c r="U70" s="28"/>
       <c r="V70" s="28"/>
       <c r="W70" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X70" s="29" t="s">
-        <v>1452</v>
+        <v>1378</v>
       </c>
       <c r="Y70" s="32">
-        <v>43957</v>
+        <v>43978</v>
       </c>
       <c r="Z70" s="37">
-        <v>43959</v>
+        <v>43980</v>
       </c>
       <c r="AA70" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB70" s="29" t="s">
-        <v>1324</v>
+        <v>1308</v>
       </c>
       <c r="AC70" s="37">
-        <v>45825</v>
+        <v>45973</v>
       </c>
       <c r="AD70" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE70" s="38"/>
+      <c r="AF70" s="39"/>
       <c r="AG70" s="40"/>
       <c r="AH70" s="39"/>
       <c r="AI70" s="40"/>
       <c r="AJ70" s="39"/>
-      <c r="AK70" s="31"/>
-[...1 lines deleted...]
-      <c r="AM70" s="41"/>
+      <c r="AK70" s="41"/>
     </row>
-    <row r="71" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="27">
         <v>65</v>
       </c>
       <c r="B71" s="28" t="s">
         <v>113</v>
       </c>
       <c r="C71" s="29">
-        <v>40103348563</v>
+        <v>41203071539</v>
       </c>
       <c r="D71" s="28" t="s">
+        <v>468</v>
+      </c>
+      <c r="E71" s="33" t="s">
+        <v>469</v>
+      </c>
+      <c r="F71" s="28" t="s">
         <v>470</v>
       </c>
-      <c r="E71" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G71" s="34" t="s">
-        <v>473</v>
+        <v>234</v>
       </c>
       <c r="H71" s="28" t="s">
-        <v>1088</v>
+        <v>1079</v>
       </c>
       <c r="I71" s="30" t="s">
-        <v>886</v>
+        <v>1080</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>886</v>
+        <v>990</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>886</v>
+        <v>965</v>
       </c>
       <c r="L71" s="28" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
       <c r="N71" s="30" t="s">
-        <v>978</v>
+        <v>1083</v>
       </c>
       <c r="O71" s="5" t="s">
-        <v>979</v>
+        <v>882</v>
       </c>
       <c r="P71" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q71" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R71" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S71" s="36" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="T71" s="28"/>
       <c r="U71" s="28"/>
       <c r="V71" s="28"/>
       <c r="W71" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X71" s="29" t="s">
-        <v>1388</v>
+        <v>1441</v>
       </c>
       <c r="Y71" s="32">
-        <v>43978</v>
+        <v>43999</v>
       </c>
       <c r="Z71" s="37">
-        <v>43980</v>
+        <v>44001</v>
       </c>
       <c r="AA71" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB71" s="29" t="s">
-        <v>1318</v>
+        <v>1442</v>
       </c>
       <c r="AC71" s="37">
-        <v>45973</v>
+        <v>45667</v>
       </c>
       <c r="AD71" s="37">
-        <v>45975</v>
+        <v>45671</v>
       </c>
       <c r="AE71" s="38"/>
       <c r="AF71" s="39"/>
       <c r="AG71" s="40"/>
       <c r="AH71" s="39"/>
       <c r="AI71" s="40"/>
       <c r="AJ71" s="39"/>
-      <c r="AK71" s="32"/>
-[...1 lines deleted...]
-      <c r="AM71" s="41"/>
+      <c r="AK71" s="41"/>
     </row>
-    <row r="72" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="27">
         <v>66</v>
       </c>
       <c r="B72" s="28" t="s">
         <v>114</v>
       </c>
       <c r="C72" s="29">
-        <v>41203071539</v>
+        <v>41203070853</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="E72" s="33" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="F72" s="28" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="G72" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H72" s="28" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="I72" s="30" t="s">
-        <v>1092</v>
+        <v>1003</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="L72" s="28" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>1094</v>
+        <v>891</v>
       </c>
       <c r="N72" s="30" t="s">
-        <v>1095</v>
+        <v>886</v>
       </c>
       <c r="O72" s="5" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="P72" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q72" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R72" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S72" s="36" t="s">
-        <v>1454</v>
+        <v>1443</v>
       </c>
       <c r="T72" s="28"/>
       <c r="U72" s="28"/>
       <c r="V72" s="28"/>
       <c r="W72" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X72" s="29" t="s">
-        <v>1455</v>
+        <v>1444</v>
       </c>
       <c r="Y72" s="32">
-        <v>43999</v>
+        <v>44000</v>
       </c>
       <c r="Z72" s="37">
-        <v>44001</v>
+        <v>44007</v>
       </c>
       <c r="AA72" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB72" s="29" t="s">
-        <v>1456</v>
+        <v>1386</v>
       </c>
       <c r="AC72" s="37">
-        <v>45667</v>
+        <v>45856</v>
       </c>
       <c r="AD72" s="37">
-        <v>45671</v>
+        <v>45860</v>
       </c>
       <c r="AE72" s="38"/>
       <c r="AF72" s="39"/>
       <c r="AG72" s="40"/>
       <c r="AH72" s="39"/>
       <c r="AI72" s="40"/>
       <c r="AJ72" s="39"/>
-      <c r="AK72" s="32"/>
-[...1 lines deleted...]
-      <c r="AM72" s="41"/>
+      <c r="AK72" s="41"/>
     </row>
-    <row r="73" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:39" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="27">
         <v>67</v>
       </c>
       <c r="B73" s="28" t="s">
         <v>115</v>
       </c>
       <c r="C73" s="29">
-        <v>41203070853</v>
+        <v>40103377331</v>
       </c>
       <c r="D73" s="28" t="s">
+        <v>474</v>
+      </c>
+      <c r="E73" s="33" t="s">
+        <v>475</v>
+      </c>
+      <c r="F73" s="28" t="s">
+        <v>476</v>
+      </c>
+      <c r="G73" s="34" t="s">
         <v>477</v>
       </c>
-      <c r="E73" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H73" s="28" t="s">
-        <v>1096</v>
+        <v>474</v>
       </c>
       <c r="I73" s="30" t="s">
-        <v>1016</v>
+        <v>1086</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>1016</v>
+        <v>905</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>973</v>
+        <v>895</v>
       </c>
       <c r="L73" s="28" t="s">
-        <v>1097</v>
+        <v>1025</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="N73" s="30"/>
       <c r="O73" s="5" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="P73" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q73" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R73" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S73" s="36" t="s">
-        <v>1457</v>
+        <v>1445</v>
       </c>
       <c r="T73" s="28"/>
       <c r="U73" s="28"/>
       <c r="V73" s="28"/>
       <c r="W73" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X73" s="29" t="s">
-        <v>1458</v>
+        <v>1446</v>
       </c>
       <c r="Y73" s="32">
-        <v>44000</v>
+        <v>44019</v>
       </c>
       <c r="Z73" s="37">
-        <v>44007</v>
+        <v>44021</v>
       </c>
       <c r="AA73" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB73" s="29" t="s">
-        <v>1399</v>
+        <v>1322</v>
       </c>
       <c r="AC73" s="37">
-        <v>45856</v>
+        <v>45954</v>
       </c>
       <c r="AD73" s="37">
-        <v>45860</v>
+        <v>45958</v>
       </c>
       <c r="AE73" s="38"/>
       <c r="AF73" s="39"/>
       <c r="AG73" s="40"/>
       <c r="AH73" s="39"/>
       <c r="AI73" s="40"/>
       <c r="AJ73" s="39"/>
-      <c r="AK73" s="32"/>
-[...1 lines deleted...]
-      <c r="AM73" s="41"/>
+      <c r="AK73" s="47"/>
     </row>
-    <row r="74" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="27">
         <v>68</v>
       </c>
       <c r="B74" s="28" t="s">
         <v>116</v>
       </c>
       <c r="C74" s="29">
-        <v>40103377331</v>
+        <v>40103824945</v>
       </c>
       <c r="D74" s="28" t="s">
+        <v>478</v>
+      </c>
+      <c r="E74" s="33" t="s">
+        <v>479</v>
+      </c>
+      <c r="F74" s="28" t="s">
         <v>480</v>
       </c>
-      <c r="E74" s="33" t="s">
+      <c r="G74" s="34" t="s">
         <v>481</v>
       </c>
-      <c r="F74" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H74" s="28" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="I74" s="30" t="s">
-        <v>1098</v>
+        <v>878</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>913</v>
+        <v>878</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L74" s="28" t="s">
-        <v>1038</v>
+        <v>908</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>1039</v>
+        <v>909</v>
       </c>
       <c r="N74" s="30"/>
       <c r="O74" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P74" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q74" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R74" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S74" s="36" t="s">
-        <v>1459</v>
+        <v>1447</v>
       </c>
       <c r="T74" s="28"/>
       <c r="U74" s="28"/>
       <c r="V74" s="28"/>
       <c r="W74" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X74" s="29" t="s">
-        <v>1460</v>
+        <v>1390</v>
       </c>
       <c r="Y74" s="32">
-        <v>44019</v>
+        <v>44034</v>
       </c>
       <c r="Z74" s="37">
-        <v>44021</v>
+        <v>44036</v>
       </c>
       <c r="AA74" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB74" s="29" t="s">
-        <v>1332</v>
+        <v>1314</v>
       </c>
       <c r="AC74" s="37">
-        <v>45954</v>
+        <v>45825</v>
       </c>
       <c r="AD74" s="37">
-        <v>45958</v>
+        <v>45827</v>
       </c>
       <c r="AE74" s="38"/>
       <c r="AF74" s="39"/>
       <c r="AG74" s="40"/>
       <c r="AH74" s="39"/>
       <c r="AI74" s="40"/>
       <c r="AJ74" s="39"/>
-      <c r="AK74" s="32"/>
-      <c r="AL74" s="32"/>
+      <c r="AK74" s="46"/>
+      <c r="AL74" s="46"/>
       <c r="AM74" s="41"/>
     </row>
-    <row r="75" spans="1:40" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="27">
         <v>69</v>
       </c>
       <c r="B75" s="28" t="s">
         <v>117</v>
       </c>
       <c r="C75" s="29">
-        <v>40103824945</v>
+        <v>50203234861</v>
       </c>
       <c r="D75" s="28" t="s">
+        <v>482</v>
+      </c>
+      <c r="E75" s="33" t="s">
+        <v>483</v>
+      </c>
+      <c r="F75" s="28" t="s">
         <v>484</v>
       </c>
-      <c r="E75" s="33" t="s">
+      <c r="G75" s="34" t="s">
         <v>485</v>
       </c>
-      <c r="F75" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H75" s="28" t="s">
-        <v>484</v>
+        <v>1087</v>
       </c>
       <c r="I75" s="30" t="s">
-        <v>886</v>
+        <v>1088</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>886</v>
+        <v>1089</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L75" s="28" t="s">
-        <v>916</v>
+        <v>1090</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="N75" s="30"/>
+        <v>1091</v>
+      </c>
+      <c r="N75" s="30" t="s">
+        <v>1092</v>
+      </c>
       <c r="O75" s="5" t="s">
-        <v>895</v>
+        <v>1093</v>
       </c>
       <c r="P75" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q75" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R75" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S75" s="36" t="s">
-        <v>1461</v>
+        <v>1448</v>
       </c>
       <c r="T75" s="28"/>
       <c r="U75" s="28"/>
       <c r="V75" s="28"/>
       <c r="W75" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X75" s="29" t="s">
-        <v>1403</v>
+        <v>1449</v>
       </c>
       <c r="Y75" s="32">
-        <v>44034</v>
+        <v>44035</v>
       </c>
       <c r="Z75" s="37">
-        <v>44036</v>
+        <v>44039</v>
       </c>
       <c r="AA75" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB75" s="29" t="s">
-        <v>1324</v>
+        <v>1314</v>
       </c>
       <c r="AC75" s="37">
         <v>45825</v>
       </c>
       <c r="AD75" s="37">
         <v>45827</v>
       </c>
       <c r="AE75" s="38"/>
       <c r="AF75" s="39"/>
       <c r="AG75" s="40"/>
       <c r="AH75" s="39"/>
       <c r="AI75" s="40"/>
       <c r="AJ75" s="39"/>
-      <c r="AK75" s="46"/>
-[...1 lines deleted...]
-      <c r="AM75" s="47"/>
+      <c r="AK75" s="32"/>
+      <c r="AL75" s="32"/>
+      <c r="AM75" s="41"/>
     </row>
-    <row r="76" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="27">
         <v>70</v>
       </c>
       <c r="B76" s="28" t="s">
         <v>118</v>
       </c>
       <c r="C76" s="29">
-        <v>50203234861</v>
+        <v>44103127528</v>
       </c>
       <c r="D76" s="28" t="s">
+        <v>486</v>
+      </c>
+      <c r="E76" s="33" t="s">
+        <v>487</v>
+      </c>
+      <c r="F76" s="28" t="s">
         <v>488</v>
       </c>
-      <c r="E76" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G76" s="34" t="s">
-        <v>491</v>
+        <v>234</v>
       </c>
       <c r="H76" s="28" t="s">
-        <v>1099</v>
+        <v>1094</v>
       </c>
       <c r="I76" s="30" t="s">
-        <v>1100</v>
+        <v>989</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>1101</v>
+        <v>990</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>903</v>
+        <v>965</v>
       </c>
       <c r="L76" s="28" t="s">
-        <v>1014</v>
+        <v>1071</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>1015</v>
+        <v>1072</v>
       </c>
       <c r="N76" s="30" t="s">
-        <v>1102</v>
+        <v>1051</v>
       </c>
       <c r="O76" s="5" t="s">
-        <v>1103</v>
+        <v>1052</v>
       </c>
       <c r="P76" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q76" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R76" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S76" s="36" t="s">
-        <v>1462</v>
-[...1 lines deleted...]
-      <c r="T76" s="28"/>
+        <v>1450</v>
+      </c>
+      <c r="T76" s="28" t="s">
+        <v>1339</v>
+      </c>
       <c r="U76" s="28"/>
       <c r="V76" s="28"/>
       <c r="W76" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X76" s="29" t="s">
-        <v>1463</v>
+        <v>1394</v>
       </c>
       <c r="Y76" s="32">
-        <v>44035</v>
+        <v>44061</v>
       </c>
       <c r="Z76" s="37">
-        <v>44039</v>
+        <v>44063</v>
       </c>
       <c r="AA76" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB76" s="29" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="AC76" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD76" s="37">
-        <v>45827</v>
+        <v>45898</v>
       </c>
       <c r="AE76" s="38"/>
       <c r="AF76" s="39"/>
       <c r="AG76" s="40"/>
       <c r="AH76" s="39"/>
       <c r="AI76" s="40"/>
       <c r="AJ76" s="39"/>
-      <c r="AK76" s="31"/>
-      <c r="AL76" s="31"/>
+      <c r="AK76" s="32"/>
+      <c r="AL76" s="32"/>
       <c r="AM76" s="41"/>
     </row>
-    <row r="77" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="27">
         <v>71</v>
       </c>
       <c r="B77" s="28" t="s">
         <v>119</v>
       </c>
       <c r="C77" s="29">
-        <v>44103127528</v>
+        <v>40103739884</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="E77" s="33" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="F77" s="28" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="G77" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H77" s="28" t="s">
-        <v>1104</v>
+        <v>1095</v>
       </c>
       <c r="I77" s="30" t="s">
-        <v>997</v>
+        <v>878</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>998</v>
+        <v>878</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L77" s="28" t="s">
-        <v>1083</v>
+        <v>962</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>1084</v>
+        <v>897</v>
       </c>
       <c r="N77" s="30" t="s">
-        <v>1064</v>
+        <v>879</v>
       </c>
       <c r="O77" s="5" t="s">
-        <v>1065</v>
+        <v>880</v>
       </c>
       <c r="P77" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q77" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R77" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S77" s="36" t="s">
-        <v>1464</v>
-[...3 lines deleted...]
-      </c>
+        <v>1451</v>
+      </c>
+      <c r="T77" s="28"/>
       <c r="U77" s="28"/>
       <c r="V77" s="28"/>
       <c r="W77" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X77" s="29" t="s">
-        <v>1407</v>
+        <v>1452</v>
       </c>
       <c r="Y77" s="32">
         <v>44061</v>
       </c>
       <c r="Z77" s="37">
         <v>44063</v>
       </c>
       <c r="AA77" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB77" s="29" t="s">
-        <v>1355</v>
+        <v>1453</v>
       </c>
       <c r="AC77" s="37">
-        <v>45896</v>
+        <v>45555</v>
       </c>
       <c r="AD77" s="37">
-        <v>45898</v>
+        <v>45559</v>
       </c>
       <c r="AE77" s="38"/>
       <c r="AF77" s="39"/>
       <c r="AG77" s="40"/>
       <c r="AH77" s="39"/>
       <c r="AI77" s="40"/>
       <c r="AJ77" s="39"/>
-      <c r="AK77" s="32"/>
-      <c r="AL77" s="32"/>
+      <c r="AK77" s="31"/>
+      <c r="AL77" s="31"/>
       <c r="AM77" s="41"/>
     </row>
-    <row r="78" spans="1:40" s="45" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="27">
         <v>72</v>
       </c>
       <c r="B78" s="28" t="s">
         <v>120</v>
       </c>
       <c r="C78" s="29">
-        <v>40103739884</v>
+        <v>40203109645</v>
       </c>
       <c r="D78" s="28" t="s">
+        <v>492</v>
+      </c>
+      <c r="E78" s="33" t="s">
+        <v>493</v>
+      </c>
+      <c r="F78" s="28" t="s">
+        <v>494</v>
+      </c>
+      <c r="G78" s="34" t="s">
         <v>495</v>
       </c>
-      <c r="E78" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H78" s="28" t="s">
-        <v>1105</v>
+        <v>1096</v>
       </c>
       <c r="I78" s="30" t="s">
-        <v>886</v>
+        <v>1097</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>886</v>
+        <v>1098</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L78" s="28" t="s">
-        <v>970</v>
+        <v>888</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>905</v>
+        <v>889</v>
       </c>
       <c r="N78" s="30" t="s">
-        <v>887</v>
+        <v>1099</v>
       </c>
       <c r="O78" s="5" t="s">
-        <v>888</v>
+        <v>1100</v>
       </c>
       <c r="P78" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q78" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R78" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S78" s="36" t="s">
-        <v>1465</v>
+        <v>1454</v>
       </c>
       <c r="T78" s="28"/>
       <c r="U78" s="28"/>
       <c r="V78" s="28"/>
       <c r="W78" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X78" s="29" t="s">
-        <v>1466</v>
+        <v>1455</v>
       </c>
       <c r="Y78" s="32">
         <v>44061</v>
       </c>
       <c r="Z78" s="37">
         <v>44063</v>
       </c>
       <c r="AA78" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB78" s="29" t="s">
-        <v>1376</v>
+        <v>1322</v>
       </c>
       <c r="AC78" s="37">
-        <v>45555</v>
+        <v>45954</v>
       </c>
       <c r="AD78" s="37">
-        <v>45559</v>
-[...2 lines deleted...]
-      <c r="AF78" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE78" s="38">
+        <v>84458.42</v>
+      </c>
+      <c r="AF78" s="39">
+        <v>45743</v>
+      </c>
       <c r="AG78" s="40"/>
       <c r="AH78" s="39"/>
       <c r="AI78" s="40"/>
       <c r="AJ78" s="39"/>
       <c r="AK78" s="32"/>
       <c r="AL78" s="32"/>
       <c r="AM78" s="41"/>
-      <c r="AN78" s="48"/>
     </row>
-    <row r="79" spans="1:40" s="45" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="27">
         <v>73</v>
       </c>
       <c r="B79" s="28" t="s">
         <v>121</v>
       </c>
       <c r="C79" s="29">
-        <v>40203109645</v>
+        <v>40003720895</v>
       </c>
       <c r="D79" s="28" t="s">
+        <v>496</v>
+      </c>
+      <c r="E79" s="33" t="s">
+        <v>497</v>
+      </c>
+      <c r="F79" s="28" t="s">
         <v>498</v>
       </c>
-      <c r="E79" s="33" t="s">
+      <c r="G79" s="34" t="s">
         <v>499</v>
       </c>
-      <c r="F79" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H79" s="28" t="s">
-        <v>1106</v>
+        <v>1101</v>
       </c>
       <c r="I79" s="30" t="s">
-        <v>1107</v>
+        <v>878</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>1108</v>
+        <v>878</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L79" s="28" t="s">
-        <v>896</v>
+        <v>1102</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>897</v>
+        <v>1103</v>
       </c>
       <c r="N79" s="30" t="s">
-        <v>1109</v>
+        <v>908</v>
       </c>
       <c r="O79" s="5" t="s">
-        <v>1110</v>
+        <v>909</v>
       </c>
       <c r="P79" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q79" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R79" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S79" s="36" t="s">
-        <v>1467</v>
+        <v>1456</v>
       </c>
       <c r="T79" s="28"/>
       <c r="U79" s="28"/>
       <c r="V79" s="28"/>
       <c r="W79" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X79" s="29" t="s">
-        <v>1468</v>
+        <v>1457</v>
       </c>
       <c r="Y79" s="32">
-        <v>44061</v>
+        <v>44062</v>
       </c>
       <c r="Z79" s="37">
-        <v>44063</v>
+        <v>44064</v>
       </c>
       <c r="AA79" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB79" s="29" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="AC79" s="37">
-        <v>45954</v>
+        <v>45940</v>
       </c>
       <c r="AD79" s="37">
-        <v>45958</v>
+        <v>45944</v>
       </c>
       <c r="AE79" s="38">
-        <v>84458.42</v>
+        <v>197642.28</v>
       </c>
       <c r="AF79" s="39">
-        <v>45743</v>
+        <v>45621</v>
       </c>
       <c r="AG79" s="40"/>
       <c r="AH79" s="39"/>
       <c r="AI79" s="40"/>
       <c r="AJ79" s="39"/>
-      <c r="AK79" s="41"/>
-      <c r="AL79" s="48"/>
+      <c r="AK79" s="32"/>
+      <c r="AL79" s="32"/>
+      <c r="AM79" s="41"/>
     </row>
-    <row r="80" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="27">
         <v>74</v>
       </c>
       <c r="B80" s="28" t="s">
         <v>122</v>
       </c>
       <c r="C80" s="29">
-        <v>40003720895</v>
+        <v>40003812070</v>
       </c>
       <c r="D80" s="28" t="s">
+        <v>500</v>
+      </c>
+      <c r="E80" s="33" t="s">
+        <v>501</v>
+      </c>
+      <c r="F80" s="28" t="s">
         <v>502</v>
       </c>
-      <c r="E80" s="33" t="s">
+      <c r="G80" s="34" t="s">
         <v>503</v>
       </c>
-      <c r="F80" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H80" s="28" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="I80" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L80" s="28" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>1113</v>
+        <v>1103</v>
       </c>
       <c r="N80" s="30" t="s">
-        <v>916</v>
+        <v>906</v>
       </c>
       <c r="O80" s="5" t="s">
-        <v>917</v>
+        <v>907</v>
       </c>
       <c r="P80" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q80" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R80" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S80" s="36" t="s">
-        <v>1469</v>
+        <v>1458</v>
       </c>
       <c r="T80" s="28"/>
       <c r="U80" s="28"/>
       <c r="V80" s="28"/>
       <c r="W80" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X80" s="29" t="s">
-        <v>1470</v>
+        <v>1459</v>
       </c>
       <c r="Y80" s="32">
-        <v>44062</v>
+        <v>44082</v>
       </c>
       <c r="Z80" s="37">
-        <v>44064</v>
+        <v>44084</v>
       </c>
       <c r="AA80" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB80" s="29" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="AC80" s="37">
         <v>45940</v>
       </c>
       <c r="AD80" s="37">
         <v>45944</v>
       </c>
       <c r="AE80" s="38">
-        <v>197642.28</v>
+        <v>35109.360000000001</v>
       </c>
       <c r="AF80" s="39">
-        <v>45621</v>
-[...2 lines deleted...]
-      <c r="AH80" s="39"/>
+        <v>45565</v>
+      </c>
+      <c r="AG80" s="40">
+        <v>40800</v>
+      </c>
+      <c r="AH80" s="39">
+        <v>45958</v>
+      </c>
       <c r="AI80" s="40"/>
       <c r="AJ80" s="39"/>
-      <c r="AK80" s="41"/>
+      <c r="AK80" s="32"/>
+      <c r="AL80" s="32"/>
+      <c r="AM80" s="41"/>
     </row>
-    <row r="81" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="27">
         <v>75</v>
       </c>
       <c r="B81" s="28" t="s">
         <v>123</v>
       </c>
       <c r="C81" s="29">
-        <v>40003812070</v>
+        <v>52103105971</v>
       </c>
       <c r="D81" s="28" t="s">
+        <v>504</v>
+      </c>
+      <c r="E81" s="33" t="s">
+        <v>505</v>
+      </c>
+      <c r="F81" s="28" t="s">
         <v>506</v>
       </c>
-      <c r="E81" s="33" t="s">
+      <c r="G81" s="34" t="s">
         <v>507</v>
       </c>
-      <c r="F81" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H81" s="28" t="s">
-        <v>1114</v>
+        <v>504</v>
       </c>
       <c r="I81" s="30" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="L81" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J81" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M81" s="5" t="s">
-        <v>1113</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="N81" s="30"/>
       <c r="O81" s="5" t="s">
-        <v>915</v>
+        <v>887</v>
       </c>
       <c r="P81" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q81" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R81" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S81" s="36" t="s">
-        <v>1471</v>
+        <v>1460</v>
       </c>
       <c r="T81" s="28"/>
       <c r="U81" s="28"/>
       <c r="V81" s="28"/>
       <c r="W81" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X81" s="29" t="s">
-        <v>1472</v>
+        <v>1461</v>
       </c>
       <c r="Y81" s="32">
-        <v>44082</v>
+        <v>44084</v>
       </c>
       <c r="Z81" s="37">
-        <v>44084</v>
+        <v>44088</v>
       </c>
       <c r="AA81" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB81" s="29" t="s">
-        <v>1347</v>
+        <v>1314</v>
       </c>
       <c r="AC81" s="37">
-        <v>45940</v>
+        <v>45825</v>
       </c>
       <c r="AD81" s="37">
-        <v>45944</v>
-[...12 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE81" s="38"/>
+      <c r="AF81" s="39"/>
+      <c r="AG81" s="40"/>
+      <c r="AH81" s="39"/>
       <c r="AI81" s="40"/>
       <c r="AJ81" s="39"/>
-      <c r="AK81" s="41"/>
+      <c r="AK81" s="32"/>
+      <c r="AL81" s="32"/>
+      <c r="AM81" s="41"/>
     </row>
-    <row r="82" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:40" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="27">
         <v>76</v>
       </c>
       <c r="B82" s="28" t="s">
         <v>124</v>
       </c>
       <c r="C82" s="29">
-        <v>52103105971</v>
+        <v>42103111406</v>
       </c>
       <c r="D82" s="28" t="s">
+        <v>508</v>
+      </c>
+      <c r="E82" s="33" t="s">
+        <v>509</v>
+      </c>
+      <c r="F82" s="28" t="s">
         <v>510</v>
       </c>
-      <c r="E82" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G82" s="34" t="s">
-        <v>513</v>
+        <v>234</v>
       </c>
       <c r="H82" s="28" t="s">
-        <v>510</v>
+        <v>1105</v>
       </c>
       <c r="I82" s="30" t="s">
-        <v>1098</v>
+        <v>942</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>913</v>
+        <v>942</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>903</v>
+        <v>943</v>
       </c>
       <c r="L82" s="28" t="s">
-        <v>894</v>
+        <v>906</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>890</v>
+        <v>907</v>
       </c>
       <c r="N82" s="30"/>
       <c r="O82" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P82" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q82" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R82" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S82" s="36" t="s">
-        <v>1473</v>
+        <v>1462</v>
       </c>
       <c r="T82" s="28"/>
       <c r="U82" s="28"/>
       <c r="V82" s="28"/>
       <c r="W82" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X82" s="29" t="s">
-        <v>1474</v>
+        <v>1463</v>
       </c>
       <c r="Y82" s="32">
-        <v>44084</v>
+        <v>44096</v>
       </c>
       <c r="Z82" s="37">
-        <v>44088</v>
+        <v>44098</v>
       </c>
       <c r="AA82" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB82" s="29" t="s">
-        <v>1324</v>
+        <v>1386</v>
       </c>
       <c r="AC82" s="37">
-        <v>45825</v>
+        <v>45856</v>
       </c>
       <c r="AD82" s="37">
-        <v>45827</v>
+        <v>45860</v>
       </c>
       <c r="AE82" s="38"/>
       <c r="AF82" s="39"/>
       <c r="AG82" s="40"/>
       <c r="AH82" s="39"/>
       <c r="AI82" s="40"/>
       <c r="AJ82" s="39"/>
-      <c r="AK82" s="41"/>
+      <c r="AK82" s="46"/>
+      <c r="AL82" s="46"/>
+      <c r="AM82" s="47"/>
     </row>
-    <row r="83" spans="1:37" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="27">
         <v>77</v>
       </c>
       <c r="B83" s="28" t="s">
         <v>125</v>
       </c>
       <c r="C83" s="29">
-        <v>42103111406</v>
+        <v>42403024964</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="E83" s="33" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="F83" s="28" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="G83" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H83" s="28" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="I83" s="30" t="s">
-        <v>950</v>
+        <v>1107</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>950</v>
+        <v>1107</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="L83" s="28" t="s">
-        <v>914</v>
+        <v>879</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="N83" s="30"/>
+        <v>880</v>
+      </c>
+      <c r="N83" s="30" t="s">
+        <v>1108</v>
+      </c>
       <c r="O83" s="5" t="s">
-        <v>895</v>
+        <v>1109</v>
       </c>
       <c r="P83" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q83" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R83" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S83" s="36" t="s">
-        <v>1475</v>
+        <v>1464</v>
       </c>
       <c r="T83" s="28"/>
       <c r="U83" s="28"/>
       <c r="V83" s="28"/>
       <c r="W83" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X83" s="29" t="s">
-        <v>1476</v>
+        <v>1465</v>
       </c>
       <c r="Y83" s="32">
-        <v>44096</v>
+        <v>44097</v>
       </c>
       <c r="Z83" s="37">
-        <v>44098</v>
+        <v>44099</v>
       </c>
       <c r="AA83" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB83" s="29" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
       <c r="AC83" s="37">
         <v>45856</v>
       </c>
       <c r="AD83" s="37">
         <v>45860</v>
       </c>
       <c r="AE83" s="38"/>
       <c r="AF83" s="39"/>
       <c r="AG83" s="40"/>
       <c r="AH83" s="39"/>
       <c r="AI83" s="40"/>
       <c r="AJ83" s="39"/>
-      <c r="AK83" s="47"/>
+      <c r="AK83" s="31"/>
+      <c r="AL83" s="31"/>
+      <c r="AM83" s="41"/>
     </row>
-    <row r="84" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="27">
         <v>78</v>
       </c>
       <c r="B84" s="28" t="s">
         <v>126</v>
       </c>
       <c r="C84" s="29">
-        <v>42403024964</v>
+        <v>40203252846</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="E84" s="33" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="F84" s="28" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="G84" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H84" s="28" t="s">
-        <v>1116</v>
+        <v>1110</v>
       </c>
       <c r="I84" s="30" t="s">
-        <v>1117</v>
+        <v>1111</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>1117</v>
+        <v>1112</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="L84" s="28" t="s">
-        <v>887</v>
+        <v>1113</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>888</v>
+        <v>1114</v>
       </c>
       <c r="N84" s="30" t="s">
-        <v>1118</v>
+        <v>1051</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>1119</v>
+        <v>1052</v>
       </c>
       <c r="P84" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q84" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R84" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S84" s="36" t="s">
-        <v>1477</v>
+        <v>1466</v>
       </c>
       <c r="T84" s="28"/>
       <c r="U84" s="28"/>
       <c r="V84" s="28"/>
       <c r="W84" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X84" s="29" t="s">
-        <v>1478</v>
+        <v>1403</v>
       </c>
       <c r="Y84" s="32">
-        <v>44097</v>
+        <v>44105</v>
       </c>
       <c r="Z84" s="37">
-        <v>44099</v>
+        <v>44109</v>
       </c>
       <c r="AA84" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB84" s="29" t="s">
-        <v>1399</v>
+        <v>1467</v>
       </c>
       <c r="AC84" s="37">
-        <v>45856</v>
+        <v>45621</v>
       </c>
       <c r="AD84" s="37">
-        <v>45860</v>
+        <v>45623</v>
       </c>
       <c r="AE84" s="38"/>
       <c r="AF84" s="39"/>
       <c r="AG84" s="40"/>
       <c r="AH84" s="39"/>
       <c r="AI84" s="40"/>
       <c r="AJ84" s="39"/>
-      <c r="AK84" s="41"/>
+      <c r="AK84" s="32"/>
+      <c r="AL84" s="32"/>
+      <c r="AM84" s="41"/>
     </row>
-    <row r="85" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:40" s="45" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="27">
         <v>79</v>
       </c>
       <c r="B85" s="28" t="s">
         <v>127</v>
       </c>
       <c r="C85" s="29">
-        <v>40203252846</v>
+        <v>40103397450</v>
       </c>
       <c r="D85" s="28" t="s">
+        <v>517</v>
+      </c>
+      <c r="E85" s="33" t="s">
+        <v>518</v>
+      </c>
+      <c r="F85" s="28" t="s">
+        <v>519</v>
+      </c>
+      <c r="G85" s="34" t="s">
         <v>520</v>
       </c>
-      <c r="E85" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H85" s="28" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="I85" s="30" t="s">
-        <v>1121</v>
+        <v>878</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>1122</v>
+        <v>878</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L85" s="28" t="s">
-        <v>1123</v>
+        <v>1025</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>1124</v>
+        <v>1026</v>
       </c>
       <c r="N85" s="30" t="s">
-        <v>1064</v>
+        <v>986</v>
       </c>
       <c r="O85" s="5" t="s">
-        <v>1065</v>
+        <v>987</v>
       </c>
       <c r="P85" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q85" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R85" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S85" s="36" t="s">
-        <v>1479</v>
+        <v>1468</v>
       </c>
       <c r="T85" s="28"/>
       <c r="U85" s="28"/>
       <c r="V85" s="28"/>
       <c r="W85" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X85" s="29" t="s">
-        <v>1416</v>
+        <v>1469</v>
       </c>
       <c r="Y85" s="32">
-        <v>44105</v>
+        <v>44124</v>
       </c>
       <c r="Z85" s="37">
-        <v>44109</v>
+        <v>44126</v>
       </c>
       <c r="AA85" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB85" s="29" t="s">
-        <v>1480</v>
+        <v>1305</v>
       </c>
       <c r="AC85" s="37">
-        <v>45621</v>
+        <v>45869</v>
       </c>
       <c r="AD85" s="37">
-        <v>45623</v>
-[...2 lines deleted...]
-      <c r="AF85" s="39"/>
+        <v>45873</v>
+      </c>
+      <c r="AE85" s="38">
+        <v>185575.92</v>
+      </c>
+      <c r="AF85" s="39">
+        <v>45835</v>
+      </c>
       <c r="AG85" s="40"/>
       <c r="AH85" s="39"/>
       <c r="AI85" s="40"/>
       <c r="AJ85" s="39"/>
-      <c r="AK85" s="41"/>
+      <c r="AK85" s="32"/>
+      <c r="AL85" s="32"/>
+      <c r="AM85" s="41"/>
+      <c r="AN85" s="48"/>
     </row>
-    <row r="86" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:40" s="45" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="27">
         <v>80</v>
       </c>
       <c r="B86" s="28" t="s">
         <v>128</v>
       </c>
       <c r="C86" s="29">
-        <v>40103397450</v>
+        <v>42103100883</v>
       </c>
       <c r="D86" s="28" t="s">
+        <v>521</v>
+      </c>
+      <c r="E86" s="33" t="s">
+        <v>522</v>
+      </c>
+      <c r="F86" s="28" t="s">
         <v>523</v>
       </c>
-      <c r="E86" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G86" s="34" t="s">
-        <v>526</v>
+        <v>234</v>
       </c>
       <c r="H86" s="28" t="s">
-        <v>1125</v>
+        <v>1116</v>
       </c>
       <c r="I86" s="30" t="s">
-        <v>886</v>
+        <v>1117</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>886</v>
+        <v>1118</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>886</v>
+        <v>965</v>
       </c>
       <c r="L86" s="28" t="s">
-        <v>1038</v>
+        <v>1119</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>1039</v>
+        <v>1120</v>
       </c>
       <c r="N86" s="30" t="s">
-        <v>994</v>
+        <v>1022</v>
       </c>
       <c r="O86" s="5" t="s">
-        <v>995</v>
+        <v>1023</v>
       </c>
       <c r="P86" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q86" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R86" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S86" s="36" t="s">
-        <v>1481</v>
-[...1 lines deleted...]
-      <c r="T86" s="28"/>
+        <v>1470</v>
+      </c>
+      <c r="T86" s="28" t="s">
+        <v>1339</v>
+      </c>
       <c r="U86" s="28"/>
       <c r="V86" s="28"/>
       <c r="W86" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X86" s="29" t="s">
-        <v>1482</v>
+        <v>1471</v>
       </c>
       <c r="Y86" s="32">
         <v>44124</v>
       </c>
       <c r="Z86" s="37">
         <v>44126</v>
       </c>
       <c r="AA86" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB86" s="29" t="s">
-        <v>1315</v>
+        <v>1345</v>
       </c>
       <c r="AC86" s="37">
-        <v>45869</v>
+        <v>45896</v>
       </c>
       <c r="AD86" s="37">
-        <v>45873</v>
-[...6 lines deleted...]
-      </c>
+        <v>45898</v>
+      </c>
+      <c r="AE86" s="38"/>
+      <c r="AF86" s="39"/>
       <c r="AG86" s="40"/>
       <c r="AH86" s="39"/>
       <c r="AI86" s="40"/>
       <c r="AJ86" s="39"/>
       <c r="AK86" s="41"/>
+      <c r="AL86" s="48"/>
     </row>
-    <row r="87" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="27">
         <v>81</v>
       </c>
       <c r="B87" s="28" t="s">
         <v>129</v>
       </c>
       <c r="C87" s="29">
-        <v>42103100883</v>
+        <v>40203261355</v>
       </c>
       <c r="D87" s="28" t="s">
+        <v>524</v>
+      </c>
+      <c r="E87" s="33" t="s">
+        <v>525</v>
+      </c>
+      <c r="F87" s="28" t="s">
+        <v>526</v>
+      </c>
+      <c r="G87" s="34" t="s">
         <v>527</v>
       </c>
-      <c r="E87" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H87" s="28" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="I87" s="30" t="s">
-        <v>1127</v>
+        <v>1069</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>1128</v>
+        <v>1070</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>973</v>
+        <v>895</v>
       </c>
       <c r="L87" s="28" t="s">
-        <v>1129</v>
+        <v>886</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>1130</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="N87" s="30"/>
       <c r="O87" s="5" t="s">
-        <v>1036</v>
+        <v>887</v>
       </c>
       <c r="P87" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q87" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R87" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S87" s="36" t="s">
-        <v>1483</v>
-[...3 lines deleted...]
-      </c>
+        <v>1472</v>
+      </c>
+      <c r="T87" s="28"/>
       <c r="U87" s="28"/>
       <c r="V87" s="28"/>
       <c r="W87" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X87" s="29" t="s">
-        <v>1484</v>
+        <v>1473</v>
       </c>
       <c r="Y87" s="32">
-        <v>44124</v>
+        <v>44138</v>
       </c>
       <c r="Z87" s="37">
-        <v>44126</v>
+        <v>44140</v>
       </c>
       <c r="AA87" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB87" s="29" t="s">
-        <v>1355</v>
+        <v>1337</v>
       </c>
       <c r="AC87" s="37">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="AD87" s="37">
-        <v>45898</v>
+        <v>45944</v>
       </c>
       <c r="AE87" s="38"/>
       <c r="AF87" s="39"/>
       <c r="AG87" s="40"/>
       <c r="AH87" s="39"/>
       <c r="AI87" s="40"/>
       <c r="AJ87" s="39"/>
       <c r="AK87" s="41"/>
     </row>
-    <row r="88" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="27">
         <v>82</v>
       </c>
       <c r="B88" s="28" t="s">
         <v>130</v>
       </c>
       <c r="C88" s="29">
-        <v>40203261355</v>
+        <v>40203262609</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>530</v>
+        <v>239</v>
       </c>
       <c r="E88" s="33" t="s">
-        <v>531</v>
+        <v>240</v>
       </c>
       <c r="F88" s="28" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G88" s="34" t="s">
-        <v>533</v>
+        <v>234</v>
       </c>
       <c r="H88" s="28" t="s">
-        <v>1131</v>
+        <v>1122</v>
       </c>
       <c r="I88" s="30" t="s">
-        <v>1082</v>
+        <v>878</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>1013</v>
+        <v>878</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L88" s="28" t="s">
-        <v>894</v>
+        <v>886</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="N88" s="30"/>
+        <v>882</v>
+      </c>
+      <c r="N88" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O88" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P88" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q88" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R88" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S88" s="36" t="s">
-        <v>1485</v>
+        <v>1474</v>
       </c>
       <c r="T88" s="28"/>
       <c r="U88" s="28"/>
       <c r="V88" s="28"/>
       <c r="W88" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X88" s="29" t="s">
-        <v>1486</v>
+        <v>1417</v>
       </c>
       <c r="Y88" s="32">
         <v>44138</v>
       </c>
       <c r="Z88" s="37">
         <v>44140</v>
       </c>
       <c r="AA88" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB88" s="29" t="s">
         <v>1311</v>
       </c>
-      <c r="AB88" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC88" s="37">
-        <v>45940</v>
+        <v>45803</v>
       </c>
       <c r="AD88" s="37">
-        <v>45944</v>
+        <v>45805</v>
       </c>
       <c r="AE88" s="38"/>
       <c r="AF88" s="39"/>
       <c r="AG88" s="40"/>
       <c r="AH88" s="39"/>
       <c r="AI88" s="40"/>
       <c r="AJ88" s="39"/>
       <c r="AK88" s="41"/>
     </row>
-    <row r="89" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="27">
         <v>83</v>
       </c>
       <c r="B89" s="28" t="s">
         <v>131</v>
       </c>
       <c r="C89" s="29">
-        <v>40203262609</v>
+        <v>42103082164</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>241</v>
+        <v>529</v>
       </c>
       <c r="E89" s="33" t="s">
-        <v>242</v>
+        <v>530</v>
       </c>
       <c r="F89" s="28" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="G89" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H89" s="28" t="s">
-        <v>1132</v>
+        <v>1123</v>
       </c>
       <c r="I89" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L89" s="28" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="N89" s="30" t="s">
         <v>886</v>
       </c>
-      <c r="J89" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O89" s="5" t="s">
-        <v>888</v>
+        <v>882</v>
       </c>
       <c r="P89" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q89" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R89" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S89" s="36" t="s">
-        <v>1487</v>
+        <v>1475</v>
       </c>
       <c r="T89" s="28"/>
       <c r="U89" s="28"/>
       <c r="V89" s="28"/>
       <c r="W89" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X89" s="29" t="s">
-        <v>1430</v>
+        <v>1476</v>
       </c>
       <c r="Y89" s="32">
-        <v>44138</v>
+        <v>44140</v>
       </c>
       <c r="Z89" s="37">
-        <v>44140</v>
+        <v>44144</v>
       </c>
       <c r="AA89" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB89" s="29" t="s">
-        <v>1321</v>
+        <v>1337</v>
       </c>
       <c r="AC89" s="37">
-        <v>45803</v>
+        <v>45940</v>
       </c>
       <c r="AD89" s="37">
-        <v>45805</v>
+        <v>45944</v>
       </c>
       <c r="AE89" s="38"/>
       <c r="AF89" s="39"/>
       <c r="AG89" s="40"/>
       <c r="AH89" s="39"/>
       <c r="AI89" s="40"/>
       <c r="AJ89" s="39"/>
       <c r="AK89" s="41"/>
     </row>
-    <row r="90" spans="1:37" s="6" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:40" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="27">
         <v>84</v>
       </c>
       <c r="B90" s="28" t="s">
         <v>132</v>
       </c>
       <c r="C90" s="29">
-        <v>42103082164</v>
+        <v>42103113271</v>
       </c>
       <c r="D90" s="28" t="s">
+        <v>532</v>
+      </c>
+      <c r="E90" s="33" t="s">
+        <v>533</v>
+      </c>
+      <c r="F90" s="28" t="s">
+        <v>534</v>
+      </c>
+      <c r="G90" s="34" t="s">
         <v>535</v>
       </c>
-      <c r="E90" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H90" s="28" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="I90" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L90" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J90" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M90" s="5" t="s">
-        <v>917</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="N90" s="30"/>
       <c r="O90" s="5" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="P90" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q90" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R90" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S90" s="36" t="s">
-        <v>1488</v>
+        <v>1477</v>
       </c>
       <c r="T90" s="28"/>
       <c r="U90" s="28"/>
       <c r="V90" s="28"/>
       <c r="W90" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X90" s="29" t="s">
-        <v>1489</v>
+        <v>1478</v>
       </c>
       <c r="Y90" s="32">
         <v>44140</v>
       </c>
       <c r="Z90" s="37">
         <v>44144</v>
       </c>
       <c r="AA90" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB90" s="29" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="AC90" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD90" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE90" s="38"/>
       <c r="AF90" s="39"/>
       <c r="AG90" s="40"/>
       <c r="AH90" s="39"/>
       <c r="AI90" s="40"/>
       <c r="AJ90" s="39"/>
       <c r="AK90" s="47"/>
     </row>
-    <row r="91" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="27">
         <v>85</v>
       </c>
       <c r="B91" s="28" t="s">
         <v>133</v>
       </c>
       <c r="C91" s="29">
-        <v>42103113271</v>
+        <v>40203264366</v>
       </c>
       <c r="D91" s="28" t="s">
+        <v>536</v>
+      </c>
+      <c r="E91" s="33" t="s">
+        <v>537</v>
+      </c>
+      <c r="F91" s="28" t="s">
         <v>538</v>
       </c>
-      <c r="E91" s="33" t="s">
+      <c r="G91" s="34" t="s">
         <v>539</v>
       </c>
-      <c r="F91" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H91" s="28" t="s">
-        <v>1135</v>
+        <v>536</v>
       </c>
       <c r="I91" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L91" s="28" t="s">
-        <v>894</v>
+        <v>1126</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>890</v>
+        <v>1127</v>
       </c>
       <c r="N91" s="30"/>
       <c r="O91" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P91" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q91" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R91" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S91" s="36" t="s">
-        <v>1490</v>
+        <v>1479</v>
       </c>
       <c r="T91" s="28"/>
       <c r="U91" s="28"/>
       <c r="V91" s="28"/>
       <c r="W91" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X91" s="29" t="s">
-        <v>1491</v>
+        <v>1480</v>
       </c>
       <c r="Y91" s="32">
         <v>44140</v>
       </c>
       <c r="Z91" s="37">
         <v>44144</v>
       </c>
       <c r="AA91" s="28" t="s">
-        <v>1311</v>
+        <v>1400</v>
       </c>
       <c r="AB91" s="29" t="s">
-        <v>1355</v>
+        <v>1481</v>
       </c>
       <c r="AC91" s="37">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="AD91" s="37">
-        <v>45898</v>
+        <v>45944</v>
       </c>
       <c r="AE91" s="38"/>
       <c r="AF91" s="39"/>
       <c r="AG91" s="40"/>
       <c r="AH91" s="39"/>
       <c r="AI91" s="40"/>
       <c r="AJ91" s="39"/>
       <c r="AK91" s="41"/>
     </row>
-    <row r="92" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="27">
         <v>86</v>
       </c>
       <c r="B92" s="28" t="s">
         <v>134</v>
       </c>
       <c r="C92" s="29">
-        <v>40203264366</v>
+        <v>40003553254</v>
       </c>
       <c r="D92" s="28" t="s">
+        <v>540</v>
+      </c>
+      <c r="E92" s="33" t="s">
+        <v>541</v>
+      </c>
+      <c r="F92" s="28" t="s">
         <v>542</v>
       </c>
-      <c r="E92" s="33" t="s">
+      <c r="G92" s="34" t="s">
         <v>543</v>
       </c>
-      <c r="F92" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H92" s="28" t="s">
-        <v>542</v>
+        <v>1128</v>
       </c>
       <c r="I92" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L92" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J92" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M92" s="5" t="s">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="N92" s="30"/>
+        <v>882</v>
+      </c>
+      <c r="N92" s="30" t="s">
+        <v>1099</v>
+      </c>
       <c r="O92" s="5" t="s">
-        <v>895</v>
+        <v>1100</v>
       </c>
       <c r="P92" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q92" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R92" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S92" s="36" t="s">
-        <v>1492</v>
+        <v>1482</v>
       </c>
       <c r="T92" s="28"/>
       <c r="U92" s="28"/>
       <c r="V92" s="28"/>
       <c r="W92" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X92" s="29" t="s">
-        <v>1493</v>
+        <v>1483</v>
       </c>
       <c r="Y92" s="32">
-        <v>44140</v>
+        <v>44151</v>
       </c>
       <c r="Z92" s="37">
-        <v>44144</v>
+        <v>44154</v>
       </c>
       <c r="AA92" s="28" t="s">
-        <v>1413</v>
+        <v>1301</v>
       </c>
       <c r="AB92" s="29" t="s">
-        <v>1494</v>
+        <v>1305</v>
       </c>
       <c r="AC92" s="37">
-        <v>45940</v>
+        <v>45869</v>
       </c>
       <c r="AD92" s="37">
-        <v>45944</v>
+        <v>45873</v>
       </c>
       <c r="AE92" s="38"/>
       <c r="AF92" s="39"/>
       <c r="AG92" s="40"/>
       <c r="AH92" s="39"/>
       <c r="AI92" s="40"/>
       <c r="AJ92" s="39"/>
       <c r="AK92" s="41"/>
     </row>
-    <row r="93" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="27">
         <v>87</v>
       </c>
       <c r="B93" s="28" t="s">
         <v>135</v>
       </c>
       <c r="C93" s="29">
-        <v>40003553254</v>
+        <v>40203149084</v>
       </c>
       <c r="D93" s="28" t="s">
+        <v>544</v>
+      </c>
+      <c r="E93" s="33" t="s">
+        <v>545</v>
+      </c>
+      <c r="F93" s="28" t="s">
         <v>546</v>
       </c>
-      <c r="E93" s="33" t="s">
+      <c r="G93" s="34" t="s">
         <v>547</v>
       </c>
-      <c r="F93" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H93" s="28" t="s">
-        <v>1138</v>
+        <v>1129</v>
       </c>
       <c r="I93" s="30" t="s">
-        <v>886</v>
+        <v>1054</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L93" s="28" t="s">
-        <v>894</v>
+        <v>962</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>890</v>
-[...3 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="N93" s="30"/>
       <c r="O93" s="5" t="s">
-        <v>1110</v>
+        <v>887</v>
       </c>
       <c r="P93" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q93" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R93" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S93" s="36" t="s">
-        <v>1495</v>
+        <v>1484</v>
       </c>
       <c r="T93" s="28"/>
       <c r="U93" s="28"/>
       <c r="V93" s="28"/>
       <c r="W93" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X93" s="29" t="s">
-        <v>1496</v>
+        <v>1485</v>
       </c>
       <c r="Y93" s="32">
-        <v>44151</v>
+        <v>44167</v>
       </c>
       <c r="Z93" s="37">
-        <v>44154</v>
+        <v>44169</v>
       </c>
       <c r="AA93" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB93" s="29" t="s">
-        <v>1315</v>
+        <v>1386</v>
       </c>
       <c r="AC93" s="37">
-        <v>45869</v>
+        <v>45856</v>
       </c>
       <c r="AD93" s="37">
-        <v>45873</v>
+        <v>45860</v>
       </c>
       <c r="AE93" s="38"/>
       <c r="AF93" s="39"/>
       <c r="AG93" s="40"/>
       <c r="AH93" s="39"/>
       <c r="AI93" s="40"/>
       <c r="AJ93" s="39"/>
       <c r="AK93" s="41"/>
     </row>
-    <row r="94" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="27">
         <v>88</v>
       </c>
       <c r="B94" s="28" t="s">
         <v>136</v>
       </c>
       <c r="C94" s="29">
-        <v>40203149084</v>
+        <v>44103101529</v>
       </c>
       <c r="D94" s="28" t="s">
+        <v>548</v>
+      </c>
+      <c r="E94" s="33" t="s">
+        <v>549</v>
+      </c>
+      <c r="F94" s="28" t="s">
         <v>550</v>
       </c>
-      <c r="E94" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G94" s="34" t="s">
-        <v>553</v>
+        <v>234</v>
       </c>
       <c r="H94" s="28" t="s">
-        <v>1139</v>
+        <v>1130</v>
       </c>
       <c r="I94" s="30" t="s">
-        <v>1067</v>
+        <v>972</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>986</v>
+        <v>973</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L94" s="28" t="s">
-        <v>970</v>
+        <v>1131</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>905</v>
+        <v>1132</v>
       </c>
       <c r="N94" s="30"/>
       <c r="O94" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P94" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q94" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R94" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S94" s="36" t="s">
-        <v>1497</v>
-[...2 lines deleted...]
-      <c r="U94" s="28"/>
+        <v>1486</v>
+      </c>
+      <c r="T94" s="28" t="s">
+        <v>1487</v>
+      </c>
+      <c r="U94" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="V94" s="28"/>
       <c r="W94" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X94" s="29" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
       <c r="Y94" s="32">
         <v>44167</v>
       </c>
       <c r="Z94" s="37">
         <v>44169</v>
       </c>
       <c r="AA94" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB94" s="29" t="s">
-        <v>1399</v>
+        <v>1305</v>
       </c>
       <c r="AC94" s="37">
-        <v>45856</v>
+        <v>45869</v>
       </c>
       <c r="AD94" s="37">
-        <v>45860</v>
+        <v>45873</v>
       </c>
       <c r="AE94" s="38"/>
       <c r="AF94" s="39"/>
       <c r="AG94" s="40"/>
       <c r="AH94" s="39"/>
       <c r="AI94" s="40"/>
       <c r="AJ94" s="39"/>
       <c r="AK94" s="41"/>
     </row>
-    <row r="95" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:40" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="27">
         <v>89</v>
       </c>
       <c r="B95" s="28" t="s">
         <v>137</v>
       </c>
       <c r="C95" s="29">
-        <v>44103101529</v>
+        <v>50203268181</v>
       </c>
       <c r="D95" s="28" t="s">
+        <v>551</v>
+      </c>
+      <c r="E95" s="33" t="s">
+        <v>552</v>
+      </c>
+      <c r="F95" s="28" t="s">
+        <v>553</v>
+      </c>
+      <c r="G95" s="34" t="s">
         <v>554</v>
       </c>
-      <c r="E95" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H95" s="28" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="I95" s="30" t="s">
-        <v>980</v>
+        <v>878</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>981</v>
+        <v>878</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L95" s="28" t="s">
-        <v>1141</v>
+        <v>916</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>1142</v>
-[...1 lines deleted...]
-      <c r="N95" s="30"/>
+        <v>917</v>
+      </c>
+      <c r="N95" s="30" t="s">
+        <v>886</v>
+      </c>
       <c r="O95" s="5" t="s">
-        <v>895</v>
+        <v>882</v>
       </c>
       <c r="P95" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q95" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R95" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S95" s="36" t="s">
-        <v>1499</v>
-[...6 lines deleted...]
-      </c>
+        <v>1489</v>
+      </c>
+      <c r="T95" s="28"/>
+      <c r="U95" s="28"/>
       <c r="V95" s="28"/>
       <c r="W95" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X95" s="29" t="s">
-        <v>1501</v>
+        <v>1490</v>
       </c>
       <c r="Y95" s="32">
         <v>44167</v>
       </c>
       <c r="Z95" s="37">
         <v>44169</v>
       </c>
       <c r="AA95" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB95" s="29" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="AC95" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD95" s="37">
-        <v>45873</v>
-[...2 lines deleted...]
-      <c r="AF95" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE95" s="38">
+        <v>106764.94</v>
+      </c>
+      <c r="AF95" s="39">
+        <v>45700</v>
+      </c>
       <c r="AG95" s="40"/>
       <c r="AH95" s="39"/>
       <c r="AI95" s="40"/>
       <c r="AJ95" s="39"/>
       <c r="AK95" s="41"/>
     </row>
-    <row r="96" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:40" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="27">
         <v>90</v>
       </c>
       <c r="B96" s="28" t="s">
         <v>138</v>
       </c>
       <c r="C96" s="29">
-        <v>50203268181</v>
+        <v>40203260909</v>
       </c>
       <c r="D96" s="28" t="s">
+        <v>555</v>
+      </c>
+      <c r="E96" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="F96" s="28" t="s">
         <v>557</v>
       </c>
-      <c r="E96" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G96" s="34" t="s">
-        <v>560</v>
+        <v>234</v>
       </c>
       <c r="H96" s="28" t="s">
-        <v>1143</v>
+        <v>1134</v>
       </c>
       <c r="I96" s="30" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="L96" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J96" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M96" s="5" t="s">
-        <v>925</v>
+        <v>882</v>
       </c>
       <c r="N96" s="30" t="s">
-        <v>894</v>
+        <v>1099</v>
       </c>
       <c r="O96" s="5" t="s">
-        <v>890</v>
+        <v>1100</v>
       </c>
       <c r="P96" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q96" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R96" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S96" s="36" t="s">
-        <v>1502</v>
+        <v>1491</v>
       </c>
       <c r="T96" s="28"/>
       <c r="U96" s="28"/>
       <c r="V96" s="28"/>
       <c r="W96" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X96" s="29" t="s">
-        <v>1503</v>
+        <v>1492</v>
       </c>
       <c r="Y96" s="32">
         <v>44167</v>
       </c>
       <c r="Z96" s="37">
         <v>44169</v>
       </c>
       <c r="AA96" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB96" s="29" t="s">
-        <v>1312</v>
+        <v>1337</v>
       </c>
       <c r="AC96" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD96" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE96" s="38"/>
+      <c r="AF96" s="39"/>
       <c r="AG96" s="40"/>
       <c r="AH96" s="39"/>
       <c r="AI96" s="40"/>
       <c r="AJ96" s="39"/>
       <c r="AK96" s="41"/>
     </row>
-    <row r="97" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:37" s="6" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="27">
         <v>91</v>
       </c>
       <c r="B97" s="28" t="s">
         <v>139</v>
       </c>
       <c r="C97" s="29">
-        <v>40203260909</v>
+        <v>40203267644</v>
       </c>
       <c r="D97" s="28" t="s">
+        <v>558</v>
+      </c>
+      <c r="E97" s="33" t="s">
+        <v>559</v>
+      </c>
+      <c r="F97" s="28" t="s">
+        <v>560</v>
+      </c>
+      <c r="G97" s="34" t="s">
         <v>561</v>
       </c>
-      <c r="E97" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H97" s="28" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="I97" s="30" t="s">
-        <v>1145</v>
+        <v>878</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>1146</v>
+        <v>878</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L97" s="28" t="s">
-        <v>894</v>
+        <v>879</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="N97" s="30" t="s">
-        <v>1109</v>
+        <v>1090</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>1110</v>
+        <v>1091</v>
       </c>
       <c r="P97" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q97" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R97" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S97" s="36" t="s">
-        <v>1504</v>
+        <v>1493</v>
       </c>
       <c r="T97" s="28"/>
       <c r="U97" s="28"/>
       <c r="V97" s="28"/>
       <c r="W97" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X97" s="29" t="s">
-        <v>1505</v>
+        <v>1494</v>
       </c>
       <c r="Y97" s="32">
-        <v>44167</v>
+        <v>44168</v>
       </c>
       <c r="Z97" s="37">
-        <v>44169</v>
+        <v>44172</v>
       </c>
       <c r="AA97" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB97" s="29" t="s">
-        <v>1347</v>
+        <v>1314</v>
       </c>
       <c r="AC97" s="37">
-        <v>45940</v>
+        <v>45825</v>
       </c>
       <c r="AD97" s="37">
-        <v>45944</v>
+        <v>45827</v>
       </c>
       <c r="AE97" s="38"/>
       <c r="AF97" s="39"/>
       <c r="AG97" s="40"/>
       <c r="AH97" s="39"/>
       <c r="AI97" s="40"/>
       <c r="AJ97" s="39"/>
-      <c r="AK97" s="41"/>
+      <c r="AK97" s="47"/>
     </row>
     <row r="98" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="27">
         <v>92</v>
       </c>
       <c r="B98" s="28" t="s">
         <v>140</v>
       </c>
       <c r="C98" s="29">
-        <v>40203267644</v>
+        <v>54103148201</v>
       </c>
       <c r="D98" s="28" t="s">
+        <v>562</v>
+      </c>
+      <c r="E98" s="33" t="s">
+        <v>563</v>
+      </c>
+      <c r="F98" s="28" t="s">
         <v>564</v>
       </c>
-      <c r="E98" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G98" s="34" t="s">
-        <v>567</v>
+        <v>234</v>
       </c>
       <c r="H98" s="28" t="s">
-        <v>1147</v>
+        <v>1138</v>
       </c>
       <c r="I98" s="30" t="s">
-        <v>886</v>
+        <v>1054</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L98" s="28" t="s">
-        <v>887</v>
+        <v>1042</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>888</v>
+        <v>1043</v>
       </c>
       <c r="N98" s="30" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>1015</v>
+        <v>1026</v>
       </c>
       <c r="P98" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q98" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R98" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S98" s="36" t="s">
-        <v>1506</v>
+        <v>1495</v>
       </c>
       <c r="T98" s="28"/>
       <c r="U98" s="28"/>
       <c r="V98" s="28"/>
       <c r="W98" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X98" s="29" t="s">
-        <v>1507</v>
+        <v>1496</v>
       </c>
       <c r="Y98" s="32">
         <v>44168</v>
       </c>
       <c r="Z98" s="37">
         <v>44172</v>
       </c>
       <c r="AA98" s="28" t="s">
-        <v>1311</v>
+        <v>1400</v>
       </c>
       <c r="AB98" s="29" t="s">
-        <v>1324</v>
+        <v>1497</v>
       </c>
       <c r="AC98" s="37">
-        <v>45825</v>
+        <v>45940</v>
       </c>
       <c r="AD98" s="37">
-        <v>45827</v>
+        <v>45944</v>
       </c>
       <c r="AE98" s="38"/>
       <c r="AF98" s="39"/>
       <c r="AG98" s="40"/>
       <c r="AH98" s="39"/>
       <c r="AI98" s="40"/>
       <c r="AJ98" s="39"/>
       <c r="AK98" s="41"/>
     </row>
     <row r="99" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="27">
         <v>93</v>
       </c>
       <c r="B99" s="28" t="s">
         <v>141</v>
       </c>
       <c r="C99" s="29">
-        <v>54103148201</v>
+        <v>40203269147</v>
       </c>
       <c r="D99" s="28" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="E99" s="33" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="F99" s="28" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="G99" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H99" s="28" t="s">
-        <v>1148</v>
+        <v>565</v>
       </c>
       <c r="I99" s="30" t="s">
-        <v>1067</v>
+        <v>1139</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>986</v>
+        <v>1041</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>967</v>
+        <v>943</v>
       </c>
       <c r="L99" s="28" t="s">
-        <v>1055</v>
+        <v>908</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>1056</v>
+        <v>909</v>
       </c>
       <c r="N99" s="30" t="s">
-        <v>1038</v>
+        <v>914</v>
       </c>
       <c r="O99" s="5" t="s">
-        <v>1039</v>
+        <v>915</v>
       </c>
       <c r="P99" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q99" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R99" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S99" s="36" t="s">
-        <v>1508</v>
+        <v>1498</v>
       </c>
       <c r="T99" s="28"/>
       <c r="U99" s="28"/>
       <c r="V99" s="28"/>
       <c r="W99" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X99" s="29" t="s">
-        <v>1509</v>
+        <v>1499</v>
       </c>
       <c r="Y99" s="32">
         <v>44168</v>
       </c>
       <c r="Z99" s="37">
         <v>44172</v>
       </c>
       <c r="AA99" s="28" t="s">
-        <v>1413</v>
+        <v>1301</v>
       </c>
       <c r="AB99" s="29" t="s">
-        <v>1510</v>
+        <v>1314</v>
       </c>
       <c r="AC99" s="37">
-        <v>45940</v>
+        <v>45825</v>
       </c>
       <c r="AD99" s="37">
-        <v>45944</v>
+        <v>45827</v>
       </c>
       <c r="AE99" s="38"/>
       <c r="AF99" s="39"/>
       <c r="AG99" s="40"/>
       <c r="AH99" s="39"/>
       <c r="AI99" s="40"/>
       <c r="AJ99" s="39"/>
       <c r="AK99" s="41"/>
     </row>
     <row r="100" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="27">
         <v>94</v>
       </c>
       <c r="B100" s="28" t="s">
         <v>142</v>
       </c>
       <c r="C100" s="29">
-        <v>40203269147</v>
+        <v>43603089055</v>
       </c>
       <c r="D100" s="28" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="E100" s="33" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="F100" s="28" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="G100" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H100" s="28" t="s">
-        <v>571</v>
+        <v>1140</v>
       </c>
       <c r="I100" s="30" t="s">
-        <v>1149</v>
+        <v>1141</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>951</v>
+        <v>885</v>
       </c>
       <c r="L100" s="28" t="s">
+        <v>879</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="N100" s="30" t="s">
         <v>916</v>
       </c>
-      <c r="M100" s="5" t="s">
+      <c r="O100" s="5" t="s">
         <v>917</v>
       </c>
-      <c r="N100" s="30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P100" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q100" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R100" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S100" s="36" t="s">
-        <v>1511</v>
+        <v>1500</v>
       </c>
       <c r="T100" s="28"/>
       <c r="U100" s="28"/>
       <c r="V100" s="28"/>
       <c r="W100" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X100" s="29" t="s">
-        <v>1512</v>
+        <v>1501</v>
       </c>
       <c r="Y100" s="32">
-        <v>44168</v>
+        <v>44181</v>
       </c>
       <c r="Z100" s="37">
-        <v>44172</v>
+        <v>44183</v>
       </c>
       <c r="AA100" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB100" s="29" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="AC100" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD100" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF100" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE100" s="38">
+        <v>35852.81</v>
+      </c>
+      <c r="AF100" s="39">
+        <v>45819</v>
+      </c>
       <c r="AG100" s="40"/>
       <c r="AH100" s="39"/>
       <c r="AI100" s="40"/>
       <c r="AJ100" s="39"/>
       <c r="AK100" s="41"/>
     </row>
     <row r="101" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="27">
         <v>95</v>
       </c>
       <c r="B101" s="28" t="s">
         <v>143</v>
       </c>
       <c r="C101" s="29">
-        <v>43603089055</v>
+        <v>43603066353</v>
       </c>
       <c r="D101" s="28" t="s">
+        <v>571</v>
+      </c>
+      <c r="E101" s="33" t="s">
+        <v>572</v>
+      </c>
+      <c r="F101" s="28" t="s">
+        <v>573</v>
+      </c>
+      <c r="G101" s="34" t="s">
         <v>574</v>
       </c>
-      <c r="E101" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H101" s="28" t="s">
-        <v>1150</v>
+        <v>1142</v>
       </c>
       <c r="I101" s="30" t="s">
-        <v>1151</v>
+        <v>878</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>1058</v>
+        <v>878</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L101" s="28" t="s">
-        <v>887</v>
+        <v>1131</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>888</v>
+        <v>1132</v>
       </c>
       <c r="N101" s="30" t="s">
-        <v>924</v>
+        <v>908</v>
       </c>
       <c r="O101" s="5" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="P101" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q101" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R101" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S101" s="36" t="s">
-        <v>1513</v>
+        <v>1502</v>
       </c>
       <c r="T101" s="28"/>
       <c r="U101" s="28"/>
       <c r="V101" s="28"/>
       <c r="W101" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X101" s="29" t="s">
-        <v>1514</v>
+        <v>1503</v>
       </c>
       <c r="Y101" s="32">
         <v>44181</v>
       </c>
       <c r="Z101" s="37">
         <v>44183</v>
       </c>
       <c r="AA101" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB101" s="29" t="s">
-        <v>1355</v>
+        <v>1322</v>
       </c>
       <c r="AC101" s="37">
-        <v>45896</v>
+        <v>45954</v>
       </c>
       <c r="AD101" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45958</v>
+      </c>
+      <c r="AE101" s="38"/>
+      <c r="AF101" s="39"/>
       <c r="AG101" s="40"/>
       <c r="AH101" s="39"/>
       <c r="AI101" s="40"/>
       <c r="AJ101" s="39"/>
       <c r="AK101" s="41"/>
     </row>
     <row r="102" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="27">
         <v>96</v>
       </c>
       <c r="B102" s="28" t="s">
         <v>144</v>
       </c>
       <c r="C102" s="29">
-        <v>43603066353</v>
+        <v>40203266668</v>
       </c>
       <c r="D102" s="28" t="s">
+        <v>575</v>
+      </c>
+      <c r="E102" s="33" t="s">
+        <v>576</v>
+      </c>
+      <c r="F102" s="28" t="s">
         <v>577</v>
       </c>
-      <c r="E102" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G102" s="34" t="s">
-        <v>580</v>
+        <v>234</v>
       </c>
       <c r="H102" s="28" t="s">
-        <v>1152</v>
+        <v>1143</v>
       </c>
       <c r="I102" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L102" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J102" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M102" s="5" t="s">
-        <v>1142</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="N102" s="30"/>
       <c r="O102" s="5" t="s">
-        <v>917</v>
+        <v>887</v>
       </c>
       <c r="P102" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q102" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R102" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S102" s="36" t="s">
-        <v>1515</v>
+        <v>1504</v>
       </c>
       <c r="T102" s="28"/>
       <c r="U102" s="28"/>
       <c r="V102" s="28"/>
       <c r="W102" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X102" s="29" t="s">
-        <v>1516</v>
+        <v>1505</v>
       </c>
       <c r="Y102" s="32">
-        <v>44181</v>
+        <v>44182</v>
       </c>
       <c r="Z102" s="37">
-        <v>44183</v>
+        <v>44186</v>
       </c>
       <c r="AA102" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB102" s="29" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="AC102" s="37">
-        <v>45954</v>
+        <v>45940</v>
       </c>
       <c r="AD102" s="37">
-        <v>45958</v>
+        <v>45944</v>
       </c>
       <c r="AE102" s="38"/>
       <c r="AF102" s="39"/>
       <c r="AG102" s="40"/>
       <c r="AH102" s="39"/>
       <c r="AI102" s="40"/>
       <c r="AJ102" s="39"/>
       <c r="AK102" s="41"/>
     </row>
     <row r="103" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="27">
         <v>97</v>
       </c>
       <c r="B103" s="28" t="s">
         <v>145</v>
       </c>
       <c r="C103" s="29">
-        <v>40203266668</v>
+        <v>40203276223</v>
       </c>
       <c r="D103" s="28" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="E103" s="33" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="F103" s="28" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="G103" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H103" s="28" t="s">
-        <v>1153</v>
+        <v>578</v>
       </c>
       <c r="I103" s="30" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="L103" s="28" t="s">
+        <v>900</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="N103" s="30" t="s">
         <v>886</v>
       </c>
-      <c r="J103" s="5" t="s">
-[...11 lines deleted...]
-      <c r="N103" s="30"/>
       <c r="O103" s="5" t="s">
-        <v>895</v>
+        <v>882</v>
       </c>
       <c r="P103" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q103" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R103" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S103" s="36" t="s">
-        <v>1517</v>
+        <v>1506</v>
       </c>
       <c r="T103" s="28"/>
       <c r="U103" s="28"/>
       <c r="V103" s="28"/>
       <c r="W103" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X103" s="29" t="s">
-        <v>1518</v>
+        <v>1507</v>
       </c>
       <c r="Y103" s="32">
-        <v>44182</v>
+        <v>44200</v>
       </c>
       <c r="Z103" s="37">
-        <v>44186</v>
+        <v>44202</v>
       </c>
       <c r="AA103" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB103" s="29" t="s">
-        <v>1347</v>
+        <v>1386</v>
       </c>
       <c r="AC103" s="37">
-        <v>45940</v>
+        <v>45856</v>
       </c>
       <c r="AD103" s="37">
-        <v>45944</v>
-[...2 lines deleted...]
-      <c r="AF103" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE103" s="38">
+        <v>39979.32</v>
+      </c>
+      <c r="AF103" s="39">
+        <v>45576</v>
+      </c>
       <c r="AG103" s="40"/>
       <c r="AH103" s="39"/>
       <c r="AI103" s="40"/>
       <c r="AJ103" s="39"/>
       <c r="AK103" s="41"/>
     </row>
     <row r="104" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="27">
         <v>98</v>
       </c>
       <c r="B104" s="28" t="s">
         <v>146</v>
       </c>
       <c r="C104" s="29">
-        <v>40203276223</v>
+        <v>40203267589</v>
       </c>
       <c r="D104" s="28" t="s">
+        <v>581</v>
+      </c>
+      <c r="E104" s="33" t="s">
+        <v>582</v>
+      </c>
+      <c r="F104" s="28" t="s">
+        <v>583</v>
+      </c>
+      <c r="G104" s="34" t="s">
         <v>584</v>
       </c>
-      <c r="E104" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H104" s="28" t="s">
-        <v>584</v>
+        <v>1145</v>
       </c>
       <c r="I104" s="30" t="s">
-        <v>1154</v>
+        <v>878</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>919</v>
+        <v>878</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L104" s="28" t="s">
-        <v>908</v>
+        <v>879</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="N104" s="30"/>
       <c r="O104" s="5" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="P104" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q104" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R104" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S104" s="36" t="s">
-        <v>1519</v>
+        <v>1508</v>
       </c>
       <c r="T104" s="28"/>
       <c r="U104" s="28"/>
       <c r="V104" s="28"/>
       <c r="W104" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X104" s="29" t="s">
-        <v>1520</v>
+        <v>1342</v>
       </c>
       <c r="Y104" s="32">
-        <v>44200</v>
+        <v>44215</v>
       </c>
       <c r="Z104" s="37">
-        <v>44202</v>
+        <v>44217</v>
       </c>
       <c r="AA104" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB104" s="29" t="s">
-        <v>1399</v>
+        <v>1305</v>
       </c>
       <c r="AC104" s="37">
-        <v>45856</v>
+        <v>45869</v>
       </c>
       <c r="AD104" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45873</v>
+      </c>
+      <c r="AE104" s="38"/>
+      <c r="AF104" s="39"/>
       <c r="AG104" s="40"/>
       <c r="AH104" s="39"/>
       <c r="AI104" s="40"/>
       <c r="AJ104" s="39"/>
       <c r="AK104" s="41"/>
     </row>
     <row r="105" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="27">
         <v>99</v>
       </c>
       <c r="B105" s="28" t="s">
         <v>147</v>
       </c>
       <c r="C105" s="29">
-        <v>40203267589</v>
+        <v>40003756591</v>
       </c>
       <c r="D105" s="28" t="s">
+        <v>585</v>
+      </c>
+      <c r="E105" s="33" t="s">
+        <v>586</v>
+      </c>
+      <c r="F105" s="28" t="s">
         <v>587</v>
       </c>
-      <c r="E105" s="33" t="s">
+      <c r="G105" s="34" t="s">
         <v>588</v>
       </c>
-      <c r="F105" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H105" s="28" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="I105" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L105" s="28" t="s">
-        <v>887</v>
+        <v>906</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>888</v>
+        <v>907</v>
       </c>
       <c r="N105" s="30"/>
       <c r="O105" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P105" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q105" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R105" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S105" s="36" t="s">
-        <v>1521</v>
+        <v>1509</v>
       </c>
       <c r="T105" s="28"/>
       <c r="U105" s="28"/>
       <c r="V105" s="28"/>
       <c r="W105" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X105" s="29" t="s">
-        <v>1352</v>
+        <v>1344</v>
       </c>
       <c r="Y105" s="32">
         <v>44215</v>
       </c>
       <c r="Z105" s="37">
         <v>44217</v>
       </c>
       <c r="AA105" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB105" s="29" t="s">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="AC105" s="37">
-        <v>45869</v>
+        <v>45973</v>
       </c>
       <c r="AD105" s="37">
-        <v>45873</v>
+        <v>45975</v>
       </c>
       <c r="AE105" s="38"/>
       <c r="AF105" s="39"/>
       <c r="AG105" s="40"/>
       <c r="AH105" s="39"/>
       <c r="AI105" s="40"/>
       <c r="AJ105" s="39"/>
       <c r="AK105" s="41"/>
     </row>
     <row r="106" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="27">
         <v>100</v>
       </c>
       <c r="B106" s="28" t="s">
         <v>148</v>
       </c>
       <c r="C106" s="29">
-        <v>40003756591</v>
+        <v>40203269081</v>
       </c>
       <c r="D106" s="28" t="s">
+        <v>589</v>
+      </c>
+      <c r="E106" s="33" t="s">
+        <v>590</v>
+      </c>
+      <c r="F106" s="28" t="s">
         <v>591</v>
       </c>
-      <c r="E106" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G106" s="34" t="s">
-        <v>594</v>
+        <v>234</v>
       </c>
       <c r="H106" s="28" t="s">
-        <v>1156</v>
+        <v>1147</v>
       </c>
       <c r="I106" s="30" t="s">
-        <v>886</v>
+        <v>952</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>886</v>
+        <v>952</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L106" s="28" t="s">
-        <v>914</v>
+        <v>1131</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>915</v>
+        <v>1132</v>
       </c>
       <c r="N106" s="30"/>
       <c r="O106" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P106" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q106" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R106" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S106" s="36" t="s">
-        <v>1522</v>
+        <v>1510</v>
       </c>
       <c r="T106" s="28"/>
       <c r="U106" s="28"/>
       <c r="V106" s="28"/>
       <c r="W106" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X106" s="29" t="s">
-        <v>1354</v>
+        <v>1511</v>
       </c>
       <c r="Y106" s="32">
         <v>44215</v>
       </c>
       <c r="Z106" s="37">
         <v>44217</v>
       </c>
       <c r="AA106" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB106" s="29" t="s">
-        <v>1318</v>
+        <v>1305</v>
       </c>
       <c r="AC106" s="37">
-        <v>45973</v>
+        <v>45869</v>
       </c>
       <c r="AD106" s="37">
-        <v>45975</v>
+        <v>45873</v>
       </c>
       <c r="AE106" s="38"/>
       <c r="AF106" s="39"/>
       <c r="AG106" s="40"/>
       <c r="AH106" s="39"/>
       <c r="AI106" s="40"/>
       <c r="AJ106" s="39"/>
       <c r="AK106" s="41"/>
     </row>
     <row r="107" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="27">
         <v>101</v>
       </c>
       <c r="B107" s="28" t="s">
         <v>149</v>
       </c>
       <c r="C107" s="29">
-        <v>40203269081</v>
+        <v>40103457139</v>
       </c>
       <c r="D107" s="28" t="s">
+        <v>592</v>
+      </c>
+      <c r="E107" s="33" t="s">
+        <v>593</v>
+      </c>
+      <c r="F107" s="28" t="s">
+        <v>594</v>
+      </c>
+      <c r="G107" s="34" t="s">
         <v>595</v>
       </c>
-      <c r="E107" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H107" s="28" t="s">
-        <v>1157</v>
+        <v>1148</v>
       </c>
       <c r="I107" s="30" t="s">
-        <v>960</v>
+        <v>878</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>960</v>
+        <v>878</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L107" s="28" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="N107" s="30"/>
       <c r="O107" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P107" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q107" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R107" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S107" s="36" t="s">
-        <v>1523</v>
+        <v>1512</v>
       </c>
       <c r="T107" s="28"/>
       <c r="U107" s="28"/>
       <c r="V107" s="28"/>
       <c r="W107" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X107" s="29" t="s">
-        <v>1524</v>
+        <v>1347</v>
       </c>
       <c r="Y107" s="32">
         <v>44215</v>
       </c>
       <c r="Z107" s="37">
         <v>44217</v>
       </c>
       <c r="AA107" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB107" s="29" t="s">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="AC107" s="37">
-        <v>45869</v>
+        <v>45973</v>
       </c>
       <c r="AD107" s="37">
-        <v>45873</v>
+        <v>45975</v>
       </c>
       <c r="AE107" s="38"/>
       <c r="AF107" s="39"/>
       <c r="AG107" s="40"/>
       <c r="AH107" s="39"/>
       <c r="AI107" s="40"/>
       <c r="AJ107" s="39"/>
       <c r="AK107" s="41"/>
     </row>
     <row r="108" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="27">
         <v>102</v>
       </c>
       <c r="B108" s="28" t="s">
         <v>150</v>
       </c>
       <c r="C108" s="29">
-        <v>40103457139</v>
+        <v>40203279770</v>
       </c>
       <c r="D108" s="28" t="s">
+        <v>596</v>
+      </c>
+      <c r="E108" s="33" t="s">
+        <v>597</v>
+      </c>
+      <c r="F108" s="28" t="s">
         <v>598</v>
       </c>
-      <c r="E108" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G108" s="34" t="s">
-        <v>601</v>
+        <v>234</v>
       </c>
       <c r="H108" s="28" t="s">
-        <v>1158</v>
+        <v>1151</v>
       </c>
       <c r="I108" s="30" t="s">
-        <v>886</v>
+        <v>1152</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>886</v>
+        <v>1112</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>886</v>
+        <v>965</v>
       </c>
       <c r="L108" s="28" t="s">
-        <v>1159</v>
+        <v>1153</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>1160</v>
-[...1 lines deleted...]
-      <c r="N108" s="30"/>
+        <v>1154</v>
+      </c>
+      <c r="N108" s="30" t="s">
+        <v>1006</v>
+      </c>
       <c r="O108" s="5" t="s">
-        <v>895</v>
+        <v>1007</v>
       </c>
       <c r="P108" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q108" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R108" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S108" s="36" t="s">
-        <v>1525</v>
+        <v>1513</v>
       </c>
       <c r="T108" s="28"/>
       <c r="U108" s="28"/>
       <c r="V108" s="28"/>
       <c r="W108" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X108" s="29" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="Y108" s="32">
         <v>44215</v>
       </c>
       <c r="Z108" s="37">
         <v>44217</v>
       </c>
       <c r="AA108" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB108" s="29" t="s">
-        <v>1318</v>
+        <v>1345</v>
       </c>
       <c r="AC108" s="37">
-        <v>45973</v>
+        <v>45896</v>
       </c>
       <c r="AD108" s="37">
-        <v>45975</v>
+        <v>45898</v>
       </c>
       <c r="AE108" s="38"/>
       <c r="AF108" s="39"/>
       <c r="AG108" s="40"/>
       <c r="AH108" s="39"/>
       <c r="AI108" s="40"/>
       <c r="AJ108" s="39"/>
       <c r="AK108" s="41"/>
     </row>
     <row r="109" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="27">
         <v>103</v>
       </c>
       <c r="B109" s="28" t="s">
         <v>151</v>
       </c>
       <c r="C109" s="29">
-        <v>40203279770</v>
+        <v>45403057892</v>
       </c>
       <c r="D109" s="28" t="s">
+        <v>599</v>
+      </c>
+      <c r="E109" s="33" t="s">
+        <v>600</v>
+      </c>
+      <c r="F109" s="28" t="s">
+        <v>601</v>
+      </c>
+      <c r="G109" s="34" t="s">
         <v>602</v>
       </c>
-      <c r="E109" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H109" s="28" t="s">
-        <v>1161</v>
+        <v>1155</v>
       </c>
       <c r="I109" s="30" t="s">
-        <v>1162</v>
+        <v>878</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>1122</v>
+        <v>878</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L109" s="28" t="s">
-        <v>1163</v>
+        <v>1020</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>1164</v>
-[...3 lines deleted...]
-      </c>
+        <v>1021</v>
+      </c>
+      <c r="N109" s="30"/>
       <c r="O109" s="5" t="s">
-        <v>1020</v>
+        <v>887</v>
       </c>
       <c r="P109" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q109" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R109" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S109" s="36" t="s">
-        <v>1526</v>
+        <v>1514</v>
       </c>
       <c r="T109" s="28"/>
       <c r="U109" s="28"/>
       <c r="V109" s="28"/>
       <c r="W109" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X109" s="29" t="s">
-        <v>1361</v>
+        <v>1421</v>
       </c>
       <c r="Y109" s="32">
-        <v>44215</v>
+        <v>44216</v>
       </c>
       <c r="Z109" s="37">
-        <v>44217</v>
+        <v>44218</v>
       </c>
       <c r="AA109" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB109" s="29" t="s">
-        <v>1355</v>
+        <v>1302</v>
       </c>
       <c r="AC109" s="37">
-        <v>45896</v>
+        <v>45912</v>
       </c>
       <c r="AD109" s="37">
-        <v>45898</v>
+        <v>45916</v>
       </c>
       <c r="AE109" s="38"/>
       <c r="AF109" s="39"/>
       <c r="AG109" s="40"/>
       <c r="AH109" s="39"/>
       <c r="AI109" s="40"/>
       <c r="AJ109" s="39"/>
       <c r="AK109" s="41"/>
     </row>
     <row r="110" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="27">
         <v>104</v>
       </c>
       <c r="B110" s="28" t="s">
         <v>152</v>
       </c>
       <c r="C110" s="29">
-        <v>45403057892</v>
+        <v>50203277771</v>
       </c>
       <c r="D110" s="28" t="s">
+        <v>603</v>
+      </c>
+      <c r="E110" s="33" t="s">
+        <v>604</v>
+      </c>
+      <c r="F110" s="28" t="s">
         <v>605</v>
       </c>
-      <c r="E110" s="33" t="s">
+      <c r="G110" s="34" t="s">
         <v>606</v>
       </c>
-      <c r="F110" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H110" s="28" t="s">
-        <v>1165</v>
+        <v>1156</v>
       </c>
       <c r="I110" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L110" s="28" t="s">
-        <v>1033</v>
+        <v>1157</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>1034</v>
-[...1 lines deleted...]
-      <c r="N110" s="30"/>
+        <v>915</v>
+      </c>
+      <c r="N110" s="30" t="s">
+        <v>1158</v>
+      </c>
       <c r="O110" s="5" t="s">
-        <v>895</v>
+        <v>1159</v>
       </c>
       <c r="P110" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q110" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R110" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S110" s="36" t="s">
-        <v>1527</v>
+        <v>1515</v>
       </c>
       <c r="T110" s="28"/>
       <c r="U110" s="28"/>
       <c r="V110" s="28"/>
       <c r="W110" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X110" s="29" t="s">
-        <v>1434</v>
+        <v>1427</v>
       </c>
       <c r="Y110" s="32">
-        <v>44216</v>
+        <v>44239</v>
       </c>
       <c r="Z110" s="37">
-        <v>44218</v>
+        <v>44243</v>
       </c>
       <c r="AA110" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB110" s="29" t="s">
-        <v>1312</v>
+        <v>1516</v>
       </c>
       <c r="AC110" s="37">
-        <v>45912</v>
+        <v>45999</v>
       </c>
       <c r="AD110" s="37">
-        <v>45916</v>
+        <v>46001</v>
       </c>
       <c r="AE110" s="38"/>
       <c r="AF110" s="39"/>
       <c r="AG110" s="40"/>
       <c r="AH110" s="39"/>
       <c r="AI110" s="40"/>
       <c r="AJ110" s="39"/>
       <c r="AK110" s="41"/>
     </row>
     <row r="111" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="27">
         <v>105</v>
       </c>
       <c r="B111" s="28" t="s">
         <v>153</v>
       </c>
       <c r="C111" s="29">
-        <v>50203277771</v>
+        <v>40203282215</v>
       </c>
       <c r="D111" s="28" t="s">
+        <v>607</v>
+      </c>
+      <c r="E111" s="33" t="s">
+        <v>608</v>
+      </c>
+      <c r="F111" s="28" t="s">
         <v>609</v>
       </c>
-      <c r="E111" s="33" t="s">
+      <c r="G111" s="34" t="s">
         <v>610</v>
       </c>
-      <c r="F111" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H111" s="28" t="s">
-        <v>1166</v>
+        <v>1160</v>
       </c>
       <c r="I111" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L111" s="28" t="s">
-        <v>1167</v>
+        <v>902</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>923</v>
+        <v>903</v>
       </c>
       <c r="N111" s="30" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
       <c r="O111" s="5" t="s">
-        <v>1169</v>
+        <v>1162</v>
       </c>
       <c r="P111" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q111" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R111" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S111" s="36" t="s">
-        <v>1528</v>
+        <v>1517</v>
       </c>
       <c r="T111" s="28"/>
       <c r="U111" s="28"/>
       <c r="V111" s="28"/>
       <c r="W111" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X111" s="29" t="s">
-        <v>1441</v>
+        <v>1357</v>
       </c>
       <c r="Y111" s="32">
         <v>44239</v>
       </c>
       <c r="Z111" s="37">
         <v>44243</v>
       </c>
       <c r="AA111" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB111" s="29" t="s">
-        <v>1529</v>
+        <v>1516</v>
       </c>
       <c r="AC111" s="37">
-        <v>45488</v>
+        <v>45999</v>
       </c>
       <c r="AD111" s="37">
-        <v>45490</v>
+        <v>46001</v>
       </c>
       <c r="AE111" s="38"/>
       <c r="AF111" s="39"/>
       <c r="AG111" s="40"/>
       <c r="AH111" s="39"/>
       <c r="AI111" s="40"/>
       <c r="AJ111" s="39"/>
       <c r="AK111" s="41"/>
     </row>
     <row r="112" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="27">
         <v>106</v>
       </c>
       <c r="B112" s="28" t="s">
         <v>154</v>
       </c>
       <c r="C112" s="29">
-        <v>40203282215</v>
+        <v>40203270381</v>
       </c>
       <c r="D112" s="28" t="s">
+        <v>611</v>
+      </c>
+      <c r="E112" s="33" t="s">
         <v>612</v>
       </c>
-      <c r="E112" s="33" t="s">
+      <c r="F112" s="28" t="s">
         <v>613</v>
       </c>
-      <c r="F112" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G112" s="34" t="s">
-        <v>615</v>
+        <v>234</v>
       </c>
       <c r="H112" s="28" t="s">
-        <v>1170</v>
+        <v>611</v>
       </c>
       <c r="I112" s="30" t="s">
-        <v>886</v>
+        <v>1163</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>886</v>
+        <v>1118</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>886</v>
+        <v>965</v>
       </c>
       <c r="L112" s="28" t="s">
-        <v>910</v>
+        <v>1164</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>911</v>
+        <v>1165</v>
       </c>
       <c r="N112" s="30" t="s">
-        <v>1171</v>
+        <v>1166</v>
       </c>
       <c r="O112" s="5" t="s">
-        <v>1172</v>
-[...3 lines deleted...]
-      </c>
+        <v>1167</v>
+      </c>
+      <c r="P112" s="35"/>
       <c r="Q112" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R112" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S112" s="36" t="s">
-        <v>1530</v>
+        <v>1518</v>
       </c>
       <c r="T112" s="28"/>
       <c r="U112" s="28"/>
       <c r="V112" s="28"/>
       <c r="W112" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X112" s="29" t="s">
-        <v>1367</v>
+        <v>1431</v>
       </c>
       <c r="Y112" s="32">
         <v>44239</v>
       </c>
       <c r="Z112" s="37">
         <v>44243</v>
       </c>
       <c r="AA112" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB112" s="29" t="s">
-        <v>1529</v>
+        <v>1308</v>
       </c>
       <c r="AC112" s="37">
-        <v>45488</v>
+        <v>45973</v>
       </c>
       <c r="AD112" s="37">
-        <v>45490</v>
+        <v>45975</v>
       </c>
       <c r="AE112" s="38"/>
       <c r="AF112" s="39"/>
       <c r="AG112" s="40"/>
       <c r="AH112" s="39"/>
       <c r="AI112" s="40"/>
       <c r="AJ112" s="39"/>
       <c r="AK112" s="41"/>
     </row>
     <row r="113" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="27">
         <v>107</v>
       </c>
       <c r="B113" s="28" t="s">
         <v>155</v>
       </c>
       <c r="C113" s="29">
-        <v>40203270381</v>
+        <v>40203262100</v>
       </c>
       <c r="D113" s="28" t="s">
+        <v>614</v>
+      </c>
+      <c r="E113" s="33" t="s">
+        <v>615</v>
+      </c>
+      <c r="F113" s="28" t="s">
         <v>616</v>
       </c>
-      <c r="E113" s="33" t="s">
+      <c r="G113" s="34" t="s">
         <v>617</v>
       </c>
-      <c r="F113" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H113" s="28" t="s">
-        <v>616</v>
+        <v>1168</v>
       </c>
       <c r="I113" s="30" t="s">
-        <v>1173</v>
+        <v>878</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>1128</v>
+        <v>878</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L113" s="28" t="s">
-        <v>1174</v>
+        <v>980</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>1175</v>
-[...3 lines deleted...]
-      </c>
+        <v>981</v>
+      </c>
+      <c r="N113" s="30"/>
       <c r="O113" s="5" t="s">
-        <v>1177</v>
-[...1 lines deleted...]
-      <c r="P113" s="35"/>
+        <v>887</v>
+      </c>
+      <c r="P113" s="35" t="s">
+        <v>1296</v>
+      </c>
       <c r="Q113" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R113" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S113" s="36" t="s">
-        <v>1531</v>
+        <v>1519</v>
       </c>
       <c r="T113" s="28"/>
       <c r="U113" s="28"/>
       <c r="V113" s="28"/>
       <c r="W113" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X113" s="29" t="s">
-        <v>1445</v>
+        <v>1520</v>
       </c>
       <c r="Y113" s="32">
         <v>44239</v>
       </c>
       <c r="Z113" s="37">
         <v>44243</v>
       </c>
       <c r="AA113" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB113" s="29" t="s">
-        <v>1318</v>
+        <v>1302</v>
       </c>
       <c r="AC113" s="37">
-        <v>45973</v>
+        <v>45912</v>
       </c>
       <c r="AD113" s="37">
-        <v>45975</v>
+        <v>45916</v>
       </c>
       <c r="AE113" s="38"/>
       <c r="AF113" s="39"/>
       <c r="AG113" s="40"/>
       <c r="AH113" s="39"/>
       <c r="AI113" s="40"/>
       <c r="AJ113" s="39"/>
       <c r="AK113" s="41"/>
     </row>
-    <row r="114" spans="1:38" s="31" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="27">
         <v>108</v>
       </c>
       <c r="B114" s="28" t="s">
         <v>156</v>
       </c>
       <c r="C114" s="29">
-        <v>40203262100</v>
+        <v>44103148708</v>
       </c>
       <c r="D114" s="28" t="s">
+        <v>618</v>
+      </c>
+      <c r="E114" s="33" t="s">
         <v>619</v>
       </c>
-      <c r="E114" s="33" t="s">
+      <c r="F114" s="28" t="s">
         <v>620</v>
       </c>
-      <c r="F114" s="28" t="s">
+      <c r="G114" s="34" t="s">
         <v>621</v>
       </c>
-      <c r="G114" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H114" s="28" t="s">
-        <v>1178</v>
+        <v>618</v>
       </c>
       <c r="I114" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L114" s="28" t="s">
-        <v>988</v>
+        <v>1169</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="N114" s="30"/>
+        <v>1170</v>
+      </c>
+      <c r="N114" s="30" t="s">
+        <v>1090</v>
+      </c>
       <c r="O114" s="5" t="s">
-        <v>895</v>
+        <v>1091</v>
       </c>
       <c r="P114" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q114" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R114" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S114" s="36" t="s">
-        <v>1532</v>
+        <v>1521</v>
       </c>
       <c r="T114" s="28"/>
       <c r="U114" s="28"/>
       <c r="V114" s="28"/>
       <c r="W114" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X114" s="29" t="s">
-        <v>1533</v>
+        <v>1522</v>
       </c>
       <c r="Y114" s="32">
         <v>44239</v>
       </c>
       <c r="Z114" s="37">
         <v>44243</v>
       </c>
       <c r="AA114" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB114" s="29" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="AC114" s="37">
-        <v>45912</v>
+        <v>45825</v>
       </c>
       <c r="AD114" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF114" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE114" s="38">
+        <v>37493.29</v>
+      </c>
+      <c r="AF114" s="39">
+        <v>45881</v>
+      </c>
       <c r="AG114" s="40"/>
       <c r="AH114" s="39"/>
       <c r="AI114" s="40"/>
       <c r="AJ114" s="39"/>
       <c r="AK114" s="41"/>
-      <c r="AL114" s="49"/>
     </row>
     <row r="115" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="27">
         <v>109</v>
       </c>
       <c r="B115" s="28" t="s">
         <v>157</v>
       </c>
       <c r="C115" s="29">
-        <v>44103148708</v>
+        <v>40103427007</v>
       </c>
       <c r="D115" s="28" t="s">
+        <v>622</v>
+      </c>
+      <c r="E115" s="33" t="s">
         <v>623</v>
       </c>
-      <c r="E115" s="33" t="s">
+      <c r="F115" s="28" t="s">
         <v>624</v>
       </c>
-      <c r="F115" s="28" t="s">
+      <c r="G115" s="34" t="s">
         <v>625</v>
       </c>
-      <c r="G115" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H115" s="28" t="s">
-        <v>623</v>
+        <v>1171</v>
       </c>
       <c r="I115" s="30" t="s">
-        <v>886</v>
+        <v>1172</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>886</v>
+        <v>1070</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L115" s="28" t="s">
-        <v>1179</v>
+        <v>1173</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>1180</v>
+        <v>1174</v>
       </c>
       <c r="N115" s="30" t="s">
-        <v>1014</v>
+        <v>1175</v>
       </c>
       <c r="O115" s="5" t="s">
-        <v>1015</v>
+        <v>1176</v>
       </c>
       <c r="P115" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q115" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R115" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S115" s="36" t="s">
-        <v>1534</v>
-[...2 lines deleted...]
-      <c r="U115" s="28"/>
+        <v>1523</v>
+      </c>
+      <c r="T115" s="28" t="s">
+        <v>1339</v>
+      </c>
+      <c r="U115" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="V115" s="28"/>
       <c r="W115" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X115" s="29" t="s">
-        <v>1535</v>
+        <v>1365</v>
       </c>
       <c r="Y115" s="32">
-        <v>44239</v>
+        <v>44243</v>
       </c>
       <c r="Z115" s="37">
-        <v>44243</v>
+        <v>44245</v>
       </c>
       <c r="AA115" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB115" s="29" t="s">
-        <v>1324</v>
+        <v>1302</v>
       </c>
       <c r="AC115" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD115" s="37">
-        <v>45827</v>
+        <v>45916</v>
       </c>
       <c r="AE115" s="38">
-        <v>37493.29</v>
+        <v>39999.26</v>
       </c>
       <c r="AF115" s="39">
-        <v>45881</v>
+        <v>45672</v>
       </c>
       <c r="AG115" s="40"/>
       <c r="AH115" s="39"/>
       <c r="AI115" s="40"/>
       <c r="AJ115" s="39"/>
       <c r="AK115" s="41"/>
     </row>
-    <row r="116" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="27">
         <v>110</v>
       </c>
       <c r="B116" s="28" t="s">
         <v>158</v>
       </c>
       <c r="C116" s="29">
-        <v>40103427007</v>
+        <v>44103098248</v>
       </c>
       <c r="D116" s="28" t="s">
+        <v>626</v>
+      </c>
+      <c r="E116" s="33" t="s">
         <v>627</v>
       </c>
-      <c r="E116" s="33" t="s">
+      <c r="F116" s="28" t="s">
         <v>628</v>
       </c>
-      <c r="F116" s="28" t="s">
+      <c r="G116" s="34" t="s">
         <v>629</v>
       </c>
-      <c r="G116" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H116" s="28" t="s">
-        <v>1181</v>
+        <v>1177</v>
       </c>
       <c r="I116" s="30" t="s">
-        <v>1012</v>
+        <v>1178</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>1013</v>
+        <v>973</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>903</v>
+        <v>959</v>
       </c>
       <c r="L116" s="28" t="s">
-        <v>1182</v>
+        <v>1179</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>1183</v>
+        <v>1180</v>
       </c>
       <c r="N116" s="30" t="s">
-        <v>1184</v>
+        <v>1046</v>
       </c>
       <c r="O116" s="5" t="s">
-        <v>1185</v>
+        <v>1047</v>
       </c>
       <c r="P116" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q116" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R116" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S116" s="36" t="s">
-        <v>1536</v>
-[...6 lines deleted...]
-      </c>
+        <v>1524</v>
+      </c>
+      <c r="T116" s="28"/>
+      <c r="U116" s="28"/>
       <c r="V116" s="28"/>
       <c r="W116" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X116" s="29" t="s">
-        <v>1375</v>
+        <v>1525</v>
       </c>
       <c r="Y116" s="32">
         <v>44243</v>
       </c>
       <c r="Z116" s="37">
         <v>44245</v>
       </c>
       <c r="AA116" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB116" s="29" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="AC116" s="37">
-        <v>45912</v>
+        <v>45825</v>
       </c>
       <c r="AD116" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE116" s="38"/>
+      <c r="AF116" s="39"/>
       <c r="AG116" s="40"/>
       <c r="AH116" s="39"/>
       <c r="AI116" s="40"/>
       <c r="AJ116" s="39"/>
-      <c r="AK116" s="47"/>
-      <c r="AL116" s="50"/>
+      <c r="AK116" s="41"/>
     </row>
-    <row r="117" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A117" s="27">
         <v>111</v>
       </c>
       <c r="B117" s="28" t="s">
         <v>159</v>
       </c>
       <c r="C117" s="29">
-        <v>44103098248</v>
+        <v>40203275317</v>
       </c>
       <c r="D117" s="28" t="s">
+        <v>630</v>
+      </c>
+      <c r="E117" s="33" t="s">
         <v>631</v>
       </c>
-      <c r="E117" s="33" t="s">
+      <c r="F117" s="28" t="s">
         <v>632</v>
       </c>
-      <c r="F117" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G117" s="34" t="s">
-        <v>634</v>
+        <v>234</v>
       </c>
       <c r="H117" s="28" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="I117" s="30" t="s">
-        <v>1187</v>
+        <v>878</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>981</v>
+        <v>878</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L117" s="28" t="s">
-        <v>1188</v>
+        <v>982</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>1189</v>
-[...3 lines deleted...]
-      </c>
+        <v>983</v>
+      </c>
+      <c r="N117" s="30"/>
       <c r="O117" s="5" t="s">
-        <v>1060</v>
+        <v>887</v>
       </c>
       <c r="P117" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q117" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R117" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S117" s="36" t="s">
-        <v>1537</v>
+        <v>1526</v>
       </c>
       <c r="T117" s="28"/>
       <c r="U117" s="28"/>
       <c r="V117" s="28"/>
       <c r="W117" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X117" s="29" t="s">
-        <v>1538</v>
+        <v>1527</v>
       </c>
       <c r="Y117" s="32">
         <v>44243</v>
       </c>
       <c r="Z117" s="37">
         <v>44245</v>
       </c>
       <c r="AA117" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB117" s="29" t="s">
-        <v>1324</v>
+        <v>1305</v>
       </c>
       <c r="AC117" s="37">
-        <v>45825</v>
+        <v>45869</v>
       </c>
       <c r="AD117" s="37">
-        <v>45827</v>
+        <v>45873</v>
       </c>
       <c r="AE117" s="38"/>
       <c r="AF117" s="39"/>
       <c r="AG117" s="40"/>
       <c r="AH117" s="39"/>
       <c r="AI117" s="40"/>
       <c r="AJ117" s="39"/>
-      <c r="AK117" s="47"/>
-      <c r="AL117" s="50"/>
+      <c r="AK117" s="41"/>
     </row>
-    <row r="118" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A118" s="27">
         <v>112</v>
       </c>
       <c r="B118" s="28" t="s">
         <v>160</v>
       </c>
       <c r="C118" s="29">
-        <v>40203275317</v>
+        <v>42403048125</v>
       </c>
       <c r="D118" s="28" t="s">
+        <v>633</v>
+      </c>
+      <c r="E118" s="33" t="s">
+        <v>634</v>
+      </c>
+      <c r="F118" s="28" t="s">
         <v>635</v>
       </c>
-      <c r="E118" s="33" t="s">
+      <c r="G118" s="34" t="s">
         <v>636</v>
       </c>
-      <c r="F118" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H118" s="28" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
       <c r="I118" s="30" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="L118" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J118" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M118" s="5" t="s">
-        <v>991</v>
-[...1 lines deleted...]
-      <c r="N118" s="30"/>
+        <v>882</v>
+      </c>
+      <c r="N118" s="30" t="s">
+        <v>900</v>
+      </c>
       <c r="O118" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="P118" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q118" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R118" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S118" s="36" t="s">
-        <v>1539</v>
+        <v>1528</v>
       </c>
       <c r="T118" s="28"/>
       <c r="U118" s="28"/>
       <c r="V118" s="28"/>
       <c r="W118" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X118" s="29" t="s">
-        <v>1540</v>
+        <v>1485</v>
       </c>
       <c r="Y118" s="32">
-        <v>44243</v>
+        <v>44270</v>
       </c>
       <c r="Z118" s="37">
-        <v>44245</v>
+        <v>44272</v>
       </c>
       <c r="AA118" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB118" s="29" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="AC118" s="37">
-        <v>45869</v>
+        <v>45825</v>
       </c>
       <c r="AD118" s="37">
-        <v>45873</v>
+        <v>45827</v>
       </c>
       <c r="AE118" s="38"/>
       <c r="AF118" s="39"/>
       <c r="AG118" s="40"/>
       <c r="AH118" s="39"/>
       <c r="AI118" s="40"/>
       <c r="AJ118" s="39"/>
-      <c r="AK118" s="47"/>
-      <c r="AL118" s="50"/>
+      <c r="AK118" s="41"/>
     </row>
     <row r="119" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="27">
         <v>113</v>
       </c>
       <c r="B119" s="28" t="s">
         <v>161</v>
       </c>
       <c r="C119" s="29">
-        <v>42403048125</v>
+        <v>40003565893</v>
       </c>
       <c r="D119" s="28" t="s">
+        <v>637</v>
+      </c>
+      <c r="E119" s="33" t="s">
         <v>638</v>
       </c>
-      <c r="E119" s="33" t="s">
+      <c r="F119" s="28" t="s">
         <v>639</v>
       </c>
-      <c r="F119" s="28" t="s">
+      <c r="G119" s="34" t="s">
         <v>640</v>
       </c>
-      <c r="G119" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H119" s="28" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="I119" s="30" t="s">
-        <v>1145</v>
+        <v>1172</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>1146</v>
+        <v>1070</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L119" s="28" t="s">
-        <v>894</v>
+        <v>962</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>890</v>
-[...3 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="N119" s="30"/>
       <c r="O119" s="5" t="s">
-        <v>909</v>
+        <v>887</v>
       </c>
       <c r="P119" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q119" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R119" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S119" s="36" t="s">
-        <v>1541</v>
+        <v>1529</v>
       </c>
       <c r="T119" s="28"/>
       <c r="U119" s="28"/>
       <c r="V119" s="28"/>
       <c r="W119" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X119" s="29" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="Y119" s="32">
-        <v>44270</v>
+        <v>44271</v>
       </c>
       <c r="Z119" s="37">
-        <v>44272</v>
+        <v>44273</v>
       </c>
       <c r="AA119" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB119" s="29" t="s">
-        <v>1324</v>
+        <v>1386</v>
       </c>
       <c r="AC119" s="37">
-        <v>45825</v>
+        <v>45856</v>
       </c>
       <c r="AD119" s="37">
-        <v>45827</v>
+        <v>45860</v>
       </c>
       <c r="AE119" s="38"/>
       <c r="AF119" s="39"/>
       <c r="AG119" s="40"/>
       <c r="AH119" s="39"/>
       <c r="AI119" s="40"/>
       <c r="AJ119" s="39"/>
       <c r="AK119" s="41"/>
     </row>
-    <row r="120" spans="1:38" s="31" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A120" s="27">
         <v>114</v>
       </c>
       <c r="B120" s="28" t="s">
         <v>162</v>
       </c>
       <c r="C120" s="29">
-        <v>40003565893</v>
+        <v>43603049993</v>
       </c>
       <c r="D120" s="28" t="s">
+        <v>641</v>
+      </c>
+      <c r="E120" s="33" t="s">
         <v>642</v>
       </c>
-      <c r="E120" s="33" t="s">
+      <c r="F120" s="28" t="s">
         <v>643</v>
       </c>
-      <c r="F120" s="28" t="s">
+      <c r="G120" s="34" t="s">
         <v>644</v>
       </c>
-      <c r="G120" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H120" s="28" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
       <c r="I120" s="30" t="s">
-        <v>1012</v>
+        <v>913</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>1013</v>
+        <v>913</v>
       </c>
       <c r="K120" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="L120" s="28" t="s">
+        <v>902</v>
+      </c>
+      <c r="M120" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="L120" s="28" t="s">
-[...5 lines deleted...]
-      <c r="N120" s="30"/>
+      <c r="N120" s="30" t="s">
+        <v>1090</v>
+      </c>
       <c r="O120" s="5" t="s">
-        <v>895</v>
+        <v>1091</v>
       </c>
       <c r="P120" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q120" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R120" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S120" s="36" t="s">
-        <v>1542</v>
+        <v>1530</v>
       </c>
       <c r="T120" s="28"/>
       <c r="U120" s="28"/>
       <c r="V120" s="28"/>
       <c r="W120" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X120" s="29" t="s">
-        <v>1507</v>
+        <v>1531</v>
       </c>
       <c r="Y120" s="32">
-        <v>44271</v>
+        <v>44278</v>
       </c>
       <c r="Z120" s="37">
-        <v>44273</v>
+        <v>44280</v>
       </c>
       <c r="AA120" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB120" s="29" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
       <c r="AC120" s="37">
         <v>45856</v>
       </c>
       <c r="AD120" s="37">
         <v>45860</v>
       </c>
-      <c r="AE120" s="38"/>
-      <c r="AF120" s="39"/>
+      <c r="AE120" s="38">
+        <v>39785.800000000003</v>
+      </c>
+      <c r="AF120" s="39">
+        <v>45631</v>
+      </c>
       <c r="AG120" s="40"/>
       <c r="AH120" s="39"/>
       <c r="AI120" s="40"/>
       <c r="AJ120" s="39"/>
       <c r="AK120" s="41"/>
-      <c r="AL120" s="49"/>
     </row>
-    <row r="121" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:38" s="31" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="27">
         <v>115</v>
       </c>
       <c r="B121" s="28" t="s">
         <v>163</v>
       </c>
       <c r="C121" s="29">
-        <v>43603049993</v>
+        <v>40103291086</v>
       </c>
       <c r="D121" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="E121" s="33" t="s">
         <v>646</v>
       </c>
-      <c r="E121" s="33" t="s">
+      <c r="F121" s="28" t="s">
         <v>647</v>
       </c>
-      <c r="F121" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" s="34" t="s">
-        <v>649</v>
+        <v>234</v>
       </c>
       <c r="H121" s="28" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="I121" s="30" t="s">
-        <v>921</v>
+        <v>878</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>921</v>
+        <v>878</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L121" s="28" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="N121" s="30" t="s">
-        <v>1014</v>
+        <v>908</v>
       </c>
       <c r="O121" s="5" t="s">
-        <v>1015</v>
+        <v>909</v>
       </c>
       <c r="P121" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q121" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R121" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S121" s="36" t="s">
-        <v>1543</v>
+        <v>1532</v>
       </c>
       <c r="T121" s="28"/>
       <c r="U121" s="28"/>
       <c r="V121" s="28"/>
       <c r="W121" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X121" s="29" t="s">
-        <v>1544</v>
+        <v>1501</v>
       </c>
       <c r="Y121" s="32">
-        <v>44278</v>
+        <v>44280</v>
       </c>
       <c r="Z121" s="37">
-        <v>44280</v>
+        <v>44284</v>
       </c>
       <c r="AA121" s="28" t="s">
-        <v>1311</v>
+        <v>1400</v>
       </c>
       <c r="AB121" s="29" t="s">
-        <v>1399</v>
+        <v>1533</v>
       </c>
       <c r="AC121" s="37">
-        <v>45856</v>
+        <v>46014</v>
       </c>
       <c r="AD121" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>46021</v>
+      </c>
+      <c r="AE121" s="38"/>
+      <c r="AF121" s="39"/>
       <c r="AG121" s="40"/>
       <c r="AH121" s="39"/>
       <c r="AI121" s="40"/>
       <c r="AJ121" s="39"/>
-      <c r="AK121" s="47"/>
-      <c r="AL121" s="50"/>
+      <c r="AK121" s="41"/>
+      <c r="AL121" s="49"/>
     </row>
-    <row r="122" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="27">
         <v>116</v>
       </c>
       <c r="B122" s="28" t="s">
         <v>164</v>
       </c>
       <c r="C122" s="29">
-        <v>40103291086</v>
+        <v>40003692178</v>
       </c>
       <c r="D122" s="28" t="s">
+        <v>648</v>
+      </c>
+      <c r="E122" s="33" t="s">
+        <v>649</v>
+      </c>
+      <c r="F122" s="28" t="s">
         <v>650</v>
       </c>
-      <c r="E122" s="33" t="s">
+      <c r="G122" s="34" t="s">
         <v>651</v>
       </c>
-      <c r="F122" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H122" s="28" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="I122" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L122" s="28" t="s">
-        <v>914</v>
+        <v>1187</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>915</v>
+        <v>999</v>
       </c>
       <c r="N122" s="30" t="s">
-        <v>916</v>
+        <v>1092</v>
       </c>
       <c r="O122" s="5" t="s">
-        <v>917</v>
+        <v>1093</v>
       </c>
       <c r="P122" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q122" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R122" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S122" s="36" t="s">
-        <v>1545</v>
+        <v>1534</v>
       </c>
       <c r="T122" s="28"/>
       <c r="U122" s="28"/>
       <c r="V122" s="28"/>
       <c r="W122" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X122" s="29" t="s">
-        <v>1514</v>
+        <v>1535</v>
       </c>
       <c r="Y122" s="32">
-        <v>44280</v>
+        <v>44298</v>
       </c>
       <c r="Z122" s="37">
-        <v>44284</v>
+        <v>44300</v>
       </c>
       <c r="AA122" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB122" s="29" t="s">
-        <v>1480</v>
+        <v>1322</v>
       </c>
       <c r="AC122" s="37">
-        <v>45621</v>
+        <v>45954</v>
       </c>
       <c r="AD122" s="37">
-        <v>45623</v>
+        <v>45958</v>
       </c>
       <c r="AE122" s="38"/>
       <c r="AF122" s="39"/>
       <c r="AG122" s="40"/>
       <c r="AH122" s="39"/>
       <c r="AI122" s="40"/>
       <c r="AJ122" s="39"/>
-      <c r="AK122" s="47"/>
-      <c r="AL122" s="50"/>
+      <c r="AK122" s="41"/>
     </row>
     <row r="123" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A123" s="27">
         <v>117</v>
       </c>
       <c r="B123" s="28" t="s">
         <v>165</v>
       </c>
       <c r="C123" s="29">
-        <v>40003692178</v>
+        <v>40203280197</v>
       </c>
       <c r="D123" s="28" t="s">
+        <v>652</v>
+      </c>
+      <c r="E123" s="33" t="s">
         <v>653</v>
       </c>
-      <c r="E123" s="33" t="s">
+      <c r="F123" s="28" t="s">
         <v>654</v>
       </c>
-      <c r="F123" s="28" t="s">
+      <c r="G123" s="34" t="s">
         <v>655</v>
       </c>
-      <c r="G123" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H123" s="28" t="s">
-        <v>1195</v>
+        <v>1188</v>
       </c>
       <c r="I123" s="30" t="s">
-        <v>886</v>
+        <v>1054</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L123" s="28" t="s">
-        <v>1196</v>
+        <v>984</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>1007</v>
-[...3 lines deleted...]
-      </c>
+        <v>985</v>
+      </c>
+      <c r="N123" s="30"/>
       <c r="O123" s="5" t="s">
-        <v>1103</v>
+        <v>887</v>
       </c>
       <c r="P123" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q123" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R123" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S123" s="36" t="s">
-        <v>1546</v>
+        <v>1536</v>
       </c>
       <c r="T123" s="28"/>
       <c r="U123" s="28"/>
       <c r="V123" s="28"/>
       <c r="W123" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X123" s="29" t="s">
-        <v>1547</v>
+        <v>1537</v>
       </c>
       <c r="Y123" s="32">
-        <v>44298</v>
+        <v>44299</v>
       </c>
       <c r="Z123" s="37">
-        <v>44300</v>
+        <v>44301</v>
       </c>
       <c r="AA123" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB123" s="29" t="s">
-        <v>1332</v>
+        <v>1314</v>
       </c>
       <c r="AC123" s="37">
-        <v>45954</v>
+        <v>45825</v>
       </c>
       <c r="AD123" s="37">
-        <v>45958</v>
-[...2 lines deleted...]
-      <c r="AF123" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE123" s="38">
+        <v>39995.65</v>
+      </c>
+      <c r="AF123" s="39">
+        <v>45616</v>
+      </c>
       <c r="AG123" s="40"/>
       <c r="AH123" s="39"/>
       <c r="AI123" s="40"/>
       <c r="AJ123" s="39"/>
       <c r="AK123" s="47"/>
       <c r="AL123" s="50"/>
     </row>
     <row r="124" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A124" s="27">
         <v>118</v>
       </c>
       <c r="B124" s="28" t="s">
         <v>166</v>
       </c>
       <c r="C124" s="29">
-        <v>40203280197</v>
+        <v>40203086060</v>
       </c>
       <c r="D124" s="28" t="s">
+        <v>656</v>
+      </c>
+      <c r="E124" s="33" t="s">
         <v>657</v>
       </c>
-      <c r="E124" s="33" t="s">
+      <c r="F124" s="28" t="s">
         <v>658</v>
       </c>
-      <c r="F124" s="28" t="s">
+      <c r="G124" s="34" t="s">
         <v>659</v>
       </c>
-      <c r="G124" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H124" s="28" t="s">
-        <v>1197</v>
+        <v>656</v>
       </c>
       <c r="I124" s="30" t="s">
-        <v>1067</v>
+        <v>878</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>986</v>
+        <v>878</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L124" s="28" t="s">
-        <v>992</v>
+        <v>906</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>993</v>
-[...1 lines deleted...]
-      <c r="N124" s="30"/>
+        <v>907</v>
+      </c>
+      <c r="N124" s="30" t="s">
+        <v>908</v>
+      </c>
       <c r="O124" s="5" t="s">
-        <v>895</v>
+        <v>909</v>
       </c>
       <c r="P124" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q124" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R124" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S124" s="36" t="s">
-        <v>1548</v>
+        <v>1538</v>
       </c>
       <c r="T124" s="28"/>
       <c r="U124" s="28"/>
       <c r="V124" s="28"/>
       <c r="W124" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X124" s="29" t="s">
-        <v>1549</v>
+        <v>1505</v>
       </c>
       <c r="Y124" s="32">
         <v>44299</v>
       </c>
       <c r="Z124" s="37">
         <v>44301</v>
       </c>
       <c r="AA124" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB124" s="29" t="s">
-        <v>1324</v>
+        <v>1302</v>
       </c>
       <c r="AC124" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD124" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE124" s="38"/>
+      <c r="AF124" s="39"/>
       <c r="AG124" s="40"/>
       <c r="AH124" s="39"/>
       <c r="AI124" s="40"/>
       <c r="AJ124" s="39"/>
       <c r="AK124" s="47"/>
       <c r="AL124" s="50"/>
     </row>
     <row r="125" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="27">
         <v>119</v>
       </c>
       <c r="B125" s="28" t="s">
         <v>167</v>
       </c>
       <c r="C125" s="29">
-        <v>40203086060</v>
+        <v>40103180289</v>
       </c>
       <c r="D125" s="28" t="s">
+        <v>660</v>
+      </c>
+      <c r="E125" s="33" t="s">
         <v>661</v>
       </c>
-      <c r="E125" s="33" t="s">
+      <c r="F125" s="28" t="s">
         <v>662</v>
       </c>
-      <c r="F125" s="28" t="s">
+      <c r="G125" s="34" t="s">
         <v>663</v>
       </c>
-      <c r="G125" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H125" s="28" t="s">
-        <v>661</v>
+        <v>1189</v>
       </c>
       <c r="I125" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L125" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J125" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M125" s="5" t="s">
-        <v>915</v>
+        <v>882</v>
       </c>
       <c r="N125" s="30" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="O125" s="5" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="P125" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q125" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R125" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S125" s="36" t="s">
-        <v>1550</v>
+        <v>1539</v>
       </c>
       <c r="T125" s="28"/>
       <c r="U125" s="28"/>
       <c r="V125" s="28"/>
       <c r="W125" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X125" s="29" t="s">
-        <v>1518</v>
+        <v>1540</v>
       </c>
       <c r="Y125" s="32">
-        <v>44299</v>
+        <v>44312</v>
       </c>
       <c r="Z125" s="37">
-        <v>44301</v>
+        <v>44314</v>
       </c>
       <c r="AA125" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB125" s="29" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="AC125" s="37">
-        <v>45912</v>
+        <v>45825</v>
       </c>
       <c r="AD125" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF125" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE125" s="38">
+        <v>103851.42</v>
+      </c>
+      <c r="AF125" s="39">
+        <v>45680</v>
+      </c>
       <c r="AG125" s="40"/>
       <c r="AH125" s="39"/>
       <c r="AI125" s="40"/>
       <c r="AJ125" s="39"/>
       <c r="AK125" s="47"/>
       <c r="AL125" s="50"/>
     </row>
-    <row r="126" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="27">
         <v>120</v>
       </c>
       <c r="B126" s="28" t="s">
         <v>168</v>
       </c>
       <c r="C126" s="29">
-        <v>40103180289</v>
+        <v>40203310059</v>
       </c>
       <c r="D126" s="28" t="s">
+        <v>664</v>
+      </c>
+      <c r="E126" s="33" t="s">
         <v>665</v>
       </c>
-      <c r="E126" s="33" t="s">
+      <c r="F126" s="28" t="s">
         <v>666</v>
       </c>
-      <c r="F126" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G126" s="34" t="s">
-        <v>668</v>
+        <v>234</v>
       </c>
       <c r="H126" s="28" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="I126" s="30" t="s">
-        <v>886</v>
+        <v>1054</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L126" s="28" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="N126" s="30" t="s">
-        <v>916</v>
+        <v>1191</v>
       </c>
       <c r="O126" s="5" t="s">
-        <v>917</v>
+        <v>1192</v>
       </c>
       <c r="P126" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q126" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R126" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S126" s="36" t="s">
-        <v>1551</v>
+        <v>1541</v>
       </c>
       <c r="T126" s="28"/>
       <c r="U126" s="28"/>
       <c r="V126" s="28"/>
       <c r="W126" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X126" s="29" t="s">
-        <v>1552</v>
+        <v>1542</v>
       </c>
       <c r="Y126" s="32">
         <v>44312</v>
       </c>
       <c r="Z126" s="37">
         <v>44314</v>
       </c>
       <c r="AA126" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB126" s="29" t="s">
-        <v>1324</v>
+        <v>1314</v>
       </c>
       <c r="AC126" s="37">
         <v>45825</v>
       </c>
       <c r="AD126" s="37">
         <v>45827</v>
       </c>
-      <c r="AE126" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE126" s="38"/>
+      <c r="AF126" s="39"/>
       <c r="AG126" s="40"/>
       <c r="AH126" s="39"/>
       <c r="AI126" s="40"/>
       <c r="AJ126" s="39"/>
-      <c r="AK126" s="47"/>
-      <c r="AL126" s="50"/>
+      <c r="AK126" s="41"/>
     </row>
-    <row r="127" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:38" s="31" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="27">
         <v>121</v>
       </c>
       <c r="B127" s="28" t="s">
         <v>169</v>
       </c>
       <c r="C127" s="29">
-        <v>40203310059</v>
+        <v>40003769933</v>
       </c>
       <c r="D127" s="28" t="s">
+        <v>667</v>
+      </c>
+      <c r="E127" s="33" t="s">
+        <v>668</v>
+      </c>
+      <c r="F127" s="28" t="s">
         <v>669</v>
       </c>
-      <c r="E127" s="33" t="s">
+      <c r="G127" s="34" t="s">
         <v>670</v>
       </c>
-      <c r="F127" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H127" s="28" t="s">
-        <v>1199</v>
+        <v>667</v>
       </c>
       <c r="I127" s="30" t="s">
-        <v>1067</v>
+        <v>878</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>986</v>
+        <v>878</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L127" s="28" t="s">
-        <v>898</v>
+        <v>879</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="N127" s="30"/>
       <c r="O127" s="5" t="s">
-        <v>1201</v>
+        <v>887</v>
       </c>
       <c r="P127" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q127" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R127" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S127" s="36" t="s">
-        <v>1553</v>
+        <v>1543</v>
       </c>
       <c r="T127" s="28"/>
       <c r="U127" s="28"/>
       <c r="V127" s="28"/>
       <c r="W127" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X127" s="29" t="s">
-        <v>1554</v>
+        <v>1544</v>
       </c>
       <c r="Y127" s="32">
-        <v>44312</v>
+        <v>44313</v>
       </c>
       <c r="Z127" s="37">
-        <v>44314</v>
+        <v>44315</v>
       </c>
       <c r="AA127" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB127" s="29" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="AC127" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD127" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF127" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE127" s="38">
+        <v>23999.99</v>
+      </c>
+      <c r="AF127" s="39">
+        <v>45959</v>
+      </c>
       <c r="AG127" s="40"/>
       <c r="AH127" s="39"/>
       <c r="AI127" s="40"/>
       <c r="AJ127" s="39"/>
-      <c r="AK127" s="47"/>
-      <c r="AL127" s="50"/>
+      <c r="AK127" s="41"/>
+      <c r="AL127" s="49"/>
     </row>
     <row r="128" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="27">
         <v>122</v>
       </c>
       <c r="B128" s="28" t="s">
         <v>170</v>
       </c>
       <c r="C128" s="29">
-        <v>40003769933</v>
+        <v>40203266672</v>
       </c>
       <c r="D128" s="28" t="s">
+        <v>671</v>
+      </c>
+      <c r="E128" s="33" t="s">
         <v>672</v>
       </c>
-      <c r="E128" s="33" t="s">
+      <c r="F128" s="28" t="s">
         <v>673</v>
       </c>
-      <c r="F128" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G128" s="34" t="s">
-        <v>675</v>
+        <v>234</v>
       </c>
       <c r="H128" s="28" t="s">
-        <v>672</v>
+        <v>1193</v>
       </c>
       <c r="I128" s="30" t="s">
-        <v>886</v>
+        <v>1194</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>886</v>
+        <v>1045</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L128" s="28" t="s">
-        <v>887</v>
+        <v>1195</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="N128" s="30"/>
+        <v>1196</v>
+      </c>
+      <c r="N128" s="30" t="s">
+        <v>1131</v>
+      </c>
       <c r="O128" s="5" t="s">
-        <v>895</v>
+        <v>1132</v>
       </c>
       <c r="P128" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q128" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R128" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S128" s="36" t="s">
-        <v>1555</v>
-[...1 lines deleted...]
-      <c r="T128" s="28"/>
+        <v>1545</v>
+      </c>
+      <c r="T128" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="U128" s="28"/>
       <c r="V128" s="28"/>
       <c r="W128" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X128" s="29" t="s">
-        <v>1556</v>
+        <v>1546</v>
       </c>
       <c r="Y128" s="32">
         <v>44313</v>
       </c>
       <c r="Z128" s="37">
         <v>44315</v>
       </c>
       <c r="AA128" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB128" s="29" t="s">
         <v>1311</v>
       </c>
-      <c r="AB128" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC128" s="37">
-        <v>45896</v>
+        <v>45803</v>
       </c>
       <c r="AD128" s="37">
-        <v>45898</v>
+        <v>45805</v>
       </c>
       <c r="AE128" s="38">
-        <v>23999.99</v>
+        <v>39638.519999999997</v>
       </c>
       <c r="AF128" s="39">
-        <v>45959</v>
+        <v>45636</v>
       </c>
       <c r="AG128" s="40"/>
       <c r="AH128" s="39"/>
       <c r="AI128" s="40"/>
       <c r="AJ128" s="39"/>
       <c r="AK128" s="47"/>
       <c r="AL128" s="50"/>
     </row>
     <row r="129" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="27">
         <v>123</v>
       </c>
       <c r="B129" s="28" t="s">
         <v>171</v>
       </c>
       <c r="C129" s="29">
-        <v>40203266672</v>
+        <v>40203302742</v>
       </c>
       <c r="D129" s="28" t="s">
+        <v>674</v>
+      </c>
+      <c r="E129" s="33" t="s">
+        <v>675</v>
+      </c>
+      <c r="F129" s="28" t="s">
         <v>676</v>
       </c>
-      <c r="E129" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G129" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H129" s="28" t="s">
-        <v>1202</v>
+        <v>674</v>
       </c>
       <c r="I129" s="30" t="s">
-        <v>1203</v>
+        <v>878</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>1058</v>
+        <v>878</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L129" s="28" t="s">
-        <v>1204</v>
+        <v>1061</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>1205</v>
+        <v>1062</v>
       </c>
       <c r="N129" s="30" t="s">
-        <v>1141</v>
+        <v>908</v>
       </c>
       <c r="O129" s="5" t="s">
-        <v>1142</v>
+        <v>909</v>
       </c>
       <c r="P129" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q129" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R129" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S129" s="36" t="s">
-        <v>1557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1547</v>
+      </c>
+      <c r="T129" s="28"/>
       <c r="U129" s="28"/>
       <c r="V129" s="28"/>
       <c r="W129" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X129" s="29" t="s">
-        <v>1558</v>
+        <v>1548</v>
       </c>
       <c r="Y129" s="32">
-        <v>44313</v>
+        <v>44341</v>
       </c>
       <c r="Z129" s="37">
-        <v>44315</v>
+        <v>44343</v>
       </c>
       <c r="AA129" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB129" s="29" t="s">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="AC129" s="37">
-        <v>45803</v>
+        <v>45825</v>
       </c>
       <c r="AD129" s="37">
-        <v>45805</v>
+        <v>45827</v>
       </c>
       <c r="AE129" s="38">
-        <v>39638.519999999997</v>
+        <v>50314.94</v>
       </c>
       <c r="AF129" s="39">
-        <v>45636</v>
+        <v>45602</v>
       </c>
       <c r="AG129" s="40"/>
       <c r="AH129" s="39"/>
       <c r="AI129" s="40"/>
       <c r="AJ129" s="39"/>
       <c r="AK129" s="47"/>
       <c r="AL129" s="50"/>
     </row>
     <row r="130" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="27">
         <v>124</v>
       </c>
       <c r="B130" s="28" t="s">
         <v>172</v>
       </c>
       <c r="C130" s="29">
-        <v>40203302742</v>
+        <v>43603036236</v>
       </c>
       <c r="D130" s="28" t="s">
+        <v>677</v>
+      </c>
+      <c r="E130" s="33" t="s">
+        <v>678</v>
+      </c>
+      <c r="F130" s="28" t="s">
         <v>679</v>
       </c>
-      <c r="E130" s="33" t="s">
+      <c r="G130" s="34" t="s">
         <v>680</v>
       </c>
-      <c r="F130" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H130" s="28" t="s">
-        <v>679</v>
+        <v>1197</v>
       </c>
       <c r="I130" s="30" t="s">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L130" s="28" t="s">
-        <v>1074</v>
+        <v>902</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>1075</v>
-[...3 lines deleted...]
-      </c>
+        <v>903</v>
+      </c>
+      <c r="N130" s="30"/>
       <c r="O130" s="5" t="s">
-        <v>917</v>
+        <v>887</v>
       </c>
       <c r="P130" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q130" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R130" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S130" s="36" t="s">
-        <v>1559</v>
+        <v>1549</v>
       </c>
       <c r="T130" s="28"/>
       <c r="U130" s="28"/>
       <c r="V130" s="28"/>
       <c r="W130" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X130" s="29" t="s">
-        <v>1560</v>
+        <v>1550</v>
       </c>
       <c r="Y130" s="32">
-        <v>44341</v>
+        <v>44342</v>
       </c>
       <c r="Z130" s="37">
-        <v>44343</v>
+        <v>44344</v>
       </c>
       <c r="AA130" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB130" s="29" t="s">
-        <v>1324</v>
+        <v>1308</v>
       </c>
       <c r="AC130" s="37">
-        <v>45825</v>
+        <v>45973</v>
       </c>
       <c r="AD130" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE130" s="38"/>
+      <c r="AF130" s="39"/>
       <c r="AG130" s="40"/>
       <c r="AH130" s="39"/>
       <c r="AI130" s="40"/>
       <c r="AJ130" s="39"/>
       <c r="AK130" s="47"/>
       <c r="AL130" s="50"/>
     </row>
     <row r="131" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="27">
         <v>125</v>
       </c>
       <c r="B131" s="28" t="s">
         <v>173</v>
       </c>
       <c r="C131" s="29">
-        <v>43603036236</v>
+        <v>40003289189</v>
       </c>
       <c r="D131" s="28" t="s">
+        <v>681</v>
+      </c>
+      <c r="E131" s="33" t="s">
         <v>682</v>
       </c>
-      <c r="E131" s="33" t="s">
+      <c r="F131" s="28" t="s">
         <v>683</v>
       </c>
-      <c r="F131" s="28" t="s">
+      <c r="G131" s="34" t="s">
         <v>684</v>
       </c>
-      <c r="G131" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H131" s="28" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="I131" s="30" t="s">
-        <v>921</v>
+        <v>957</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>921</v>
+        <v>958</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>893</v>
+        <v>959</v>
       </c>
       <c r="L131" s="28" t="s">
-        <v>910</v>
+        <v>1049</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>911</v>
-[...1 lines deleted...]
-      <c r="N131" s="30"/>
+        <v>1050</v>
+      </c>
+      <c r="N131" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O131" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P131" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q131" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R131" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S131" s="36" t="s">
-        <v>1561</v>
+        <v>1551</v>
       </c>
       <c r="T131" s="28"/>
       <c r="U131" s="28"/>
       <c r="V131" s="28"/>
       <c r="W131" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X131" s="29" t="s">
-        <v>1562</v>
+        <v>1316</v>
       </c>
       <c r="Y131" s="32">
-        <v>44342</v>
+        <v>44424</v>
       </c>
       <c r="Z131" s="37">
-        <v>44344</v>
+        <v>44426</v>
       </c>
       <c r="AA131" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB131" s="29" t="s">
-        <v>1318</v>
+        <v>1337</v>
       </c>
       <c r="AC131" s="37">
-        <v>45973</v>
+        <v>45940</v>
       </c>
       <c r="AD131" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF131" s="39"/>
+        <v>45944</v>
+      </c>
+      <c r="AE131" s="38">
+        <v>198600</v>
+      </c>
+      <c r="AF131" s="39">
+        <v>45706</v>
+      </c>
       <c r="AG131" s="40"/>
       <c r="AH131" s="39"/>
       <c r="AI131" s="40"/>
       <c r="AJ131" s="39"/>
       <c r="AK131" s="47"/>
       <c r="AL131" s="50"/>
     </row>
     <row r="132" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A132" s="27">
         <v>126</v>
       </c>
       <c r="B132" s="28" t="s">
         <v>174</v>
       </c>
       <c r="C132" s="29">
-        <v>40003289189</v>
+        <v>40203335438</v>
       </c>
       <c r="D132" s="28" t="s">
+        <v>685</v>
+      </c>
+      <c r="E132" s="33" t="s">
         <v>686</v>
       </c>
-      <c r="E132" s="33" t="s">
+      <c r="F132" s="28" t="s">
         <v>687</v>
       </c>
-      <c r="F132" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G132" s="34" t="s">
-        <v>689</v>
+        <v>234</v>
       </c>
       <c r="H132" s="28" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="I132" s="30" t="s">
-        <v>965</v>
+        <v>1200</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>966</v>
+        <v>1089</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L132" s="28" t="s">
-        <v>1062</v>
+        <v>879</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>1063</v>
+        <v>880</v>
       </c>
       <c r="N132" s="30" t="s">
-        <v>887</v>
+        <v>970</v>
       </c>
       <c r="O132" s="5" t="s">
-        <v>888</v>
+        <v>971</v>
       </c>
       <c r="P132" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q132" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R132" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S132" s="36" t="s">
-        <v>1563</v>
+        <v>1552</v>
       </c>
       <c r="T132" s="28"/>
       <c r="U132" s="28"/>
       <c r="V132" s="28"/>
       <c r="W132" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X132" s="29" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="Y132" s="32">
-        <v>44424</v>
+        <v>44445</v>
       </c>
       <c r="Z132" s="37">
-        <v>44426</v>
+        <v>44447</v>
       </c>
       <c r="AA132" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB132" s="29" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="AC132" s="37">
         <v>45940</v>
       </c>
       <c r="AD132" s="37">
         <v>45944</v>
       </c>
-      <c r="AE132" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE132" s="38"/>
+      <c r="AF132" s="39"/>
       <c r="AG132" s="40"/>
       <c r="AH132" s="39"/>
       <c r="AI132" s="40"/>
       <c r="AJ132" s="39"/>
       <c r="AK132" s="47"/>
       <c r="AL132" s="50"/>
     </row>
     <row r="133" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A133" s="27">
         <v>127</v>
       </c>
       <c r="B133" s="28" t="s">
         <v>175</v>
       </c>
       <c r="C133" s="29">
-        <v>40203335438</v>
+        <v>40203320220</v>
       </c>
       <c r="D133" s="28" t="s">
+        <v>688</v>
+      </c>
+      <c r="E133" s="33" t="s">
+        <v>689</v>
+      </c>
+      <c r="F133" s="28" t="s">
         <v>690</v>
       </c>
-      <c r="E133" s="33" t="s">
+      <c r="G133" s="34" t="s">
         <v>691</v>
       </c>
-      <c r="F133" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H133" s="28" t="s">
-        <v>1208</v>
+        <v>1201</v>
       </c>
       <c r="I133" s="30" t="s">
-        <v>1209</v>
+        <v>883</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>1101</v>
+        <v>884</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="L133" s="28" t="s">
-        <v>887</v>
+        <v>1202</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>888</v>
+        <v>1203</v>
       </c>
       <c r="N133" s="30" t="s">
-        <v>978</v>
+        <v>936</v>
       </c>
       <c r="O133" s="5" t="s">
-        <v>979</v>
+        <v>937</v>
       </c>
       <c r="P133" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q133" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R133" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S133" s="36" t="s">
-        <v>1564</v>
+        <v>1553</v>
       </c>
       <c r="T133" s="28"/>
       <c r="U133" s="28"/>
       <c r="V133" s="28"/>
       <c r="W133" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X133" s="29" t="s">
-        <v>1334</v>
+        <v>1327</v>
       </c>
       <c r="Y133" s="32">
         <v>44445</v>
       </c>
       <c r="Z133" s="37">
         <v>44447</v>
       </c>
       <c r="AA133" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB133" s="29" t="s">
-        <v>1347</v>
+        <v>1305</v>
       </c>
       <c r="AC133" s="37">
-        <v>45940</v>
+        <v>45869</v>
       </c>
       <c r="AD133" s="37">
-        <v>45944</v>
+        <v>45873</v>
       </c>
       <c r="AE133" s="38"/>
       <c r="AF133" s="39"/>
       <c r="AG133" s="40"/>
       <c r="AH133" s="39"/>
       <c r="AI133" s="40"/>
       <c r="AJ133" s="39"/>
       <c r="AK133" s="47"/>
       <c r="AL133" s="50"/>
     </row>
     <row r="134" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="27">
         <v>128</v>
       </c>
       <c r="B134" s="28" t="s">
         <v>176</v>
       </c>
       <c r="C134" s="29">
-        <v>40203320220</v>
+        <v>40203338631</v>
       </c>
       <c r="D134" s="28" t="s">
+        <v>692</v>
+      </c>
+      <c r="E134" s="33" t="s">
         <v>693</v>
       </c>
-      <c r="E134" s="33" t="s">
+      <c r="F134" s="28" t="s">
         <v>694</v>
       </c>
-      <c r="F134" s="28" t="s">
+      <c r="G134" s="34" t="s">
         <v>695</v>
       </c>
-      <c r="G134" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H134" s="28" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="I134" s="30" t="s">
-        <v>891</v>
+        <v>878</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>892</v>
+        <v>878</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L134" s="28" t="s">
-        <v>1211</v>
+        <v>927</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>1212</v>
-[...3 lines deleted...]
-      </c>
+        <v>928</v>
+      </c>
+      <c r="N134" s="30"/>
       <c r="O134" s="5" t="s">
-        <v>945</v>
+        <v>887</v>
       </c>
       <c r="P134" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q134" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R134" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S134" s="36" t="s">
-        <v>1565</v>
+        <v>1554</v>
       </c>
       <c r="T134" s="28"/>
       <c r="U134" s="28"/>
       <c r="V134" s="28"/>
       <c r="W134" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X134" s="29" t="s">
-        <v>1337</v>
+        <v>1555</v>
       </c>
       <c r="Y134" s="32">
         <v>44445</v>
       </c>
       <c r="Z134" s="37">
         <v>44447</v>
       </c>
       <c r="AA134" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB134" s="29" t="s">
-        <v>1315</v>
+        <v>1366</v>
       </c>
       <c r="AC134" s="37">
-        <v>45869</v>
+        <v>46013</v>
       </c>
       <c r="AD134" s="37">
-        <v>45873</v>
+        <v>46020</v>
       </c>
       <c r="AE134" s="38"/>
       <c r="AF134" s="39"/>
       <c r="AG134" s="40"/>
       <c r="AH134" s="39"/>
       <c r="AI134" s="40"/>
       <c r="AJ134" s="39"/>
       <c r="AK134" s="47"/>
       <c r="AL134" s="50"/>
     </row>
     <row r="135" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="27">
         <v>129</v>
       </c>
       <c r="B135" s="28" t="s">
         <v>177</v>
       </c>
       <c r="C135" s="29">
-        <v>40203338631</v>
+        <v>40203340689</v>
       </c>
       <c r="D135" s="28" t="s">
+        <v>696</v>
+      </c>
+      <c r="E135" s="33" t="s">
         <v>697</v>
       </c>
-      <c r="E135" s="33" t="s">
+      <c r="F135" s="28" t="s">
         <v>698</v>
       </c>
-      <c r="F135" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G135" s="34" t="s">
-        <v>700</v>
+        <v>234</v>
       </c>
       <c r="H135" s="28" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
       <c r="I135" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L135" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J135" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M135" s="5" t="s">
-        <v>936</v>
-[...1 lines deleted...]
-      <c r="N135" s="30"/>
+        <v>882</v>
+      </c>
+      <c r="N135" s="30" t="s">
+        <v>908</v>
+      </c>
       <c r="O135" s="5" t="s">
-        <v>895</v>
+        <v>909</v>
       </c>
       <c r="P135" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q135" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R135" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S135" s="36" t="s">
-        <v>1566</v>
+        <v>1556</v>
       </c>
       <c r="T135" s="28"/>
       <c r="U135" s="28"/>
       <c r="V135" s="28"/>
       <c r="W135" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X135" s="29" t="s">
-        <v>1567</v>
+        <v>1557</v>
       </c>
       <c r="Y135" s="32">
-        <v>44445</v>
+        <v>44466</v>
       </c>
       <c r="Z135" s="37">
-        <v>44447</v>
+        <v>44468</v>
       </c>
       <c r="AA135" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB135" s="29" t="s">
         <v>1311</v>
       </c>
-      <c r="AB135" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC135" s="37">
-        <v>45555</v>
+        <v>45803</v>
       </c>
       <c r="AD135" s="37">
-        <v>45559</v>
+        <v>45805</v>
       </c>
       <c r="AE135" s="38"/>
       <c r="AF135" s="39"/>
       <c r="AG135" s="40"/>
       <c r="AH135" s="39"/>
       <c r="AI135" s="40"/>
       <c r="AJ135" s="39"/>
       <c r="AK135" s="47"/>
       <c r="AL135" s="50"/>
     </row>
     <row r="136" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="27">
         <v>130</v>
       </c>
       <c r="B136" s="28" t="s">
         <v>178</v>
       </c>
       <c r="C136" s="29">
-        <v>40203340689</v>
+        <v>40203302865</v>
       </c>
       <c r="D136" s="28" t="s">
+        <v>699</v>
+      </c>
+      <c r="E136" s="33" t="s">
+        <v>700</v>
+      </c>
+      <c r="F136" s="28" t="s">
         <v>701</v>
       </c>
-      <c r="E136" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G136" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H136" s="28" t="s">
-        <v>1214</v>
+        <v>1206</v>
       </c>
       <c r="I136" s="30" t="s">
-        <v>886</v>
+        <v>1207</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>886</v>
+        <v>911</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L136" s="28" t="s">
-        <v>894</v>
+        <v>879</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="N136" s="30" t="s">
-        <v>916</v>
+        <v>1208</v>
       </c>
       <c r="O136" s="5" t="s">
-        <v>917</v>
+        <v>1209</v>
       </c>
       <c r="P136" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q136" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R136" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S136" s="36" t="s">
-        <v>1568</v>
+        <v>1558</v>
       </c>
       <c r="T136" s="28"/>
       <c r="U136" s="28"/>
       <c r="V136" s="28"/>
       <c r="W136" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X136" s="29" t="s">
-        <v>1569</v>
+        <v>1559</v>
       </c>
       <c r="Y136" s="32">
-        <v>44466</v>
+        <v>44488</v>
       </c>
       <c r="Z136" s="37">
-        <v>44468</v>
+        <v>44490</v>
       </c>
       <c r="AA136" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB136" s="29" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="AC136" s="37">
-        <v>45803</v>
+        <v>45954</v>
       </c>
       <c r="AD136" s="37">
-        <v>45805</v>
+        <v>45958</v>
       </c>
       <c r="AE136" s="38"/>
       <c r="AF136" s="39"/>
       <c r="AG136" s="40"/>
       <c r="AH136" s="39"/>
       <c r="AI136" s="40"/>
       <c r="AJ136" s="39"/>
       <c r="AK136" s="47"/>
       <c r="AL136" s="50"/>
     </row>
     <row r="137" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A137" s="27">
         <v>131</v>
       </c>
       <c r="B137" s="28" t="s">
         <v>179</v>
       </c>
       <c r="C137" s="29">
-        <v>40203302865</v>
+        <v>40203347155</v>
       </c>
       <c r="D137" s="28" t="s">
+        <v>702</v>
+      </c>
+      <c r="E137" s="33" t="s">
+        <v>703</v>
+      </c>
+      <c r="F137" s="28" t="s">
         <v>704</v>
       </c>
-      <c r="E137" s="33" t="s">
+      <c r="G137" s="34" t="s">
         <v>705</v>
       </c>
-      <c r="F137" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H137" s="28" t="s">
-        <v>1215</v>
+        <v>1210</v>
       </c>
       <c r="I137" s="30" t="s">
-        <v>1216</v>
+        <v>1211</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>919</v>
+        <v>1045</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="L137" s="28" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M137" s="5" t="s">
+        <v>1213</v>
+      </c>
+      <c r="N137" s="30"/>
+      <c r="O137" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="M137" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P137" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q137" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R137" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S137" s="36" t="s">
-        <v>1570</v>
+        <v>1560</v>
       </c>
       <c r="T137" s="28"/>
       <c r="U137" s="28"/>
       <c r="V137" s="28"/>
       <c r="W137" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X137" s="29" t="s">
-        <v>1571</v>
+        <v>1561</v>
       </c>
       <c r="Y137" s="32">
-        <v>44488</v>
+        <v>44509</v>
       </c>
       <c r="Z137" s="37">
-        <v>44490</v>
+        <v>44511</v>
       </c>
       <c r="AA137" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB137" s="29" t="s">
-        <v>1332</v>
+        <v>1302</v>
       </c>
       <c r="AC137" s="37">
-        <v>45954</v>
+        <v>45912</v>
       </c>
       <c r="AD137" s="37">
-        <v>45958</v>
+        <v>45916</v>
       </c>
       <c r="AE137" s="38"/>
       <c r="AF137" s="39"/>
       <c r="AG137" s="40"/>
       <c r="AH137" s="39"/>
       <c r="AI137" s="40"/>
       <c r="AJ137" s="39"/>
       <c r="AK137" s="47"/>
       <c r="AL137" s="50"/>
     </row>
     <row r="138" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A138" s="27">
         <v>132</v>
       </c>
       <c r="B138" s="28" t="s">
         <v>180</v>
       </c>
       <c r="C138" s="29">
-        <v>40203347155</v>
+        <v>40203351860</v>
       </c>
       <c r="D138" s="28" t="s">
+        <v>706</v>
+      </c>
+      <c r="E138" s="33" t="s">
         <v>707</v>
       </c>
-      <c r="E138" s="33" t="s">
+      <c r="F138" s="28" t="s">
         <v>708</v>
       </c>
-      <c r="F138" s="28" t="s">
+      <c r="G138" s="34" t="s">
         <v>709</v>
       </c>
-      <c r="G138" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H138" s="28" t="s">
-        <v>1219</v>
+        <v>1214</v>
       </c>
       <c r="I138" s="30" t="s">
-        <v>1220</v>
+        <v>878</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>1058</v>
+        <v>878</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L138" s="28" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>1222</v>
-[...1 lines deleted...]
-      <c r="N138" s="30"/>
+        <v>981</v>
+      </c>
+      <c r="N138" s="30" t="s">
+        <v>1216</v>
+      </c>
       <c r="O138" s="5" t="s">
-        <v>895</v>
+        <v>1217</v>
       </c>
       <c r="P138" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q138" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R138" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S138" s="36" t="s">
-        <v>1572</v>
+        <v>1562</v>
       </c>
       <c r="T138" s="28"/>
       <c r="U138" s="28"/>
       <c r="V138" s="28"/>
       <c r="W138" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X138" s="29" t="s">
-        <v>1573</v>
+        <v>1563</v>
       </c>
       <c r="Y138" s="32">
         <v>44509</v>
       </c>
       <c r="Z138" s="37">
         <v>44511</v>
       </c>
       <c r="AA138" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB138" s="29" t="s">
         <v>1311</v>
       </c>
-      <c r="AB138" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC138" s="37">
-        <v>45912</v>
+        <v>45803</v>
       </c>
       <c r="AD138" s="37">
-        <v>45916</v>
+        <v>45805</v>
       </c>
       <c r="AE138" s="38"/>
       <c r="AF138" s="39"/>
       <c r="AG138" s="40"/>
       <c r="AH138" s="39"/>
       <c r="AI138" s="40"/>
       <c r="AJ138" s="39"/>
       <c r="AK138" s="47"/>
       <c r="AL138" s="50"/>
     </row>
     <row r="139" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="27">
         <v>133</v>
       </c>
       <c r="B139" s="28" t="s">
         <v>181</v>
       </c>
       <c r="C139" s="29">
-        <v>40203351860</v>
+        <v>40203353240</v>
       </c>
       <c r="D139" s="28" t="s">
+        <v>710</v>
+      </c>
+      <c r="E139" s="33" t="s">
         <v>711</v>
       </c>
-      <c r="E139" s="33" t="s">
+      <c r="F139" s="28" t="s">
         <v>712</v>
       </c>
-      <c r="F139" s="28" t="s">
+      <c r="G139" s="34" t="s">
         <v>713</v>
       </c>
-      <c r="G139" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H139" s="28" t="s">
-        <v>1223</v>
+        <v>710</v>
       </c>
       <c r="I139" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L139" s="28" t="s">
-        <v>1224</v>
+        <v>914</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>989</v>
+        <v>915</v>
       </c>
       <c r="N139" s="30" t="s">
-        <v>1225</v>
+        <v>954</v>
       </c>
       <c r="O139" s="5" t="s">
-        <v>1226</v>
+        <v>955</v>
       </c>
       <c r="P139" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q139" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R139" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S139" s="36" t="s">
-        <v>1574</v>
+        <v>1564</v>
       </c>
       <c r="T139" s="28"/>
       <c r="U139" s="28"/>
       <c r="V139" s="28"/>
       <c r="W139" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X139" s="29" t="s">
-        <v>1575</v>
+        <v>1565</v>
       </c>
       <c r="Y139" s="32">
         <v>44509</v>
       </c>
       <c r="Z139" s="37">
         <v>44511</v>
       </c>
       <c r="AA139" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB139" s="29" t="s">
-        <v>1321</v>
+        <v>1386</v>
       </c>
       <c r="AC139" s="37">
-        <v>45803</v>
+        <v>45856</v>
       </c>
       <c r="AD139" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-      <c r="AF139" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE139" s="38">
+        <v>53406.400000000001</v>
+      </c>
+      <c r="AF139" s="39">
+        <v>45588</v>
+      </c>
       <c r="AG139" s="40"/>
       <c r="AH139" s="39"/>
       <c r="AI139" s="40"/>
       <c r="AJ139" s="39"/>
       <c r="AK139" s="47"/>
       <c r="AL139" s="50"/>
     </row>
     <row r="140" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A140" s="27">
         <v>134</v>
       </c>
       <c r="B140" s="28" t="s">
         <v>182</v>
       </c>
       <c r="C140" s="29">
-        <v>40203353240</v>
+        <v>40003554480</v>
       </c>
       <c r="D140" s="28" t="s">
+        <v>714</v>
+      </c>
+      <c r="E140" s="33" t="s">
         <v>715</v>
       </c>
-      <c r="E140" s="33" t="s">
+      <c r="F140" s="28" t="s">
         <v>716</v>
       </c>
-      <c r="F140" s="28" t="s">
+      <c r="G140" s="34" t="s">
         <v>717</v>
       </c>
-      <c r="G140" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H140" s="28" t="s">
-        <v>715</v>
+        <v>1218</v>
       </c>
       <c r="I140" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L140" s="28" t="s">
-        <v>922</v>
+        <v>1219</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>923</v>
+        <v>1220</v>
       </c>
       <c r="N140" s="30" t="s">
-        <v>962</v>
+        <v>1006</v>
       </c>
       <c r="O140" s="5" t="s">
-        <v>963</v>
+        <v>1007</v>
       </c>
       <c r="P140" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q140" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R140" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S140" s="36" t="s">
-        <v>1576</v>
+        <v>1566</v>
       </c>
       <c r="T140" s="28"/>
       <c r="U140" s="28"/>
       <c r="V140" s="28"/>
       <c r="W140" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X140" s="29" t="s">
-        <v>1577</v>
+        <v>1342</v>
       </c>
       <c r="Y140" s="32">
-        <v>44509</v>
+        <v>44579</v>
       </c>
       <c r="Z140" s="37">
-        <v>44511</v>
+        <v>44581</v>
       </c>
       <c r="AA140" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB140" s="29" t="s">
-        <v>1399</v>
+        <v>1314</v>
       </c>
       <c r="AC140" s="37">
-        <v>45856</v>
+        <v>45825</v>
       </c>
       <c r="AD140" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE140" s="38"/>
+      <c r="AF140" s="39"/>
       <c r="AG140" s="40"/>
       <c r="AH140" s="39"/>
       <c r="AI140" s="40"/>
       <c r="AJ140" s="39"/>
       <c r="AK140" s="47"/>
       <c r="AL140" s="50"/>
     </row>
     <row r="141" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A141" s="27">
         <v>135</v>
       </c>
       <c r="B141" s="28" t="s">
         <v>183</v>
       </c>
       <c r="C141" s="29">
-        <v>40003554480</v>
+        <v>40203361661</v>
       </c>
       <c r="D141" s="28" t="s">
+        <v>718</v>
+      </c>
+      <c r="E141" s="33" t="s">
         <v>719</v>
       </c>
-      <c r="E141" s="33" t="s">
+      <c r="F141" s="28" t="s">
         <v>720</v>
       </c>
-      <c r="F141" s="28" t="s">
+      <c r="G141" s="34" t="s">
         <v>721</v>
       </c>
-      <c r="G141" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H141" s="28" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="I141" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L141" s="28" t="s">
-        <v>1228</v>
+        <v>1012</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1229</v>
+        <v>1013</v>
       </c>
       <c r="N141" s="30" t="s">
-        <v>1019</v>
+        <v>1222</v>
       </c>
       <c r="O141" s="5" t="s">
-        <v>1020</v>
+        <v>1223</v>
       </c>
       <c r="P141" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q141" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R141" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S141" s="36" t="s">
-        <v>1578</v>
+        <v>1567</v>
       </c>
       <c r="T141" s="28"/>
       <c r="U141" s="28"/>
       <c r="V141" s="28"/>
       <c r="W141" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X141" s="29" t="s">
-        <v>1352</v>
+        <v>1344</v>
       </c>
       <c r="Y141" s="32">
         <v>44579</v>
       </c>
       <c r="Z141" s="37">
         <v>44581</v>
       </c>
       <c r="AA141" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB141" s="29" t="s">
-        <v>1324</v>
+        <v>1314</v>
       </c>
       <c r="AC141" s="37">
         <v>45825</v>
       </c>
       <c r="AD141" s="37">
         <v>45827</v>
       </c>
       <c r="AE141" s="38"/>
       <c r="AF141" s="39"/>
       <c r="AG141" s="40"/>
       <c r="AH141" s="39"/>
       <c r="AI141" s="40"/>
       <c r="AJ141" s="39"/>
       <c r="AK141" s="47"/>
       <c r="AL141" s="50"/>
     </row>
     <row r="142" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="27">
         <v>136</v>
       </c>
       <c r="B142" s="28" t="s">
         <v>184</v>
       </c>
       <c r="C142" s="29">
-        <v>40203361661</v>
+        <v>50203372421</v>
       </c>
       <c r="D142" s="28" t="s">
+        <v>722</v>
+      </c>
+      <c r="E142" s="33" t="s">
         <v>723</v>
       </c>
-      <c r="E142" s="33" t="s">
+      <c r="F142" s="28" t="s">
         <v>724</v>
       </c>
-      <c r="F142" s="28" t="s">
+      <c r="G142" s="34" t="s">
         <v>725</v>
       </c>
-      <c r="G142" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H142" s="28" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="I142" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L142" s="28" t="s">
-        <v>1025</v>
+        <v>1157</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1026</v>
+        <v>915</v>
       </c>
       <c r="N142" s="30" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="O142" s="5" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="P142" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q142" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R142" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S142" s="36" t="s">
-        <v>1579</v>
+        <v>1568</v>
       </c>
       <c r="T142" s="28"/>
       <c r="U142" s="28"/>
       <c r="V142" s="28"/>
       <c r="W142" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X142" s="29" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="Y142" s="32">
-        <v>44579</v>
+        <v>44599</v>
       </c>
       <c r="Z142" s="37">
-        <v>44581</v>
+        <v>44601</v>
       </c>
       <c r="AA142" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB142" s="29" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="AC142" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD142" s="37">
-        <v>45827</v>
+        <v>45898</v>
       </c>
       <c r="AE142" s="38"/>
       <c r="AF142" s="39"/>
       <c r="AG142" s="40"/>
       <c r="AH142" s="39"/>
       <c r="AI142" s="40"/>
       <c r="AJ142" s="39"/>
       <c r="AK142" s="47"/>
       <c r="AL142" s="50"/>
     </row>
     <row r="143" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="27">
         <v>137</v>
       </c>
       <c r="B143" s="28" t="s">
         <v>185</v>
       </c>
       <c r="C143" s="29">
-        <v>50203372421</v>
+        <v>43603075657</v>
       </c>
       <c r="D143" s="28" t="s">
+        <v>726</v>
+      </c>
+      <c r="E143" s="33" t="s">
         <v>727</v>
       </c>
-      <c r="E143" s="33" t="s">
+      <c r="F143" s="28" t="s">
         <v>728</v>
       </c>
-      <c r="F143" s="28" t="s">
+      <c r="G143" s="34" t="s">
         <v>729</v>
       </c>
-      <c r="G143" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H143" s="28" t="s">
-        <v>1233</v>
+        <v>726</v>
       </c>
       <c r="I143" s="30" t="s">
-        <v>886</v>
+        <v>1211</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>886</v>
+        <v>1045</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L143" s="28" t="s">
-        <v>1167</v>
+        <v>1006</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>923</v>
-[...3 lines deleted...]
-      </c>
+        <v>1007</v>
+      </c>
+      <c r="N143" s="30"/>
       <c r="O143" s="5" t="s">
-        <v>1235</v>
+        <v>887</v>
       </c>
       <c r="P143" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q143" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R143" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S143" s="36" t="s">
-        <v>1580</v>
+        <v>1569</v>
       </c>
       <c r="T143" s="28"/>
       <c r="U143" s="28"/>
       <c r="V143" s="28"/>
       <c r="W143" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X143" s="29" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="Y143" s="32">
-        <v>44599</v>
+        <v>44600</v>
       </c>
       <c r="Z143" s="37">
-        <v>44601</v>
+        <v>44602</v>
       </c>
       <c r="AA143" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB143" s="29" t="s">
-        <v>1355</v>
+        <v>1305</v>
       </c>
       <c r="AC143" s="37">
-        <v>45896</v>
+        <v>45869</v>
       </c>
       <c r="AD143" s="37">
-        <v>45898</v>
+        <v>45873</v>
       </c>
       <c r="AE143" s="38"/>
       <c r="AF143" s="39"/>
       <c r="AG143" s="40"/>
       <c r="AH143" s="39"/>
       <c r="AI143" s="40"/>
       <c r="AJ143" s="39"/>
       <c r="AK143" s="47"/>
       <c r="AL143" s="50"/>
     </row>
     <row r="144" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A144" s="27">
         <v>138</v>
       </c>
       <c r="B144" s="28" t="s">
         <v>186</v>
       </c>
       <c r="C144" s="29">
-        <v>43603075657</v>
+        <v>40003254740</v>
       </c>
       <c r="D144" s="28" t="s">
+        <v>730</v>
+      </c>
+      <c r="E144" s="33" t="s">
         <v>731</v>
       </c>
-      <c r="E144" s="33" t="s">
+      <c r="F144" s="28" t="s">
         <v>732</v>
       </c>
-      <c r="F144" s="28" t="s">
+      <c r="G144" s="34" t="s">
         <v>733</v>
       </c>
-      <c r="G144" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H144" s="28" t="s">
-        <v>731</v>
+        <v>1227</v>
       </c>
       <c r="I144" s="30" t="s">
-        <v>1220</v>
+        <v>878</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>1058</v>
+        <v>878</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L144" s="28" t="s">
-        <v>1019</v>
+        <v>890</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1020</v>
-[...1 lines deleted...]
-      <c r="N144" s="30"/>
+        <v>891</v>
+      </c>
+      <c r="N144" s="30" t="s">
+        <v>1228</v>
+      </c>
       <c r="O144" s="5" t="s">
-        <v>895</v>
+        <v>1229</v>
       </c>
       <c r="P144" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q144" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R144" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S144" s="36" t="s">
-        <v>1581</v>
+        <v>1570</v>
       </c>
       <c r="T144" s="28"/>
       <c r="U144" s="28"/>
       <c r="V144" s="28"/>
       <c r="W144" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X144" s="29" t="s">
-        <v>1367</v>
+        <v>1353</v>
       </c>
       <c r="Y144" s="32">
         <v>44600</v>
       </c>
       <c r="Z144" s="37">
         <v>44602</v>
       </c>
       <c r="AA144" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB144" s="29" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="AC144" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD144" s="37">
-        <v>45873</v>
+        <v>45916</v>
       </c>
       <c r="AE144" s="38"/>
       <c r="AF144" s="39"/>
       <c r="AG144" s="40"/>
       <c r="AH144" s="39"/>
       <c r="AI144" s="40"/>
       <c r="AJ144" s="39"/>
       <c r="AK144" s="47"/>
       <c r="AL144" s="50"/>
     </row>
     <row r="145" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="27">
         <v>139</v>
       </c>
       <c r="B145" s="28" t="s">
         <v>187</v>
       </c>
       <c r="C145" s="29">
-        <v>40003254740</v>
+        <v>44103137988</v>
       </c>
       <c r="D145" s="28" t="s">
+        <v>734</v>
+      </c>
+      <c r="E145" s="33" t="s">
         <v>735</v>
       </c>
-      <c r="E145" s="33" t="s">
+      <c r="F145" s="28" t="s">
         <v>736</v>
       </c>
-      <c r="F145" s="28" t="s">
+      <c r="G145" s="34" t="s">
         <v>737</v>
       </c>
-      <c r="G145" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H145" s="28" t="s">
-        <v>1236</v>
+        <v>819</v>
       </c>
       <c r="I145" s="30" t="s">
-        <v>886</v>
+        <v>1230</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>886</v>
+        <v>1231</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L145" s="28" t="s">
-        <v>898</v>
+        <v>879</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>899</v>
+        <v>880</v>
       </c>
       <c r="N145" s="30" t="s">
-        <v>1237</v>
+        <v>914</v>
       </c>
       <c r="O145" s="5" t="s">
-        <v>1238</v>
+        <v>915</v>
       </c>
       <c r="P145" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q145" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R145" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S145" s="36" t="s">
-        <v>1582</v>
+        <v>1571</v>
       </c>
       <c r="T145" s="28"/>
       <c r="U145" s="28"/>
       <c r="V145" s="28"/>
       <c r="W145" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X145" s="29" t="s">
-        <v>1363</v>
+        <v>1372</v>
       </c>
       <c r="Y145" s="32">
-        <v>44600</v>
+        <v>44624</v>
       </c>
       <c r="Z145" s="37">
-        <v>44602</v>
+        <v>44628</v>
       </c>
       <c r="AA145" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB145" s="29" t="s">
         <v>1311</v>
       </c>
-      <c r="AB145" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC145" s="37">
-        <v>45912</v>
+        <v>45803</v>
       </c>
       <c r="AD145" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF145" s="39"/>
+        <v>45805</v>
+      </c>
+      <c r="AE145" s="38">
+        <v>48111.9</v>
+      </c>
+      <c r="AF145" s="39">
+        <v>45566</v>
+      </c>
       <c r="AG145" s="40"/>
       <c r="AH145" s="39"/>
       <c r="AI145" s="40"/>
       <c r="AJ145" s="39"/>
       <c r="AK145" s="47"/>
       <c r="AL145" s="50"/>
     </row>
     <row r="146" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A146" s="27">
         <v>140</v>
       </c>
       <c r="B146" s="28" t="s">
         <v>188</v>
       </c>
       <c r="C146" s="29">
-        <v>44103137988</v>
+        <v>44103011615</v>
       </c>
       <c r="D146" s="28" t="s">
+        <v>738</v>
+      </c>
+      <c r="E146" s="33" t="s">
         <v>739</v>
       </c>
-      <c r="E146" s="33" t="s">
+      <c r="F146" s="28" t="s">
         <v>740</v>
       </c>
-      <c r="F146" s="28" t="s">
+      <c r="G146" s="34" t="s">
         <v>741</v>
       </c>
-      <c r="G146" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H146" s="28" t="s">
-        <v>824</v>
+        <v>1232</v>
       </c>
       <c r="I146" s="30" t="s">
-        <v>1239</v>
+        <v>972</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>1240</v>
+        <v>973</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>903</v>
+        <v>959</v>
       </c>
       <c r="L146" s="28" t="s">
-        <v>887</v>
+        <v>1102</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>888</v>
+        <v>1103</v>
       </c>
       <c r="N146" s="30" t="s">
-        <v>922</v>
+        <v>1233</v>
       </c>
       <c r="O146" s="5" t="s">
-        <v>923</v>
+        <v>1234</v>
       </c>
       <c r="P146" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q146" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R146" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S146" s="36" t="s">
-        <v>1583</v>
+        <v>1572</v>
       </c>
       <c r="T146" s="28"/>
       <c r="U146" s="28"/>
       <c r="V146" s="28"/>
       <c r="W146" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X146" s="29" t="s">
-        <v>1382</v>
+        <v>1573</v>
       </c>
       <c r="Y146" s="32">
-        <v>44624</v>
+        <v>44649</v>
       </c>
       <c r="Z146" s="37">
-        <v>44628</v>
+        <v>44651</v>
       </c>
       <c r="AA146" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB146" s="29" t="s">
-        <v>1321</v>
+        <v>1314</v>
       </c>
       <c r="AC146" s="37">
-        <v>45803</v>
+        <v>45825</v>
       </c>
       <c r="AD146" s="37">
-        <v>45805</v>
+        <v>45827</v>
       </c>
       <c r="AE146" s="38">
-        <v>48111.9</v>
+        <v>146340</v>
       </c>
       <c r="AF146" s="39">
-        <v>45566</v>
+        <v>45720</v>
       </c>
       <c r="AG146" s="40"/>
       <c r="AH146" s="39"/>
       <c r="AI146" s="40"/>
       <c r="AJ146" s="39"/>
       <c r="AK146" s="47"/>
       <c r="AL146" s="50"/>
     </row>
     <row r="147" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A147" s="27">
         <v>141</v>
       </c>
       <c r="B147" s="28" t="s">
         <v>189</v>
       </c>
       <c r="C147" s="29">
-        <v>44103011615</v>
+        <v>40103802331</v>
       </c>
       <c r="D147" s="28" t="s">
+        <v>742</v>
+      </c>
+      <c r="E147" s="33" t="s">
         <v>743</v>
       </c>
-      <c r="E147" s="33" t="s">
+      <c r="F147" s="28" t="s">
         <v>744</v>
       </c>
-      <c r="F147" s="28" t="s">
+      <c r="G147" s="34" t="s">
         <v>745</v>
       </c>
-      <c r="G147" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H147" s="28" t="s">
-        <v>1241</v>
+        <v>1235</v>
       </c>
       <c r="I147" s="30" t="s">
-        <v>980</v>
+        <v>878</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>981</v>
+        <v>878</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L147" s="28" t="s">
-        <v>1112</v>
+        <v>962</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1113</v>
-[...3 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="N147" s="30"/>
       <c r="O147" s="5" t="s">
-        <v>1243</v>
+        <v>887</v>
       </c>
       <c r="P147" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q147" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R147" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S147" s="36" t="s">
-        <v>1584</v>
+        <v>1574</v>
       </c>
       <c r="T147" s="28"/>
       <c r="U147" s="28"/>
       <c r="V147" s="28"/>
       <c r="W147" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X147" s="29" t="s">
-        <v>1585</v>
+        <v>1365</v>
       </c>
       <c r="Y147" s="32">
-        <v>44649</v>
+        <v>44665</v>
       </c>
       <c r="Z147" s="37">
-        <v>44651</v>
+        <v>44671</v>
       </c>
       <c r="AA147" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB147" s="29" t="s">
-        <v>1324</v>
+        <v>1345</v>
       </c>
       <c r="AC147" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD147" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45898</v>
+      </c>
+      <c r="AE147" s="38"/>
+      <c r="AF147" s="39"/>
       <c r="AG147" s="40"/>
       <c r="AH147" s="39"/>
       <c r="AI147" s="40"/>
       <c r="AJ147" s="39"/>
       <c r="AK147" s="47"/>
       <c r="AL147" s="50"/>
     </row>
     <row r="148" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A148" s="27">
         <v>142</v>
       </c>
       <c r="B148" s="28" t="s">
         <v>190</v>
       </c>
       <c r="C148" s="29">
-        <v>40103802331</v>
+        <v>40003426537</v>
       </c>
       <c r="D148" s="28" t="s">
+        <v>746</v>
+      </c>
+      <c r="E148" s="33" t="s">
         <v>747</v>
       </c>
-      <c r="E148" s="33" t="s">
+      <c r="F148" s="28" t="s">
         <v>748</v>
       </c>
-      <c r="F148" s="28" t="s">
+      <c r="G148" s="34" t="s">
         <v>749</v>
       </c>
-      <c r="G148" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H148" s="28" t="s">
-        <v>1244</v>
+        <v>746</v>
       </c>
       <c r="I148" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L148" s="28" t="s">
-        <v>970</v>
+        <v>1065</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>905</v>
-[...1 lines deleted...]
-      <c r="N148" s="30"/>
+        <v>1066</v>
+      </c>
+      <c r="N148" s="30" t="s">
+        <v>1236</v>
+      </c>
       <c r="O148" s="5" t="s">
-        <v>895</v>
+        <v>1237</v>
       </c>
       <c r="P148" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q148" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R148" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S148" s="36" t="s">
-        <v>1586</v>
-[...2 lines deleted...]
-      <c r="U148" s="28"/>
+        <v>1575</v>
+      </c>
+      <c r="T148" s="28" t="s">
+        <v>1339</v>
+      </c>
+      <c r="U148" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="V148" s="28"/>
       <c r="W148" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X148" s="29" t="s">
-        <v>1375</v>
+        <v>1525</v>
       </c>
       <c r="Y148" s="32">
         <v>44665</v>
       </c>
       <c r="Z148" s="37">
         <v>44671</v>
       </c>
       <c r="AA148" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB148" s="29" t="s">
-        <v>1355</v>
+        <v>1345</v>
       </c>
       <c r="AC148" s="37">
         <v>45896</v>
       </c>
       <c r="AD148" s="37">
         <v>45898</v>
       </c>
-      <c r="AE148" s="38"/>
-      <c r="AF148" s="39"/>
+      <c r="AE148" s="38">
+        <v>134030.82</v>
+      </c>
+      <c r="AF148" s="39">
+        <v>45688</v>
+      </c>
       <c r="AG148" s="40"/>
       <c r="AH148" s="39"/>
       <c r="AI148" s="40"/>
       <c r="AJ148" s="39"/>
       <c r="AK148" s="47"/>
       <c r="AL148" s="50"/>
     </row>
     <row r="149" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A149" s="27">
         <v>143</v>
       </c>
       <c r="B149" s="28" t="s">
         <v>191</v>
       </c>
       <c r="C149" s="29">
-        <v>40003426537</v>
+        <v>40203342340</v>
       </c>
       <c r="D149" s="28" t="s">
+        <v>750</v>
+      </c>
+      <c r="E149" s="33" t="s">
         <v>751</v>
       </c>
-      <c r="E149" s="33" t="s">
+      <c r="F149" s="28" t="s">
         <v>752</v>
       </c>
-      <c r="F149" s="28" t="s">
+      <c r="G149" s="34" t="s">
         <v>753</v>
       </c>
-      <c r="G149" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H149" s="28" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="I149" s="30" t="s">
-        <v>886</v>
+        <v>1230</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>886</v>
+        <v>1231</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L149" s="28" t="s">
-        <v>1078</v>
+        <v>1009</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1079</v>
-[...3 lines deleted...]
-      </c>
+        <v>1010</v>
+      </c>
+      <c r="N149" s="30"/>
       <c r="O149" s="5" t="s">
-        <v>1246</v>
+        <v>887</v>
       </c>
       <c r="P149" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q149" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R149" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S149" s="36" t="s">
-        <v>1587</v>
-[...6 lines deleted...]
-      </c>
+        <v>1576</v>
+      </c>
+      <c r="T149" s="28"/>
+      <c r="U149" s="28"/>
       <c r="V149" s="28"/>
       <c r="W149" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X149" s="29" t="s">
-        <v>1538</v>
+        <v>1434</v>
       </c>
       <c r="Y149" s="32">
-        <v>44665</v>
+        <v>44690</v>
       </c>
       <c r="Z149" s="37">
-        <v>44671</v>
+        <v>44692</v>
       </c>
       <c r="AA149" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB149" s="29" t="s">
-        <v>1355</v>
+        <v>1386</v>
       </c>
       <c r="AC149" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD149" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45860</v>
+      </c>
+      <c r="AE149" s="38"/>
+      <c r="AF149" s="39"/>
       <c r="AG149" s="40"/>
       <c r="AH149" s="39"/>
       <c r="AI149" s="40"/>
       <c r="AJ149" s="39"/>
       <c r="AK149" s="47"/>
       <c r="AL149" s="50"/>
     </row>
     <row r="150" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A150" s="27">
         <v>144</v>
       </c>
       <c r="B150" s="28" t="s">
         <v>192</v>
       </c>
       <c r="C150" s="29">
-        <v>40203342340</v>
+        <v>40203083789</v>
       </c>
       <c r="D150" s="28" t="s">
+        <v>754</v>
+      </c>
+      <c r="E150" s="33" t="s">
         <v>755</v>
       </c>
-      <c r="E150" s="33" t="s">
+      <c r="F150" s="28" t="s">
         <v>756</v>
       </c>
-      <c r="F150" s="28" t="s">
+      <c r="G150" s="34" t="s">
         <v>757</v>
       </c>
-      <c r="G150" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H150" s="28" t="s">
-        <v>755</v>
+        <v>1238</v>
       </c>
       <c r="I150" s="30" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J150" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="K150" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="L150" s="28" t="s">
         <v>1239</v>
       </c>
-      <c r="J150" s="5" t="s">
+      <c r="M150" s="5" t="s">
         <v>1240</v>
       </c>
-      <c r="K150" s="5" t="s">
-[...8 lines deleted...]
-      <c r="N150" s="30"/>
+      <c r="N150" s="30" t="s">
+        <v>1241</v>
+      </c>
       <c r="O150" s="5" t="s">
-        <v>895</v>
+        <v>1242</v>
       </c>
       <c r="P150" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q150" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R150" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S150" s="36" t="s">
-        <v>1588</v>
-[...1 lines deleted...]
-      <c r="T150" s="28"/>
+        <v>1577</v>
+      </c>
+      <c r="T150" s="28" t="s">
+        <v>1578</v>
+      </c>
       <c r="U150" s="28"/>
       <c r="V150" s="28"/>
       <c r="W150" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X150" s="29" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
       <c r="Y150" s="32">
-        <v>44690</v>
+        <v>44718</v>
       </c>
       <c r="Z150" s="37">
-        <v>44692</v>
+        <v>44600</v>
       </c>
       <c r="AA150" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB150" s="29" t="s">
-        <v>1399</v>
+        <v>1308</v>
       </c>
       <c r="AC150" s="37">
-        <v>45856</v>
+        <v>45973</v>
       </c>
       <c r="AD150" s="37">
-        <v>45860</v>
+        <v>45975</v>
       </c>
       <c r="AE150" s="38"/>
       <c r="AF150" s="39"/>
       <c r="AG150" s="40"/>
       <c r="AH150" s="39"/>
       <c r="AI150" s="40"/>
       <c r="AJ150" s="39"/>
       <c r="AK150" s="47"/>
       <c r="AL150" s="50"/>
     </row>
     <row r="151" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A151" s="27">
         <v>145</v>
       </c>
       <c r="B151" s="28" t="s">
         <v>193</v>
       </c>
       <c r="C151" s="29">
-        <v>40203083789</v>
+        <v>50203393391</v>
       </c>
       <c r="D151" s="28" t="s">
+        <v>758</v>
+      </c>
+      <c r="E151" s="33" t="s">
         <v>759</v>
       </c>
-      <c r="E151" s="33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F151" s="28" t="s">
-        <v>761</v>
+        <v>234</v>
       </c>
       <c r="G151" s="34" t="s">
-        <v>762</v>
+        <v>234</v>
       </c>
       <c r="H151" s="28" t="s">
-        <v>1247</v>
+        <v>758</v>
       </c>
       <c r="I151" s="30" t="s">
-        <v>1239</v>
+        <v>1111</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>1240</v>
+        <v>1112</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>903</v>
+        <v>965</v>
       </c>
       <c r="L151" s="28" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="N151" s="30" t="s">
-        <v>1250</v>
+        <v>1245</v>
       </c>
       <c r="O151" s="5" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
       <c r="P151" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q151" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R151" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S151" s="36" t="s">
-        <v>1589</v>
-[...3 lines deleted...]
-      </c>
+        <v>1579</v>
+      </c>
+      <c r="T151" s="28"/>
       <c r="U151" s="28"/>
       <c r="V151" s="28"/>
       <c r="W151" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X151" s="29" t="s">
-        <v>1468</v>
+        <v>1457</v>
       </c>
       <c r="Y151" s="32">
         <v>44718</v>
       </c>
       <c r="Z151" s="37">
-        <v>44600</v>
+        <v>44720</v>
       </c>
       <c r="AA151" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB151" s="29" t="s">
-        <v>1318</v>
+        <v>1302</v>
       </c>
       <c r="AC151" s="37">
-        <v>45973</v>
+        <v>45912</v>
       </c>
       <c r="AD151" s="37">
-        <v>45975</v>
+        <v>45916</v>
       </c>
       <c r="AE151" s="38"/>
       <c r="AF151" s="39"/>
       <c r="AG151" s="40"/>
       <c r="AH151" s="39"/>
       <c r="AI151" s="40"/>
       <c r="AJ151" s="39"/>
       <c r="AK151" s="47"/>
       <c r="AL151" s="50"/>
     </row>
     <row r="152" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A152" s="27">
         <v>146</v>
       </c>
       <c r="B152" s="28" t="s">
         <v>194</v>
       </c>
       <c r="C152" s="29">
-        <v>50203393391</v>
+        <v>50203396951</v>
       </c>
       <c r="D152" s="28" t="s">
+        <v>760</v>
+      </c>
+      <c r="E152" s="33" t="s">
+        <v>761</v>
+      </c>
+      <c r="F152" s="28" t="s">
+        <v>762</v>
+      </c>
+      <c r="G152" s="34" t="s">
         <v>763</v>
       </c>
-      <c r="E152" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H152" s="28" t="s">
-        <v>763</v>
+        <v>1247</v>
       </c>
       <c r="I152" s="30" t="s">
-        <v>1121</v>
+        <v>878</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>1122</v>
+        <v>878</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L152" s="28" t="s">
-        <v>1252</v>
+        <v>879</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1253</v>
+        <v>880</v>
       </c>
       <c r="N152" s="30" t="s">
-        <v>1254</v>
+        <v>1215</v>
       </c>
       <c r="O152" s="5" t="s">
-        <v>1255</v>
+        <v>981</v>
       </c>
       <c r="P152" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q152" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R152" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S152" s="36" t="s">
-        <v>1591</v>
+        <v>1580</v>
       </c>
       <c r="T152" s="28"/>
       <c r="U152" s="28"/>
       <c r="V152" s="28"/>
       <c r="W152" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X152" s="29" t="s">
-        <v>1470</v>
+        <v>1581</v>
       </c>
       <c r="Y152" s="32">
         <v>44718</v>
       </c>
       <c r="Z152" s="37">
         <v>44720</v>
       </c>
       <c r="AA152" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB152" s="29" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
       <c r="AC152" s="37">
-        <v>45912</v>
+        <v>45973</v>
       </c>
       <c r="AD152" s="37">
-        <v>45916</v>
+        <v>45975</v>
       </c>
       <c r="AE152" s="38"/>
       <c r="AF152" s="39"/>
       <c r="AG152" s="40"/>
       <c r="AH152" s="39"/>
       <c r="AI152" s="40"/>
       <c r="AJ152" s="39"/>
       <c r="AK152" s="47"/>
       <c r="AL152" s="50"/>
     </row>
     <row r="153" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A153" s="27">
         <v>147</v>
       </c>
       <c r="B153" s="28" t="s">
         <v>195</v>
       </c>
       <c r="C153" s="29">
-        <v>50203396951</v>
+        <v>40203373586</v>
       </c>
       <c r="D153" s="28" t="s">
+        <v>764</v>
+      </c>
+      <c r="E153" s="33" t="s">
         <v>765</v>
       </c>
-      <c r="E153" s="33" t="s">
+      <c r="F153" s="28" t="s">
         <v>766</v>
       </c>
-      <c r="F153" s="28" t="s">
+      <c r="G153" s="34" t="s">
         <v>767</v>
       </c>
-      <c r="G153" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H153" s="28" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="I153" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K153" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L153" s="28" t="s">
         <v>886</v>
       </c>
-      <c r="J153" s="5" t="s">
-[...5 lines deleted...]
-      <c r="L153" s="28" t="s">
+      <c r="M153" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="N153" s="30"/>
+      <c r="O153" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="M153" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P153" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q153" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R153" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S153" s="36" t="s">
-        <v>1592</v>
+        <v>1582</v>
       </c>
       <c r="T153" s="28"/>
       <c r="U153" s="28"/>
       <c r="V153" s="28"/>
       <c r="W153" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X153" s="29" t="s">
-        <v>1593</v>
+        <v>1397</v>
       </c>
       <c r="Y153" s="32">
-        <v>44718</v>
+        <v>44719</v>
       </c>
       <c r="Z153" s="37">
-        <v>44720</v>
+        <v>44721</v>
       </c>
       <c r="AA153" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB153" s="29" t="s">
         <v>1311</v>
       </c>
-      <c r="AB153" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC153" s="37">
-        <v>45973</v>
+        <v>45803</v>
       </c>
       <c r="AD153" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF153" s="39"/>
+        <v>45805</v>
+      </c>
+      <c r="AE153" s="38" t="s">
+        <v>1636</v>
+      </c>
+      <c r="AF153" s="39">
+        <v>45873</v>
+      </c>
       <c r="AG153" s="40"/>
       <c r="AH153" s="39"/>
       <c r="AI153" s="40"/>
       <c r="AJ153" s="39"/>
       <c r="AK153" s="47"/>
       <c r="AL153" s="50"/>
     </row>
     <row r="154" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A154" s="27">
         <v>148</v>
       </c>
       <c r="B154" s="28" t="s">
         <v>196</v>
       </c>
       <c r="C154" s="29">
-        <v>40203373586</v>
+        <v>40103793753</v>
       </c>
       <c r="D154" s="28" t="s">
+        <v>768</v>
+      </c>
+      <c r="E154" s="33" t="s">
         <v>769</v>
       </c>
-      <c r="E154" s="33" t="s">
+      <c r="F154" s="28" t="s">
         <v>770</v>
       </c>
-      <c r="F154" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G154" s="34" t="s">
-        <v>772</v>
+        <v>234</v>
       </c>
       <c r="H154" s="28" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="I154" s="30" t="s">
-        <v>886</v>
+        <v>972</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>886</v>
+        <v>973</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L154" s="28" t="s">
-        <v>894</v>
+        <v>1113</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>890</v>
+        <v>1114</v>
       </c>
       <c r="N154" s="30"/>
       <c r="O154" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P154" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q154" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R154" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S154" s="36" t="s">
-        <v>1594</v>
-[...1 lines deleted...]
-      <c r="T154" s="28"/>
+        <v>1583</v>
+      </c>
+      <c r="T154" s="28" t="s">
+        <v>1584</v>
+      </c>
       <c r="U154" s="28"/>
       <c r="V154" s="28"/>
       <c r="W154" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X154" s="29" t="s">
-        <v>1410</v>
+        <v>1585</v>
       </c>
       <c r="Y154" s="32">
         <v>44719</v>
       </c>
       <c r="Z154" s="37">
         <v>44721</v>
       </c>
       <c r="AA154" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB154" s="29" t="s">
-        <v>1321</v>
+        <v>1302</v>
       </c>
       <c r="AC154" s="37">
-        <v>45803</v>
+        <v>45912</v>
       </c>
       <c r="AD154" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-        <v>1650</v>
+        <v>45916</v>
+      </c>
+      <c r="AE154" s="38">
+        <v>130260.1</v>
       </c>
       <c r="AF154" s="39">
-        <v>45873</v>
+        <v>45580</v>
       </c>
       <c r="AG154" s="40"/>
       <c r="AH154" s="39"/>
       <c r="AI154" s="40"/>
       <c r="AJ154" s="39"/>
       <c r="AK154" s="47"/>
       <c r="AL154" s="50"/>
     </row>
     <row r="155" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A155" s="27">
         <v>149</v>
       </c>
       <c r="B155" s="28" t="s">
         <v>197</v>
       </c>
       <c r="C155" s="29">
-        <v>40103793753</v>
+        <v>40203147670</v>
       </c>
       <c r="D155" s="28" t="s">
+        <v>771</v>
+      </c>
+      <c r="E155" s="33" t="s">
+        <v>772</v>
+      </c>
+      <c r="F155" s="28" t="s">
         <v>773</v>
       </c>
-      <c r="E155" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G155" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H155" s="28" t="s">
-        <v>1258</v>
+        <v>771</v>
       </c>
       <c r="I155" s="30" t="s">
-        <v>980</v>
+        <v>1250</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>981</v>
+        <v>1070</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L155" s="28" t="s">
-        <v>1123</v>
+        <v>1251</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1124</v>
-[...1 lines deleted...]
-      <c r="N155" s="30"/>
+        <v>1252</v>
+      </c>
+      <c r="N155" s="30" t="s">
+        <v>1253</v>
+      </c>
       <c r="O155" s="5" t="s">
-        <v>895</v>
+        <v>1254</v>
       </c>
       <c r="P155" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q155" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R155" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S155" s="36" t="s">
-        <v>1595</v>
-[...3 lines deleted...]
-      </c>
+        <v>1586</v>
+      </c>
+      <c r="T155" s="28"/>
       <c r="U155" s="28"/>
       <c r="V155" s="28"/>
       <c r="W155" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X155" s="29" t="s">
-        <v>1597</v>
+        <v>1587</v>
       </c>
       <c r="Y155" s="32">
-        <v>44719</v>
+        <v>44734</v>
       </c>
       <c r="Z155" s="37">
-        <v>44721</v>
+        <v>44740</v>
       </c>
       <c r="AA155" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB155" s="29" t="s">
-        <v>1312</v>
+        <v>1337</v>
       </c>
       <c r="AC155" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD155" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE155" s="38"/>
+      <c r="AF155" s="39"/>
       <c r="AG155" s="40"/>
       <c r="AH155" s="39"/>
       <c r="AI155" s="40"/>
       <c r="AJ155" s="39"/>
       <c r="AK155" s="47"/>
       <c r="AL155" s="50"/>
     </row>
     <row r="156" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A156" s="27">
         <v>150</v>
       </c>
       <c r="B156" s="28" t="s">
         <v>198</v>
       </c>
       <c r="C156" s="29">
-        <v>40203147670</v>
+        <v>40103541389</v>
       </c>
       <c r="D156" s="28" t="s">
+        <v>774</v>
+      </c>
+      <c r="E156" s="33" t="s">
+        <v>775</v>
+      </c>
+      <c r="F156" s="28" t="s">
         <v>776</v>
       </c>
-      <c r="E156" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G156" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H156" s="28" t="s">
-        <v>776</v>
+        <v>1255</v>
       </c>
       <c r="I156" s="30" t="s">
-        <v>1259</v>
+        <v>878</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>1013</v>
+        <v>878</v>
       </c>
       <c r="K156" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L156" s="28" t="s">
+        <v>902</v>
+      </c>
+      <c r="M156" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="L156" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N156" s="30" t="s">
-        <v>1262</v>
+        <v>998</v>
       </c>
       <c r="O156" s="5" t="s">
-        <v>1263</v>
+        <v>999</v>
       </c>
       <c r="P156" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q156" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R156" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S156" s="36" t="s">
-        <v>1598</v>
+        <v>1588</v>
       </c>
       <c r="T156" s="28"/>
       <c r="U156" s="28"/>
       <c r="V156" s="28"/>
       <c r="W156" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X156" s="29" t="s">
-        <v>1599</v>
+        <v>1589</v>
       </c>
       <c r="Y156" s="32">
-        <v>44734</v>
+        <v>44767</v>
       </c>
       <c r="Z156" s="37">
-        <v>44740</v>
+        <v>44769</v>
       </c>
       <c r="AA156" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB156" s="29" t="s">
-        <v>1347</v>
+        <v>1322</v>
       </c>
       <c r="AC156" s="37">
-        <v>45940</v>
+        <v>45954</v>
       </c>
       <c r="AD156" s="37">
-        <v>45944</v>
+        <v>45958</v>
       </c>
       <c r="AE156" s="38"/>
       <c r="AF156" s="39"/>
       <c r="AG156" s="40"/>
       <c r="AH156" s="39"/>
       <c r="AI156" s="40"/>
       <c r="AJ156" s="39"/>
       <c r="AK156" s="47"/>
       <c r="AL156" s="50"/>
     </row>
     <row r="157" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A157" s="27">
         <v>151</v>
       </c>
       <c r="B157" s="28" t="s">
         <v>199</v>
       </c>
       <c r="C157" s="29">
-        <v>40103541389</v>
+        <v>52103095071</v>
       </c>
       <c r="D157" s="28" t="s">
+        <v>777</v>
+      </c>
+      <c r="E157" s="33">
+        <v>29366654</v>
+      </c>
+      <c r="F157" s="28" t="s">
+        <v>778</v>
+      </c>
+      <c r="G157" s="34" t="s">
         <v>779</v>
       </c>
-      <c r="E157" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H157" s="28" t="s">
-        <v>1264</v>
+        <v>1256</v>
       </c>
       <c r="I157" s="30" t="s">
-        <v>886</v>
+        <v>1054</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L157" s="28" t="s">
-        <v>910</v>
+        <v>1025</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>911</v>
-[...3 lines deleted...]
-      </c>
+        <v>1026</v>
+      </c>
+      <c r="N157" s="30"/>
       <c r="O157" s="5" t="s">
-        <v>1007</v>
+        <v>887</v>
       </c>
       <c r="P157" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q157" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R157" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S157" s="36" t="s">
-        <v>1600</v>
+        <v>1590</v>
       </c>
       <c r="T157" s="28"/>
       <c r="U157" s="28"/>
       <c r="V157" s="28"/>
       <c r="W157" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X157" s="29" t="s">
-        <v>1601</v>
+        <v>1407</v>
       </c>
       <c r="Y157" s="32">
         <v>44767</v>
       </c>
       <c r="Z157" s="37">
         <v>44769</v>
       </c>
       <c r="AA157" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB157" s="29" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="AC157" s="37">
-        <v>45954</v>
+        <v>45896</v>
       </c>
       <c r="AD157" s="37">
-        <v>45958</v>
+        <v>45898</v>
       </c>
       <c r="AE157" s="38"/>
       <c r="AF157" s="39"/>
       <c r="AG157" s="40"/>
       <c r="AH157" s="39"/>
       <c r="AI157" s="40"/>
       <c r="AJ157" s="39"/>
       <c r="AK157" s="47"/>
       <c r="AL157" s="50"/>
     </row>
     <row r="158" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A158" s="27">
         <v>152</v>
       </c>
       <c r="B158" s="28" t="s">
         <v>200</v>
       </c>
       <c r="C158" s="29">
-        <v>52103095071</v>
+        <v>40203405631</v>
       </c>
       <c r="D158" s="28" t="s">
+        <v>780</v>
+      </c>
+      <c r="E158" s="33" t="s">
+        <v>781</v>
+      </c>
+      <c r="F158" s="28" t="s">
         <v>782</v>
       </c>
-      <c r="E158" s="33">
-[...2 lines deleted...]
-      <c r="F158" s="28" t="s">
+      <c r="G158" s="34" t="s">
         <v>783</v>
       </c>
-      <c r="G158" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H158" s="28" t="s">
-        <v>1265</v>
+        <v>1257</v>
       </c>
       <c r="I158" s="30" t="s">
-        <v>1067</v>
+        <v>878</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>986</v>
+        <v>878</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L158" s="28" t="s">
-        <v>1038</v>
+        <v>1258</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1039</v>
-[...1 lines deleted...]
-      <c r="N158" s="30"/>
+        <v>1259</v>
+      </c>
+      <c r="N158" s="30" t="s">
+        <v>1090</v>
+      </c>
       <c r="O158" s="5" t="s">
-        <v>895</v>
+        <v>1091</v>
       </c>
       <c r="P158" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q158" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R158" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S158" s="36" t="s">
-        <v>1602</v>
+        <v>1591</v>
       </c>
       <c r="T158" s="28"/>
       <c r="U158" s="28"/>
       <c r="V158" s="28"/>
       <c r="W158" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X158" s="29" t="s">
-        <v>1420</v>
+        <v>1409</v>
       </c>
       <c r="Y158" s="32">
         <v>44767</v>
       </c>
       <c r="Z158" s="37">
         <v>44769</v>
       </c>
       <c r="AA158" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB158" s="29" t="s">
-        <v>1355</v>
+        <v>1308</v>
       </c>
       <c r="AC158" s="37">
-        <v>45896</v>
+        <v>45973</v>
       </c>
       <c r="AD158" s="37">
-        <v>45898</v>
-[...2 lines deleted...]
-      <c r="AF158" s="39"/>
+        <v>45975</v>
+      </c>
+      <c r="AE158" s="38">
+        <v>40000</v>
+      </c>
+      <c r="AF158" s="39">
+        <v>45715</v>
+      </c>
       <c r="AG158" s="40"/>
       <c r="AH158" s="39"/>
       <c r="AI158" s="40"/>
       <c r="AJ158" s="39"/>
       <c r="AK158" s="47"/>
       <c r="AL158" s="50"/>
     </row>
     <row r="159" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A159" s="27">
         <v>153</v>
       </c>
       <c r="B159" s="28" t="s">
         <v>201</v>
       </c>
       <c r="C159" s="29">
-        <v>40203405631</v>
+        <v>40203415485</v>
       </c>
       <c r="D159" s="28" t="s">
+        <v>784</v>
+      </c>
+      <c r="E159" s="33" t="s">
         <v>785</v>
       </c>
-      <c r="E159" s="33" t="s">
+      <c r="F159" s="28" t="s">
         <v>786</v>
       </c>
-      <c r="F159" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G159" s="34" t="s">
-        <v>788</v>
+        <v>234</v>
       </c>
       <c r="H159" s="28" t="s">
-        <v>1266</v>
+        <v>784</v>
       </c>
       <c r="I159" s="30" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L159" s="28" t="s">
-        <v>1267</v>
+        <v>994</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1268</v>
+        <v>995</v>
       </c>
       <c r="N159" s="30" t="s">
-        <v>1014</v>
+        <v>974</v>
       </c>
       <c r="O159" s="5" t="s">
-        <v>1015</v>
+        <v>975</v>
       </c>
       <c r="P159" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q159" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R159" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S159" s="36" t="s">
-        <v>1603</v>
+        <v>1592</v>
       </c>
       <c r="T159" s="28"/>
       <c r="U159" s="28"/>
       <c r="V159" s="28"/>
       <c r="W159" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X159" s="29" t="s">
-        <v>1422</v>
+        <v>1593</v>
       </c>
       <c r="Y159" s="32">
-        <v>44767</v>
+        <v>44785</v>
       </c>
       <c r="Z159" s="37">
-        <v>44769</v>
+        <v>44789</v>
       </c>
       <c r="AA159" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB159" s="29" t="s">
-        <v>1318</v>
+        <v>1337</v>
       </c>
       <c r="AC159" s="37">
-        <v>45973</v>
+        <v>45940</v>
       </c>
       <c r="AD159" s="37">
-        <v>45975</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE159" s="38"/>
+      <c r="AF159" s="39"/>
       <c r="AG159" s="40"/>
       <c r="AH159" s="39"/>
       <c r="AI159" s="40"/>
       <c r="AJ159" s="39"/>
       <c r="AK159" s="47"/>
       <c r="AL159" s="50"/>
     </row>
     <row r="160" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A160" s="27">
         <v>154</v>
       </c>
       <c r="B160" s="28" t="s">
         <v>202</v>
       </c>
       <c r="C160" s="29">
-        <v>40203415485</v>
+        <v>50203364551</v>
       </c>
       <c r="D160" s="28" t="s">
+        <v>787</v>
+      </c>
+      <c r="E160" s="33" t="s">
+        <v>788</v>
+      </c>
+      <c r="F160" s="28" t="s">
         <v>789</v>
       </c>
-      <c r="E160" s="33" t="s">
+      <c r="G160" s="34" t="s">
         <v>790</v>
       </c>
-      <c r="F160" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H160" s="28" t="s">
-        <v>789</v>
+        <v>787</v>
       </c>
       <c r="I160" s="30" t="s">
-        <v>901</v>
+        <v>878</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>902</v>
+        <v>878</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L160" s="28" t="s">
-        <v>1002</v>
+        <v>886</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1003</v>
-[...3 lines deleted...]
-      </c>
+        <v>882</v>
+      </c>
+      <c r="N160" s="30"/>
       <c r="O160" s="5" t="s">
-        <v>983</v>
+        <v>887</v>
       </c>
       <c r="P160" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q160" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R160" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S160" s="36" t="s">
-        <v>1604</v>
-[...1 lines deleted...]
-      <c r="T160" s="28"/>
+        <v>1594</v>
+      </c>
+      <c r="T160" s="28" t="s">
+        <v>1595</v>
+      </c>
       <c r="U160" s="28"/>
       <c r="V160" s="28"/>
       <c r="W160" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X160" s="29" t="s">
-        <v>1605</v>
+        <v>1411</v>
       </c>
       <c r="Y160" s="32">
         <v>44785</v>
       </c>
       <c r="Z160" s="37">
         <v>44789</v>
       </c>
       <c r="AA160" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB160" s="29" t="s">
-        <v>1347</v>
+        <v>1596</v>
       </c>
       <c r="AC160" s="37">
-        <v>45940</v>
+        <v>45973</v>
       </c>
       <c r="AD160" s="37">
-        <v>45944</v>
+        <v>45975</v>
       </c>
       <c r="AE160" s="38"/>
       <c r="AF160" s="39"/>
       <c r="AG160" s="40"/>
       <c r="AH160" s="39"/>
       <c r="AI160" s="40"/>
       <c r="AJ160" s="39"/>
       <c r="AK160" s="47"/>
       <c r="AL160" s="50"/>
     </row>
     <row r="161" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A161" s="27">
         <v>155</v>
       </c>
       <c r="B161" s="28" t="s">
         <v>203</v>
       </c>
       <c r="C161" s="29">
-        <v>50203364551</v>
+        <v>40203410774</v>
       </c>
       <c r="D161" s="28" t="s">
+        <v>791</v>
+      </c>
+      <c r="E161" s="33" t="s">
         <v>792</v>
       </c>
-      <c r="E161" s="33" t="s">
+      <c r="F161" s="28" t="s">
         <v>793</v>
       </c>
-      <c r="F161" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G161" s="34" t="s">
-        <v>795</v>
+        <v>234</v>
       </c>
       <c r="H161" s="28" t="s">
-        <v>792</v>
+        <v>791</v>
       </c>
       <c r="I161" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L161" s="28" t="s">
-        <v>894</v>
+        <v>954</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>890</v>
+        <v>955</v>
       </c>
       <c r="N161" s="30"/>
       <c r="O161" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P161" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q161" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R161" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S161" s="36" t="s">
-        <v>1606</v>
-[...3 lines deleted...]
-      </c>
+        <v>1597</v>
+      </c>
+      <c r="T161" s="28"/>
       <c r="U161" s="28"/>
       <c r="V161" s="28"/>
       <c r="W161" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X161" s="29" t="s">
-        <v>1424</v>
+        <v>1415</v>
       </c>
       <c r="Y161" s="32">
         <v>44785</v>
       </c>
       <c r="Z161" s="37">
         <v>44789</v>
       </c>
       <c r="AA161" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB161" s="29" t="s">
         <v>1311</v>
       </c>
-      <c r="AB161" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC161" s="37">
-        <v>45973</v>
+        <v>45803</v>
       </c>
       <c r="AD161" s="37">
-        <v>45975</v>
+        <v>45805</v>
       </c>
       <c r="AE161" s="38"/>
       <c r="AF161" s="39"/>
       <c r="AG161" s="40"/>
       <c r="AH161" s="39"/>
       <c r="AI161" s="40"/>
       <c r="AJ161" s="39"/>
       <c r="AK161" s="47"/>
       <c r="AL161" s="50"/>
     </row>
     <row r="162" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A162" s="27">
         <v>156</v>
       </c>
       <c r="B162" s="28" t="s">
         <v>204</v>
       </c>
       <c r="C162" s="29">
-        <v>40203410774</v>
+        <v>40203408303</v>
       </c>
       <c r="D162" s="28" t="s">
+        <v>794</v>
+      </c>
+      <c r="E162" s="33" t="s">
+        <v>795</v>
+      </c>
+      <c r="F162" s="28" t="s">
         <v>796</v>
       </c>
-      <c r="E162" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G162" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H162" s="28" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="I162" s="30" t="s">
-        <v>886</v>
+        <v>1260</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L162" s="28" t="s">
         <v>962</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>963</v>
-[...1 lines deleted...]
-      <c r="N162" s="30"/>
+        <v>897</v>
+      </c>
+      <c r="N162" s="30" t="s">
+        <v>1261</v>
+      </c>
       <c r="O162" s="5" t="s">
-        <v>895</v>
+        <v>971</v>
       </c>
       <c r="P162" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q162" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R162" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S162" s="36" t="s">
-        <v>1609</v>
+        <v>1598</v>
       </c>
       <c r="T162" s="28"/>
       <c r="U162" s="28"/>
       <c r="V162" s="28"/>
       <c r="W162" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X162" s="29" t="s">
-        <v>1428</v>
+        <v>1478</v>
       </c>
       <c r="Y162" s="32">
-        <v>44785</v>
+        <v>44803</v>
       </c>
       <c r="Z162" s="37">
-        <v>44789</v>
+        <v>44805</v>
       </c>
       <c r="AA162" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB162" s="29" t="s">
-        <v>1321</v>
+        <v>1305</v>
       </c>
       <c r="AC162" s="37">
-        <v>45803</v>
+        <v>45869</v>
       </c>
       <c r="AD162" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-      <c r="AF162" s="39"/>
+        <v>45873</v>
+      </c>
+      <c r="AE162" s="38">
+        <v>39999.599999999999</v>
+      </c>
+      <c r="AF162" s="39">
+        <v>45840</v>
+      </c>
       <c r="AG162" s="40"/>
       <c r="AH162" s="39"/>
       <c r="AI162" s="40"/>
       <c r="AJ162" s="39"/>
       <c r="AK162" s="47"/>
       <c r="AL162" s="50"/>
     </row>
     <row r="163" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A163" s="27">
         <v>157</v>
       </c>
       <c r="B163" s="28" t="s">
         <v>205</v>
       </c>
       <c r="C163" s="29">
-        <v>40203408303</v>
+        <v>40203275158</v>
       </c>
       <c r="D163" s="28" t="s">
+        <v>797</v>
+      </c>
+      <c r="E163" s="33" t="s">
+        <v>798</v>
+      </c>
+      <c r="F163" s="28" t="s">
         <v>799</v>
       </c>
-      <c r="E163" s="33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G163" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H163" s="28" t="s">
-        <v>799</v>
+        <v>1262</v>
       </c>
       <c r="I163" s="30" t="s">
-        <v>1269</v>
+        <v>1069</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>886</v>
+        <v>1070</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L163" s="28" t="s">
-        <v>970</v>
+        <v>1263</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>905</v>
-[...3 lines deleted...]
-      </c>
+        <v>1264</v>
+      </c>
+      <c r="N163" s="30"/>
       <c r="O163" s="5" t="s">
-        <v>979</v>
+        <v>887</v>
       </c>
       <c r="P163" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q163" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R163" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S163" s="36" t="s">
-        <v>1610</v>
+        <v>1599</v>
       </c>
       <c r="T163" s="28"/>
       <c r="U163" s="28"/>
       <c r="V163" s="28"/>
       <c r="W163" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X163" s="29" t="s">
-        <v>1491</v>
+        <v>1600</v>
       </c>
       <c r="Y163" s="32">
-        <v>44803</v>
+        <v>44804</v>
       </c>
       <c r="Z163" s="37">
-        <v>44805</v>
+        <v>44806</v>
       </c>
       <c r="AA163" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB163" s="29" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="AC163" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD163" s="37">
-        <v>45873</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE163" s="38"/>
+      <c r="AF163" s="39"/>
       <c r="AG163" s="40"/>
       <c r="AH163" s="39"/>
       <c r="AI163" s="40"/>
       <c r="AJ163" s="39"/>
       <c r="AK163" s="47"/>
       <c r="AL163" s="50"/>
     </row>
     <row r="164" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A164" s="27">
         <v>158</v>
       </c>
       <c r="B164" s="28" t="s">
         <v>206</v>
       </c>
       <c r="C164" s="29">
-        <v>40203275158</v>
+        <v>40203414846</v>
       </c>
       <c r="D164" s="28" t="s">
+        <v>800</v>
+      </c>
+      <c r="E164" s="33" t="s">
+        <v>801</v>
+      </c>
+      <c r="F164" s="28" t="s">
         <v>802</v>
       </c>
-      <c r="E164" s="33" t="s">
+      <c r="G164" s="34" t="s">
         <v>803</v>
       </c>
-      <c r="F164" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H164" s="28" t="s">
-        <v>1271</v>
+        <v>800</v>
       </c>
       <c r="I164" s="30" t="s">
-        <v>1082</v>
+        <v>977</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>1013</v>
+        <v>978</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>903</v>
+        <v>959</v>
       </c>
       <c r="L164" s="28" t="s">
-        <v>1272</v>
+        <v>1157</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1273</v>
-[...1 lines deleted...]
-      <c r="N164" s="30"/>
+        <v>915</v>
+      </c>
+      <c r="N164" s="30" t="s">
+        <v>1074</v>
+      </c>
       <c r="O164" s="5" t="s">
-        <v>895</v>
+        <v>1075</v>
       </c>
       <c r="P164" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q164" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R164" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S164" s="36" t="s">
-        <v>1611</v>
+        <v>1601</v>
       </c>
       <c r="T164" s="28"/>
       <c r="U164" s="28"/>
       <c r="V164" s="28"/>
       <c r="W164" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X164" s="29" t="s">
-        <v>1612</v>
+        <v>1602</v>
       </c>
       <c r="Y164" s="32">
-        <v>44804</v>
+        <v>44813</v>
       </c>
       <c r="Z164" s="37">
-        <v>44806</v>
+        <v>44817</v>
       </c>
       <c r="AA164" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB164" s="29" t="s">
-        <v>1312</v>
+        <v>1305</v>
       </c>
       <c r="AC164" s="37">
-        <v>45912</v>
+        <v>45869</v>
       </c>
       <c r="AD164" s="37">
-        <v>45916</v>
+        <v>45873</v>
       </c>
       <c r="AE164" s="38"/>
       <c r="AF164" s="39"/>
       <c r="AG164" s="40"/>
       <c r="AH164" s="39"/>
       <c r="AI164" s="40"/>
       <c r="AJ164" s="39"/>
       <c r="AK164" s="47"/>
       <c r="AL164" s="50"/>
     </row>
     <row r="165" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A165" s="27">
         <v>159</v>
       </c>
       <c r="B165" s="28" t="s">
         <v>207</v>
       </c>
       <c r="C165" s="29">
-        <v>40203414846</v>
+        <v>40203308694</v>
       </c>
       <c r="D165" s="28" t="s">
+        <v>804</v>
+      </c>
+      <c r="E165" s="33" t="s">
         <v>805</v>
       </c>
-      <c r="E165" s="33" t="s">
+      <c r="F165" s="28" t="s">
         <v>806</v>
       </c>
-      <c r="F165" s="28" t="s">
+      <c r="G165" s="34" t="s">
         <v>807</v>
       </c>
-      <c r="G165" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H165" s="28" t="s">
-        <v>805</v>
+        <v>1265</v>
       </c>
       <c r="I165" s="30" t="s">
-        <v>985</v>
+        <v>972</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>986</v>
+        <v>973</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L165" s="28" t="s">
-        <v>1167</v>
+        <v>896</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>923</v>
+        <v>897</v>
       </c>
       <c r="N165" s="30" t="s">
-        <v>1086</v>
+        <v>1266</v>
       </c>
       <c r="O165" s="5" t="s">
-        <v>1087</v>
+        <v>971</v>
       </c>
       <c r="P165" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q165" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R165" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S165" s="36" t="s">
-        <v>1613</v>
+        <v>1603</v>
       </c>
       <c r="T165" s="28"/>
       <c r="U165" s="28"/>
       <c r="V165" s="28"/>
       <c r="W165" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X165" s="29" t="s">
-        <v>1614</v>
+        <v>1604</v>
       </c>
       <c r="Y165" s="32">
-        <v>44813</v>
+        <v>44830</v>
       </c>
       <c r="Z165" s="37">
-        <v>44817</v>
+        <v>44832</v>
       </c>
       <c r="AA165" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB165" s="29" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="AC165" s="37">
-        <v>45869</v>
+        <v>45954</v>
       </c>
       <c r="AD165" s="37">
-        <v>45873</v>
+        <v>45958</v>
       </c>
       <c r="AE165" s="38"/>
       <c r="AF165" s="39"/>
       <c r="AG165" s="40"/>
       <c r="AH165" s="39"/>
       <c r="AI165" s="40"/>
       <c r="AJ165" s="39"/>
       <c r="AK165" s="47"/>
       <c r="AL165" s="50"/>
     </row>
     <row r="166" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="27">
         <v>160</v>
       </c>
       <c r="B166" s="28" t="s">
         <v>208</v>
       </c>
       <c r="C166" s="29">
-        <v>40203308694</v>
+        <v>40203415663</v>
       </c>
       <c r="D166" s="28" t="s">
+        <v>808</v>
+      </c>
+      <c r="E166" s="33" t="s">
         <v>809</v>
       </c>
-      <c r="E166" s="33" t="s">
+      <c r="F166" s="28" t="s">
         <v>810</v>
       </c>
-      <c r="F166" s="28" t="s">
+      <c r="G166" s="34" t="s">
         <v>811</v>
       </c>
-      <c r="G166" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H166" s="28" t="s">
-        <v>1274</v>
+        <v>808</v>
       </c>
       <c r="I166" s="30" t="s">
-        <v>980</v>
+        <v>878</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>981</v>
+        <v>878</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L166" s="28" t="s">
-        <v>904</v>
+        <v>888</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>905</v>
+        <v>889</v>
       </c>
       <c r="N166" s="30" t="s">
-        <v>1275</v>
+        <v>1092</v>
       </c>
       <c r="O166" s="5" t="s">
-        <v>979</v>
+        <v>1093</v>
       </c>
       <c r="P166" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q166" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R166" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S166" s="36" t="s">
-        <v>1615</v>
+        <v>1605</v>
       </c>
       <c r="T166" s="28"/>
       <c r="U166" s="28"/>
       <c r="V166" s="28"/>
       <c r="W166" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X166" s="29" t="s">
-        <v>1616</v>
+        <v>1606</v>
       </c>
       <c r="Y166" s="32">
-        <v>44830</v>
+        <v>44831</v>
       </c>
       <c r="Z166" s="37">
-        <v>44832</v>
+        <v>44833</v>
       </c>
       <c r="AA166" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB166" s="29" t="s">
-        <v>1332</v>
+        <v>1308</v>
       </c>
       <c r="AC166" s="37">
-        <v>45954</v>
+        <v>45973</v>
       </c>
       <c r="AD166" s="37">
-        <v>45958</v>
+        <v>45975</v>
       </c>
       <c r="AE166" s="38"/>
       <c r="AF166" s="39"/>
       <c r="AG166" s="40"/>
       <c r="AH166" s="39"/>
       <c r="AI166" s="40"/>
       <c r="AJ166" s="39"/>
       <c r="AK166" s="47"/>
       <c r="AL166" s="50"/>
     </row>
     <row r="167" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A167" s="27">
         <v>161</v>
       </c>
       <c r="B167" s="28" t="s">
         <v>209</v>
       </c>
       <c r="C167" s="29">
-        <v>40203415663</v>
+        <v>40203184677</v>
       </c>
       <c r="D167" s="28" t="s">
+        <v>812</v>
+      </c>
+      <c r="E167" s="33" t="s">
         <v>813</v>
       </c>
-      <c r="E167" s="33" t="s">
+      <c r="F167" s="28" t="s">
         <v>814</v>
       </c>
-      <c r="F167" s="28" t="s">
+      <c r="G167" s="34" t="s">
         <v>815</v>
       </c>
-      <c r="G167" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H167" s="28" t="s">
-        <v>813</v>
+        <v>1267</v>
       </c>
       <c r="I167" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L167" s="28" t="s">
-        <v>896</v>
+        <v>888</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>897</v>
+        <v>889</v>
       </c>
       <c r="N167" s="30" t="s">
-        <v>1102</v>
+        <v>1090</v>
       </c>
       <c r="O167" s="5" t="s">
-        <v>1103</v>
+        <v>1091</v>
       </c>
       <c r="P167" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q167" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R167" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S167" s="36" t="s">
-        <v>1617</v>
+        <v>1607</v>
       </c>
       <c r="T167" s="28"/>
       <c r="U167" s="28"/>
       <c r="V167" s="28"/>
       <c r="W167" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X167" s="29" t="s">
-        <v>1618</v>
+        <v>1542</v>
       </c>
       <c r="Y167" s="32">
-        <v>44831</v>
+        <v>44848</v>
       </c>
       <c r="Z167" s="37">
-        <v>44833</v>
+        <v>44852</v>
       </c>
       <c r="AA167" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB167" s="29" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="AC167" s="37">
-        <v>45973</v>
+        <v>45954</v>
       </c>
       <c r="AD167" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF167" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE167" s="38">
+        <v>39569.01</v>
+      </c>
+      <c r="AF167" s="39">
+        <v>45621</v>
+      </c>
       <c r="AG167" s="40"/>
       <c r="AH167" s="39"/>
       <c r="AI167" s="40"/>
       <c r="AJ167" s="39"/>
       <c r="AK167" s="47"/>
       <c r="AL167" s="50"/>
     </row>
     <row r="168" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A168" s="27">
         <v>162</v>
       </c>
       <c r="B168" s="28" t="s">
         <v>210</v>
       </c>
       <c r="C168" s="29">
-        <v>40203184677</v>
+        <v>40203359652</v>
       </c>
       <c r="D168" s="28" t="s">
+        <v>816</v>
+      </c>
+      <c r="E168" s="33" t="s">
         <v>817</v>
       </c>
-      <c r="E168" s="33" t="s">
+      <c r="F168" s="28" t="s">
         <v>818</v>
       </c>
-      <c r="F168" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G168" s="34" t="s">
-        <v>820</v>
+        <v>234</v>
       </c>
       <c r="H168" s="28" t="s">
-        <v>1276</v>
+        <v>1268</v>
       </c>
       <c r="I168" s="30" t="s">
-        <v>886</v>
+        <v>1269</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L168" s="28" t="s">
-        <v>896</v>
+        <v>1270</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>897</v>
-[...3 lines deleted...]
-      </c>
+        <v>1271</v>
+      </c>
+      <c r="N168" s="30"/>
       <c r="O168" s="5" t="s">
-        <v>1015</v>
+        <v>887</v>
       </c>
       <c r="P168" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q168" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R168" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S168" s="36" t="s">
-        <v>1619</v>
+        <v>1608</v>
       </c>
       <c r="T168" s="28"/>
       <c r="U168" s="28"/>
       <c r="V168" s="28"/>
       <c r="W168" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X168" s="29" t="s">
-        <v>1554</v>
+        <v>1609</v>
       </c>
       <c r="Y168" s="32">
-        <v>44848</v>
+        <v>44868</v>
       </c>
       <c r="Z168" s="37">
-        <v>44852</v>
+        <v>44872</v>
       </c>
       <c r="AA168" s="28" t="s">
-        <v>1311</v>
+        <v>1400</v>
       </c>
       <c r="AB168" s="29" t="s">
-        <v>1332</v>
+        <v>1610</v>
       </c>
       <c r="AC168" s="37">
-        <v>45954</v>
+        <v>46014</v>
       </c>
       <c r="AD168" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>46021</v>
+      </c>
+      <c r="AE168" s="38"/>
+      <c r="AF168" s="39"/>
       <c r="AG168" s="40"/>
       <c r="AH168" s="39"/>
       <c r="AI168" s="40"/>
       <c r="AJ168" s="39"/>
       <c r="AK168" s="47"/>
       <c r="AL168" s="50"/>
     </row>
     <row r="169" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A169" s="27">
         <v>163</v>
       </c>
       <c r="B169" s="28" t="s">
         <v>211</v>
       </c>
       <c r="C169" s="29">
-        <v>40203359652</v>
+        <v>40203399000</v>
       </c>
       <c r="D169" s="28" t="s">
+        <v>819</v>
+      </c>
+      <c r="E169" s="33" t="s">
+        <v>735</v>
+      </c>
+      <c r="F169" s="28" t="s">
+        <v>820</v>
+      </c>
+      <c r="G169" s="34" t="s">
         <v>821</v>
       </c>
-      <c r="E169" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H169" s="28" t="s">
-        <v>1277</v>
+        <v>819</v>
       </c>
       <c r="I169" s="30" t="s">
-        <v>1278</v>
+        <v>1230</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>986</v>
+        <v>1231</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L169" s="28" t="s">
-        <v>1279</v>
+        <v>960</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="N169" s="30"/>
+        <v>961</v>
+      </c>
+      <c r="N169" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O169" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P169" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q169" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R169" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S169" s="36" t="s">
-        <v>1620</v>
+        <v>1611</v>
       </c>
       <c r="T169" s="28"/>
       <c r="U169" s="28"/>
       <c r="V169" s="28"/>
       <c r="W169" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X169" s="29" t="s">
-        <v>1621</v>
+        <v>1612</v>
       </c>
       <c r="Y169" s="32">
-        <v>44868</v>
+        <v>44890</v>
       </c>
       <c r="Z169" s="37">
-        <v>44872</v>
+        <v>44894</v>
       </c>
       <c r="AA169" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB169" s="29" t="s">
-        <v>1622</v>
+        <v>1386</v>
       </c>
       <c r="AC169" s="37">
-        <v>45600</v>
+        <v>45856</v>
       </c>
       <c r="AD169" s="37">
-        <v>45602</v>
+        <v>45860</v>
       </c>
       <c r="AE169" s="38"/>
       <c r="AF169" s="39"/>
       <c r="AG169" s="40"/>
       <c r="AH169" s="39"/>
       <c r="AI169" s="40"/>
       <c r="AJ169" s="39"/>
       <c r="AK169" s="47"/>
       <c r="AL169" s="50"/>
     </row>
     <row r="170" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A170" s="27">
         <v>164</v>
       </c>
       <c r="B170" s="28" t="s">
         <v>212</v>
       </c>
       <c r="C170" s="29">
-        <v>40203399000</v>
+        <v>40203385161</v>
       </c>
       <c r="D170" s="28" t="s">
+        <v>822</v>
+      </c>
+      <c r="E170" s="33" t="s">
+        <v>823</v>
+      </c>
+      <c r="F170" s="28" t="s">
         <v>824</v>
       </c>
-      <c r="E170" s="33" t="s">
-[...2 lines deleted...]
-      <c r="F170" s="28" t="s">
+      <c r="G170" s="34" t="s">
         <v>825</v>
       </c>
-      <c r="G170" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H170" s="28" t="s">
-        <v>824</v>
+        <v>794</v>
       </c>
       <c r="I170" s="30" t="s">
-        <v>1239</v>
+        <v>878</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>1240</v>
+        <v>878</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L170" s="28" t="s">
-        <v>968</v>
+        <v>886</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>969</v>
+        <v>882</v>
       </c>
       <c r="N170" s="30" t="s">
-        <v>887</v>
+        <v>916</v>
       </c>
       <c r="O170" s="5" t="s">
-        <v>888</v>
+        <v>917</v>
       </c>
       <c r="P170" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q170" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R170" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S170" s="36" t="s">
-        <v>1623</v>
+        <v>1613</v>
       </c>
       <c r="T170" s="28"/>
       <c r="U170" s="28"/>
       <c r="V170" s="28"/>
       <c r="W170" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X170" s="29" t="s">
-        <v>1624</v>
+        <v>1334</v>
       </c>
       <c r="Y170" s="32">
-        <v>44890</v>
+        <v>44915</v>
       </c>
       <c r="Z170" s="37">
-        <v>44894</v>
+        <v>44917</v>
       </c>
       <c r="AA170" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB170" s="29" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
       <c r="AC170" s="37">
         <v>45856</v>
       </c>
       <c r="AD170" s="37">
         <v>45860</v>
       </c>
-      <c r="AE170" s="38"/>
-      <c r="AF170" s="39"/>
+      <c r="AE170" s="38">
+        <v>39999.29</v>
+      </c>
+      <c r="AF170" s="39">
+        <v>45729</v>
+      </c>
       <c r="AG170" s="40"/>
       <c r="AH170" s="39"/>
       <c r="AI170" s="40"/>
       <c r="AJ170" s="39"/>
       <c r="AK170" s="47"/>
       <c r="AL170" s="50"/>
     </row>
     <row r="171" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A171" s="27">
         <v>165</v>
       </c>
       <c r="B171" s="28" t="s">
         <v>213</v>
       </c>
       <c r="C171" s="29">
-        <v>40203385161</v>
+        <v>40203438454</v>
       </c>
       <c r="D171" s="28" t="s">
+        <v>826</v>
+      </c>
+      <c r="E171" s="33" t="s">
         <v>827</v>
       </c>
-      <c r="E171" s="33" t="s">
+      <c r="F171" s="28" t="s">
         <v>828</v>
       </c>
-      <c r="F171" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G171" s="34" t="s">
-        <v>830</v>
+        <v>234</v>
       </c>
       <c r="H171" s="28" t="s">
-        <v>799</v>
+        <v>1272</v>
       </c>
       <c r="I171" s="30" t="s">
-        <v>886</v>
+        <v>1069</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>886</v>
+        <v>1070</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L171" s="28" t="s">
-        <v>894</v>
+        <v>1273</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>890</v>
+        <v>1274</v>
       </c>
       <c r="N171" s="30" t="s">
-        <v>924</v>
+        <v>1119</v>
       </c>
       <c r="O171" s="5" t="s">
-        <v>925</v>
+        <v>1120</v>
       </c>
       <c r="P171" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q171" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R171" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S171" s="36" t="s">
-        <v>1625</v>
+        <v>1614</v>
       </c>
       <c r="T171" s="28"/>
       <c r="U171" s="28"/>
       <c r="V171" s="28"/>
       <c r="W171" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X171" s="29" t="s">
-        <v>1344</v>
+        <v>1340</v>
       </c>
       <c r="Y171" s="32">
-        <v>44915</v>
+        <v>44916</v>
       </c>
       <c r="Z171" s="37">
-        <v>44917</v>
-[...18 lines deleted...]
-      </c>
+        <v>44918</v>
+      </c>
+      <c r="AA171" s="28"/>
+      <c r="AB171" s="29"/>
+      <c r="AC171" s="37"/>
+      <c r="AD171" s="37"/>
+      <c r="AE171" s="38"/>
+      <c r="AF171" s="39"/>
       <c r="AG171" s="40"/>
       <c r="AH171" s="39"/>
       <c r="AI171" s="40"/>
       <c r="AJ171" s="39"/>
       <c r="AK171" s="47"/>
       <c r="AL171" s="50"/>
     </row>
     <row r="172" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A172" s="27">
         <v>166</v>
       </c>
       <c r="B172" s="28" t="s">
         <v>214</v>
       </c>
       <c r="C172" s="29">
-        <v>40203438454</v>
+        <v>43603065837</v>
       </c>
       <c r="D172" s="28" t="s">
+        <v>829</v>
+      </c>
+      <c r="E172" s="33" t="s">
+        <v>830</v>
+      </c>
+      <c r="F172" s="28" t="s">
         <v>831</v>
       </c>
-      <c r="E172" s="33" t="s">
+      <c r="G172" s="34" t="s">
         <v>832</v>
       </c>
-      <c r="F172" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H172" s="28" t="s">
-        <v>1281</v>
+        <v>1275</v>
       </c>
       <c r="I172" s="30" t="s">
-        <v>1082</v>
+        <v>913</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1013</v>
+        <v>913</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="L172" s="28" t="s">
-        <v>1282</v>
+        <v>879</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1283</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="N172" s="30"/>
       <c r="O172" s="5" t="s">
-        <v>1130</v>
+        <v>887</v>
       </c>
       <c r="P172" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q172" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R172" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S172" s="36" t="s">
-        <v>1626</v>
+        <v>1615</v>
       </c>
       <c r="T172" s="28"/>
       <c r="U172" s="28"/>
       <c r="V172" s="28"/>
       <c r="W172" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X172" s="29" t="s">
-        <v>1350</v>
+        <v>1616</v>
       </c>
       <c r="Y172" s="32">
-        <v>44916</v>
+        <v>45009</v>
       </c>
       <c r="Z172" s="37">
-        <v>44918</v>
-[...4 lines deleted...]
-      <c r="AD172" s="37"/>
+        <v>45013</v>
+      </c>
+      <c r="AA172" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB172" s="29" t="s">
+        <v>1311</v>
+      </c>
+      <c r="AC172" s="37">
+        <v>45803</v>
+      </c>
+      <c r="AD172" s="37">
+        <v>45805</v>
+      </c>
       <c r="AE172" s="38"/>
       <c r="AF172" s="39"/>
       <c r="AG172" s="40"/>
       <c r="AH172" s="39"/>
       <c r="AI172" s="40"/>
       <c r="AJ172" s="39"/>
       <c r="AK172" s="47"/>
       <c r="AL172" s="50"/>
     </row>
     <row r="173" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A173" s="27">
         <v>167</v>
       </c>
       <c r="B173" s="28" t="s">
         <v>215</v>
       </c>
       <c r="C173" s="29">
-        <v>43603065837</v>
+        <v>40203466513</v>
       </c>
       <c r="D173" s="28" t="s">
+        <v>833</v>
+      </c>
+      <c r="E173" s="33" t="s">
         <v>834</v>
       </c>
-      <c r="E173" s="33" t="s">
+      <c r="F173" s="28" t="s">
         <v>835</v>
       </c>
-      <c r="F173" s="28" t="s">
+      <c r="G173" s="34" t="s">
         <v>836</v>
       </c>
-      <c r="G173" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H173" s="28" t="s">
-        <v>1284</v>
+        <v>1276</v>
       </c>
       <c r="I173" s="30" t="s">
-        <v>921</v>
+        <v>1277</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>921</v>
+        <v>1112</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>893</v>
+        <v>965</v>
       </c>
       <c r="L173" s="28" t="s">
-        <v>887</v>
+        <v>1153</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="N173" s="30"/>
+        <v>1154</v>
+      </c>
+      <c r="N173" s="30" t="s">
+        <v>1191</v>
+      </c>
       <c r="O173" s="5" t="s">
-        <v>895</v>
+        <v>1192</v>
       </c>
       <c r="P173" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q173" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R173" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S173" s="36" t="s">
-        <v>1627</v>
+        <v>1617</v>
       </c>
       <c r="T173" s="28"/>
       <c r="U173" s="28"/>
       <c r="V173" s="28"/>
       <c r="W173" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X173" s="29" t="s">
-        <v>1628</v>
+        <v>1392</v>
       </c>
       <c r="Y173" s="32">
-        <v>45009</v>
+        <v>45035</v>
       </c>
       <c r="Z173" s="37">
-        <v>45013</v>
+        <v>45037</v>
       </c>
       <c r="AA173" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB173" s="29" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="AC173" s="37">
-        <v>45803</v>
+        <v>45954</v>
       </c>
       <c r="AD173" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-      <c r="AF173" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE173" s="38">
+        <v>35999.99</v>
+      </c>
+      <c r="AF173" s="39">
+        <v>45840</v>
+      </c>
       <c r="AG173" s="40"/>
       <c r="AH173" s="39"/>
       <c r="AI173" s="40"/>
       <c r="AJ173" s="39"/>
       <c r="AK173" s="47"/>
       <c r="AL173" s="50"/>
     </row>
     <row r="174" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A174" s="27">
         <v>168</v>
       </c>
       <c r="B174" s="28" t="s">
         <v>216</v>
       </c>
       <c r="C174" s="29">
-        <v>40203466513</v>
+        <v>40203473854</v>
       </c>
       <c r="D174" s="28" t="s">
+        <v>837</v>
+      </c>
+      <c r="E174" s="33" t="s">
         <v>838</v>
       </c>
-      <c r="E174" s="33" t="s">
+      <c r="F174" s="28" t="s">
         <v>839</v>
       </c>
-      <c r="F174" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G174" s="34" t="s">
-        <v>841</v>
+        <v>234</v>
       </c>
       <c r="H174" s="28" t="s">
-        <v>1285</v>
+        <v>1278</v>
       </c>
       <c r="I174" s="30" t="s">
-        <v>1286</v>
+        <v>1279</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>1122</v>
+        <v>1280</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="L174" s="28" t="s">
-        <v>1163</v>
+        <v>1281</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1164</v>
+        <v>1282</v>
       </c>
       <c r="N174" s="30" t="s">
-        <v>1200</v>
+        <v>890</v>
       </c>
       <c r="O174" s="5" t="s">
-        <v>1201</v>
+        <v>891</v>
       </c>
       <c r="P174" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q174" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R174" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S174" s="36" t="s">
-        <v>1629</v>
+        <v>1618</v>
       </c>
       <c r="T174" s="28"/>
       <c r="U174" s="28"/>
       <c r="V174" s="28"/>
       <c r="W174" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X174" s="29" t="s">
-        <v>1405</v>
+        <v>1619</v>
       </c>
       <c r="Y174" s="32">
-        <v>45035</v>
+        <v>45065</v>
       </c>
       <c r="Z174" s="37">
-        <v>45037</v>
+        <v>45068</v>
       </c>
       <c r="AA174" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB174" s="29" t="s">
-        <v>1332</v>
+        <v>1314</v>
       </c>
       <c r="AC174" s="37">
-        <v>45954</v>
+        <v>45825</v>
       </c>
       <c r="AD174" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE174" s="38"/>
+      <c r="AF174" s="39"/>
       <c r="AG174" s="40"/>
       <c r="AH174" s="39"/>
       <c r="AI174" s="40"/>
       <c r="AJ174" s="39"/>
       <c r="AK174" s="47"/>
       <c r="AL174" s="50"/>
     </row>
     <row r="175" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A175" s="27">
         <v>169</v>
       </c>
       <c r="B175" s="28" t="s">
         <v>217</v>
       </c>
       <c r="C175" s="29">
-        <v>40203473854</v>
+        <v>40203441026</v>
       </c>
       <c r="D175" s="28" t="s">
+        <v>840</v>
+      </c>
+      <c r="E175" s="33" t="s">
+        <v>841</v>
+      </c>
+      <c r="F175" s="28" t="s">
         <v>842</v>
       </c>
-      <c r="E175" s="33" t="s">
+      <c r="G175" s="34" t="s">
         <v>843</v>
       </c>
-      <c r="F175" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H175" s="28" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
       <c r="I175" s="30" t="s">
-        <v>1288</v>
+        <v>878</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1289</v>
+        <v>878</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L175" s="28" t="s">
-        <v>1290</v>
+        <v>960</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1291</v>
+        <v>961</v>
       </c>
       <c r="N175" s="30" t="s">
-        <v>898</v>
+        <v>970</v>
       </c>
       <c r="O175" s="5" t="s">
-        <v>899</v>
+        <v>971</v>
       </c>
       <c r="P175" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q175" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R175" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S175" s="36" t="s">
-        <v>1630</v>
+        <v>1620</v>
       </c>
       <c r="T175" s="28"/>
       <c r="U175" s="28"/>
       <c r="V175" s="28"/>
       <c r="W175" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X175" s="29" t="s">
-        <v>1631</v>
+        <v>1449</v>
       </c>
       <c r="Y175" s="32">
-        <v>45065</v>
+        <v>45085</v>
       </c>
       <c r="Z175" s="37">
-        <v>45068</v>
+        <v>45089</v>
       </c>
       <c r="AA175" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB175" s="29" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="AC175" s="37">
-        <v>45825</v>
+        <v>45954</v>
       </c>
       <c r="AD175" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF175" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE175" s="38">
+        <v>39996</v>
+      </c>
+      <c r="AF175" s="39">
+        <v>45762</v>
+      </c>
       <c r="AG175" s="40"/>
       <c r="AH175" s="39"/>
       <c r="AI175" s="40"/>
       <c r="AJ175" s="39"/>
       <c r="AK175" s="47"/>
       <c r="AL175" s="50"/>
     </row>
     <row r="176" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A176" s="27">
         <v>170</v>
       </c>
       <c r="B176" s="28" t="s">
         <v>218</v>
       </c>
       <c r="C176" s="29">
-        <v>40203441026</v>
+        <v>43603071566</v>
       </c>
       <c r="D176" s="28" t="s">
+        <v>844</v>
+      </c>
+      <c r="E176" s="33" t="s">
         <v>845</v>
       </c>
-      <c r="E176" s="33" t="s">
+      <c r="F176" s="28" t="s">
         <v>846</v>
       </c>
-      <c r="F176" s="28" t="s">
+      <c r="G176" s="34" t="s">
         <v>847</v>
       </c>
-      <c r="G176" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H176" s="28" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="I176" s="30" t="s">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L176" s="28" t="s">
-        <v>968</v>
+        <v>994</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>969</v>
+        <v>995</v>
       </c>
       <c r="N176" s="30" t="s">
-        <v>978</v>
+        <v>1001</v>
       </c>
       <c r="O176" s="5" t="s">
-        <v>979</v>
+        <v>1002</v>
       </c>
       <c r="P176" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q176" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R176" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S176" s="36" t="s">
-        <v>1632</v>
+        <v>1621</v>
       </c>
       <c r="T176" s="28"/>
       <c r="U176" s="28"/>
       <c r="V176" s="28"/>
       <c r="W176" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X176" s="29" t="s">
-        <v>1463</v>
+        <v>1407</v>
       </c>
       <c r="Y176" s="32">
-        <v>45085</v>
+        <v>45182</v>
       </c>
       <c r="Z176" s="37">
-        <v>45089</v>
+        <v>45184</v>
       </c>
       <c r="AA176" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB176" s="29" t="s">
-        <v>1332</v>
+        <v>1386</v>
       </c>
       <c r="AC176" s="37">
-        <v>45954</v>
+        <v>45856</v>
       </c>
       <c r="AD176" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>45860</v>
+      </c>
+      <c r="AE176" s="38"/>
+      <c r="AF176" s="39"/>
       <c r="AG176" s="40"/>
       <c r="AH176" s="39"/>
       <c r="AI176" s="40"/>
       <c r="AJ176" s="39"/>
       <c r="AK176" s="47"/>
       <c r="AL176" s="50"/>
     </row>
     <row r="177" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A177" s="27">
         <v>171</v>
       </c>
       <c r="B177" s="28" t="s">
         <v>219</v>
       </c>
       <c r="C177" s="29">
-        <v>43603071566</v>
+        <v>40203491991</v>
       </c>
       <c r="D177" s="28" t="s">
+        <v>848</v>
+      </c>
+      <c r="E177" s="33" t="s">
         <v>849</v>
       </c>
-      <c r="E177" s="33" t="s">
+      <c r="F177" s="28" t="s">
         <v>850</v>
       </c>
-      <c r="F177" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G177" s="34" t="s">
-        <v>852</v>
+        <v>234</v>
       </c>
       <c r="H177" s="28" t="s">
-        <v>1293</v>
+        <v>848</v>
       </c>
       <c r="I177" s="30" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>893</v>
+        <v>885</v>
       </c>
       <c r="L177" s="28" t="s">
-        <v>1002</v>
+        <v>879</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1003</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="N177" s="30"/>
       <c r="O177" s="5" t="s">
-        <v>1010</v>
+        <v>887</v>
       </c>
       <c r="P177" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q177" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R177" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S177" s="36" t="s">
-        <v>1633</v>
+        <v>1622</v>
       </c>
       <c r="T177" s="28"/>
       <c r="U177" s="28"/>
       <c r="V177" s="28"/>
       <c r="W177" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X177" s="29" t="s">
-        <v>1420</v>
+        <v>1623</v>
       </c>
       <c r="Y177" s="32">
-        <v>45182</v>
+        <v>45204</v>
       </c>
       <c r="Z177" s="37">
-        <v>45184</v>
+        <v>45208</v>
       </c>
       <c r="AA177" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB177" s="29" t="s">
-        <v>1399</v>
+        <v>1302</v>
       </c>
       <c r="AC177" s="37">
-        <v>45856</v>
+        <v>45912</v>
       </c>
       <c r="AD177" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF177" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE177" s="38">
+        <v>39712.6</v>
+      </c>
+      <c r="AF177" s="39">
+        <v>45593</v>
+      </c>
       <c r="AG177" s="40"/>
       <c r="AH177" s="39"/>
       <c r="AI177" s="40"/>
       <c r="AJ177" s="39"/>
       <c r="AK177" s="47"/>
       <c r="AL177" s="50"/>
     </row>
     <row r="178" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A178" s="27">
         <v>172</v>
       </c>
       <c r="B178" s="28" t="s">
         <v>220</v>
       </c>
       <c r="C178" s="29">
-        <v>40203491991</v>
+        <v>40003859298</v>
       </c>
       <c r="D178" s="28" t="s">
+        <v>851</v>
+      </c>
+      <c r="E178" s="33" t="s">
+        <v>852</v>
+      </c>
+      <c r="F178" s="28" t="s">
         <v>853</v>
       </c>
-      <c r="E178" s="33" t="s">
+      <c r="G178" s="34" t="s">
         <v>854</v>
       </c>
-      <c r="F178" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H178" s="28" t="s">
-        <v>853</v>
+        <v>1285</v>
       </c>
       <c r="I178" s="30" t="s">
-        <v>921</v>
+        <v>878</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>921</v>
+        <v>878</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L178" s="28" t="s">
-        <v>887</v>
+        <v>962</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="N178" s="30"/>
-      <c r="O178" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P178" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q178" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R178" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S178" s="36" t="s">
-        <v>1634</v>
+        <v>1624</v>
       </c>
       <c r="T178" s="28"/>
       <c r="U178" s="28"/>
       <c r="V178" s="28"/>
       <c r="W178" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X178" s="29" t="s">
-        <v>1635</v>
+        <v>1625</v>
       </c>
       <c r="Y178" s="32">
-        <v>45204</v>
+        <v>45271</v>
       </c>
       <c r="Z178" s="37">
-        <v>45208</v>
+        <v>45273</v>
       </c>
       <c r="AA178" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB178" s="29" t="s">
-        <v>1312</v>
+        <v>1308</v>
       </c>
       <c r="AC178" s="37">
-        <v>45912</v>
+        <v>45973</v>
       </c>
       <c r="AD178" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE178" s="38"/>
+      <c r="AF178" s="39"/>
       <c r="AG178" s="40"/>
       <c r="AH178" s="39"/>
       <c r="AI178" s="40"/>
       <c r="AJ178" s="39"/>
       <c r="AK178" s="47"/>
       <c r="AL178" s="50"/>
     </row>
     <row r="179" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A179" s="27">
         <v>173</v>
       </c>
       <c r="B179" s="28" t="s">
         <v>221</v>
       </c>
       <c r="C179" s="29">
-        <v>40003859298</v>
+        <v>40203404208</v>
       </c>
       <c r="D179" s="28" t="s">
+        <v>855</v>
+      </c>
+      <c r="E179" s="33" t="s">
         <v>856</v>
       </c>
-      <c r="E179" s="33" t="s">
+      <c r="F179" s="28" t="s">
         <v>857</v>
       </c>
-      <c r="F179" s="28" t="s">
+      <c r="G179" s="34" t="s">
         <v>858</v>
       </c>
-      <c r="G179" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H179" s="28" t="s">
-        <v>1294</v>
+        <v>1286</v>
       </c>
       <c r="I179" s="30" t="s">
-        <v>886</v>
+        <v>1250</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>886</v>
+        <v>1070</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L179" s="28" t="s">
-        <v>970</v>
+        <v>1018</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>905</v>
-[...1 lines deleted...]
-      <c r="N179" s="30"/>
+        <v>909</v>
+      </c>
+      <c r="N179" s="30" t="s">
+        <v>879</v>
+      </c>
+      <c r="O179" s="5" t="s">
+        <v>880</v>
+      </c>
       <c r="P179" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q179" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R179" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S179" s="36" t="s">
-        <v>1636</v>
+        <v>1626</v>
       </c>
       <c r="T179" s="28"/>
       <c r="U179" s="28"/>
       <c r="V179" s="28"/>
       <c r="W179" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X179" s="29" t="s">
-        <v>1637</v>
+        <v>1542</v>
       </c>
       <c r="Y179" s="32">
         <v>45271</v>
       </c>
       <c r="Z179" s="37">
         <v>45273</v>
       </c>
       <c r="AA179" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB179" s="29" t="s">
-        <v>1318</v>
+        <v>1314</v>
       </c>
       <c r="AC179" s="37">
-        <v>45973</v>
+        <v>45825</v>
       </c>
       <c r="AD179" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF179" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE179" s="38">
+        <v>21420</v>
+      </c>
+      <c r="AF179" s="39">
+        <v>45713</v>
+      </c>
       <c r="AG179" s="40"/>
       <c r="AH179" s="39"/>
       <c r="AI179" s="40"/>
       <c r="AJ179" s="39"/>
       <c r="AK179" s="47"/>
       <c r="AL179" s="50"/>
     </row>
     <row r="180" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A180" s="27">
         <v>174</v>
       </c>
       <c r="B180" s="28" t="s">
         <v>222</v>
       </c>
       <c r="C180" s="29">
-        <v>40203404208</v>
+        <v>40203517487</v>
       </c>
       <c r="D180" s="28" t="s">
+        <v>859</v>
+      </c>
+      <c r="E180" s="33" t="s">
         <v>860</v>
       </c>
-      <c r="E180" s="33" t="s">
+      <c r="F180" s="28" t="s">
         <v>861</v>
       </c>
-      <c r="F180" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G180" s="34" t="s">
-        <v>863</v>
+        <v>234</v>
       </c>
       <c r="H180" s="28" t="s">
-        <v>1295</v>
+        <v>1287</v>
       </c>
       <c r="I180" s="30" t="s">
-        <v>1259</v>
+        <v>893</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1013</v>
+        <v>894</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L180" s="28" t="s">
-        <v>1031</v>
+        <v>927</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="N180" s="30" t="s">
+        <v>928</v>
+      </c>
+      <c r="N180" s="30"/>
+      <c r="O180" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="O180" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P180" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q180" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R180" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S180" s="36" t="s">
-        <v>1638</v>
+        <v>1627</v>
       </c>
       <c r="T180" s="28"/>
       <c r="U180" s="28"/>
       <c r="V180" s="28"/>
       <c r="W180" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X180" s="29" t="s">
-        <v>1554</v>
+        <v>1628</v>
       </c>
       <c r="Y180" s="32">
         <v>45271</v>
       </c>
       <c r="Z180" s="37">
         <v>45273</v>
       </c>
       <c r="AA180" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB180" s="29" t="s">
-        <v>1324</v>
+        <v>1302</v>
       </c>
       <c r="AC180" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD180" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE180" s="38"/>
+      <c r="AF180" s="39"/>
       <c r="AG180" s="40"/>
       <c r="AH180" s="39"/>
       <c r="AI180" s="40"/>
       <c r="AJ180" s="39"/>
       <c r="AK180" s="47"/>
       <c r="AL180" s="50"/>
     </row>
     <row r="181" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A181" s="27">
         <v>175</v>
       </c>
       <c r="B181" s="28" t="s">
         <v>223</v>
       </c>
       <c r="C181" s="29">
-        <v>40203517487</v>
+        <v>40203496715</v>
       </c>
       <c r="D181" s="28" t="s">
+        <v>862</v>
+      </c>
+      <c r="E181" s="33" t="s">
+        <v>863</v>
+      </c>
+      <c r="F181" s="28" t="s">
         <v>864</v>
       </c>
-      <c r="E181" s="33" t="s">
+      <c r="G181" s="34" t="s">
         <v>865</v>
       </c>
-      <c r="F181" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H181" s="28" t="s">
-        <v>1296</v>
+        <v>1288</v>
       </c>
       <c r="I181" s="30" t="s">
-        <v>901</v>
+        <v>1088</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>902</v>
+        <v>1089</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L181" s="28" t="s">
-        <v>935</v>
+        <v>1161</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>936</v>
+        <v>1162</v>
       </c>
       <c r="N181" s="30"/>
       <c r="O181" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P181" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q181" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R181" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S181" s="36" t="s">
-        <v>1639</v>
+        <v>1629</v>
       </c>
       <c r="T181" s="28"/>
       <c r="U181" s="28"/>
       <c r="V181" s="28"/>
       <c r="W181" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X181" s="29" t="s">
-        <v>1640</v>
+        <v>1630</v>
       </c>
       <c r="Y181" s="32">
-        <v>45271</v>
+        <v>45281</v>
       </c>
       <c r="Z181" s="37">
-        <v>45273</v>
+        <v>45287</v>
       </c>
       <c r="AA181" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB181" s="29" t="s">
-        <v>1312</v>
+        <v>1337</v>
       </c>
       <c r="AC181" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD181" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE181" s="38"/>
       <c r="AF181" s="39"/>
       <c r="AG181" s="40"/>
       <c r="AH181" s="39"/>
       <c r="AI181" s="40"/>
       <c r="AJ181" s="39"/>
       <c r="AK181" s="47"/>
       <c r="AL181" s="50"/>
     </row>
     <row r="182" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A182" s="27">
         <v>176</v>
       </c>
       <c r="B182" s="28" t="s">
         <v>224</v>
       </c>
       <c r="C182" s="29">
-        <v>40203496715</v>
+        <v>40203188024</v>
       </c>
       <c r="D182" s="28" t="s">
+        <v>866</v>
+      </c>
+      <c r="E182" s="33" t="s">
         <v>867</v>
       </c>
-      <c r="E182" s="33" t="s">
+      <c r="F182" s="28" t="s">
         <v>868</v>
       </c>
-      <c r="F182" s="28" t="s">
+      <c r="G182" s="34" t="s">
         <v>869</v>
       </c>
-      <c r="G182" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H182" s="28" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I182" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K182" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L182" s="28" t="s">
+        <v>1202</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="N182" s="30"/>
+      <c r="P182" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q182" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="R182" s="35" t="s">
         <v>1297</v>
       </c>
-      <c r="I182" s="30" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="S182" s="36" t="s">
-        <v>1641</v>
+        <v>1631</v>
       </c>
       <c r="T182" s="28"/>
       <c r="U182" s="28"/>
       <c r="V182" s="28"/>
       <c r="W182" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X182" s="29" t="s">
-        <v>1642</v>
+        <v>1632</v>
       </c>
       <c r="Y182" s="32">
-        <v>45281</v>
+        <v>45310</v>
       </c>
       <c r="Z182" s="37">
-        <v>45287</v>
+        <v>45314</v>
       </c>
       <c r="AA182" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB182" s="29" t="s">
-        <v>1347</v>
+        <v>1305</v>
       </c>
       <c r="AC182" s="37">
-        <v>45940</v>
+        <v>45869</v>
       </c>
       <c r="AD182" s="37">
-        <v>45944</v>
+        <v>45873</v>
       </c>
       <c r="AE182" s="38"/>
       <c r="AF182" s="39"/>
       <c r="AG182" s="40"/>
       <c r="AH182" s="39"/>
       <c r="AI182" s="40"/>
       <c r="AJ182" s="39"/>
       <c r="AK182" s="47"/>
       <c r="AL182" s="50"/>
     </row>
     <row r="183" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A183" s="27">
         <v>177</v>
       </c>
       <c r="B183" s="28" t="s">
         <v>225</v>
       </c>
       <c r="C183" s="29">
-        <v>40203188024</v>
+        <v>40203369932</v>
       </c>
       <c r="D183" s="28" t="s">
+        <v>870</v>
+      </c>
+      <c r="E183" s="33" t="s">
         <v>871</v>
       </c>
-      <c r="E183" s="33" t="s">
+      <c r="F183" s="28" t="s">
         <v>872</v>
       </c>
-      <c r="F183" s="28" t="s">
+      <c r="G183" s="34" t="s">
         <v>873</v>
       </c>
-      <c r="G183" s="34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H183" s="28" t="s">
-        <v>1298</v>
+        <v>1290</v>
       </c>
       <c r="I183" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L183" s="28" t="s">
-        <v>1211</v>
+        <v>879</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1212</v>
+        <v>880</v>
       </c>
       <c r="N183" s="30"/>
       <c r="P183" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q183" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R183" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S183" s="36" t="s">
-        <v>1643</v>
+        <v>1633</v>
       </c>
       <c r="T183" s="28"/>
       <c r="U183" s="28"/>
       <c r="V183" s="28"/>
       <c r="W183" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X183" s="29" t="s">
-        <v>1644</v>
+        <v>1634</v>
       </c>
       <c r="Y183" s="32">
         <v>45310</v>
       </c>
       <c r="Z183" s="37">
         <v>45314</v>
       </c>
       <c r="AA183" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB183" s="29" t="s">
-        <v>1315</v>
+        <v>1386</v>
       </c>
       <c r="AC183" s="37">
-        <v>45869</v>
+        <v>45856</v>
       </c>
       <c r="AD183" s="37">
-        <v>45873</v>
-[...2 lines deleted...]
-      <c r="AF183" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE183" s="38">
+        <v>34221.68</v>
+      </c>
+      <c r="AF183" s="39">
+        <v>45791</v>
+      </c>
       <c r="AG183" s="40"/>
       <c r="AH183" s="39"/>
       <c r="AI183" s="40"/>
       <c r="AJ183" s="39"/>
       <c r="AK183" s="47"/>
       <c r="AL183" s="50"/>
     </row>
     <row r="184" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A184" s="27">
         <v>178</v>
       </c>
       <c r="B184" s="28" t="s">
         <v>226</v>
       </c>
       <c r="C184" s="29">
-        <v>40203369932</v>
+        <v>40203525889</v>
       </c>
       <c r="D184" s="28" t="s">
+        <v>874</v>
+      </c>
+      <c r="E184" s="33" t="s">
         <v>875</v>
       </c>
-      <c r="E184" s="33" t="s">
+      <c r="F184" s="28" t="s">
         <v>876</v>
       </c>
-      <c r="F184" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G184" s="34" t="s">
-        <v>878</v>
+        <v>234</v>
       </c>
       <c r="H184" s="28" t="s">
-        <v>1299</v>
+        <v>1291</v>
       </c>
       <c r="I184" s="30" t="s">
-        <v>886</v>
+        <v>1292</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>886</v>
+        <v>1293</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L184" s="28" t="s">
-        <v>887</v>
+        <v>1294</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="N184" s="30"/>
+        <v>925</v>
+      </c>
+      <c r="N184" s="30" t="s">
+        <v>962</v>
+      </c>
+      <c r="O184" s="5" t="s">
+        <v>1295</v>
+      </c>
       <c r="P184" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q184" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R184" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S184" s="36" t="s">
-        <v>1645</v>
+        <v>1635</v>
       </c>
       <c r="T184" s="28"/>
       <c r="U184" s="28"/>
       <c r="V184" s="28"/>
       <c r="W184" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X184" s="29" t="s">
-        <v>1646</v>
+        <v>1330</v>
       </c>
       <c r="Y184" s="32">
-        <v>45310</v>
+        <v>45341</v>
       </c>
       <c r="Z184" s="37">
-        <v>45314</v>
+        <v>45343</v>
       </c>
       <c r="AA184" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB184" s="29" t="s">
-        <v>1399</v>
+        <v>1314</v>
       </c>
       <c r="AC184" s="37">
-        <v>45856</v>
+        <v>45825</v>
       </c>
       <c r="AD184" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE184" s="38"/>
+      <c r="AF184" s="39"/>
       <c r="AG184" s="40"/>
       <c r="AH184" s="39"/>
       <c r="AI184" s="40"/>
       <c r="AJ184" s="39"/>
       <c r="AK184" s="47"/>
       <c r="AL184" s="50"/>
     </row>
     <row r="185" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A185" s="27">
         <v>179</v>
       </c>
       <c r="B185" s="28" t="s">
-        <v>227</v>
+        <v>1637</v>
       </c>
       <c r="C185" s="29">
-        <v>40203468196</v>
+        <v>44103123371</v>
       </c>
       <c r="D185" s="28" t="s">
-        <v>879</v>
+        <v>1643</v>
       </c>
       <c r="E185" s="33" t="s">
-        <v>880</v>
+        <v>1644</v>
       </c>
       <c r="F185" s="28" t="s">
-        <v>881</v>
+        <v>1645</v>
       </c>
       <c r="G185" s="34" t="s">
-        <v>236</v>
+        <v>1646</v>
       </c>
       <c r="H185" s="28" t="s">
-        <v>1300</v>
+        <v>1665</v>
       </c>
       <c r="I185" s="30" t="s">
-        <v>1209</v>
+        <v>957</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1101</v>
+        <v>958</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>903</v>
+        <v>959</v>
       </c>
       <c r="L185" s="28" t="s">
-        <v>1045</v>
+        <v>986</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1046</v>
-[...1 lines deleted...]
-      <c r="N185" s="30"/>
+        <v>987</v>
+      </c>
+      <c r="N185" s="30" t="s">
+        <v>1074</v>
+      </c>
       <c r="O185" s="5" t="s">
-        <v>895</v>
+        <v>1075</v>
       </c>
       <c r="P185" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q185" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R185" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S185" s="36" t="s">
-        <v>1647</v>
+        <v>1671</v>
       </c>
       <c r="T185" s="28"/>
       <c r="U185" s="28"/>
       <c r="V185" s="28"/>
       <c r="W185" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X185" s="29" t="s">
-        <v>1648</v>
+        <v>1672</v>
       </c>
       <c r="Y185" s="32">
-        <v>45320</v>
+        <v>45378</v>
       </c>
       <c r="Z185" s="37">
-        <v>45322</v>
-[...6 lines deleted...]
-      <c r="AF185" s="39"/>
+        <v>45384</v>
+      </c>
+      <c r="AA185" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB185" s="29" t="s">
+        <v>1314</v>
+      </c>
+      <c r="AC185" s="37">
+        <v>45825</v>
+      </c>
+      <c r="AD185" s="37">
+        <v>45827</v>
+      </c>
+      <c r="AE185" s="38">
+        <v>39599.42</v>
+      </c>
+      <c r="AF185" s="39">
+        <v>45604</v>
+      </c>
       <c r="AG185" s="40"/>
       <c r="AH185" s="39"/>
       <c r="AI185" s="40"/>
       <c r="AJ185" s="39"/>
       <c r="AK185" s="47"/>
       <c r="AL185" s="50"/>
     </row>
     <row r="186" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A186" s="27">
         <v>180</v>
       </c>
       <c r="B186" s="28" t="s">
-        <v>228</v>
+        <v>1638</v>
       </c>
       <c r="C186" s="29">
-        <v>40203525889</v>
+        <v>40103532672</v>
       </c>
       <c r="D186" s="28" t="s">
-        <v>882</v>
+        <v>1647</v>
       </c>
       <c r="E186" s="33" t="s">
-        <v>883</v>
+        <v>1648</v>
       </c>
       <c r="F186" s="28" t="s">
-        <v>884</v>
+        <v>1649</v>
       </c>
       <c r="G186" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H186" s="28" t="s">
-        <v>1301</v>
+        <v>1249</v>
       </c>
       <c r="I186" s="30" t="s">
-        <v>1302</v>
+        <v>972</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>1303</v>
+        <v>973</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L186" s="28" t="s">
-        <v>1304</v>
+        <v>1131</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>933</v>
-[...6 lines deleted...]
-      </c>
+        <v>1132</v>
+      </c>
+      <c r="N186" s="30"/>
       <c r="P186" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q186" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R186" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S186" s="36" t="s">
-        <v>1649</v>
-[...1 lines deleted...]
-      <c r="T186" s="28"/>
+        <v>1673</v>
+      </c>
+      <c r="T186" s="28" t="s">
+        <v>1584</v>
+      </c>
       <c r="U186" s="28"/>
       <c r="V186" s="28"/>
       <c r="W186" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X186" s="29" t="s">
-        <v>1340</v>
+        <v>1674</v>
       </c>
       <c r="Y186" s="32">
-        <v>45341</v>
+        <v>45378</v>
       </c>
       <c r="Z186" s="37">
-        <v>45343</v>
+        <v>45384</v>
       </c>
       <c r="AA186" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB186" s="29" t="s">
-        <v>1324</v>
+        <v>1302</v>
       </c>
       <c r="AC186" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD186" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF186" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE186" s="38">
+        <v>196959.13</v>
+      </c>
+      <c r="AF186" s="39">
+        <v>45558</v>
+      </c>
       <c r="AG186" s="40"/>
       <c r="AH186" s="39"/>
       <c r="AI186" s="40"/>
       <c r="AJ186" s="39"/>
       <c r="AK186" s="47"/>
       <c r="AL186" s="50"/>
     </row>
     <row r="187" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A187" s="27">
         <v>181</v>
       </c>
       <c r="B187" s="28" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C187" s="29">
+        <v>43603050348</v>
+      </c>
+      <c r="D187" s="28" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E187" s="33" t="s">
         <v>1651</v>
       </c>
-      <c r="C187" s="29">
-[...7 lines deleted...]
-      </c>
       <c r="F187" s="28" t="s">
-        <v>1659</v>
+        <v>1652</v>
       </c>
       <c r="G187" s="34" t="s">
-        <v>1660</v>
+        <v>234</v>
       </c>
       <c r="H187" s="28" t="s">
-        <v>1679</v>
+        <v>1650</v>
       </c>
       <c r="I187" s="30" t="s">
-        <v>965</v>
+        <v>1141</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>966</v>
+        <v>1045</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>967</v>
+        <v>885</v>
       </c>
       <c r="L187" s="28" t="s">
-        <v>994</v>
+        <v>1666</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>995</v>
+        <v>1667</v>
       </c>
       <c r="N187" s="30" t="s">
-        <v>1086</v>
+        <v>886</v>
       </c>
       <c r="O187" s="5" t="s">
-        <v>1087</v>
+        <v>882</v>
       </c>
       <c r="P187" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q187" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R187" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S187" s="36" t="s">
-        <v>1685</v>
+        <v>1675</v>
       </c>
       <c r="T187" s="28"/>
       <c r="U187" s="28"/>
       <c r="V187" s="28"/>
       <c r="W187" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X187" s="29" t="s">
-        <v>1686</v>
+        <v>1676</v>
       </c>
       <c r="Y187" s="32">
-        <v>45378</v>
+        <v>45426</v>
       </c>
       <c r="Z187" s="37">
-        <v>45384</v>
+        <v>45428</v>
       </c>
       <c r="AA187" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB187" s="29" t="s">
-        <v>1324</v>
+        <v>1516</v>
       </c>
       <c r="AC187" s="37">
-        <v>45825</v>
+        <v>45999</v>
       </c>
       <c r="AD187" s="37">
-        <v>45827</v>
+        <v>46001</v>
       </c>
       <c r="AE187" s="38">
-        <v>39599.42</v>
+        <v>39999.599999999999</v>
       </c>
       <c r="AF187" s="39">
-        <v>45604</v>
+        <v>45764</v>
       </c>
       <c r="AG187" s="40"/>
       <c r="AH187" s="39"/>
       <c r="AI187" s="40"/>
       <c r="AJ187" s="39"/>
       <c r="AK187" s="47"/>
       <c r="AL187" s="50"/>
     </row>
     <row r="188" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A188" s="27">
         <v>182</v>
       </c>
       <c r="B188" s="28" t="s">
-        <v>1652</v>
+        <v>1640</v>
       </c>
       <c r="C188" s="29">
-        <v>40103532672</v>
+        <v>40203420912</v>
       </c>
       <c r="D188" s="28" t="s">
-        <v>1661</v>
+        <v>1653</v>
       </c>
       <c r="E188" s="33" t="s">
-        <v>1662</v>
+        <v>1654</v>
       </c>
       <c r="F188" s="28" t="s">
-        <v>1663</v>
+        <v>1655</v>
       </c>
       <c r="G188" s="34" t="s">
-        <v>236</v>
+        <v>1656</v>
       </c>
       <c r="H188" s="28" t="s">
-        <v>1258</v>
+        <v>1668</v>
       </c>
       <c r="I188" s="30" t="s">
-        <v>980</v>
+        <v>878</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>981</v>
+        <v>878</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L188" s="28" t="s">
-        <v>1141</v>
+        <v>908</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1142</v>
+        <v>909</v>
       </c>
       <c r="N188" s="30"/>
+      <c r="O188" s="5" t="s">
+        <v>887</v>
+      </c>
       <c r="P188" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q188" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R188" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S188" s="36" t="s">
-        <v>1687</v>
-[...3 lines deleted...]
-      </c>
+        <v>1677</v>
+      </c>
+      <c r="T188" s="28"/>
       <c r="U188" s="28"/>
       <c r="V188" s="28"/>
       <c r="W188" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X188" s="29" t="s">
-        <v>1688</v>
+        <v>1678</v>
       </c>
       <c r="Y188" s="32">
-        <v>45378</v>
+        <v>45462</v>
       </c>
       <c r="Z188" s="37">
-        <v>45384</v>
+        <v>45464</v>
       </c>
       <c r="AA188" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB188" s="29" t="s">
-        <v>1312</v>
+        <v>1337</v>
       </c>
       <c r="AC188" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD188" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE188" s="38">
-        <v>196959.13</v>
+        <v>31724.14</v>
       </c>
       <c r="AF188" s="39">
-        <v>45558</v>
+        <v>45975</v>
       </c>
       <c r="AG188" s="40"/>
       <c r="AH188" s="39"/>
       <c r="AI188" s="40"/>
       <c r="AJ188" s="39"/>
       <c r="AK188" s="47"/>
       <c r="AL188" s="50"/>
     </row>
     <row r="189" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A189" s="27">
         <v>183</v>
       </c>
       <c r="B189" s="28" t="s">
-        <v>1653</v>
+        <v>1641</v>
       </c>
       <c r="C189" s="29">
-        <v>43603050348</v>
+        <v>40203526649</v>
       </c>
       <c r="D189" s="28" t="s">
-        <v>1664</v>
+        <v>1657</v>
       </c>
       <c r="E189" s="33" t="s">
-        <v>1665</v>
+        <v>1658</v>
       </c>
       <c r="F189" s="28" t="s">
-        <v>1666</v>
+        <v>1659</v>
       </c>
       <c r="G189" s="34" t="s">
-        <v>236</v>
+        <v>1660</v>
       </c>
       <c r="H189" s="28" t="s">
-        <v>1664</v>
+        <v>1657</v>
       </c>
       <c r="I189" s="30" t="s">
-        <v>1151</v>
+        <v>1669</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="L189" s="28" t="s">
-        <v>1680</v>
+        <v>994</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1681</v>
-[...3 lines deleted...]
-      </c>
+        <v>995</v>
+      </c>
+      <c r="N189" s="30"/>
       <c r="O189" s="5" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="P189" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q189" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R189" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S189" s="36" t="s">
-        <v>1689</v>
+        <v>1679</v>
       </c>
       <c r="T189" s="28"/>
       <c r="U189" s="28"/>
       <c r="V189" s="28"/>
       <c r="W189" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X189" s="29" t="s">
-        <v>1690</v>
+        <v>1680</v>
       </c>
       <c r="Y189" s="32">
-        <v>45426</v>
+        <v>45469</v>
       </c>
       <c r="Z189" s="37">
-        <v>45428</v>
-[...4 lines deleted...]
-      <c r="AD189" s="37"/>
+        <v>45471</v>
+      </c>
+      <c r="AA189" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB189" s="29" t="s">
+        <v>1302</v>
+      </c>
+      <c r="AC189" s="37">
+        <v>45912</v>
+      </c>
+      <c r="AD189" s="37">
+        <v>45916</v>
+      </c>
       <c r="AE189" s="38">
-        <v>39999.599999999999</v>
+        <v>39999.96</v>
       </c>
       <c r="AF189" s="39">
-        <v>45764</v>
+        <v>45737</v>
       </c>
       <c r="AG189" s="40"/>
       <c r="AH189" s="39"/>
       <c r="AI189" s="40"/>
       <c r="AJ189" s="39"/>
       <c r="AK189" s="47"/>
       <c r="AL189" s="50"/>
     </row>
     <row r="190" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A190" s="27">
         <v>184</v>
       </c>
       <c r="B190" s="28" t="s">
-        <v>1654</v>
+        <v>1642</v>
       </c>
       <c r="C190" s="29">
-        <v>40203420912</v>
+        <v>40203234408</v>
       </c>
       <c r="D190" s="28" t="s">
-        <v>1667</v>
+        <v>1661</v>
       </c>
       <c r="E190" s="33" t="s">
-        <v>1668</v>
+        <v>1662</v>
       </c>
       <c r="F190" s="28" t="s">
-        <v>1669</v>
+        <v>1663</v>
       </c>
       <c r="G190" s="34" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H190" s="28" t="s">
         <v>1670</v>
       </c>
-      <c r="H190" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I190" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L190" s="28" t="s">
-        <v>916</v>
+        <v>879</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>917</v>
+        <v>880</v>
       </c>
       <c r="N190" s="30"/>
       <c r="O190" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P190" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q190" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R190" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S190" s="36" t="s">
-        <v>1691</v>
+        <v>1681</v>
       </c>
       <c r="T190" s="28"/>
       <c r="U190" s="28"/>
       <c r="V190" s="28"/>
       <c r="W190" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X190" s="29" t="s">
-        <v>1692</v>
+        <v>1682</v>
       </c>
       <c r="Y190" s="32">
-        <v>45462</v>
+        <v>45470</v>
       </c>
       <c r="Z190" s="37">
-        <v>45464</v>
+        <v>45474</v>
       </c>
       <c r="AA190" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB190" s="29" t="s">
-        <v>1347</v>
+        <v>1305</v>
       </c>
       <c r="AC190" s="37">
-        <v>45940</v>
+        <v>45869</v>
       </c>
       <c r="AD190" s="37">
-        <v>45944</v>
+        <v>45873</v>
       </c>
       <c r="AE190" s="38">
-        <v>31724.14</v>
+        <v>34293.47</v>
       </c>
       <c r="AF190" s="39">
-        <v>45975</v>
+        <v>45693</v>
       </c>
       <c r="AG190" s="40"/>
       <c r="AH190" s="39"/>
       <c r="AI190" s="40"/>
       <c r="AJ190" s="39"/>
       <c r="AK190" s="47"/>
       <c r="AL190" s="50"/>
     </row>
     <row r="191" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A191" s="27">
         <v>185</v>
       </c>
       <c r="B191" s="28" t="s">
-        <v>1655</v>
+        <v>1683</v>
       </c>
       <c r="C191" s="29">
-        <v>40203526649</v>
+        <v>40203565415</v>
       </c>
       <c r="D191" s="28" t="s">
-        <v>1671</v>
+        <v>1713</v>
       </c>
       <c r="E191" s="33" t="s">
-        <v>1672</v>
+        <v>1714</v>
       </c>
       <c r="F191" s="28" t="s">
-        <v>1673</v>
+        <v>1715</v>
       </c>
       <c r="G191" s="34" t="s">
-        <v>1674</v>
+        <v>1716</v>
       </c>
       <c r="H191" s="28" t="s">
-        <v>1671</v>
+        <v>1823</v>
       </c>
       <c r="I191" s="30" t="s">
-        <v>1683</v>
+        <v>878</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>1013</v>
+        <v>878</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L191" s="28" t="s">
-        <v>1002</v>
+        <v>1294</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1003</v>
-[...1 lines deleted...]
-      <c r="N191" s="30"/>
+        <v>925</v>
+      </c>
+      <c r="N191" s="30" t="s">
+        <v>962</v>
+      </c>
       <c r="O191" s="5" t="s">
-        <v>895</v>
+        <v>1295</v>
       </c>
       <c r="P191" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q191" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R191" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S191" s="36" t="s">
-        <v>1693</v>
+        <v>1882</v>
       </c>
       <c r="T191" s="28"/>
       <c r="U191" s="28"/>
       <c r="V191" s="28"/>
       <c r="W191" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X191" s="29" t="s">
-        <v>1694</v>
+        <v>1883</v>
       </c>
       <c r="Y191" s="32">
-        <v>45469</v>
+        <v>45492</v>
       </c>
       <c r="Z191" s="37">
-        <v>45471</v>
+        <v>45496</v>
       </c>
       <c r="AA191" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB191" s="29" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="AC191" s="37">
         <v>45912</v>
       </c>
       <c r="AD191" s="37">
         <v>45916</v>
       </c>
       <c r="AE191" s="38">
-        <v>39999.96</v>
+        <v>35640</v>
       </c>
       <c r="AF191" s="39">
-        <v>45737</v>
+        <v>45726</v>
       </c>
       <c r="AG191" s="40"/>
       <c r="AH191" s="39"/>
       <c r="AI191" s="40"/>
       <c r="AJ191" s="39"/>
       <c r="AK191" s="47"/>
       <c r="AL191" s="50"/>
     </row>
     <row r="192" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A192" s="27">
         <v>186</v>
       </c>
       <c r="B192" s="28" t="s">
-        <v>1656</v>
+        <v>1684</v>
       </c>
       <c r="C192" s="29">
-        <v>40203234408</v>
+        <v>40103595841</v>
       </c>
       <c r="D192" s="28" t="s">
-        <v>1675</v>
+        <v>1717</v>
       </c>
       <c r="E192" s="33" t="s">
-        <v>1676</v>
+        <v>1718</v>
       </c>
       <c r="F192" s="28" t="s">
-        <v>1677</v>
+        <v>1719</v>
       </c>
       <c r="G192" s="34" t="s">
-        <v>1678</v>
+        <v>1720</v>
       </c>
       <c r="H192" s="28" t="s">
-        <v>1684</v>
+        <v>1717</v>
       </c>
       <c r="I192" s="30" t="s">
-        <v>886</v>
+        <v>952</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>886</v>
+        <v>952</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L192" s="28" t="s">
-        <v>887</v>
+        <v>1824</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="N192" s="30"/>
+        <v>1825</v>
+      </c>
+      <c r="N192" s="30" t="s">
+        <v>1294</v>
+      </c>
       <c r="O192" s="5" t="s">
-        <v>895</v>
+        <v>925</v>
       </c>
       <c r="P192" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q192" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R192" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S192" s="36" t="s">
-        <v>1695</v>
+        <v>1884</v>
       </c>
       <c r="T192" s="28"/>
       <c r="U192" s="28"/>
       <c r="V192" s="28"/>
       <c r="W192" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X192" s="29" t="s">
-        <v>1696</v>
+        <v>1885</v>
       </c>
       <c r="Y192" s="32">
-        <v>45470</v>
+        <v>45492</v>
       </c>
       <c r="Z192" s="37">
-        <v>45474</v>
+        <v>45496</v>
       </c>
       <c r="AA192" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB192" s="29" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="AC192" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD192" s="37">
-        <v>45873</v>
+        <v>45916</v>
       </c>
       <c r="AE192" s="38">
-        <v>34293.47</v>
+        <v>32232.1</v>
       </c>
       <c r="AF192" s="39">
-        <v>45693</v>
+        <v>45653</v>
       </c>
       <c r="AG192" s="40"/>
       <c r="AH192" s="39"/>
       <c r="AI192" s="40"/>
       <c r="AJ192" s="39"/>
       <c r="AK192" s="47"/>
       <c r="AL192" s="50"/>
     </row>
     <row r="193" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A193" s="27">
         <v>187</v>
       </c>
       <c r="B193" s="28" t="s">
-        <v>1697</v>
+        <v>1685</v>
       </c>
       <c r="C193" s="29">
-        <v>40203565415</v>
+        <v>40203555135</v>
       </c>
       <c r="D193" s="28" t="s">
-        <v>1727</v>
+        <v>1721</v>
       </c>
       <c r="E193" s="33" t="s">
-        <v>1728</v>
+        <v>1722</v>
       </c>
       <c r="F193" s="28" t="s">
-        <v>1729</v>
+        <v>1723</v>
       </c>
       <c r="G193" s="34" t="s">
-        <v>1730</v>
+        <v>1724</v>
       </c>
       <c r="H193" s="28" t="s">
-        <v>1837</v>
+        <v>1826</v>
       </c>
       <c r="I193" s="30" t="s">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>886</v>
+        <v>913</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L193" s="28" t="s">
-        <v>1304</v>
+        <v>1034</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>933</v>
+        <v>1035</v>
       </c>
       <c r="N193" s="30" t="s">
-        <v>970</v>
+        <v>1827</v>
       </c>
       <c r="O193" s="5" t="s">
-        <v>1305</v>
+        <v>1828</v>
       </c>
       <c r="P193" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q193" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R193" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S193" s="36" t="s">
-        <v>1896</v>
+        <v>1886</v>
       </c>
       <c r="T193" s="28"/>
       <c r="U193" s="28"/>
       <c r="V193" s="28"/>
       <c r="W193" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X193" s="29" t="s">
-        <v>1897</v>
+        <v>1887</v>
       </c>
       <c r="Y193" s="32">
         <v>45492</v>
       </c>
       <c r="Z193" s="37">
         <v>45496</v>
       </c>
       <c r="AA193" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB193" s="29" t="s">
-        <v>1312</v>
+        <v>1337</v>
       </c>
       <c r="AC193" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD193" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE193" s="38">
-        <v>35640</v>
+        <v>35935.72</v>
       </c>
       <c r="AF193" s="39">
-        <v>45726</v>
+        <v>45677</v>
       </c>
       <c r="AG193" s="40"/>
       <c r="AH193" s="39"/>
       <c r="AI193" s="40"/>
       <c r="AJ193" s="39"/>
       <c r="AK193" s="47"/>
       <c r="AL193" s="50"/>
     </row>
     <row r="194" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A194" s="27">
         <v>188</v>
       </c>
       <c r="B194" s="28" t="s">
-        <v>1698</v>
+        <v>1686</v>
       </c>
       <c r="C194" s="29">
-        <v>40103595841</v>
+        <v>40203243025</v>
       </c>
       <c r="D194" s="28" t="s">
-        <v>1731</v>
+        <v>1725</v>
       </c>
       <c r="E194" s="33" t="s">
-        <v>1732</v>
+        <v>1726</v>
       </c>
       <c r="F194" s="28" t="s">
-        <v>1733</v>
+        <v>1727</v>
       </c>
       <c r="G194" s="34" t="s">
-        <v>1734</v>
+        <v>1728</v>
       </c>
       <c r="H194" s="28" t="s">
-        <v>1731</v>
+        <v>1725</v>
       </c>
       <c r="I194" s="30" t="s">
-        <v>960</v>
+        <v>878</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>960</v>
+        <v>878</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L194" s="28" t="s">
-        <v>1838</v>
+        <v>970</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1839</v>
+        <v>971</v>
       </c>
       <c r="N194" s="30" t="s">
-        <v>1304</v>
+        <v>962</v>
       </c>
       <c r="O194" s="5" t="s">
-        <v>933</v>
+        <v>897</v>
       </c>
       <c r="P194" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q194" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R194" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S194" s="36" t="s">
-        <v>1898</v>
+        <v>1888</v>
       </c>
       <c r="T194" s="28"/>
       <c r="U194" s="28"/>
       <c r="V194" s="28"/>
       <c r="W194" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X194" s="29" t="s">
-        <v>1899</v>
+        <v>1889</v>
       </c>
       <c r="Y194" s="32">
-        <v>45492</v>
+        <v>45511</v>
       </c>
       <c r="Z194" s="37">
-        <v>45496</v>
+        <v>45513</v>
       </c>
       <c r="AA194" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB194" s="29" t="s">
-        <v>1312</v>
+        <v>1345</v>
       </c>
       <c r="AC194" s="37">
-        <v>45912</v>
+        <v>45896</v>
       </c>
       <c r="AD194" s="37">
-        <v>45916</v>
+        <v>45898</v>
       </c>
       <c r="AE194" s="38">
-        <v>32232.1</v>
+        <v>39991.75</v>
       </c>
       <c r="AF194" s="39">
-        <v>45653</v>
+        <v>45708</v>
       </c>
       <c r="AG194" s="40"/>
       <c r="AH194" s="39"/>
       <c r="AI194" s="40"/>
       <c r="AJ194" s="39"/>
       <c r="AK194" s="47"/>
       <c r="AL194" s="50"/>
     </row>
     <row r="195" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A195" s="27">
         <v>189</v>
       </c>
       <c r="B195" s="28" t="s">
-        <v>1699</v>
+        <v>1687</v>
       </c>
       <c r="C195" s="29">
-        <v>40203555135</v>
+        <v>40203543329</v>
       </c>
       <c r="D195" s="28" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="E195" s="33" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="F195" s="28" t="s">
-        <v>1737</v>
+        <v>1731</v>
       </c>
       <c r="G195" s="34" t="s">
-        <v>1738</v>
+        <v>234</v>
       </c>
       <c r="H195" s="28" t="s">
-        <v>1840</v>
+        <v>1829</v>
       </c>
       <c r="I195" s="30" t="s">
-        <v>921</v>
+        <v>1250</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>921</v>
+        <v>1070</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="L195" s="28" t="s">
-        <v>1047</v>
+        <v>1258</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1048</v>
-[...3 lines deleted...]
-      </c>
+        <v>1259</v>
+      </c>
+      <c r="N195" s="30"/>
       <c r="O195" s="5" t="s">
-        <v>1842</v>
+        <v>887</v>
       </c>
       <c r="P195" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q195" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R195" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S195" s="36" t="s">
-        <v>1900</v>
+        <v>1890</v>
       </c>
       <c r="T195" s="28"/>
       <c r="U195" s="28"/>
       <c r="V195" s="28"/>
       <c r="W195" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X195" s="29" t="s">
-        <v>1901</v>
+        <v>1891</v>
       </c>
       <c r="Y195" s="32">
-        <v>45492</v>
+        <v>45511</v>
       </c>
       <c r="Z195" s="37">
-        <v>45496</v>
+        <v>45513</v>
       </c>
       <c r="AA195" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB195" s="29" t="s">
-        <v>1347</v>
+        <v>1322</v>
       </c>
       <c r="AC195" s="37">
-        <v>45940</v>
+        <v>45954</v>
       </c>
       <c r="AD195" s="37">
-        <v>45944</v>
+        <v>45958</v>
       </c>
       <c r="AE195" s="38">
-        <v>35935.72</v>
+        <v>39927.74</v>
       </c>
       <c r="AF195" s="39">
-        <v>45677</v>
+        <v>45665</v>
       </c>
       <c r="AG195" s="40"/>
       <c r="AH195" s="39"/>
       <c r="AI195" s="40"/>
       <c r="AJ195" s="39"/>
       <c r="AK195" s="47"/>
       <c r="AL195" s="50"/>
     </row>
     <row r="196" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A196" s="27">
         <v>190</v>
       </c>
       <c r="B196" s="28" t="s">
-        <v>1700</v>
+        <v>1688</v>
       </c>
       <c r="C196" s="29">
-        <v>40203243025</v>
+        <v>40103219402</v>
       </c>
       <c r="D196" s="28" t="s">
-        <v>1739</v>
+        <v>1732</v>
       </c>
       <c r="E196" s="33" t="s">
-        <v>1740</v>
+        <v>1733</v>
       </c>
       <c r="F196" s="28" t="s">
-        <v>1741</v>
+        <v>1734</v>
       </c>
       <c r="G196" s="34" t="s">
-        <v>1742</v>
+        <v>1735</v>
       </c>
       <c r="H196" s="28" t="s">
-        <v>1739</v>
+        <v>1830</v>
       </c>
       <c r="I196" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L196" s="28" t="s">
-        <v>978</v>
+        <v>1831</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>979</v>
+        <v>1832</v>
       </c>
       <c r="N196" s="30" t="s">
-        <v>970</v>
+        <v>1025</v>
       </c>
       <c r="O196" s="5" t="s">
-        <v>905</v>
+        <v>1026</v>
       </c>
       <c r="P196" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q196" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R196" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S196" s="36" t="s">
-        <v>1902</v>
+        <v>1892</v>
       </c>
       <c r="T196" s="28"/>
       <c r="U196" s="28"/>
       <c r="V196" s="28"/>
       <c r="W196" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X196" s="29" t="s">
-        <v>1903</v>
+        <v>1893</v>
       </c>
       <c r="Y196" s="32">
-        <v>45511</v>
+        <v>45512</v>
       </c>
       <c r="Z196" s="37">
-        <v>45513</v>
+        <v>45516</v>
       </c>
       <c r="AA196" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB196" s="29" t="s">
-        <v>1355</v>
+        <v>1386</v>
       </c>
       <c r="AC196" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD196" s="37">
-        <v>45898</v>
+        <v>45860</v>
       </c>
       <c r="AE196" s="38">
-        <v>39991.75</v>
+        <v>39676.5</v>
       </c>
       <c r="AF196" s="39">
-        <v>45708</v>
+        <v>45616</v>
       </c>
       <c r="AG196" s="40"/>
       <c r="AH196" s="39"/>
       <c r="AI196" s="40"/>
       <c r="AJ196" s="39"/>
       <c r="AK196" s="47"/>
       <c r="AL196" s="50"/>
     </row>
     <row r="197" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A197" s="27">
         <v>191</v>
       </c>
       <c r="B197" s="28" t="s">
-        <v>1701</v>
+        <v>1689</v>
       </c>
       <c r="C197" s="29">
-        <v>40203543329</v>
+        <v>40203414668</v>
       </c>
       <c r="D197" s="28" t="s">
-        <v>1743</v>
+        <v>1736</v>
       </c>
       <c r="E197" s="33" t="s">
-        <v>1744</v>
+        <v>1737</v>
       </c>
       <c r="F197" s="28" t="s">
-        <v>1745</v>
+        <v>1738</v>
       </c>
       <c r="G197" s="34" t="s">
-        <v>236</v>
+        <v>1739</v>
       </c>
       <c r="H197" s="28" t="s">
-        <v>1843</v>
+        <v>1833</v>
       </c>
       <c r="I197" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J197" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K197" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L197" s="28" t="s">
+        <v>908</v>
+      </c>
+      <c r="M197" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="N197" s="30" t="s">
+        <v>1258</v>
+      </c>
+      <c r="O197" s="5" t="s">
         <v>1259</v>
       </c>
-      <c r="J197" s="5" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="P197" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q197" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R197" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S197" s="36" t="s">
-        <v>1904</v>
+        <v>1894</v>
       </c>
       <c r="T197" s="28"/>
       <c r="U197" s="28"/>
       <c r="V197" s="28"/>
       <c r="W197" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X197" s="29" t="s">
-        <v>1905</v>
+        <v>1895</v>
       </c>
       <c r="Y197" s="32">
-        <v>45511</v>
+        <v>45512</v>
       </c>
       <c r="Z197" s="37">
-        <v>45513</v>
+        <v>45516</v>
       </c>
       <c r="AA197" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB197" s="29" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="AC197" s="37">
-        <v>45954</v>
+        <v>45940</v>
       </c>
       <c r="AD197" s="37">
-        <v>45958</v>
+        <v>45944</v>
       </c>
       <c r="AE197" s="38">
-        <v>39927.74</v>
+        <v>39999.919999999998</v>
       </c>
       <c r="AF197" s="39">
-        <v>45665</v>
+        <v>45828</v>
       </c>
       <c r="AG197" s="40"/>
       <c r="AH197" s="39"/>
       <c r="AI197" s="40"/>
       <c r="AJ197" s="39"/>
       <c r="AK197" s="47"/>
       <c r="AL197" s="50"/>
     </row>
     <row r="198" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A198" s="27">
         <v>192</v>
       </c>
       <c r="B198" s="28" t="s">
-        <v>1702</v>
+        <v>1690</v>
       </c>
       <c r="C198" s="29">
-        <v>40103219402</v>
+        <v>40203514419</v>
       </c>
       <c r="D198" s="28" t="s">
-        <v>1746</v>
+        <v>1740</v>
       </c>
       <c r="E198" s="33" t="s">
-        <v>1747</v>
+        <v>1741</v>
       </c>
       <c r="F198" s="28" t="s">
-        <v>1748</v>
+        <v>1742</v>
       </c>
       <c r="G198" s="34" t="s">
-        <v>1749</v>
+        <v>1743</v>
       </c>
       <c r="H198" s="28" t="s">
-        <v>1844</v>
+        <v>1834</v>
       </c>
       <c r="I198" s="30" t="s">
-        <v>886</v>
+        <v>1054</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L198" s="28" t="s">
-        <v>1845</v>
+        <v>879</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1846</v>
-[...3 lines deleted...]
-      </c>
+        <v>880</v>
+      </c>
+      <c r="N198" s="30"/>
       <c r="O198" s="5" t="s">
-        <v>1039</v>
+        <v>887</v>
       </c>
       <c r="P198" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q198" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R198" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S198" s="36" t="s">
-        <v>1906</v>
+        <v>1896</v>
       </c>
       <c r="T198" s="28"/>
       <c r="U198" s="28"/>
       <c r="V198" s="28"/>
       <c r="W198" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X198" s="29" t="s">
-        <v>1907</v>
+        <v>1897</v>
       </c>
       <c r="Y198" s="32">
-        <v>45512</v>
+        <v>45517</v>
       </c>
       <c r="Z198" s="37">
-        <v>45516</v>
+        <v>45519</v>
       </c>
       <c r="AA198" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB198" s="29" t="s">
-        <v>1399</v>
+        <v>1337</v>
       </c>
       <c r="AC198" s="37">
-        <v>45856</v>
+        <v>45940</v>
       </c>
       <c r="AD198" s="37">
-        <v>45860</v>
+        <v>45944</v>
       </c>
       <c r="AE198" s="38">
-        <v>39676.5</v>
+        <v>39870</v>
       </c>
       <c r="AF198" s="39">
-        <v>45616</v>
+        <v>45638</v>
       </c>
       <c r="AG198" s="40"/>
       <c r="AH198" s="39"/>
       <c r="AI198" s="40"/>
       <c r="AJ198" s="39"/>
       <c r="AK198" s="47"/>
       <c r="AL198" s="50"/>
     </row>
     <row r="199" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A199" s="27">
         <v>193</v>
       </c>
       <c r="B199" s="28" t="s">
-        <v>1703</v>
+        <v>1691</v>
       </c>
       <c r="C199" s="29">
-        <v>40203414668</v>
+        <v>44103035350</v>
       </c>
       <c r="D199" s="28" t="s">
-        <v>1750</v>
+        <v>1744</v>
       </c>
       <c r="E199" s="33" t="s">
-        <v>1751</v>
+        <v>1745</v>
       </c>
       <c r="F199" s="28" t="s">
-        <v>1752</v>
+        <v>1746</v>
       </c>
       <c r="G199" s="34" t="s">
-        <v>1753</v>
+        <v>234</v>
       </c>
       <c r="H199" s="28" t="s">
-        <v>1847</v>
+        <v>1835</v>
       </c>
       <c r="I199" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L199" s="28" t="s">
-        <v>916</v>
+        <v>1187</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>917</v>
+        <v>999</v>
       </c>
       <c r="N199" s="30" t="s">
-        <v>1267</v>
+        <v>1169</v>
       </c>
       <c r="O199" s="5" t="s">
-        <v>1268</v>
+        <v>1170</v>
       </c>
       <c r="P199" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q199" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R199" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S199" s="36" t="s">
-        <v>1908</v>
+        <v>1898</v>
       </c>
       <c r="T199" s="28"/>
       <c r="U199" s="28"/>
       <c r="V199" s="28"/>
       <c r="W199" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X199" s="29" t="s">
-        <v>1909</v>
+        <v>1899</v>
       </c>
       <c r="Y199" s="32">
-        <v>45512</v>
+        <v>45533</v>
       </c>
       <c r="Z199" s="37">
-        <v>45516</v>
+        <v>45537</v>
       </c>
       <c r="AA199" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB199" s="29" t="s">
-        <v>1347</v>
+        <v>1322</v>
       </c>
       <c r="AC199" s="37">
-        <v>45940</v>
+        <v>45954</v>
       </c>
       <c r="AD199" s="37">
-        <v>45944</v>
+        <v>45958</v>
       </c>
       <c r="AE199" s="38">
-        <v>39999.919999999998</v>
+        <v>38759.39</v>
       </c>
       <c r="AF199" s="39">
-        <v>45828</v>
+        <v>45665</v>
       </c>
       <c r="AG199" s="40"/>
       <c r="AH199" s="39"/>
       <c r="AI199" s="40"/>
       <c r="AJ199" s="39"/>
       <c r="AK199" s="47"/>
       <c r="AL199" s="50"/>
     </row>
     <row r="200" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A200" s="27">
         <v>194</v>
       </c>
       <c r="B200" s="28" t="s">
-        <v>1704</v>
+        <v>1692</v>
       </c>
       <c r="C200" s="29">
-        <v>40203514419</v>
+        <v>40203361341</v>
       </c>
       <c r="D200" s="28" t="s">
-        <v>1754</v>
+        <v>1747</v>
       </c>
       <c r="E200" s="33" t="s">
-        <v>1755</v>
+        <v>1748</v>
       </c>
       <c r="F200" s="28" t="s">
-        <v>1756</v>
+        <v>1749</v>
       </c>
       <c r="G200" s="34" t="s">
-        <v>1757</v>
+        <v>1750</v>
       </c>
       <c r="H200" s="28" t="s">
-        <v>1848</v>
+        <v>1747</v>
       </c>
       <c r="I200" s="30" t="s">
-        <v>1067</v>
+        <v>1836</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>986</v>
+        <v>894</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L200" s="28" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="N200" s="30"/>
       <c r="O200" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P200" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q200" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R200" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S200" s="36" t="s">
-        <v>1910</v>
+        <v>1900</v>
       </c>
       <c r="T200" s="28"/>
       <c r="U200" s="28"/>
       <c r="V200" s="28"/>
       <c r="W200" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X200" s="29" t="s">
-        <v>1911</v>
+        <v>1901</v>
       </c>
       <c r="Y200" s="32">
-        <v>45517</v>
+        <v>45533</v>
       </c>
       <c r="Z200" s="37">
-        <v>45519</v>
+        <v>45537</v>
       </c>
       <c r="AA200" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB200" s="29" t="s">
-        <v>1347</v>
+        <v>1302</v>
       </c>
       <c r="AC200" s="37">
-        <v>45940</v>
+        <v>45912</v>
       </c>
       <c r="AD200" s="37">
-        <v>45944</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE200" s="38"/>
+      <c r="AF200" s="39"/>
       <c r="AG200" s="40"/>
       <c r="AH200" s="39"/>
       <c r="AI200" s="40"/>
       <c r="AJ200" s="39"/>
       <c r="AK200" s="47"/>
       <c r="AL200" s="50"/>
     </row>
     <row r="201" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A201" s="27">
         <v>195</v>
       </c>
       <c r="B201" s="28" t="s">
-        <v>1705</v>
+        <v>1693</v>
       </c>
       <c r="C201" s="29">
-        <v>44103035350</v>
+        <v>40203480610</v>
       </c>
       <c r="D201" s="28" t="s">
-        <v>1758</v>
+        <v>1751</v>
       </c>
       <c r="E201" s="33" t="s">
-        <v>1759</v>
+        <v>1752</v>
       </c>
       <c r="F201" s="28" t="s">
-        <v>1760</v>
+        <v>1753</v>
       </c>
       <c r="G201" s="34" t="s">
-        <v>236</v>
+        <v>1754</v>
       </c>
       <c r="H201" s="28" t="s">
-        <v>1849</v>
+        <v>1751</v>
       </c>
       <c r="I201" s="30" t="s">
-        <v>886</v>
+        <v>1172</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>886</v>
+        <v>1070</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L201" s="28" t="s">
-        <v>1196</v>
+        <v>908</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1007</v>
+        <v>909</v>
       </c>
       <c r="N201" s="30" t="s">
-        <v>1179</v>
+        <v>1837</v>
       </c>
       <c r="O201" s="5" t="s">
-        <v>1180</v>
+        <v>1838</v>
       </c>
       <c r="P201" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q201" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R201" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S201" s="36" t="s">
-        <v>1912</v>
+        <v>1902</v>
       </c>
       <c r="T201" s="28"/>
       <c r="U201" s="28"/>
       <c r="V201" s="28"/>
       <c r="W201" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X201" s="29" t="s">
-        <v>1913</v>
+        <v>1903</v>
       </c>
       <c r="Y201" s="32">
         <v>45533</v>
       </c>
       <c r="Z201" s="37">
         <v>45537</v>
       </c>
       <c r="AA201" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB201" s="29" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="AC201" s="37">
-        <v>45954</v>
+        <v>45896</v>
       </c>
       <c r="AD201" s="37">
-        <v>45958</v>
+        <v>45898</v>
       </c>
       <c r="AE201" s="38">
-        <v>38759.39</v>
+        <v>39999.99</v>
       </c>
       <c r="AF201" s="39">
-        <v>45665</v>
+        <v>45775</v>
       </c>
       <c r="AG201" s="40"/>
       <c r="AH201" s="39"/>
       <c r="AI201" s="40"/>
       <c r="AJ201" s="39"/>
       <c r="AK201" s="47"/>
       <c r="AL201" s="50"/>
     </row>
     <row r="202" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A202" s="27">
         <v>196</v>
       </c>
       <c r="B202" s="28" t="s">
-        <v>1706</v>
+        <v>1694</v>
       </c>
       <c r="C202" s="29">
-        <v>40203361341</v>
+        <v>50203225981</v>
       </c>
       <c r="D202" s="28" t="s">
-        <v>1761</v>
+        <v>1755</v>
       </c>
       <c r="E202" s="33" t="s">
-        <v>1762</v>
+        <v>1756</v>
       </c>
       <c r="F202" s="28" t="s">
-        <v>1763</v>
+        <v>1757</v>
       </c>
       <c r="G202" s="34" t="s">
-        <v>1764</v>
+        <v>1758</v>
       </c>
       <c r="H202" s="28" t="s">
-        <v>1761</v>
+        <v>1755</v>
       </c>
       <c r="I202" s="30" t="s">
-        <v>1850</v>
+        <v>1088</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>902</v>
+        <v>1089</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L202" s="28" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="N202" s="30"/>
+        <v>880</v>
+      </c>
+      <c r="N202" s="30" t="s">
+        <v>1839</v>
+      </c>
       <c r="O202" s="5" t="s">
-        <v>895</v>
+        <v>1840</v>
       </c>
       <c r="P202" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q202" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R202" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S202" s="36" t="s">
-        <v>1914</v>
+        <v>1904</v>
       </c>
       <c r="T202" s="28"/>
       <c r="U202" s="28"/>
       <c r="V202" s="28"/>
       <c r="W202" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X202" s="29" t="s">
-        <v>1915</v>
+        <v>1905</v>
       </c>
       <c r="Y202" s="32">
-        <v>45533</v>
+        <v>45538</v>
       </c>
       <c r="Z202" s="37">
-        <v>45537</v>
+        <v>45540</v>
       </c>
       <c r="AA202" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB202" s="29" t="s">
-        <v>1312</v>
+        <v>1345</v>
       </c>
       <c r="AC202" s="37">
-        <v>45912</v>
+        <v>45896</v>
       </c>
       <c r="AD202" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF202" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE202" s="38">
+        <v>35785.440000000002</v>
+      </c>
+      <c r="AF202" s="39">
+        <v>45625</v>
+      </c>
       <c r="AG202" s="40"/>
       <c r="AH202" s="39"/>
       <c r="AI202" s="40"/>
       <c r="AJ202" s="39"/>
       <c r="AK202" s="47"/>
       <c r="AL202" s="50"/>
     </row>
     <row r="203" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A203" s="27">
         <v>197</v>
       </c>
       <c r="B203" s="28" t="s">
-        <v>1707</v>
+        <v>1695</v>
       </c>
       <c r="C203" s="29">
-        <v>40203480610</v>
+        <v>50203577651</v>
       </c>
       <c r="D203" s="28" t="s">
-        <v>1765</v>
+        <v>1759</v>
       </c>
       <c r="E203" s="33" t="s">
-        <v>1766</v>
+        <v>1760</v>
       </c>
       <c r="F203" s="28" t="s">
-        <v>1767</v>
+        <v>1761</v>
       </c>
       <c r="G203" s="34" t="s">
-        <v>1768</v>
+        <v>1762</v>
       </c>
       <c r="H203" s="28" t="s">
-        <v>1765</v>
+        <v>1759</v>
       </c>
       <c r="I203" s="30" t="s">
-        <v>1012</v>
+        <v>1088</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1013</v>
+        <v>1089</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L203" s="28" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>917</v>
-[...6 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="N203" s="30"/>
       <c r="P203" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q203" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R203" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S203" s="36" t="s">
-        <v>1916</v>
+        <v>1906</v>
       </c>
       <c r="T203" s="28"/>
       <c r="U203" s="28"/>
       <c r="V203" s="28"/>
       <c r="W203" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X203" s="29" t="s">
-        <v>1917</v>
+        <v>1907</v>
       </c>
       <c r="Y203" s="32">
-        <v>45533</v>
+        <v>45544</v>
       </c>
       <c r="Z203" s="37">
-        <v>45537</v>
+        <v>45546</v>
       </c>
       <c r="AA203" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB203" s="29" t="s">
-        <v>1355</v>
+        <v>1386</v>
       </c>
       <c r="AC203" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD203" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45860</v>
+      </c>
+      <c r="AE203" s="38"/>
+      <c r="AF203" s="39"/>
       <c r="AG203" s="40"/>
       <c r="AH203" s="39"/>
       <c r="AI203" s="40"/>
       <c r="AJ203" s="39"/>
       <c r="AK203" s="47"/>
       <c r="AL203" s="50"/>
     </row>
     <row r="204" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A204" s="27">
         <v>198</v>
       </c>
       <c r="B204" s="28" t="s">
-        <v>1708</v>
+        <v>1696</v>
       </c>
       <c r="C204" s="29">
-        <v>50203225981</v>
+        <v>40203575216</v>
       </c>
       <c r="D204" s="28" t="s">
-        <v>1769</v>
+        <v>1763</v>
       </c>
       <c r="E204" s="33" t="s">
-        <v>1770</v>
+        <v>1764</v>
       </c>
       <c r="F204" s="28" t="s">
-        <v>1771</v>
+        <v>1765</v>
       </c>
       <c r="G204" s="34" t="s">
-        <v>1772</v>
+        <v>234</v>
       </c>
       <c r="H204" s="28" t="s">
-        <v>1769</v>
+        <v>1841</v>
       </c>
       <c r="I204" s="30" t="s">
-        <v>1100</v>
+        <v>1107</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>903</v>
+        <v>943</v>
       </c>
       <c r="L204" s="28" t="s">
-        <v>887</v>
+        <v>1842</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>888</v>
+        <v>1843</v>
       </c>
       <c r="N204" s="30" t="s">
-        <v>1853</v>
+        <v>886</v>
       </c>
       <c r="O204" s="5" t="s">
-        <v>1854</v>
+        <v>882</v>
       </c>
       <c r="P204" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q204" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R204" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S204" s="36" t="s">
-        <v>1918</v>
+        <v>1908</v>
       </c>
       <c r="T204" s="28"/>
       <c r="U204" s="28"/>
       <c r="V204" s="28"/>
       <c r="W204" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X204" s="29" t="s">
-        <v>1919</v>
+        <v>1909</v>
       </c>
       <c r="Y204" s="32">
-        <v>45538</v>
+        <v>45544</v>
       </c>
       <c r="Z204" s="37">
-        <v>45540</v>
+        <v>45546</v>
       </c>
       <c r="AA204" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB204" s="29" t="s">
-        <v>1355</v>
+        <v>1345</v>
       </c>
       <c r="AC204" s="37">
         <v>45896</v>
       </c>
       <c r="AD204" s="37">
         <v>45898</v>
       </c>
       <c r="AE204" s="38">
-        <v>35785.440000000002</v>
+        <v>39528.44</v>
       </c>
       <c r="AF204" s="39">
-        <v>45625</v>
+        <v>45757</v>
       </c>
       <c r="AG204" s="40"/>
       <c r="AH204" s="39"/>
       <c r="AI204" s="40"/>
       <c r="AJ204" s="39"/>
       <c r="AK204" s="47"/>
       <c r="AL204" s="50"/>
     </row>
     <row r="205" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A205" s="27">
         <v>199</v>
       </c>
       <c r="B205" s="28" t="s">
-        <v>1709</v>
+        <v>1697</v>
       </c>
       <c r="C205" s="29">
-        <v>50203577651</v>
+        <v>40203578763</v>
       </c>
       <c r="D205" s="28" t="s">
-        <v>1773</v>
+        <v>1766</v>
       </c>
       <c r="E205" s="33" t="s">
-        <v>1774</v>
+        <v>1767</v>
       </c>
       <c r="F205" s="28" t="s">
-        <v>1775</v>
+        <v>1768</v>
       </c>
       <c r="G205" s="34" t="s">
-        <v>1776</v>
+        <v>234</v>
       </c>
       <c r="H205" s="28" t="s">
-        <v>1773</v>
+        <v>1844</v>
       </c>
       <c r="I205" s="30" t="s">
-        <v>1100</v>
+        <v>1088</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1101</v>
+        <v>1089</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L205" s="28" t="s">
-        <v>916</v>
+        <v>1071</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>917</v>
+        <v>1072</v>
       </c>
       <c r="N205" s="30"/>
+      <c r="O205" s="5" t="s">
+        <v>887</v>
+      </c>
       <c r="P205" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q205" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R205" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S205" s="36" t="s">
-        <v>1920</v>
+        <v>1910</v>
       </c>
       <c r="T205" s="28"/>
       <c r="U205" s="28"/>
       <c r="V205" s="28"/>
       <c r="W205" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X205" s="29" t="s">
-        <v>1921</v>
+        <v>1305</v>
       </c>
       <c r="Y205" s="32">
-        <v>45544</v>
+        <v>45554</v>
       </c>
       <c r="Z205" s="37">
-        <v>45546</v>
+        <v>45558</v>
       </c>
       <c r="AA205" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB205" s="29" t="s">
-        <v>1399</v>
+        <v>1322</v>
       </c>
       <c r="AC205" s="37">
-        <v>45856</v>
+        <v>45954</v>
       </c>
       <c r="AD205" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF205" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE205" s="38">
+        <v>28211.759999999998</v>
+      </c>
+      <c r="AF205" s="39">
+        <v>45665</v>
+      </c>
       <c r="AG205" s="40"/>
       <c r="AH205" s="39"/>
       <c r="AI205" s="40"/>
       <c r="AJ205" s="39"/>
       <c r="AK205" s="47"/>
       <c r="AL205" s="50"/>
     </row>
     <row r="206" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A206" s="27">
         <v>200</v>
       </c>
       <c r="B206" s="28" t="s">
-        <v>1710</v>
+        <v>1698</v>
       </c>
       <c r="C206" s="29">
-        <v>40203575216</v>
+        <v>41203073648</v>
       </c>
       <c r="D206" s="28" t="s">
-        <v>1777</v>
+        <v>1769</v>
       </c>
       <c r="E206" s="33" t="s">
-        <v>1778</v>
+        <v>1770</v>
       </c>
       <c r="F206" s="28" t="s">
-        <v>1779</v>
+        <v>1771</v>
       </c>
       <c r="G206" s="34" t="s">
-        <v>236</v>
+        <v>1772</v>
       </c>
       <c r="H206" s="28" t="s">
-        <v>1855</v>
+        <v>1769</v>
       </c>
       <c r="I206" s="30" t="s">
-        <v>1117</v>
+        <v>878</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>1117</v>
+        <v>878</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>951</v>
+        <v>878</v>
       </c>
       <c r="L206" s="28" t="s">
-        <v>1856</v>
+        <v>1845</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1857</v>
+        <v>1078</v>
       </c>
       <c r="N206" s="30" t="s">
-        <v>894</v>
+        <v>1161</v>
       </c>
       <c r="O206" s="5" t="s">
-        <v>890</v>
+        <v>1162</v>
       </c>
       <c r="P206" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q206" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R206" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S206" s="36" t="s">
-        <v>1922</v>
+        <v>1911</v>
       </c>
       <c r="T206" s="28"/>
       <c r="U206" s="28"/>
       <c r="V206" s="28"/>
       <c r="W206" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X206" s="29" t="s">
-        <v>1923</v>
+        <v>1395</v>
       </c>
       <c r="Y206" s="32">
-        <v>45544</v>
+        <v>45554</v>
       </c>
       <c r="Z206" s="37">
-        <v>45546</v>
+        <v>45558</v>
       </c>
       <c r="AA206" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB206" s="29" t="s">
-        <v>1355</v>
+        <v>1386</v>
       </c>
       <c r="AC206" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD206" s="37">
-        <v>45898</v>
+        <v>45860</v>
       </c>
       <c r="AE206" s="38">
-        <v>39528.44</v>
+        <v>35970.019999999997</v>
       </c>
       <c r="AF206" s="39">
-        <v>45757</v>
+        <v>45992</v>
       </c>
       <c r="AG206" s="40"/>
       <c r="AH206" s="39"/>
       <c r="AI206" s="40"/>
       <c r="AJ206" s="39"/>
       <c r="AK206" s="47"/>
       <c r="AL206" s="50"/>
     </row>
     <row r="207" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A207" s="27">
         <v>201</v>
       </c>
       <c r="B207" s="28" t="s">
-        <v>1711</v>
+        <v>1699</v>
       </c>
       <c r="C207" s="29">
-        <v>40203578763</v>
+        <v>40203571820</v>
       </c>
       <c r="D207" s="28" t="s">
-        <v>1780</v>
+        <v>1773</v>
       </c>
       <c r="E207" s="33" t="s">
-        <v>1781</v>
+        <v>1774</v>
       </c>
       <c r="F207" s="28" t="s">
-        <v>1782</v>
+        <v>1775</v>
       </c>
       <c r="G207" s="34" t="s">
-        <v>236</v>
+        <v>1776</v>
       </c>
       <c r="H207" s="28" t="s">
-        <v>1858</v>
+        <v>1846</v>
       </c>
       <c r="I207" s="30" t="s">
-        <v>1100</v>
+        <v>878</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>1101</v>
+        <v>878</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L207" s="28" t="s">
-        <v>1083</v>
+        <v>879</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1084</v>
+        <v>880</v>
       </c>
       <c r="N207" s="30"/>
       <c r="O207" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P207" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q207" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R207" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S207" s="36" t="s">
-        <v>1924</v>
+        <v>1912</v>
       </c>
       <c r="T207" s="28"/>
       <c r="U207" s="28"/>
       <c r="V207" s="28"/>
       <c r="W207" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X207" s="29" t="s">
-        <v>1315</v>
+        <v>1913</v>
       </c>
       <c r="Y207" s="32">
-        <v>45554</v>
+        <v>45555</v>
       </c>
       <c r="Z207" s="37">
-        <v>45558</v>
+        <v>45559</v>
       </c>
       <c r="AA207" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB207" s="29" t="s">
-        <v>1332</v>
+        <v>1516</v>
       </c>
       <c r="AC207" s="37">
-        <v>45954</v>
+        <v>45999</v>
       </c>
       <c r="AD207" s="37">
-        <v>45958</v>
+        <v>46001</v>
       </c>
       <c r="AE207" s="38">
-        <v>28211.759999999998</v>
+        <v>39960</v>
       </c>
       <c r="AF207" s="39">
-        <v>45665</v>
+        <v>45804</v>
       </c>
       <c r="AG207" s="40"/>
       <c r="AH207" s="39"/>
       <c r="AI207" s="40"/>
       <c r="AJ207" s="39"/>
       <c r="AK207" s="47"/>
       <c r="AL207" s="50"/>
     </row>
     <row r="208" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A208" s="27">
         <v>202</v>
       </c>
       <c r="B208" s="28" t="s">
-        <v>1712</v>
+        <v>1700</v>
       </c>
       <c r="C208" s="29">
-        <v>41203073648</v>
+        <v>40203573215</v>
       </c>
       <c r="D208" s="28" t="s">
-        <v>1783</v>
+        <v>1777</v>
       </c>
       <c r="E208" s="33" t="s">
-        <v>1784</v>
+        <v>1778</v>
       </c>
       <c r="F208" s="28" t="s">
-        <v>1785</v>
+        <v>1779</v>
       </c>
       <c r="G208" s="34" t="s">
-        <v>1786</v>
+        <v>234</v>
       </c>
       <c r="H208" s="28" t="s">
-        <v>1783</v>
+        <v>1847</v>
       </c>
       <c r="I208" s="30" t="s">
-        <v>886</v>
+        <v>1107</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>886</v>
+        <v>1107</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>886</v>
+        <v>943</v>
       </c>
       <c r="L208" s="28" t="s">
-        <v>1859</v>
+        <v>1090</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="N208" s="30" t="s">
-        <v>1171</v>
+        <v>1848</v>
       </c>
       <c r="O208" s="5" t="s">
-        <v>1172</v>
+        <v>1849</v>
       </c>
       <c r="P208" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q208" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R208" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S208" s="36" t="s">
-        <v>1925</v>
+        <v>1914</v>
       </c>
       <c r="T208" s="28"/>
       <c r="U208" s="28"/>
       <c r="V208" s="28"/>
       <c r="W208" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X208" s="29" t="s">
-        <v>1408</v>
+        <v>1915</v>
       </c>
       <c r="Y208" s="32">
-        <v>45554</v>
+        <v>45555</v>
       </c>
       <c r="Z208" s="37">
-        <v>45558</v>
+        <v>45559</v>
       </c>
       <c r="AA208" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB208" s="29" t="s">
-        <v>1399</v>
+        <v>1302</v>
       </c>
       <c r="AC208" s="37">
-        <v>45856</v>
+        <v>45912</v>
       </c>
       <c r="AD208" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF208" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE208" s="38">
+        <v>39162.36</v>
+      </c>
+      <c r="AF208" s="39">
+        <v>45755</v>
+      </c>
       <c r="AG208" s="40"/>
       <c r="AH208" s="39"/>
       <c r="AI208" s="40"/>
       <c r="AJ208" s="39"/>
       <c r="AK208" s="47"/>
       <c r="AL208" s="50"/>
     </row>
     <row r="209" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A209" s="27">
         <v>203</v>
       </c>
       <c r="B209" s="28" t="s">
-        <v>1713</v>
+        <v>1701</v>
       </c>
       <c r="C209" s="29">
-        <v>40203571820</v>
+        <v>40203586332</v>
       </c>
       <c r="D209" s="28" t="s">
-        <v>1787</v>
+        <v>1780</v>
       </c>
       <c r="E209" s="33" t="s">
-        <v>1788</v>
+        <v>1781</v>
       </c>
       <c r="F209" s="28" t="s">
-        <v>1789</v>
+        <v>1782</v>
       </c>
       <c r="G209" s="34" t="s">
-        <v>1790</v>
+        <v>234</v>
       </c>
       <c r="H209" s="28" t="s">
-        <v>1860</v>
+        <v>1850</v>
       </c>
       <c r="I209" s="30" t="s">
-        <v>886</v>
+        <v>1269</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>886</v>
+        <v>978</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L209" s="28" t="s">
-        <v>887</v>
+        <v>1851</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>888</v>
+        <v>1852</v>
       </c>
       <c r="N209" s="30"/>
       <c r="O209" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P209" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q209" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R209" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S209" s="36" t="s">
-        <v>1926</v>
+        <v>1916</v>
       </c>
       <c r="T209" s="28"/>
       <c r="U209" s="28"/>
       <c r="V209" s="28"/>
       <c r="W209" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X209" s="29" t="s">
-        <v>1927</v>
+        <v>1345</v>
       </c>
       <c r="Y209" s="32">
-        <v>45555</v>
+        <v>45576</v>
       </c>
       <c r="Z209" s="37">
-        <v>45559</v>
-[...4 lines deleted...]
-      <c r="AD209" s="37"/>
+        <v>45580</v>
+      </c>
+      <c r="AA209" s="28" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AB209" s="29" t="s">
+        <v>1337</v>
+      </c>
+      <c r="AC209" s="37">
+        <v>45940</v>
+      </c>
+      <c r="AD209" s="37">
+        <v>45944</v>
+      </c>
       <c r="AE209" s="38">
-        <v>39960</v>
+        <v>39952.379999999997</v>
       </c>
       <c r="AF209" s="39">
-        <v>45804</v>
+        <v>45692</v>
       </c>
       <c r="AG209" s="40"/>
       <c r="AH209" s="39"/>
       <c r="AI209" s="40"/>
       <c r="AJ209" s="39"/>
       <c r="AK209" s="47"/>
       <c r="AL209" s="50"/>
     </row>
     <row r="210" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A210" s="27">
         <v>204</v>
       </c>
       <c r="B210" s="28" t="s">
-        <v>1714</v>
+        <v>1702</v>
       </c>
       <c r="C210" s="29">
-        <v>40203573215</v>
+        <v>40203459812</v>
       </c>
       <c r="D210" s="28" t="s">
-        <v>1791</v>
+        <v>1783</v>
       </c>
       <c r="E210" s="33" t="s">
-        <v>1792</v>
+        <v>1784</v>
       </c>
       <c r="F210" s="28" t="s">
-        <v>1793</v>
+        <v>1785</v>
       </c>
       <c r="G210" s="34" t="s">
-        <v>236</v>
+        <v>1786</v>
       </c>
       <c r="H210" s="28" t="s">
-        <v>1861</v>
+        <v>1853</v>
       </c>
       <c r="I210" s="30" t="s">
-        <v>1117</v>
+        <v>1836</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1117</v>
+        <v>894</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>951</v>
+        <v>895</v>
       </c>
       <c r="L210" s="28" t="s">
-        <v>1014</v>
+        <v>1042</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1015</v>
-[...3 lines deleted...]
-      </c>
+        <v>1043</v>
+      </c>
+      <c r="N210" s="30"/>
       <c r="O210" s="5" t="s">
-        <v>1863</v>
+        <v>887</v>
       </c>
       <c r="P210" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q210" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R210" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S210" s="36" t="s">
-        <v>1928</v>
+        <v>1917</v>
       </c>
       <c r="T210" s="28"/>
       <c r="U210" s="28"/>
       <c r="V210" s="28"/>
       <c r="W210" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X210" s="29" t="s">
-        <v>1929</v>
+        <v>1918</v>
       </c>
       <c r="Y210" s="32">
-        <v>45555</v>
+        <v>45576</v>
       </c>
       <c r="Z210" s="37">
-        <v>45559</v>
+        <v>45580</v>
       </c>
       <c r="AA210" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB210" s="29" t="s">
-        <v>1312</v>
+        <v>1386</v>
       </c>
       <c r="AC210" s="37">
-        <v>45912</v>
+        <v>45856</v>
       </c>
       <c r="AD210" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45860</v>
+      </c>
+      <c r="AE210" s="38"/>
+      <c r="AF210" s="39"/>
       <c r="AG210" s="40"/>
       <c r="AH210" s="39"/>
       <c r="AI210" s="40"/>
       <c r="AJ210" s="39"/>
       <c r="AK210" s="47"/>
       <c r="AL210" s="50"/>
     </row>
     <row r="211" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A211" s="27">
         <v>205</v>
       </c>
       <c r="B211" s="28" t="s">
-        <v>1715</v>
+        <v>1703</v>
       </c>
       <c r="C211" s="29">
-        <v>40203586332</v>
+        <v>40203382517</v>
       </c>
       <c r="D211" s="28" t="s">
-        <v>1794</v>
+        <v>1787</v>
       </c>
       <c r="E211" s="33" t="s">
-        <v>1795</v>
+        <v>1788</v>
       </c>
       <c r="F211" s="28" t="s">
-        <v>1796</v>
+        <v>1789</v>
       </c>
       <c r="G211" s="34" t="s">
-        <v>236</v>
+        <v>1790</v>
       </c>
       <c r="H211" s="28" t="s">
-        <v>1864</v>
+        <v>1854</v>
       </c>
       <c r="I211" s="30" t="s">
-        <v>1278</v>
+        <v>878</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>986</v>
+        <v>878</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L211" s="28" t="s">
-        <v>1865</v>
+        <v>984</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1866</v>
-[...1 lines deleted...]
-      <c r="N211" s="30"/>
+        <v>985</v>
+      </c>
+      <c r="N211" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O211" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P211" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q211" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R211" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S211" s="36" t="s">
-        <v>1930</v>
+        <v>1919</v>
       </c>
       <c r="T211" s="28"/>
       <c r="U211" s="28"/>
       <c r="V211" s="28"/>
       <c r="W211" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X211" s="29" t="s">
-        <v>1355</v>
+        <v>1920</v>
       </c>
       <c r="Y211" s="32">
         <v>45576</v>
       </c>
       <c r="Z211" s="37">
         <v>45580</v>
       </c>
       <c r="AA211" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB211" s="29" t="s">
-        <v>1347</v>
+        <v>1308</v>
       </c>
       <c r="AC211" s="37">
-        <v>45940</v>
+        <v>45973</v>
       </c>
       <c r="AD211" s="37">
-        <v>45944</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE211" s="38"/>
+      <c r="AF211" s="39"/>
       <c r="AG211" s="40"/>
       <c r="AH211" s="39"/>
       <c r="AI211" s="40"/>
       <c r="AJ211" s="39"/>
       <c r="AK211" s="47"/>
       <c r="AL211" s="50"/>
     </row>
     <row r="212" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A212" s="27">
         <v>206</v>
       </c>
       <c r="B212" s="28" t="s">
-        <v>1716</v>
+        <v>1704</v>
       </c>
       <c r="C212" s="29">
-        <v>40203459812</v>
+        <v>40203589409</v>
       </c>
       <c r="D212" s="28" t="s">
-        <v>1797</v>
+        <v>1791</v>
       </c>
       <c r="E212" s="33" t="s">
-        <v>1798</v>
+        <v>1792</v>
       </c>
       <c r="F212" s="28" t="s">
-        <v>1799</v>
+        <v>1793</v>
       </c>
       <c r="G212" s="34" t="s">
-        <v>1800</v>
+        <v>234</v>
       </c>
       <c r="H212" s="28" t="s">
-        <v>1867</v>
+        <v>1855</v>
       </c>
       <c r="I212" s="30" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>902</v>
+        <v>1293</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>903</v>
+        <v>959</v>
       </c>
       <c r="L212" s="28" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1056</v>
+        <v>1857</v>
       </c>
       <c r="N212" s="30"/>
-      <c r="O212" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P212" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q212" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R212" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S212" s="36" t="s">
-        <v>1931</v>
+        <v>1921</v>
       </c>
       <c r="T212" s="28"/>
       <c r="U212" s="28"/>
       <c r="V212" s="28"/>
       <c r="W212" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X212" s="29" t="s">
-        <v>1932</v>
+        <v>1922</v>
       </c>
       <c r="Y212" s="32">
         <v>45576</v>
       </c>
       <c r="Z212" s="37">
         <v>45580</v>
       </c>
       <c r="AA212" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB212" s="29" t="s">
-        <v>1399</v>
+        <v>1322</v>
       </c>
       <c r="AC212" s="37">
-        <v>45856</v>
+        <v>45954</v>
       </c>
       <c r="AD212" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF212" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE212" s="38">
+        <v>39678.120000000003</v>
+      </c>
+      <c r="AF212" s="39">
+        <v>45706</v>
+      </c>
       <c r="AG212" s="40"/>
       <c r="AH212" s="39"/>
       <c r="AI212" s="40"/>
       <c r="AJ212" s="39"/>
       <c r="AK212" s="47"/>
       <c r="AL212" s="50"/>
     </row>
     <row r="213" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A213" s="27">
         <v>207</v>
       </c>
       <c r="B213" s="28" t="s">
-        <v>1717</v>
+        <v>1705</v>
       </c>
       <c r="C213" s="29">
-        <v>40203382517</v>
+        <v>44103138644</v>
       </c>
       <c r="D213" s="28" t="s">
-        <v>1801</v>
+        <v>1794</v>
       </c>
       <c r="E213" s="33" t="s">
-        <v>1802</v>
+        <v>1795</v>
       </c>
       <c r="F213" s="28" t="s">
-        <v>1803</v>
+        <v>1796</v>
       </c>
       <c r="G213" s="34" t="s">
-        <v>1804</v>
+        <v>1797</v>
       </c>
       <c r="H213" s="28" t="s">
-        <v>1868</v>
+        <v>1858</v>
       </c>
       <c r="I213" s="30" t="s">
-        <v>886</v>
+        <v>1200</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>886</v>
+        <v>1089</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L213" s="28" t="s">
-        <v>992</v>
+        <v>1859</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>993</v>
+        <v>1860</v>
       </c>
       <c r="N213" s="30" t="s">
-        <v>887</v>
+        <v>1861</v>
       </c>
       <c r="O213" s="5" t="s">
-        <v>888</v>
+        <v>1862</v>
       </c>
       <c r="P213" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q213" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R213" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S213" s="36" t="s">
-        <v>1933</v>
+        <v>1923</v>
       </c>
       <c r="T213" s="28"/>
       <c r="U213" s="28"/>
       <c r="V213" s="28"/>
       <c r="W213" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X213" s="29" t="s">
-        <v>1934</v>
+        <v>1924</v>
       </c>
       <c r="Y213" s="32">
         <v>45576</v>
       </c>
       <c r="Z213" s="37">
         <v>45580</v>
       </c>
       <c r="AA213" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB213" s="29" t="s">
-        <v>1318</v>
+        <v>1305</v>
       </c>
       <c r="AC213" s="37">
-        <v>45973</v>
+        <v>45869</v>
       </c>
       <c r="AD213" s="37">
-        <v>45975</v>
+        <v>45873</v>
       </c>
       <c r="AE213" s="38"/>
       <c r="AF213" s="39"/>
       <c r="AG213" s="40"/>
       <c r="AH213" s="39"/>
       <c r="AI213" s="40"/>
       <c r="AJ213" s="39"/>
       <c r="AK213" s="47"/>
       <c r="AL213" s="50"/>
     </row>
     <row r="214" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A214" s="27">
         <v>208</v>
       </c>
       <c r="B214" s="28" t="s">
-        <v>1718</v>
+        <v>1706</v>
       </c>
       <c r="C214" s="29">
-        <v>40203589409</v>
+        <v>42103092571</v>
       </c>
       <c r="D214" s="28" t="s">
-        <v>1805</v>
+        <v>1798</v>
       </c>
       <c r="E214" s="33" t="s">
-        <v>1806</v>
+        <v>1799</v>
       </c>
       <c r="F214" s="28" t="s">
-        <v>1807</v>
+        <v>1800</v>
       </c>
       <c r="G214" s="34" t="s">
-        <v>236</v>
+        <v>1801</v>
       </c>
       <c r="H214" s="28" t="s">
-        <v>1869</v>
+        <v>1863</v>
       </c>
       <c r="I214" s="30" t="s">
-        <v>1870</v>
+        <v>904</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1303</v>
+        <v>905</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L214" s="28" t="s">
-        <v>1064</v>
+        <v>962</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1871</v>
+        <v>897</v>
       </c>
       <c r="N214" s="30"/>
       <c r="P214" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q214" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R214" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S214" s="36" t="s">
-        <v>1935</v>
+        <v>1925</v>
       </c>
       <c r="T214" s="28"/>
       <c r="U214" s="28"/>
       <c r="V214" s="28"/>
       <c r="W214" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X214" s="29" t="s">
-        <v>1936</v>
+        <v>1926</v>
       </c>
       <c r="Y214" s="32">
-        <v>45576</v>
+        <v>45580</v>
       </c>
       <c r="Z214" s="37">
-        <v>45580</v>
+        <v>45582</v>
       </c>
       <c r="AA214" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB214" s="29" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="AC214" s="37">
-        <v>45954</v>
+        <v>45940</v>
       </c>
       <c r="AD214" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE214" s="38"/>
+      <c r="AF214" s="39"/>
       <c r="AG214" s="40"/>
       <c r="AH214" s="39"/>
       <c r="AI214" s="40"/>
       <c r="AJ214" s="39"/>
       <c r="AK214" s="47"/>
       <c r="AL214" s="50"/>
     </row>
     <row r="215" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A215" s="27">
         <v>209</v>
       </c>
       <c r="B215" s="28" t="s">
-        <v>1719</v>
+        <v>1707</v>
       </c>
       <c r="C215" s="29">
-        <v>44103138644</v>
+        <v>40203143382</v>
       </c>
       <c r="D215" s="28" t="s">
-        <v>1808</v>
+        <v>1802</v>
       </c>
       <c r="E215" s="33" t="s">
-        <v>1809</v>
+        <v>1803</v>
       </c>
       <c r="F215" s="28" t="s">
-        <v>1810</v>
+        <v>1804</v>
       </c>
       <c r="G215" s="34" t="s">
-        <v>1811</v>
+        <v>234</v>
       </c>
       <c r="H215" s="28" t="s">
-        <v>1872</v>
+        <v>1864</v>
       </c>
       <c r="I215" s="30" t="s">
-        <v>1209</v>
+        <v>1865</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>1101</v>
+        <v>1866</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>903</v>
+        <v>965</v>
       </c>
       <c r="L215" s="28" t="s">
-        <v>1873</v>
+        <v>1867</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1874</v>
+        <v>1868</v>
       </c>
       <c r="N215" s="30" t="s">
-        <v>1875</v>
+        <v>1869</v>
       </c>
       <c r="O215" s="5" t="s">
-        <v>1876</v>
+        <v>1870</v>
       </c>
       <c r="P215" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q215" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R215" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S215" s="36" t="s">
-        <v>1937</v>
+        <v>1927</v>
       </c>
       <c r="T215" s="28"/>
       <c r="U215" s="28"/>
       <c r="V215" s="28"/>
       <c r="W215" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X215" s="29" t="s">
-        <v>1938</v>
+        <v>1401</v>
       </c>
       <c r="Y215" s="32">
-        <v>45576</v>
+        <v>45586</v>
       </c>
       <c r="Z215" s="37">
-        <v>45580</v>
+        <v>45588</v>
       </c>
       <c r="AA215" s="28" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="AB215" s="29" t="s">
-        <v>1315</v>
+        <v>1345</v>
       </c>
       <c r="AC215" s="37">
-        <v>45869</v>
+        <v>45896</v>
       </c>
       <c r="AD215" s="37">
-        <v>45873</v>
+        <v>45898</v>
       </c>
       <c r="AE215" s="38"/>
       <c r="AF215" s="39"/>
       <c r="AG215" s="40"/>
       <c r="AH215" s="39"/>
       <c r="AI215" s="40"/>
       <c r="AJ215" s="39"/>
       <c r="AK215" s="47"/>
       <c r="AL215" s="50"/>
     </row>
     <row r="216" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A216" s="27">
         <v>210</v>
       </c>
       <c r="B216" s="28" t="s">
-        <v>1720</v>
+        <v>1708</v>
       </c>
       <c r="C216" s="29">
-        <v>42103092571</v>
+        <v>40203441401</v>
       </c>
       <c r="D216" s="28" t="s">
-        <v>1812</v>
+        <v>1805</v>
       </c>
       <c r="E216" s="33" t="s">
-        <v>1813</v>
+        <v>1806</v>
       </c>
       <c r="F216" s="28" t="s">
-        <v>1814</v>
+        <v>1807</v>
       </c>
       <c r="G216" s="34" t="s">
-        <v>1815</v>
+        <v>1808</v>
       </c>
       <c r="H216" s="28" t="s">
-        <v>1877</v>
+        <v>1871</v>
       </c>
       <c r="I216" s="30" t="s">
-        <v>912</v>
+        <v>942</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>913</v>
+        <v>942</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>903</v>
+        <v>943</v>
       </c>
       <c r="L216" s="28" t="s">
-        <v>970</v>
+        <v>1012</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>905</v>
+        <v>1013</v>
       </c>
       <c r="N216" s="30"/>
       <c r="P216" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q216" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R216" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S216" s="36" t="s">
-        <v>1939</v>
+        <v>1928</v>
       </c>
       <c r="T216" s="28"/>
       <c r="U216" s="28"/>
       <c r="V216" s="28"/>
       <c r="W216" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X216" s="29" t="s">
-        <v>1940</v>
+        <v>1929</v>
       </c>
       <c r="Y216" s="32">
-        <v>45580</v>
+        <v>45618</v>
       </c>
       <c r="Z216" s="37">
-        <v>45582</v>
-[...12 lines deleted...]
-      </c>
+        <v>45622</v>
+      </c>
+      <c r="AA216" s="28"/>
+      <c r="AB216" s="29"/>
+      <c r="AC216" s="37"/>
+      <c r="AD216" s="37"/>
       <c r="AE216" s="38"/>
       <c r="AF216" s="39"/>
       <c r="AG216" s="40"/>
       <c r="AH216" s="39"/>
       <c r="AI216" s="40"/>
       <c r="AJ216" s="39"/>
       <c r="AK216" s="47"/>
       <c r="AL216" s="50"/>
     </row>
     <row r="217" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A217" s="27">
         <v>211</v>
       </c>
       <c r="B217" s="28" t="s">
-        <v>1721</v>
+        <v>1709</v>
       </c>
       <c r="C217" s="29">
-        <v>40203143382</v>
+        <v>40203586972</v>
       </c>
       <c r="D217" s="28" t="s">
-        <v>1816</v>
+        <v>1809</v>
       </c>
       <c r="E217" s="33" t="s">
-        <v>1817</v>
+        <v>1810</v>
       </c>
       <c r="F217" s="28" t="s">
-        <v>1818</v>
+        <v>1811</v>
       </c>
       <c r="G217" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H217" s="28" t="s">
-        <v>1878</v>
+        <v>1872</v>
       </c>
       <c r="I217" s="30" t="s">
-        <v>1879</v>
+        <v>952</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>1880</v>
+        <v>952</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>973</v>
+        <v>895</v>
       </c>
       <c r="L217" s="28" t="s">
-        <v>1881</v>
+        <v>1873</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1882</v>
-[...6 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="N217" s="30"/>
       <c r="P217" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q217" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R217" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S217" s="36" t="s">
-        <v>1941</v>
+        <v>1930</v>
       </c>
       <c r="T217" s="28"/>
       <c r="U217" s="28"/>
       <c r="V217" s="28"/>
       <c r="W217" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X217" s="29" t="s">
-        <v>1414</v>
+        <v>1931</v>
       </c>
       <c r="Y217" s="32">
-        <v>45586</v>
+        <v>45618</v>
       </c>
       <c r="Z217" s="37">
-        <v>45588</v>
-[...14 lines deleted...]
-      <c r="AF217" s="39"/>
+        <v>45622</v>
+      </c>
+      <c r="AA217" s="28"/>
+      <c r="AB217" s="29"/>
+      <c r="AC217" s="37"/>
+      <c r="AD217" s="37"/>
+      <c r="AE217" s="38">
+        <v>35854.199999999997</v>
+      </c>
+      <c r="AF217" s="39">
+        <v>45776</v>
+      </c>
       <c r="AG217" s="40"/>
       <c r="AH217" s="39"/>
       <c r="AI217" s="40"/>
       <c r="AJ217" s="39"/>
       <c r="AK217" s="47"/>
       <c r="AL217" s="50"/>
     </row>
     <row r="218" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A218" s="27">
         <v>212</v>
       </c>
       <c r="B218" s="28" t="s">
-        <v>1722</v>
+        <v>1710</v>
       </c>
       <c r="C218" s="29">
-        <v>40203441401</v>
+        <v>40203591136</v>
       </c>
       <c r="D218" s="28" t="s">
-        <v>1819</v>
+        <v>1812</v>
       </c>
       <c r="E218" s="33" t="s">
-        <v>1820</v>
+        <v>1813</v>
       </c>
       <c r="F218" s="28" t="s">
-        <v>1821</v>
+        <v>1814</v>
       </c>
       <c r="G218" s="34" t="s">
-        <v>1822</v>
+        <v>1815</v>
       </c>
       <c r="H218" s="28" t="s">
-        <v>1885</v>
+        <v>1874</v>
       </c>
       <c r="I218" s="30" t="s">
-        <v>950</v>
+        <v>1875</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>950</v>
+        <v>1876</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="L218" s="28" t="s">
-        <v>1025</v>
+        <v>1877</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="N218" s="30"/>
+        <v>1878</v>
+      </c>
+      <c r="N218" s="30" t="s">
+        <v>936</v>
+      </c>
+      <c r="O218" s="5" t="s">
+        <v>937</v>
+      </c>
       <c r="P218" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q218" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R218" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S218" s="36" t="s">
-        <v>1942</v>
+        <v>1932</v>
       </c>
       <c r="T218" s="28"/>
       <c r="U218" s="28"/>
       <c r="V218" s="28"/>
       <c r="W218" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X218" s="29" t="s">
-        <v>1943</v>
+        <v>1933</v>
       </c>
       <c r="Y218" s="32">
-        <v>45618</v>
+        <v>45637</v>
       </c>
       <c r="Z218" s="37">
-        <v>45622</v>
+        <v>45639</v>
       </c>
       <c r="AA218" s="28"/>
       <c r="AB218" s="29"/>
       <c r="AC218" s="37"/>
       <c r="AD218" s="37"/>
-      <c r="AE218" s="38"/>
-      <c r="AF218" s="39"/>
+      <c r="AE218" s="38">
+        <v>35998.410000000003</v>
+      </c>
+      <c r="AF218" s="39">
+        <v>45747</v>
+      </c>
       <c r="AG218" s="40"/>
       <c r="AH218" s="39"/>
       <c r="AI218" s="40"/>
       <c r="AJ218" s="39"/>
       <c r="AK218" s="47"/>
       <c r="AL218" s="50"/>
     </row>
     <row r="219" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A219" s="27">
         <v>213</v>
       </c>
       <c r="B219" s="28" t="s">
-        <v>1723</v>
+        <v>1711</v>
       </c>
       <c r="C219" s="29">
-        <v>40203586972</v>
+        <v>40203600693</v>
       </c>
       <c r="D219" s="28" t="s">
-        <v>1823</v>
+        <v>1816</v>
       </c>
       <c r="E219" s="33" t="s">
-        <v>1824</v>
+        <v>1817</v>
       </c>
       <c r="F219" s="28" t="s">
-        <v>1825</v>
+        <v>1818</v>
       </c>
       <c r="G219" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H219" s="28" t="s">
-        <v>1886</v>
+        <v>1816</v>
       </c>
       <c r="I219" s="30" t="s">
-        <v>960</v>
+        <v>1088</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>960</v>
+        <v>1089</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L219" s="28" t="s">
-        <v>1887</v>
+        <v>1215</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="N219" s="30"/>
+      <c r="O219" s="5" t="s">
+        <v>887</v>
+      </c>
       <c r="P219" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q219" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R219" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S219" s="36" t="s">
-        <v>1944</v>
+        <v>1934</v>
       </c>
       <c r="T219" s="28"/>
       <c r="U219" s="28"/>
       <c r="V219" s="28"/>
       <c r="W219" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X219" s="29" t="s">
-        <v>1945</v>
+        <v>1935</v>
       </c>
       <c r="Y219" s="32">
-        <v>45618</v>
+        <v>45639</v>
       </c>
       <c r="Z219" s="37">
-        <v>45622</v>
+        <v>45642</v>
       </c>
       <c r="AA219" s="28"/>
       <c r="AB219" s="29"/>
       <c r="AC219" s="37"/>
       <c r="AD219" s="37"/>
       <c r="AE219" s="38">
-        <v>35854.199999999997</v>
+        <v>39600</v>
       </c>
       <c r="AF219" s="39">
-        <v>45776</v>
+        <v>45807</v>
       </c>
       <c r="AG219" s="40"/>
       <c r="AH219" s="39"/>
       <c r="AI219" s="40"/>
       <c r="AJ219" s="39"/>
       <c r="AK219" s="47"/>
       <c r="AL219" s="50"/>
     </row>
     <row r="220" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A220" s="27">
         <v>214</v>
       </c>
       <c r="B220" s="28" t="s">
-        <v>1724</v>
+        <v>1712</v>
       </c>
       <c r="C220" s="29">
-        <v>40203591136</v>
+        <v>40203432413</v>
       </c>
       <c r="D220" s="28" t="s">
-        <v>1826</v>
+        <v>1819</v>
       </c>
       <c r="E220" s="33" t="s">
-        <v>1827</v>
+        <v>1820</v>
       </c>
       <c r="F220" s="28" t="s">
-        <v>1828</v>
+        <v>1821</v>
       </c>
       <c r="G220" s="34" t="s">
-        <v>1829</v>
+        <v>1822</v>
       </c>
       <c r="H220" s="28" t="s">
-        <v>1888</v>
+        <v>1879</v>
       </c>
       <c r="I220" s="30" t="s">
-        <v>1889</v>
+        <v>878</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>1890</v>
+        <v>878</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>951</v>
+        <v>878</v>
       </c>
       <c r="L220" s="28" t="s">
-        <v>1891</v>
+        <v>1880</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1892</v>
-[...6 lines deleted...]
-      </c>
+        <v>1881</v>
+      </c>
+      <c r="N220" s="30"/>
       <c r="P220" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q220" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R220" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S220" s="36" t="s">
-        <v>1946</v>
+        <v>1936</v>
       </c>
       <c r="T220" s="28"/>
       <c r="U220" s="28"/>
       <c r="V220" s="28"/>
       <c r="W220" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X220" s="29" t="s">
-        <v>1947</v>
+        <v>1937</v>
       </c>
       <c r="Y220" s="32">
-        <v>45637</v>
+        <v>45639</v>
       </c>
       <c r="Z220" s="37">
-        <v>45639</v>
+        <v>45642</v>
       </c>
       <c r="AA220" s="28"/>
       <c r="AB220" s="29"/>
       <c r="AC220" s="37"/>
       <c r="AD220" s="37"/>
-      <c r="AE220" s="38">
-        <v>35998.410000000003</v>
+      <c r="AE220" s="38" t="s">
+        <v>1938</v>
       </c>
       <c r="AF220" s="39">
-        <v>45747</v>
+        <v>45883</v>
       </c>
       <c r="AG220" s="40"/>
       <c r="AH220" s="39"/>
       <c r="AI220" s="40"/>
       <c r="AJ220" s="39"/>
       <c r="AK220" s="47"/>
       <c r="AL220" s="50"/>
     </row>
     <row r="221" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A221" s="27">
         <v>215</v>
       </c>
       <c r="B221" s="28" t="s">
-        <v>1725</v>
+        <v>1939</v>
       </c>
       <c r="C221" s="29">
-        <v>40203600693</v>
+        <v>40103198736</v>
       </c>
       <c r="D221" s="28" t="s">
-        <v>1830</v>
+        <v>1947</v>
       </c>
       <c r="E221" s="33" t="s">
-        <v>1831</v>
+        <v>1948</v>
       </c>
       <c r="F221" s="28" t="s">
-        <v>1832</v>
+        <v>1949</v>
       </c>
       <c r="G221" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H221" s="28" t="s">
-        <v>1830</v>
+        <v>1972</v>
       </c>
       <c r="I221" s="30" t="s">
-        <v>1100</v>
+        <v>878</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>1101</v>
+        <v>878</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L221" s="28" t="s">
-        <v>1224</v>
+        <v>888</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>989</v>
-[...1 lines deleted...]
-      <c r="N221" s="30"/>
+        <v>889</v>
+      </c>
+      <c r="N221" s="30" t="s">
+        <v>1090</v>
+      </c>
       <c r="O221" s="5" t="s">
-        <v>895</v>
+        <v>1091</v>
       </c>
       <c r="P221" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q221" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R221" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S221" s="36" t="s">
-        <v>1948</v>
+        <v>1977</v>
       </c>
       <c r="T221" s="28"/>
       <c r="U221" s="28"/>
       <c r="V221" s="28"/>
       <c r="W221" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X221" s="29" t="s">
-        <v>1949</v>
+        <v>1978</v>
       </c>
       <c r="Y221" s="32">
-        <v>45639</v>
+        <v>45688</v>
       </c>
       <c r="Z221" s="37">
-        <v>45642</v>
+        <v>45692</v>
       </c>
       <c r="AA221" s="28"/>
       <c r="AB221" s="29"/>
       <c r="AC221" s="37"/>
       <c r="AD221" s="37"/>
-      <c r="AE221" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE221" s="38"/>
+      <c r="AF221" s="39"/>
       <c r="AG221" s="40"/>
       <c r="AH221" s="39"/>
       <c r="AI221" s="40"/>
       <c r="AJ221" s="39"/>
       <c r="AK221" s="47"/>
       <c r="AL221" s="50"/>
     </row>
     <row r="222" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A222" s="27">
         <v>216</v>
       </c>
       <c r="B222" s="28" t="s">
-        <v>1726</v>
+        <v>1940</v>
       </c>
       <c r="C222" s="29">
-        <v>40203432413</v>
+        <v>40203592767</v>
       </c>
       <c r="D222" s="28" t="s">
-        <v>1833</v>
+        <v>1950</v>
       </c>
       <c r="E222" s="33" t="s">
-        <v>1834</v>
+        <v>1951</v>
       </c>
       <c r="F222" s="28" t="s">
-        <v>1835</v>
+        <v>1952</v>
       </c>
       <c r="G222" s="34" t="s">
-        <v>1836</v>
+        <v>234</v>
       </c>
       <c r="H222" s="28" t="s">
-        <v>1893</v>
+        <v>1950</v>
       </c>
       <c r="I222" s="30" t="s">
-        <v>886</v>
+        <v>1250</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>886</v>
+        <v>1070</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L222" s="28" t="s">
-        <v>1894</v>
+        <v>1153</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1895</v>
+        <v>1154</v>
       </c>
       <c r="N222" s="30"/>
+      <c r="O222" s="5" t="s">
+        <v>887</v>
+      </c>
       <c r="P222" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q222" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R222" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S222" s="36" t="s">
-        <v>1950</v>
+        <v>1979</v>
       </c>
       <c r="T222" s="28"/>
       <c r="U222" s="28"/>
       <c r="V222" s="28"/>
       <c r="W222" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X222" s="29" t="s">
-        <v>1951</v>
+        <v>1634</v>
       </c>
       <c r="Y222" s="32">
-        <v>45639</v>
+        <v>45664</v>
       </c>
       <c r="Z222" s="37">
-        <v>45642</v>
+        <v>45666</v>
       </c>
       <c r="AA222" s="28"/>
       <c r="AB222" s="29"/>
       <c r="AC222" s="37"/>
       <c r="AD222" s="37"/>
-      <c r="AE222" s="38" t="s">
-        <v>1952</v>
+      <c r="AE222" s="38">
+        <v>34963.69</v>
       </c>
       <c r="AF222" s="39">
-        <v>45883</v>
+        <v>45875</v>
       </c>
       <c r="AG222" s="40"/>
       <c r="AH222" s="39"/>
       <c r="AI222" s="40"/>
       <c r="AJ222" s="39"/>
       <c r="AK222" s="47"/>
       <c r="AL222" s="50"/>
     </row>
     <row r="223" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A223" s="27">
         <v>217</v>
       </c>
       <c r="B223" s="28" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C223" s="29">
+        <v>40203605510</v>
+      </c>
+      <c r="D223" s="28" t="s">
         <v>1953</v>
       </c>
-      <c r="C223" s="29">
-[...4 lines deleted...]
-      </c>
       <c r="E223" s="33" t="s">
-        <v>1962</v>
+        <v>1954</v>
       </c>
       <c r="F223" s="28" t="s">
-        <v>1963</v>
+        <v>1955</v>
       </c>
       <c r="G223" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H223" s="28" t="s">
-        <v>1986</v>
+        <v>1953</v>
       </c>
       <c r="I223" s="30" t="s">
-        <v>886</v>
+        <v>1973</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>886</v>
+        <v>905</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L223" s="28" t="s">
-        <v>896</v>
+        <v>1090</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>897</v>
+        <v>1091</v>
       </c>
       <c r="N223" s="30" t="s">
-        <v>1014</v>
+        <v>1974</v>
       </c>
       <c r="O223" s="5" t="s">
-        <v>1015</v>
+        <v>1109</v>
       </c>
       <c r="P223" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q223" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R223" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S223" s="36" t="s">
-        <v>1991</v>
+        <v>1980</v>
       </c>
       <c r="T223" s="28"/>
       <c r="U223" s="28"/>
       <c r="V223" s="28"/>
       <c r="W223" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X223" s="29" t="s">
-        <v>1992</v>
+        <v>1981</v>
       </c>
       <c r="Y223" s="32">
-        <v>45688</v>
+        <v>45663</v>
       </c>
       <c r="Z223" s="37">
-        <v>45692</v>
+        <v>45665</v>
       </c>
       <c r="AA223" s="28"/>
       <c r="AB223" s="29"/>
       <c r="AC223" s="37"/>
       <c r="AD223" s="37"/>
-      <c r="AE223" s="38"/>
-      <c r="AF223" s="39"/>
+      <c r="AE223" s="38">
+        <v>39614.949999999997</v>
+      </c>
+      <c r="AF223" s="39">
+        <v>45758</v>
+      </c>
       <c r="AG223" s="40"/>
       <c r="AH223" s="39"/>
       <c r="AI223" s="40"/>
       <c r="AJ223" s="39"/>
       <c r="AK223" s="47"/>
       <c r="AL223" s="50"/>
     </row>
     <row r="224" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A224" s="27">
         <v>218</v>
       </c>
       <c r="B224" s="28" t="s">
-        <v>1954</v>
+        <v>1942</v>
       </c>
       <c r="C224" s="29">
-        <v>40203592767</v>
+        <v>40203574615</v>
       </c>
       <c r="D224" s="28" t="s">
-        <v>1964</v>
+        <v>1956</v>
       </c>
       <c r="E224" s="33" t="s">
-        <v>1965</v>
+        <v>1957</v>
       </c>
       <c r="F224" s="28" t="s">
-        <v>1966</v>
+        <v>1958</v>
       </c>
       <c r="G224" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H224" s="28" t="s">
-        <v>1964</v>
+        <v>1956</v>
       </c>
       <c r="I224" s="30" t="s">
-        <v>1259</v>
+        <v>878</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>1013</v>
+        <v>878</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L224" s="28" t="s">
-        <v>1163</v>
+        <v>936</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1164</v>
-[...1 lines deleted...]
-      <c r="N224" s="30"/>
+        <v>937</v>
+      </c>
+      <c r="N224" s="30" t="s">
+        <v>1131</v>
+      </c>
       <c r="O224" s="5" t="s">
-        <v>895</v>
+        <v>1132</v>
       </c>
       <c r="P224" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q224" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R224" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S224" s="36" t="s">
-        <v>1993</v>
+        <v>1982</v>
       </c>
       <c r="T224" s="28"/>
       <c r="U224" s="28"/>
       <c r="V224" s="28"/>
       <c r="W224" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X224" s="29" t="s">
-        <v>1646</v>
+        <v>1983</v>
       </c>
       <c r="Y224" s="32">
-        <v>45664</v>
+        <v>45663</v>
       </c>
       <c r="Z224" s="37">
-        <v>45666</v>
+        <v>45665</v>
       </c>
       <c r="AA224" s="28"/>
       <c r="AB224" s="29"/>
       <c r="AC224" s="37"/>
       <c r="AD224" s="37"/>
-      <c r="AE224" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE224" s="38"/>
+      <c r="AF224" s="39"/>
       <c r="AG224" s="40"/>
       <c r="AH224" s="39"/>
       <c r="AI224" s="40"/>
       <c r="AJ224" s="39"/>
       <c r="AK224" s="47"/>
       <c r="AL224" s="50"/>
     </row>
     <row r="225" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A225" s="27">
         <v>219</v>
       </c>
       <c r="B225" s="28" t="s">
-        <v>1955</v>
+        <v>1943</v>
       </c>
       <c r="C225" s="29">
-        <v>40203605510</v>
+        <v>40003583935</v>
       </c>
       <c r="D225" s="28" t="s">
-        <v>1967</v>
+        <v>1959</v>
       </c>
       <c r="E225" s="33" t="s">
-        <v>1968</v>
+        <v>1960</v>
       </c>
       <c r="F225" s="28" t="s">
-        <v>1969</v>
+        <v>1961</v>
       </c>
       <c r="G225" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H225" s="28" t="s">
-        <v>1967</v>
+        <v>1959</v>
       </c>
       <c r="I225" s="30" t="s">
-        <v>1987</v>
+        <v>878</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>913</v>
+        <v>878</v>
       </c>
       <c r="K225" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L225" s="28" t="s">
+        <v>902</v>
+      </c>
+      <c r="M225" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="L225" s="28" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="N225" s="30"/>
       <c r="P225" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q225" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R225" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S225" s="36" t="s">
-        <v>1994</v>
+        <v>1984</v>
       </c>
       <c r="T225" s="28"/>
       <c r="U225" s="28"/>
       <c r="V225" s="28"/>
       <c r="W225" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X225" s="29" t="s">
-        <v>1995</v>
+        <v>1985</v>
       </c>
       <c r="Y225" s="32">
-        <v>45663</v>
+        <v>45691</v>
       </c>
       <c r="Z225" s="37">
-        <v>45665</v>
+        <v>45693</v>
       </c>
       <c r="AA225" s="28"/>
       <c r="AB225" s="29"/>
       <c r="AC225" s="37"/>
       <c r="AD225" s="37"/>
-      <c r="AE225" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE225" s="38"/>
+      <c r="AF225" s="39"/>
       <c r="AG225" s="40"/>
       <c r="AH225" s="39"/>
       <c r="AI225" s="40"/>
       <c r="AJ225" s="39"/>
       <c r="AK225" s="47"/>
       <c r="AL225" s="50"/>
     </row>
     <row r="226" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A226" s="27">
         <v>220</v>
       </c>
       <c r="B226" s="28" t="s">
-        <v>1956</v>
+        <v>1944</v>
       </c>
       <c r="C226" s="29">
-        <v>40203574615</v>
+        <v>42103092548</v>
       </c>
       <c r="D226" s="28" t="s">
-        <v>1970</v>
+        <v>1962</v>
       </c>
       <c r="E226" s="33" t="s">
-        <v>1971</v>
+        <v>1963</v>
       </c>
       <c r="F226" s="28" t="s">
-        <v>1972</v>
+        <v>1964</v>
       </c>
       <c r="G226" s="34" t="s">
-        <v>236</v>
+        <v>1965</v>
       </c>
       <c r="H226" s="28" t="s">
-        <v>1970</v>
+        <v>1962</v>
       </c>
       <c r="I226" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L226" s="28" t="s">
-        <v>944</v>
+        <v>1025</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>945</v>
+        <v>1026</v>
       </c>
       <c r="N226" s="30" t="s">
-        <v>1141</v>
+        <v>1020</v>
       </c>
       <c r="O226" s="5" t="s">
-        <v>1142</v>
+        <v>1021</v>
       </c>
       <c r="P226" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q226" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R226" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S226" s="36" t="s">
-        <v>1996</v>
+        <v>1986</v>
       </c>
       <c r="T226" s="28"/>
       <c r="U226" s="28"/>
       <c r="V226" s="28"/>
       <c r="W226" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X226" s="29" t="s">
-        <v>1997</v>
+        <v>1987</v>
       </c>
       <c r="Y226" s="32">
-        <v>45663</v>
+        <v>45688</v>
       </c>
       <c r="Z226" s="37">
-        <v>45665</v>
+        <v>45692</v>
       </c>
       <c r="AA226" s="28"/>
       <c r="AB226" s="29"/>
       <c r="AC226" s="37"/>
       <c r="AD226" s="37"/>
-      <c r="AE226" s="38"/>
-      <c r="AF226" s="39"/>
+      <c r="AE226" s="38">
+        <v>26819.26</v>
+      </c>
+      <c r="AF226" s="39">
+        <v>45902</v>
+      </c>
       <c r="AG226" s="40"/>
       <c r="AH226" s="39"/>
       <c r="AI226" s="40"/>
       <c r="AJ226" s="39"/>
       <c r="AK226" s="47"/>
       <c r="AL226" s="50"/>
     </row>
     <row r="227" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A227" s="27">
         <v>221</v>
       </c>
       <c r="B227" s="28" t="s">
-        <v>1957</v>
+        <v>1945</v>
       </c>
       <c r="C227" s="29">
-        <v>40003583935</v>
+        <v>40203613378</v>
       </c>
       <c r="D227" s="28" t="s">
-        <v>1973</v>
-[...3 lines deleted...]
-      </c>
+        <v>1966</v>
+      </c>
+      <c r="E227" s="33"/>
       <c r="F227" s="28" t="s">
+        <v>1967</v>
+      </c>
+      <c r="G227" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H227" s="28" t="s">
         <v>1975</v>
       </c>
-      <c r="G227" s="34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I227" s="30" t="s">
-        <v>886</v>
+        <v>942</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>886</v>
+        <v>942</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>886</v>
+        <v>943</v>
       </c>
       <c r="L227" s="28" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>911</v>
+        <v>901</v>
       </c>
       <c r="N227" s="30"/>
       <c r="P227" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q227" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R227" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S227" s="36" t="s">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="T227" s="28"/>
       <c r="U227" s="28"/>
       <c r="V227" s="28"/>
       <c r="W227" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X227" s="29" t="s">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="Y227" s="32">
-        <v>45691</v>
+        <v>45688</v>
       </c>
       <c r="Z227" s="37">
-        <v>45693</v>
+        <v>45692</v>
       </c>
       <c r="AA227" s="28"/>
       <c r="AB227" s="29"/>
       <c r="AC227" s="37"/>
       <c r="AD227" s="37"/>
-      <c r="AE227" s="38"/>
-      <c r="AF227" s="39"/>
+      <c r="AE227" s="38">
+        <v>21929.77</v>
+      </c>
+      <c r="AF227" s="39">
+        <v>45713</v>
+      </c>
       <c r="AG227" s="40"/>
       <c r="AH227" s="39"/>
       <c r="AI227" s="40"/>
       <c r="AJ227" s="39"/>
       <c r="AK227" s="47"/>
       <c r="AL227" s="50"/>
     </row>
     <row r="228" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A228" s="27">
         <v>222</v>
       </c>
       <c r="B228" s="28" t="s">
-        <v>1958</v>
+        <v>1946</v>
       </c>
       <c r="C228" s="29">
-        <v>42103092548</v>
+        <v>40103540754</v>
       </c>
       <c r="D228" s="28" t="s">
-        <v>1976</v>
+        <v>1968</v>
       </c>
       <c r="E228" s="33" t="s">
-        <v>1977</v>
+        <v>1969</v>
       </c>
       <c r="F228" s="28" t="s">
-        <v>1978</v>
+        <v>1970</v>
       </c>
       <c r="G228" s="34" t="s">
-        <v>1979</v>
+        <v>1971</v>
       </c>
       <c r="H228" s="28" t="s">
         <v>1976</v>
       </c>
       <c r="I228" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L228" s="28" t="s">
-        <v>1038</v>
+        <v>962</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1039</v>
-[...6 lines deleted...]
-      </c>
+        <v>897</v>
+      </c>
+      <c r="N228" s="30"/>
       <c r="P228" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q228" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R228" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S228" s="36" t="s">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="T228" s="28"/>
       <c r="U228" s="28"/>
       <c r="V228" s="28"/>
       <c r="W228" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X228" s="29" t="s">
-        <v>2001</v>
+        <v>1991</v>
       </c>
       <c r="Y228" s="32">
-        <v>45688</v>
+        <v>45716</v>
       </c>
       <c r="Z228" s="37">
-        <v>45692</v>
+        <v>45720</v>
       </c>
       <c r="AA228" s="28"/>
       <c r="AB228" s="29"/>
       <c r="AC228" s="37"/>
       <c r="AD228" s="37"/>
-      <c r="AE228" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE228" s="38"/>
+      <c r="AF228" s="39"/>
       <c r="AG228" s="40"/>
       <c r="AH228" s="39"/>
       <c r="AI228" s="40"/>
       <c r="AJ228" s="39"/>
       <c r="AK228" s="47"/>
       <c r="AL228" s="50"/>
     </row>
     <row r="229" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A229" s="27">
         <v>223</v>
       </c>
       <c r="B229" s="28" t="s">
-        <v>1959</v>
+        <v>1992</v>
       </c>
       <c r="C229" s="29">
-        <v>40203613378</v>
+        <v>40203473303</v>
       </c>
       <c r="D229" s="28" t="s">
-        <v>1980</v>
-[...1 lines deleted...]
-      <c r="E229" s="33"/>
+        <v>1996</v>
+      </c>
+      <c r="E229" s="33" t="s">
+        <v>1997</v>
+      </c>
       <c r="F229" s="28" t="s">
-        <v>1981</v>
+        <v>1998</v>
       </c>
       <c r="G229" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H229" s="28" t="s">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="I229" s="30" t="s">
-        <v>950</v>
+        <v>1069</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>950</v>
+        <v>1070</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>951</v>
+        <v>895</v>
       </c>
       <c r="L229" s="28" t="s">
         <v>908</v>
       </c>
       <c r="M229" s="5" t="s">
         <v>909</v>
       </c>
       <c r="N229" s="30"/>
+      <c r="O229" s="5" t="s">
+        <v>887</v>
+      </c>
       <c r="P229" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q229" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R229" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S229" s="36" t="s">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="T229" s="28"/>
       <c r="U229" s="28"/>
       <c r="V229" s="28"/>
       <c r="W229" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X229" s="29" t="s">
-        <v>2003</v>
+        <v>1672</v>
       </c>
       <c r="Y229" s="32">
-        <v>45688</v>
+        <v>45716</v>
       </c>
       <c r="Z229" s="37">
-        <v>45692</v>
+        <v>45720</v>
       </c>
       <c r="AA229" s="28"/>
       <c r="AB229" s="29"/>
       <c r="AC229" s="37"/>
       <c r="AD229" s="37"/>
-      <c r="AE229" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE229" s="38"/>
+      <c r="AF229" s="39"/>
       <c r="AG229" s="40"/>
       <c r="AH229" s="39"/>
       <c r="AI229" s="40"/>
       <c r="AJ229" s="39"/>
       <c r="AK229" s="47"/>
       <c r="AL229" s="50"/>
     </row>
     <row r="230" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A230" s="27">
         <v>224</v>
       </c>
       <c r="B230" s="28" t="s">
-        <v>1960</v>
+        <v>1993</v>
       </c>
       <c r="C230" s="29">
-        <v>40103540754</v>
+        <v>40203615881</v>
       </c>
       <c r="D230" s="28" t="s">
-        <v>1982</v>
+        <v>1999</v>
       </c>
       <c r="E230" s="33" t="s">
-        <v>1983</v>
+        <v>2000</v>
       </c>
       <c r="F230" s="28" t="s">
-        <v>1984</v>
+        <v>2001</v>
       </c>
       <c r="G230" s="34" t="s">
-        <v>1985</v>
+        <v>234</v>
       </c>
       <c r="H230" s="28" t="s">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="I230" s="30" t="s">
-        <v>886</v>
+        <v>2010</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>886</v>
+        <v>2011</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>886</v>
+        <v>943</v>
       </c>
       <c r="L230" s="28" t="s">
-        <v>970</v>
+        <v>1037</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>905</v>
+        <v>1038</v>
       </c>
       <c r="N230" s="30"/>
       <c r="P230" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q230" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R230" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S230" s="36" t="s">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="T230" s="28"/>
       <c r="U230" s="28"/>
       <c r="V230" s="28"/>
       <c r="W230" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X230" s="29" t="s">
-        <v>2005</v>
+        <v>1674</v>
       </c>
       <c r="Y230" s="32">
         <v>45716</v>
       </c>
       <c r="Z230" s="37">
         <v>45720</v>
       </c>
       <c r="AA230" s="28"/>
       <c r="AB230" s="29"/>
       <c r="AC230" s="37"/>
       <c r="AD230" s="37"/>
       <c r="AE230" s="38"/>
       <c r="AF230" s="39"/>
       <c r="AG230" s="40"/>
       <c r="AH230" s="39"/>
       <c r="AI230" s="40"/>
       <c r="AJ230" s="39"/>
       <c r="AK230" s="47"/>
       <c r="AL230" s="50"/>
     </row>
     <row r="231" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A231" s="27">
         <v>225</v>
       </c>
       <c r="B231" s="28" t="s">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="C231" s="29">
-        <v>40203473303</v>
+        <v>40203617079</v>
       </c>
       <c r="D231" s="28" t="s">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="E231" s="33" t="s">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="F231" s="28" t="s">
+        <v>2004</v>
+      </c>
+      <c r="G231" s="34" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H231" s="28" t="s">
         <v>2012</v>
       </c>
-      <c r="G231" s="34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I231" s="30" t="s">
-        <v>1082</v>
+        <v>878</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1013</v>
+        <v>878</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L231" s="28" t="s">
-        <v>916</v>
+        <v>1020</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>917</v>
+        <v>1021</v>
       </c>
       <c r="N231" s="30"/>
-      <c r="O231" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P231" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q231" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R231" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S231" s="36" t="s">
-        <v>2029</v>
+        <v>2017</v>
       </c>
       <c r="T231" s="28"/>
       <c r="U231" s="28"/>
       <c r="V231" s="28"/>
       <c r="W231" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X231" s="29" t="s">
-        <v>1686</v>
+        <v>2018</v>
       </c>
       <c r="Y231" s="32">
         <v>45716</v>
       </c>
       <c r="Z231" s="37">
         <v>45720</v>
       </c>
       <c r="AA231" s="28"/>
       <c r="AB231" s="29"/>
       <c r="AC231" s="37"/>
       <c r="AD231" s="37"/>
-      <c r="AE231" s="38"/>
-      <c r="AF231" s="39"/>
+      <c r="AE231" s="38">
+        <v>35999.99</v>
+      </c>
+      <c r="AF231" s="39">
+        <v>45847</v>
+      </c>
       <c r="AG231" s="40"/>
       <c r="AH231" s="39"/>
       <c r="AI231" s="40"/>
       <c r="AJ231" s="39"/>
       <c r="AK231" s="47"/>
       <c r="AL231" s="50"/>
     </row>
     <row r="232" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A232" s="27">
         <v>226</v>
       </c>
       <c r="B232" s="28" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C232" s="29">
+        <v>40203441454</v>
+      </c>
+      <c r="D232" s="28" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E232" s="33" t="s">
         <v>2007</v>
       </c>
-      <c r="C232" s="29">
-[...2 lines deleted...]
-      <c r="D232" s="28" t="s">
+      <c r="F232" s="28" t="s">
+        <v>2008</v>
+      </c>
+      <c r="G232" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H232" s="28" t="s">
+        <v>2006</v>
+      </c>
+      <c r="I232" s="30" t="s">
         <v>2013</v>
       </c>
-      <c r="E232" s="33" t="s">
+      <c r="J232" s="5" t="s">
         <v>2014</v>
       </c>
-      <c r="F232" s="28" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K232" s="5" t="s">
-        <v>951</v>
+        <v>943</v>
       </c>
       <c r="L232" s="28" t="s">
-        <v>1050</v>
+        <v>1149</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1051</v>
+        <v>1150</v>
       </c>
       <c r="N232" s="30"/>
       <c r="P232" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q232" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R232" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S232" s="36" t="s">
-        <v>2030</v>
+        <v>2019</v>
       </c>
       <c r="T232" s="28"/>
       <c r="U232" s="28"/>
       <c r="V232" s="28"/>
       <c r="W232" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X232" s="29" t="s">
-        <v>1688</v>
+        <v>2020</v>
       </c>
       <c r="Y232" s="32">
         <v>45716</v>
       </c>
       <c r="Z232" s="37">
         <v>45720</v>
       </c>
       <c r="AA232" s="28"/>
       <c r="AB232" s="29"/>
       <c r="AC232" s="37"/>
       <c r="AD232" s="37"/>
       <c r="AE232" s="38"/>
       <c r="AF232" s="39"/>
       <c r="AG232" s="40"/>
       <c r="AH232" s="39"/>
       <c r="AI232" s="40"/>
       <c r="AJ232" s="39"/>
       <c r="AK232" s="47"/>
       <c r="AL232" s="50"/>
     </row>
     <row r="233" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A233" s="27">
         <v>227</v>
       </c>
       <c r="B233" s="28" t="s">
-        <v>2008</v>
+        <v>2021</v>
       </c>
       <c r="C233" s="29">
-        <v>40203617079</v>
+        <v>40203623357</v>
       </c>
       <c r="D233" s="28" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="E233" s="33" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="F233" s="28" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="G233" s="34" t="s">
-        <v>2019</v>
+        <v>234</v>
       </c>
       <c r="H233" s="28" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="I233" s="30" t="s">
-        <v>886</v>
+        <v>2046</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>886</v>
+        <v>1866</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>886</v>
+        <v>965</v>
       </c>
       <c r="L233" s="28" t="s">
-        <v>1033</v>
+        <v>1065</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1034</v>
+        <v>2047</v>
       </c>
       <c r="N233" s="30"/>
+      <c r="O233" s="5" t="s">
+        <v>887</v>
+      </c>
       <c r="P233" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q233" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R233" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S233" s="36" t="s">
-        <v>2031</v>
+        <v>2062</v>
       </c>
       <c r="T233" s="28"/>
       <c r="U233" s="28"/>
       <c r="V233" s="28"/>
       <c r="W233" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X233" s="29" t="s">
-        <v>2032</v>
+        <v>2063</v>
       </c>
       <c r="Y233" s="32">
-        <v>45716</v>
+        <v>45742</v>
       </c>
       <c r="Z233" s="37">
-        <v>45720</v>
+        <v>45744</v>
       </c>
       <c r="AA233" s="28"/>
       <c r="AB233" s="29"/>
       <c r="AC233" s="37"/>
       <c r="AD233" s="37"/>
       <c r="AE233" s="38">
-        <v>35999.99</v>
+        <v>39815.49</v>
       </c>
       <c r="AF233" s="39">
-        <v>45847</v>
+        <v>45853</v>
       </c>
       <c r="AG233" s="40"/>
       <c r="AH233" s="39"/>
       <c r="AI233" s="40"/>
       <c r="AJ233" s="39"/>
       <c r="AK233" s="47"/>
       <c r="AL233" s="50"/>
     </row>
     <row r="234" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A234" s="27">
         <v>228</v>
       </c>
       <c r="B234" s="28" t="s">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="C234" s="29">
-        <v>40203441454</v>
+        <v>40103421023</v>
       </c>
       <c r="D234" s="28" t="s">
-        <v>2020</v>
+        <v>2030</v>
       </c>
       <c r="E234" s="33" t="s">
-        <v>2021</v>
+        <v>2031</v>
       </c>
       <c r="F234" s="28" t="s">
-        <v>2022</v>
+        <v>2032</v>
       </c>
       <c r="G234" s="34" t="s">
-        <v>236</v>
+        <v>2033</v>
       </c>
       <c r="H234" s="28" t="s">
-        <v>2020</v>
+        <v>2030</v>
       </c>
       <c r="I234" s="30" t="s">
-        <v>2027</v>
+        <v>1269</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>2028</v>
+        <v>978</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="L234" s="28" t="s">
-        <v>1159</v>
+        <v>1032</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1160</v>
-[...1 lines deleted...]
-      <c r="N234" s="30"/>
+        <v>1033</v>
+      </c>
+      <c r="N234" s="30" t="s">
+        <v>2048</v>
+      </c>
+      <c r="O234" s="5" t="s">
+        <v>2049</v>
+      </c>
       <c r="P234" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q234" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R234" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S234" s="36" t="s">
-        <v>2033</v>
+        <v>2064</v>
       </c>
       <c r="T234" s="28"/>
       <c r="U234" s="28"/>
       <c r="V234" s="28"/>
       <c r="W234" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X234" s="29" t="s">
-        <v>2034</v>
+        <v>2065</v>
       </c>
       <c r="Y234" s="32">
-        <v>45716</v>
+        <v>45742</v>
       </c>
       <c r="Z234" s="37">
-        <v>45720</v>
+        <v>45744</v>
       </c>
       <c r="AA234" s="28"/>
       <c r="AB234" s="29"/>
       <c r="AC234" s="37"/>
       <c r="AD234" s="37"/>
       <c r="AE234" s="38"/>
       <c r="AF234" s="39"/>
       <c r="AG234" s="40"/>
       <c r="AH234" s="39"/>
       <c r="AI234" s="40"/>
       <c r="AJ234" s="39"/>
       <c r="AK234" s="47"/>
       <c r="AL234" s="50"/>
     </row>
     <row r="235" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A235" s="27">
         <v>229</v>
       </c>
       <c r="B235" s="28" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C235" s="29">
+        <v>40203611199</v>
+      </c>
+      <c r="D235" s="28" t="s">
+        <v>2034</v>
+      </c>
+      <c r="E235" s="33" t="s">
         <v>2035</v>
       </c>
-      <c r="C235" s="29">
-[...7 lines deleted...]
-      </c>
       <c r="F235" s="28" t="s">
-        <v>2043</v>
+        <v>2036</v>
       </c>
       <c r="G235" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H235" s="28" t="s">
-        <v>2041</v>
+        <v>2034</v>
       </c>
       <c r="I235" s="30" t="s">
-        <v>2061</v>
+        <v>2050</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>1880</v>
+        <v>894</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>973</v>
+        <v>895</v>
       </c>
       <c r="L235" s="28" t="s">
-        <v>1078</v>
+        <v>1839</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>2062</v>
-[...1 lines deleted...]
-      <c r="N235" s="30"/>
+        <v>1840</v>
+      </c>
+      <c r="N235" s="30" t="s">
+        <v>2051</v>
+      </c>
       <c r="O235" s="5" t="s">
-        <v>895</v>
+        <v>2052</v>
       </c>
       <c r="P235" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q235" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R235" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S235" s="36" t="s">
-        <v>2077</v>
+        <v>2066</v>
       </c>
       <c r="T235" s="28"/>
       <c r="U235" s="28"/>
       <c r="V235" s="28"/>
       <c r="W235" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X235" s="29" t="s">
-        <v>2078</v>
+        <v>2067</v>
       </c>
       <c r="Y235" s="32">
         <v>45742</v>
       </c>
       <c r="Z235" s="37">
         <v>45744</v>
       </c>
       <c r="AA235" s="28"/>
       <c r="AB235" s="29"/>
       <c r="AC235" s="37"/>
       <c r="AD235" s="37"/>
       <c r="AE235" s="38">
-        <v>39815.49</v>
+        <v>36022.75</v>
       </c>
       <c r="AF235" s="39">
-        <v>45853</v>
+        <v>45873</v>
       </c>
       <c r="AG235" s="40"/>
       <c r="AH235" s="39"/>
       <c r="AI235" s="40"/>
       <c r="AJ235" s="39"/>
       <c r="AK235" s="47"/>
       <c r="AL235" s="50"/>
     </row>
     <row r="236" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A236" s="27">
         <v>230</v>
       </c>
       <c r="B236" s="28" t="s">
-        <v>2036</v>
+        <v>2024</v>
       </c>
       <c r="C236" s="29">
-        <v>40103421023</v>
+        <v>40203608521</v>
       </c>
       <c r="D236" s="28" t="s">
-        <v>2044</v>
+        <v>2037</v>
       </c>
       <c r="E236" s="33" t="s">
-        <v>2045</v>
+        <v>2038</v>
       </c>
       <c r="F236" s="28" t="s">
-        <v>2046</v>
+        <v>2039</v>
       </c>
       <c r="G236" s="34" t="s">
-        <v>2047</v>
+        <v>2040</v>
       </c>
       <c r="H236" s="28" t="s">
-        <v>2044</v>
+        <v>2053</v>
       </c>
       <c r="I236" s="30" t="s">
-        <v>1278</v>
+        <v>878</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>986</v>
+        <v>878</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>967</v>
+        <v>878</v>
       </c>
       <c r="L236" s="28" t="s">
-        <v>1045</v>
+        <v>2054</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1046</v>
+        <v>2055</v>
       </c>
       <c r="N236" s="30" t="s">
-        <v>2063</v>
+        <v>1169</v>
       </c>
       <c r="O236" s="5" t="s">
-        <v>2064</v>
+        <v>2056</v>
       </c>
       <c r="P236" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q236" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R236" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S236" s="36" t="s">
-        <v>2079</v>
+        <v>2068</v>
       </c>
       <c r="T236" s="28"/>
       <c r="U236" s="28"/>
       <c r="V236" s="28"/>
       <c r="W236" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X236" s="29" t="s">
-        <v>2080</v>
+        <v>1676</v>
       </c>
       <c r="Y236" s="32">
         <v>45742</v>
       </c>
       <c r="Z236" s="37">
         <v>45744</v>
       </c>
       <c r="AA236" s="28"/>
       <c r="AB236" s="29"/>
       <c r="AC236" s="37"/>
       <c r="AD236" s="37"/>
       <c r="AE236" s="38"/>
       <c r="AF236" s="39"/>
       <c r="AG236" s="40"/>
       <c r="AH236" s="39"/>
       <c r="AI236" s="40"/>
       <c r="AJ236" s="39"/>
       <c r="AK236" s="47"/>
       <c r="AL236" s="50"/>
     </row>
     <row r="237" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A237" s="27">
         <v>231</v>
       </c>
       <c r="B237" s="28" t="s">
-        <v>2037</v>
+        <v>2025</v>
       </c>
       <c r="C237" s="29">
-        <v>40203611199</v>
+        <v>40203624935</v>
       </c>
       <c r="D237" s="28" t="s">
-        <v>2048</v>
-[...3 lines deleted...]
-      </c>
+        <v>2041</v>
+      </c>
+      <c r="E237" s="33"/>
       <c r="F237" s="28" t="s">
-        <v>2050</v>
+        <v>2042</v>
       </c>
       <c r="G237" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H237" s="28" t="s">
-        <v>2048</v>
+        <v>2041</v>
       </c>
       <c r="I237" s="30" t="s">
-        <v>2065</v>
+        <v>878</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>902</v>
+        <v>878</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L237" s="28" t="s">
-        <v>1853</v>
+        <v>2057</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1854</v>
-[...3 lines deleted...]
-      </c>
+        <v>2058</v>
+      </c>
+      <c r="N237" s="30"/>
       <c r="O237" s="5" t="s">
-        <v>2067</v>
+        <v>887</v>
       </c>
       <c r="P237" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q237" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R237" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S237" s="36" t="s">
-        <v>2081</v>
+        <v>2069</v>
       </c>
       <c r="T237" s="28"/>
       <c r="U237" s="28"/>
       <c r="V237" s="28"/>
       <c r="W237" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X237" s="29" t="s">
-        <v>2082</v>
+        <v>2070</v>
       </c>
       <c r="Y237" s="32">
         <v>45742</v>
       </c>
       <c r="Z237" s="37">
         <v>45744</v>
       </c>
       <c r="AA237" s="28"/>
       <c r="AB237" s="29"/>
       <c r="AC237" s="37"/>
       <c r="AD237" s="37"/>
       <c r="AE237" s="38">
-        <v>36022.75</v>
+        <v>30000.85</v>
       </c>
       <c r="AF237" s="39">
-        <v>45873</v>
+        <v>45762</v>
       </c>
       <c r="AG237" s="40"/>
       <c r="AH237" s="39"/>
       <c r="AI237" s="40"/>
       <c r="AJ237" s="39"/>
       <c r="AK237" s="47"/>
       <c r="AL237" s="50"/>
     </row>
     <row r="238" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A238" s="27">
         <v>232</v>
       </c>
       <c r="B238" s="28" t="s">
-        <v>2038</v>
+        <v>2026</v>
       </c>
       <c r="C238" s="29">
-        <v>40203608521</v>
+        <v>50203225021</v>
       </c>
       <c r="D238" s="28" t="s">
-        <v>2051</v>
+        <v>2043</v>
       </c>
       <c r="E238" s="33" t="s">
-        <v>2052</v>
+        <v>2044</v>
       </c>
       <c r="F238" s="28" t="s">
-        <v>2053</v>
+        <v>2045</v>
       </c>
       <c r="G238" s="34" t="s">
-        <v>2054</v>
+        <v>234</v>
       </c>
       <c r="H238" s="28" t="s">
-        <v>2068</v>
+        <v>2059</v>
       </c>
       <c r="I238" s="30" t="s">
-        <v>886</v>
+        <v>2060</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>886</v>
+        <v>2061</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>886</v>
+        <v>959</v>
       </c>
       <c r="L238" s="28" t="s">
-        <v>2069</v>
+        <v>1245</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>2070</v>
-[...3 lines deleted...]
-      </c>
+        <v>1246</v>
+      </c>
+      <c r="N238" s="30"/>
       <c r="O238" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="P238" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="Q238" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="R238" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="S238" s="36" t="s">
         <v>2071</v>
-      </c>
-[...10 lines deleted...]
-        <v>2083</v>
       </c>
       <c r="T238" s="28"/>
       <c r="U238" s="28"/>
       <c r="V238" s="28"/>
       <c r="W238" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X238" s="29" t="s">
-        <v>1690</v>
+        <v>2072</v>
       </c>
       <c r="Y238" s="32">
         <v>45742</v>
       </c>
       <c r="Z238" s="37">
         <v>45744</v>
       </c>
       <c r="AA238" s="28"/>
       <c r="AB238" s="29"/>
       <c r="AC238" s="37"/>
       <c r="AD238" s="37"/>
       <c r="AE238" s="38"/>
       <c r="AF238" s="39"/>
       <c r="AG238" s="40"/>
       <c r="AH238" s="39"/>
       <c r="AI238" s="40"/>
       <c r="AJ238" s="39"/>
       <c r="AK238" s="47"/>
       <c r="AL238" s="50"/>
     </row>
     <row r="239" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A239" s="27">
         <v>233</v>
       </c>
       <c r="B239" s="28" t="s">
-        <v>2039</v>
+        <v>2073</v>
       </c>
       <c r="C239" s="29">
-        <v>40203624935</v>
+        <v>40203328703</v>
       </c>
       <c r="D239" s="28" t="s">
-        <v>2055</v>
+        <v>2079</v>
       </c>
       <c r="E239" s="33" t="s">
-        <v>2056</v>
+        <v>2080</v>
       </c>
       <c r="F239" s="28" t="s">
-        <v>2057</v>
+        <v>2081</v>
       </c>
       <c r="G239" s="34" t="s">
-        <v>236</v>
+        <v>2082</v>
       </c>
       <c r="H239" s="28" t="s">
-        <v>2055</v>
+        <v>2099</v>
       </c>
       <c r="I239" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L239" s="28" t="s">
-        <v>2072</v>
+        <v>1202</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>2073</v>
-[...1 lines deleted...]
-      <c r="N239" s="30"/>
+        <v>2100</v>
+      </c>
+      <c r="N239" s="30" t="s">
+        <v>2101</v>
+      </c>
       <c r="O239" s="5" t="s">
-        <v>895</v>
+        <v>2102</v>
       </c>
       <c r="P239" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="Q239" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R239" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S239" s="36" t="s">
-        <v>2084</v>
+        <v>2114</v>
       </c>
       <c r="T239" s="28"/>
       <c r="U239" s="28"/>
       <c r="V239" s="28"/>
       <c r="W239" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X239" s="29" t="s">
-        <v>2085</v>
+        <v>2115</v>
       </c>
       <c r="Y239" s="32">
         <v>45742</v>
       </c>
       <c r="Z239" s="37">
         <v>45744</v>
       </c>
       <c r="AA239" s="28"/>
       <c r="AB239" s="29"/>
       <c r="AC239" s="37"/>
       <c r="AD239" s="37"/>
       <c r="AE239" s="38">
-        <v>30000.85</v>
+        <v>36831.31</v>
       </c>
       <c r="AF239" s="39">
-        <v>45762</v>
+        <v>45947</v>
       </c>
       <c r="AG239" s="40"/>
       <c r="AH239" s="39"/>
       <c r="AI239" s="40"/>
       <c r="AJ239" s="39"/>
       <c r="AK239" s="47"/>
       <c r="AL239" s="50"/>
     </row>
     <row r="240" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A240" s="27">
         <v>234</v>
       </c>
       <c r="B240" s="28" t="s">
-        <v>2040</v>
+        <v>2074</v>
       </c>
       <c r="C240" s="29">
-        <v>50203225021</v>
+        <v>40203628975</v>
       </c>
       <c r="D240" s="28" t="s">
-        <v>2058</v>
+        <v>2083</v>
       </c>
       <c r="E240" s="33" t="s">
-        <v>2059</v>
+        <v>2084</v>
       </c>
       <c r="F240" s="28" t="s">
-        <v>2060</v>
+        <v>2085</v>
       </c>
       <c r="G240" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H240" s="28" t="s">
-        <v>2074</v>
+        <v>2083</v>
       </c>
       <c r="I240" s="30" t="s">
-        <v>2075</v>
+        <v>2103</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>2076</v>
+        <v>1231</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L240" s="28" t="s">
-        <v>1254</v>
+        <v>879</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1255</v>
-[...1 lines deleted...]
-      <c r="N240" s="30"/>
+        <v>880</v>
+      </c>
+      <c r="N240" s="30" t="s">
+        <v>2104</v>
+      </c>
       <c r="O240" s="5" t="s">
-        <v>895</v>
+        <v>2105</v>
       </c>
       <c r="P240" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q240" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R240" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S240" s="36" t="s">
-        <v>2086</v>
+        <v>2116</v>
       </c>
       <c r="T240" s="28"/>
       <c r="U240" s="28"/>
       <c r="V240" s="28"/>
       <c r="W240" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X240" s="29" t="s">
-        <v>2087</v>
+        <v>2117</v>
       </c>
       <c r="Y240" s="32">
-        <v>45742</v>
+        <v>45777</v>
       </c>
       <c r="Z240" s="37">
-        <v>45744</v>
+        <v>45784</v>
       </c>
       <c r="AA240" s="28"/>
       <c r="AB240" s="29"/>
       <c r="AC240" s="37"/>
       <c r="AD240" s="37"/>
       <c r="AE240" s="38"/>
       <c r="AF240" s="39"/>
       <c r="AG240" s="40"/>
       <c r="AH240" s="39"/>
       <c r="AI240" s="40"/>
       <c r="AJ240" s="39"/>
       <c r="AK240" s="47"/>
       <c r="AL240" s="50"/>
     </row>
     <row r="241" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A241" s="27">
         <v>235</v>
       </c>
       <c r="B241" s="28" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C241" s="29">
+        <v>40203628388</v>
+      </c>
+      <c r="D241" s="28" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E241" s="33" t="s">
+        <v>2087</v>
+      </c>
+      <c r="F241" s="28" t="s">
         <v>2088</v>
       </c>
-      <c r="C241" s="29">
-[...10 lines deleted...]
-      </c>
       <c r="G241" s="34" t="s">
-        <v>2098</v>
+        <v>234</v>
       </c>
       <c r="H241" s="28" t="s">
+        <v>2106</v>
+      </c>
+      <c r="I241" s="30" t="s">
+        <v>952</v>
+      </c>
+      <c r="J241" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="K241" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="L241" s="28" t="s">
+        <v>2107</v>
+      </c>
+      <c r="M241" s="5" t="s">
+        <v>2108</v>
+      </c>
+      <c r="N241" s="30" t="s">
+        <v>2109</v>
+      </c>
+      <c r="O241" s="5" t="s">
+        <v>2110</v>
+      </c>
+      <c r="P241" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="Q241" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="R241" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="S241" s="36" t="s">
         <v>2118</v>
-      </c>
-[...31 lines deleted...]
-        <v>2135</v>
       </c>
       <c r="T241" s="28"/>
       <c r="U241" s="28"/>
       <c r="V241" s="28"/>
       <c r="W241" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X241" s="29" t="s">
-        <v>2136</v>
+        <v>2119</v>
       </c>
       <c r="Y241" s="32">
-        <v>45742</v>
+        <v>45777</v>
       </c>
       <c r="Z241" s="37">
-        <v>45744</v>
+        <v>45784</v>
       </c>
       <c r="AA241" s="28"/>
       <c r="AB241" s="29"/>
       <c r="AC241" s="37"/>
       <c r="AD241" s="37"/>
-      <c r="AE241" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE241" s="38"/>
+      <c r="AF241" s="39"/>
       <c r="AG241" s="40"/>
       <c r="AH241" s="39"/>
       <c r="AI241" s="40"/>
       <c r="AJ241" s="39"/>
       <c r="AK241" s="47"/>
       <c r="AL241" s="50"/>
     </row>
     <row r="242" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A242" s="27">
         <v>236</v>
       </c>
       <c r="B242" s="28" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C242" s="29">
+        <v>40203599110</v>
+      </c>
+      <c r="D242" s="28" t="s">
         <v>2089</v>
       </c>
-      <c r="C242" s="29">
-[...4 lines deleted...]
-      </c>
       <c r="E242" s="33" t="s">
-        <v>2100</v>
+        <v>2090</v>
       </c>
       <c r="F242" s="28" t="s">
-        <v>2101</v>
+        <v>2091</v>
       </c>
       <c r="G242" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H242" s="28" t="s">
-        <v>2099</v>
+        <v>2111</v>
       </c>
       <c r="I242" s="30" t="s">
-        <v>2122</v>
+        <v>1172</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1240</v>
+        <v>1070</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L242" s="28" t="s">
+        <v>888</v>
+      </c>
+      <c r="M242" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="N242" s="30"/>
+      <c r="O242" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="M242" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P242" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q242" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R242" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S242" s="36" t="s">
-        <v>2137</v>
+        <v>2120</v>
       </c>
       <c r="T242" s="28"/>
       <c r="U242" s="28"/>
       <c r="V242" s="28"/>
       <c r="W242" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X242" s="29" t="s">
-        <v>2138</v>
+        <v>2121</v>
       </c>
       <c r="Y242" s="32">
         <v>45777</v>
       </c>
       <c r="Z242" s="37">
         <v>45784</v>
       </c>
       <c r="AA242" s="28"/>
       <c r="AB242" s="29"/>
       <c r="AC242" s="37"/>
       <c r="AD242" s="37"/>
       <c r="AE242" s="38"/>
       <c r="AF242" s="39"/>
       <c r="AG242" s="40"/>
       <c r="AH242" s="39"/>
       <c r="AI242" s="40"/>
       <c r="AJ242" s="39"/>
       <c r="AK242" s="47"/>
       <c r="AL242" s="50"/>
     </row>
     <row r="243" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A243" s="27">
         <v>237</v>
       </c>
       <c r="B243" s="28" t="s">
-        <v>2090</v>
+        <v>2077</v>
       </c>
       <c r="C243" s="29">
-        <v>40203628388</v>
+        <v>44103146707</v>
       </c>
       <c r="D243" s="28" t="s">
-        <v>2102</v>
+        <v>2092</v>
       </c>
       <c r="E243" s="33" t="s">
-        <v>2103</v>
+        <v>2093</v>
       </c>
       <c r="F243" s="28" t="s">
-        <v>2104</v>
+        <v>2094</v>
       </c>
       <c r="G243" s="34" t="s">
-        <v>236</v>
+        <v>2095</v>
       </c>
       <c r="H243" s="28" t="s">
-        <v>2125</v>
+        <v>2092</v>
       </c>
       <c r="I243" s="30" t="s">
-        <v>960</v>
+        <v>878</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>960</v>
+        <v>878</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L243" s="28" t="s">
-        <v>2126</v>
+        <v>984</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>2127</v>
-[...3 lines deleted...]
-      </c>
+        <v>2112</v>
+      </c>
+      <c r="N243" s="30"/>
       <c r="O243" s="5" t="s">
-        <v>2129</v>
+        <v>887</v>
       </c>
       <c r="P243" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q243" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R243" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S243" s="36" t="s">
-        <v>2139</v>
+        <v>2122</v>
       </c>
       <c r="T243" s="28"/>
       <c r="U243" s="28"/>
       <c r="V243" s="28"/>
       <c r="W243" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X243" s="29" t="s">
-        <v>2140</v>
+        <v>2123</v>
       </c>
       <c r="Y243" s="32">
         <v>45777</v>
       </c>
       <c r="Z243" s="37">
         <v>45784</v>
       </c>
       <c r="AA243" s="28"/>
       <c r="AB243" s="29"/>
       <c r="AC243" s="37"/>
       <c r="AD243" s="37"/>
       <c r="AE243" s="38"/>
       <c r="AF243" s="39"/>
       <c r="AG243" s="40"/>
       <c r="AH243" s="39"/>
       <c r="AI243" s="40"/>
       <c r="AJ243" s="39"/>
       <c r="AK243" s="47"/>
       <c r="AL243" s="50"/>
     </row>
     <row r="244" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A244" s="27">
         <v>238</v>
       </c>
       <c r="B244" s="28" t="s">
-        <v>2091</v>
+        <v>2078</v>
       </c>
       <c r="C244" s="29">
-        <v>40203599110</v>
+        <v>40203637925</v>
       </c>
       <c r="D244" s="28" t="s">
-        <v>2105</v>
+        <v>2096</v>
       </c>
       <c r="E244" s="33" t="s">
-        <v>2106</v>
+        <v>2097</v>
       </c>
       <c r="F244" s="28" t="s">
-        <v>2107</v>
+        <v>2098</v>
       </c>
       <c r="G244" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H244" s="28" t="s">
-        <v>2130</v>
+        <v>2096</v>
       </c>
       <c r="I244" s="30" t="s">
-        <v>1012</v>
+        <v>2113</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1013</v>
+        <v>1041</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>903</v>
+        <v>943</v>
       </c>
       <c r="L244" s="28" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="N244" s="30"/>
       <c r="O244" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P244" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q244" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R244" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S244" s="36" t="s">
-        <v>2141</v>
+        <v>2124</v>
       </c>
       <c r="T244" s="28"/>
       <c r="U244" s="28"/>
       <c r="V244" s="28"/>
       <c r="W244" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X244" s="29" t="s">
-        <v>2142</v>
+        <v>1887</v>
       </c>
       <c r="Y244" s="32">
         <v>45777</v>
       </c>
       <c r="Z244" s="37">
         <v>45784</v>
       </c>
       <c r="AA244" s="28"/>
       <c r="AB244" s="29"/>
       <c r="AC244" s="37"/>
       <c r="AD244" s="37"/>
       <c r="AE244" s="38"/>
       <c r="AF244" s="39"/>
       <c r="AG244" s="40"/>
       <c r="AH244" s="39"/>
       <c r="AI244" s="40"/>
       <c r="AJ244" s="39"/>
       <c r="AK244" s="47"/>
       <c r="AL244" s="50"/>
     </row>
     <row r="245" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A245" s="27">
         <v>239</v>
       </c>
       <c r="B245" s="28" t="s">
-        <v>2092</v>
+        <v>2125</v>
       </c>
       <c r="C245" s="29">
-        <v>44103146707</v>
+        <v>40203628458</v>
       </c>
       <c r="D245" s="28" t="s">
-        <v>2108</v>
+        <v>2133</v>
       </c>
       <c r="E245" s="33" t="s">
-        <v>2109</v>
+        <v>2134</v>
       </c>
       <c r="F245" s="28" t="s">
-        <v>2110</v>
+        <v>2135</v>
       </c>
       <c r="G245" s="34" t="s">
-        <v>2111</v>
+        <v>234</v>
       </c>
       <c r="H245" s="28" t="s">
-        <v>2108</v>
+        <v>2160</v>
       </c>
       <c r="I245" s="30" t="s">
-        <v>886</v>
+        <v>2161</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>886</v>
+        <v>1098</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L245" s="28" t="s">
-        <v>992</v>
+        <v>927</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>2131</v>
+        <v>2162</v>
       </c>
       <c r="N245" s="30"/>
       <c r="O245" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P245" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q245" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R245" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S245" s="36" t="s">
-        <v>2143</v>
+        <v>2168</v>
       </c>
       <c r="T245" s="28"/>
       <c r="U245" s="28"/>
       <c r="V245" s="28"/>
       <c r="W245" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X245" s="29" t="s">
-        <v>1529</v>
+        <v>1883</v>
       </c>
       <c r="Y245" s="32">
         <v>45777</v>
       </c>
       <c r="Z245" s="37">
         <v>45784</v>
       </c>
       <c r="AA245" s="28"/>
       <c r="AB245" s="29"/>
       <c r="AC245" s="37"/>
       <c r="AD245" s="37"/>
-      <c r="AE245" s="38"/>
-      <c r="AF245" s="39"/>
+      <c r="AE245" s="38">
+        <v>27712.79</v>
+      </c>
+      <c r="AF245" s="39">
+        <v>45902</v>
+      </c>
       <c r="AG245" s="40"/>
       <c r="AH245" s="39"/>
       <c r="AI245" s="40"/>
       <c r="AJ245" s="39"/>
       <c r="AK245" s="47"/>
       <c r="AL245" s="50"/>
     </row>
     <row r="246" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A246" s="27">
         <v>240</v>
       </c>
       <c r="B246" s="28" t="s">
-        <v>2093</v>
+        <v>2126</v>
       </c>
       <c r="C246" s="29">
-        <v>40203619239</v>
+        <v>40203638691</v>
       </c>
       <c r="D246" s="28" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E246" s="33" t="s">
+        <v>2137</v>
+      </c>
+      <c r="F246" s="28" t="s">
+        <v>2138</v>
+      </c>
+      <c r="G246" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H246" s="28" t="s">
+        <v>2163</v>
+      </c>
+      <c r="I246" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J246" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K246" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L246" s="28" t="s">
+        <v>984</v>
+      </c>
+      <c r="M246" s="5" t="s">
         <v>2112</v>
       </c>
-      <c r="E246" s="33" t="s">
-[...26 lines deleted...]
-      <c r="N246" s="30"/>
+      <c r="N246" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O246" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P246" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q246" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R246" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S246" s="36" t="s">
-        <v>2144</v>
+        <v>2169</v>
       </c>
       <c r="T246" s="28"/>
       <c r="U246" s="28"/>
       <c r="V246" s="28"/>
       <c r="W246" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X246" s="29" t="s">
-        <v>2145</v>
+        <v>1885</v>
       </c>
       <c r="Y246" s="32">
         <v>45777</v>
       </c>
       <c r="Z246" s="37">
         <v>45784</v>
       </c>
       <c r="AA246" s="28"/>
       <c r="AB246" s="29"/>
       <c r="AC246" s="37"/>
       <c r="AD246" s="37"/>
       <c r="AE246" s="38"/>
       <c r="AF246" s="39"/>
       <c r="AG246" s="40"/>
       <c r="AH246" s="39"/>
       <c r="AI246" s="40"/>
       <c r="AJ246" s="39"/>
       <c r="AK246" s="47"/>
       <c r="AL246" s="50"/>
     </row>
     <row r="247" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A247" s="27">
         <v>241</v>
       </c>
       <c r="B247" s="28" t="s">
-        <v>2094</v>
+        <v>2127</v>
       </c>
       <c r="C247" s="29">
-        <v>40203637925</v>
+        <v>40203611042</v>
       </c>
       <c r="D247" s="28" t="s">
-        <v>2115</v>
+        <v>2139</v>
       </c>
       <c r="E247" s="33" t="s">
-        <v>2116</v>
+        <v>2140</v>
       </c>
       <c r="F247" s="28" t="s">
-        <v>2117</v>
+        <v>2141</v>
       </c>
       <c r="G247" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H247" s="28" t="s">
-        <v>2115</v>
+        <v>2139</v>
       </c>
       <c r="I247" s="30" t="s">
-        <v>2134</v>
+        <v>1865</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>1054</v>
+        <v>1866</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="L247" s="28" t="s">
-        <v>894</v>
+        <v>888</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="N247" s="30"/>
       <c r="O247" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P247" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q247" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R247" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S247" s="36" t="s">
-        <v>2146</v>
+        <v>2170</v>
       </c>
       <c r="T247" s="28"/>
       <c r="U247" s="28"/>
       <c r="V247" s="28"/>
       <c r="W247" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X247" s="29" t="s">
-        <v>1901</v>
+        <v>2171</v>
       </c>
       <c r="Y247" s="32">
-        <v>45777</v>
+        <v>45805</v>
       </c>
       <c r="Z247" s="37">
-        <v>45784</v>
+        <v>45807</v>
       </c>
       <c r="AA247" s="28"/>
       <c r="AB247" s="29"/>
       <c r="AC247" s="37"/>
       <c r="AD247" s="37"/>
       <c r="AE247" s="38"/>
       <c r="AF247" s="39"/>
       <c r="AG247" s="40"/>
       <c r="AH247" s="39"/>
       <c r="AI247" s="40"/>
       <c r="AJ247" s="39"/>
       <c r="AK247" s="47"/>
       <c r="AL247" s="50"/>
     </row>
     <row r="248" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A248" s="27">
         <v>242</v>
       </c>
       <c r="B248" s="28" t="s">
-        <v>2147</v>
+        <v>2128</v>
       </c>
       <c r="C248" s="29">
-        <v>40203628458</v>
+        <v>40203596434</v>
       </c>
       <c r="D248" s="28" t="s">
-        <v>2155</v>
+        <v>2142</v>
       </c>
       <c r="E248" s="33" t="s">
-        <v>2156</v>
+        <v>2143</v>
       </c>
       <c r="F248" s="28" t="s">
-        <v>2157</v>
+        <v>2144</v>
       </c>
       <c r="G248" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H248" s="28" t="s">
-        <v>2182</v>
+        <v>2164</v>
       </c>
       <c r="I248" s="30" t="s">
-        <v>2183</v>
+        <v>878</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>1108</v>
+        <v>878</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="L248" s="28" t="s">
-        <v>935</v>
+        <v>998</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>2184</v>
+        <v>999</v>
       </c>
       <c r="N248" s="30"/>
       <c r="O248" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P248" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q248" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R248" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S248" s="36" t="s">
-        <v>2190</v>
+        <v>2172</v>
       </c>
       <c r="T248" s="28"/>
       <c r="U248" s="28"/>
       <c r="V248" s="28"/>
       <c r="W248" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X248" s="29" t="s">
         <v>1897</v>
       </c>
       <c r="Y248" s="32">
-        <v>45777</v>
+        <v>45810</v>
       </c>
       <c r="Z248" s="37">
-        <v>45784</v>
+        <v>45812</v>
       </c>
       <c r="AA248" s="28"/>
       <c r="AB248" s="29"/>
       <c r="AC248" s="37"/>
       <c r="AD248" s="37"/>
       <c r="AE248" s="38">
-        <v>27712.79</v>
+        <v>39931.68</v>
       </c>
       <c r="AF248" s="39">
-        <v>45902</v>
+        <v>45904</v>
       </c>
       <c r="AG248" s="40"/>
       <c r="AH248" s="39"/>
       <c r="AI248" s="40"/>
       <c r="AJ248" s="39"/>
       <c r="AK248" s="47"/>
       <c r="AL248" s="50"/>
     </row>
     <row r="249" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A249" s="27">
         <v>243</v>
       </c>
       <c r="B249" s="28" t="s">
-        <v>2148</v>
+        <v>2129</v>
       </c>
       <c r="C249" s="29">
-        <v>40203638691</v>
+        <v>40203640431</v>
       </c>
       <c r="D249" s="28" t="s">
-        <v>2158</v>
+        <v>2145</v>
       </c>
       <c r="E249" s="33" t="s">
-        <v>2159</v>
+        <v>2146</v>
       </c>
       <c r="F249" s="28" t="s">
-        <v>2160</v>
+        <v>2147</v>
       </c>
       <c r="G249" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H249" s="28" t="s">
-        <v>2185</v>
+        <v>2145</v>
       </c>
       <c r="I249" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L249" s="28" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>2131</v>
-[...1 lines deleted...]
-      <c r="N249" s="30" t="s">
+        <v>2112</v>
+      </c>
+      <c r="N249" s="30"/>
+      <c r="O249" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="O249" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P249" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q249" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R249" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S249" s="36" t="s">
-        <v>2191</v>
+        <v>2173</v>
       </c>
       <c r="T249" s="28"/>
       <c r="U249" s="28"/>
       <c r="V249" s="28"/>
       <c r="W249" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X249" s="29" t="s">
-        <v>1899</v>
+        <v>1893</v>
       </c>
       <c r="Y249" s="32">
-        <v>45777</v>
+        <v>45805</v>
       </c>
       <c r="Z249" s="37">
-        <v>45784</v>
+        <v>45807</v>
       </c>
       <c r="AA249" s="28"/>
       <c r="AB249" s="29"/>
       <c r="AC249" s="37"/>
       <c r="AD249" s="37"/>
       <c r="AE249" s="38"/>
       <c r="AF249" s="39"/>
       <c r="AG249" s="40"/>
       <c r="AH249" s="39"/>
       <c r="AI249" s="40"/>
       <c r="AJ249" s="39"/>
       <c r="AK249" s="47"/>
       <c r="AL249" s="50"/>
     </row>
     <row r="250" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A250" s="27">
         <v>244</v>
       </c>
       <c r="B250" s="28" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C250" s="29">
+        <v>40203277905</v>
+      </c>
+      <c r="D250" s="28" t="s">
+        <v>2148</v>
+      </c>
+      <c r="E250" s="33" t="s">
         <v>2149</v>
       </c>
-      <c r="C250" s="29">
-[...7 lines deleted...]
-      </c>
       <c r="F250" s="28" t="s">
-        <v>2163</v>
+        <v>2150</v>
       </c>
       <c r="G250" s="34" t="s">
-        <v>236</v>
+        <v>2151</v>
       </c>
       <c r="H250" s="28" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
       <c r="I250" s="30" t="s">
-        <v>1879</v>
+        <v>878</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1880</v>
+        <v>878</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L250" s="28" t="s">
-        <v>896</v>
+        <v>1102</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="N250" s="30"/>
+        <v>2166</v>
+      </c>
+      <c r="N250" s="30" t="s">
+        <v>908</v>
+      </c>
       <c r="O250" s="5" t="s">
-        <v>895</v>
+        <v>909</v>
       </c>
       <c r="P250" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q250" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R250" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S250" s="36" t="s">
-        <v>2192</v>
+        <v>2174</v>
       </c>
       <c r="T250" s="28"/>
       <c r="U250" s="28"/>
       <c r="V250" s="28"/>
       <c r="W250" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X250" s="29" t="s">
-        <v>1391</v>
+        <v>1889</v>
       </c>
       <c r="Y250" s="32">
         <v>45805</v>
       </c>
       <c r="Z250" s="37">
         <v>45807</v>
       </c>
       <c r="AA250" s="28"/>
       <c r="AB250" s="29"/>
       <c r="AC250" s="37"/>
       <c r="AD250" s="37"/>
-      <c r="AE250" s="38"/>
-      <c r="AF250" s="39"/>
+      <c r="AE250" s="38">
+        <v>18730.419999999998</v>
+      </c>
+      <c r="AF250" s="39">
+        <v>45988</v>
+      </c>
       <c r="AG250" s="40"/>
       <c r="AH250" s="39"/>
       <c r="AI250" s="40"/>
       <c r="AJ250" s="39"/>
       <c r="AK250" s="47"/>
       <c r="AL250" s="50"/>
     </row>
     <row r="251" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A251" s="27">
         <v>245</v>
       </c>
       <c r="B251" s="28" t="s">
-        <v>2150</v>
+        <v>2131</v>
       </c>
       <c r="C251" s="29">
-        <v>40203596434</v>
+        <v>40203410007</v>
       </c>
       <c r="D251" s="28" t="s">
-        <v>2164</v>
+        <v>2152</v>
       </c>
       <c r="E251" s="33" t="s">
-        <v>2165</v>
+        <v>2153</v>
       </c>
       <c r="F251" s="28" t="s">
-        <v>2166</v>
+        <v>2154</v>
       </c>
       <c r="G251" s="34" t="s">
-        <v>236</v>
+        <v>2155</v>
       </c>
       <c r="H251" s="28" t="s">
-        <v>2186</v>
+        <v>2167</v>
       </c>
       <c r="I251" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L251" s="28" t="s">
-        <v>1006</v>
+        <v>1092</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1007</v>
+        <v>1093</v>
       </c>
       <c r="N251" s="30"/>
       <c r="O251" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P251" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q251" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R251" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S251" s="36" t="s">
-        <v>2193</v>
+        <v>2175</v>
       </c>
       <c r="T251" s="28"/>
       <c r="U251" s="28"/>
       <c r="V251" s="28"/>
       <c r="W251" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X251" s="29" t="s">
-        <v>1911</v>
+        <v>1891</v>
       </c>
       <c r="Y251" s="32">
-        <v>45810</v>
+        <v>45805</v>
       </c>
       <c r="Z251" s="37">
-        <v>45812</v>
+        <v>45807</v>
       </c>
       <c r="AA251" s="28"/>
       <c r="AB251" s="29"/>
       <c r="AC251" s="37"/>
       <c r="AD251" s="37"/>
       <c r="AE251" s="38">
-        <v>39931.68</v>
+        <v>39600</v>
       </c>
       <c r="AF251" s="39">
-        <v>45904</v>
+        <v>45902</v>
       </c>
       <c r="AG251" s="40"/>
       <c r="AH251" s="39"/>
       <c r="AI251" s="40"/>
       <c r="AJ251" s="39"/>
       <c r="AK251" s="47"/>
       <c r="AL251" s="50"/>
     </row>
     <row r="252" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A252" s="27">
         <v>246</v>
       </c>
       <c r="B252" s="28" t="s">
-        <v>2151</v>
+        <v>2132</v>
       </c>
       <c r="C252" s="29">
-        <v>40203640431</v>
+        <v>40103461609</v>
       </c>
       <c r="D252" s="28" t="s">
-        <v>2167</v>
+        <v>2156</v>
       </c>
       <c r="E252" s="33" t="s">
-        <v>2168</v>
+        <v>2157</v>
       </c>
       <c r="F252" s="28" t="s">
-        <v>2169</v>
+        <v>2158</v>
       </c>
       <c r="G252" s="34" t="s">
-        <v>236</v>
+        <v>2159</v>
       </c>
       <c r="H252" s="28" t="s">
-        <v>2167</v>
+        <v>2156</v>
       </c>
       <c r="I252" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L252" s="28" t="s">
-        <v>992</v>
+        <v>1092</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>2131</v>
+        <v>1093</v>
       </c>
       <c r="N252" s="30"/>
       <c r="O252" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P252" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q252" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R252" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S252" s="36" t="s">
-        <v>2194</v>
+        <v>2176</v>
       </c>
       <c r="T252" s="28"/>
       <c r="U252" s="28"/>
       <c r="V252" s="28"/>
       <c r="W252" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X252" s="29" t="s">
-        <v>1907</v>
+        <v>2177</v>
       </c>
       <c r="Y252" s="32">
         <v>45805</v>
       </c>
       <c r="Z252" s="37">
         <v>45807</v>
       </c>
       <c r="AA252" s="28"/>
       <c r="AB252" s="29"/>
       <c r="AC252" s="37"/>
       <c r="AD252" s="37"/>
-      <c r="AE252" s="38"/>
-      <c r="AF252" s="39"/>
+      <c r="AE252" s="38">
+        <v>39600</v>
+      </c>
+      <c r="AF252" s="39">
+        <v>45897</v>
+      </c>
       <c r="AG252" s="40"/>
       <c r="AH252" s="39"/>
       <c r="AI252" s="40"/>
       <c r="AJ252" s="39"/>
       <c r="AK252" s="47"/>
       <c r="AL252" s="50"/>
     </row>
     <row r="253" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A253" s="27">
         <v>247</v>
       </c>
       <c r="B253" s="28" t="s">
-        <v>2152</v>
+        <v>2178</v>
       </c>
       <c r="C253" s="29">
-        <v>40203277905</v>
+        <v>50203645591</v>
       </c>
       <c r="D253" s="28" t="s">
-        <v>2170</v>
+        <v>2180</v>
       </c>
       <c r="E253" s="33" t="s">
-        <v>2171</v>
+        <v>2181</v>
       </c>
       <c r="F253" s="28" t="s">
-        <v>2172</v>
+        <v>2182</v>
       </c>
       <c r="G253" s="34" t="s">
-        <v>2173</v>
+        <v>234</v>
       </c>
       <c r="H253" s="28" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I253" s="30" t="s">
         <v>2187</v>
       </c>
-      <c r="I253" s="30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J253" s="5" t="s">
-        <v>886</v>
+        <v>1045</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>886</v>
+        <v>885</v>
       </c>
       <c r="L253" s="28" t="s">
-        <v>1112</v>
+        <v>1241</v>
       </c>
       <c r="M253" s="5" t="s">
         <v>2188</v>
       </c>
       <c r="N253" s="30" t="s">
-        <v>916</v>
+        <v>2189</v>
       </c>
       <c r="O253" s="5" t="s">
-        <v>917</v>
+        <v>2190</v>
       </c>
       <c r="P253" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q253" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R253" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S253" s="36" t="s">
-        <v>2195</v>
+        <v>2194</v>
       </c>
       <c r="T253" s="28"/>
       <c r="U253" s="28"/>
       <c r="V253" s="28"/>
       <c r="W253" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X253" s="29" t="s">
-        <v>1903</v>
+        <v>1899</v>
       </c>
       <c r="Y253" s="32">
-        <v>45805</v>
+        <v>45826</v>
       </c>
       <c r="Z253" s="37">
-        <v>45807</v>
+        <v>45828</v>
       </c>
       <c r="AA253" s="28"/>
       <c r="AB253" s="29"/>
       <c r="AC253" s="37"/>
       <c r="AD253" s="37"/>
-      <c r="AE253" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE253" s="38"/>
+      <c r="AF253" s="39"/>
       <c r="AG253" s="40"/>
       <c r="AH253" s="39"/>
       <c r="AI253" s="40"/>
       <c r="AJ253" s="39"/>
       <c r="AK253" s="47"/>
       <c r="AL253" s="50"/>
     </row>
     <row r="254" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A254" s="27">
         <v>248</v>
       </c>
       <c r="B254" s="28" t="s">
-        <v>2153</v>
+        <v>2179</v>
       </c>
       <c r="C254" s="29">
-        <v>40203410007</v>
+        <v>40203606056</v>
       </c>
       <c r="D254" s="28" t="s">
-        <v>2174</v>
+        <v>2183</v>
       </c>
       <c r="E254" s="33" t="s">
-        <v>2175</v>
+        <v>2184</v>
       </c>
       <c r="F254" s="28" t="s">
-        <v>2176</v>
+        <v>2185</v>
       </c>
       <c r="G254" s="34" t="s">
-        <v>2177</v>
+        <v>234</v>
       </c>
       <c r="H254" s="28" t="s">
-        <v>2189</v>
+        <v>2183</v>
       </c>
       <c r="I254" s="30" t="s">
-        <v>886</v>
+        <v>2050</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L254" s="28" t="s">
-        <v>1102</v>
+        <v>2191</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="N254" s="30"/>
+        <v>2192</v>
+      </c>
+      <c r="N254" s="30" t="s">
+        <v>1877</v>
+      </c>
       <c r="O254" s="5" t="s">
-        <v>895</v>
+        <v>2193</v>
       </c>
       <c r="P254" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q254" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R254" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S254" s="36" t="s">
-        <v>2196</v>
-[...2 lines deleted...]
-      <c r="U254" s="28"/>
+        <v>2195</v>
+      </c>
+      <c r="T254" s="28" t="s">
+        <v>1320</v>
+      </c>
+      <c r="U254" s="28" t="s">
+        <v>1326</v>
+      </c>
       <c r="V254" s="28"/>
       <c r="W254" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X254" s="29" t="s">
-        <v>1905</v>
+        <v>2196</v>
       </c>
       <c r="Y254" s="32">
-        <v>45805</v>
+        <v>45842</v>
       </c>
       <c r="Z254" s="37">
-        <v>45807</v>
+        <v>45846</v>
       </c>
       <c r="AA254" s="28"/>
       <c r="AB254" s="29"/>
       <c r="AC254" s="37"/>
       <c r="AD254" s="37"/>
-      <c r="AE254" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE254" s="38"/>
+      <c r="AF254" s="39"/>
       <c r="AG254" s="40"/>
       <c r="AH254" s="39"/>
       <c r="AI254" s="40"/>
       <c r="AJ254" s="39"/>
       <c r="AK254" s="47"/>
       <c r="AL254" s="50"/>
     </row>
     <row r="255" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A255" s="27">
         <v>249</v>
       </c>
       <c r="B255" s="28" t="s">
-        <v>2154</v>
+        <v>2197</v>
       </c>
       <c r="C255" s="29">
-        <v>40103461609</v>
+        <v>40203452693</v>
       </c>
       <c r="D255" s="28" t="s">
-        <v>2178</v>
+        <v>2198</v>
       </c>
       <c r="E255" s="33" t="s">
-        <v>2179</v>
+        <v>2199</v>
       </c>
       <c r="F255" s="28" t="s">
-        <v>2180</v>
+        <v>2200</v>
       </c>
       <c r="G255" s="34" t="s">
-        <v>2181</v>
+        <v>2201</v>
       </c>
       <c r="H255" s="28" t="s">
-        <v>2178</v>
+        <v>2202</v>
       </c>
       <c r="I255" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L255" s="28" t="s">
-        <v>1102</v>
+        <v>1245</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1103</v>
-[...1 lines deleted...]
-      <c r="N255" s="30"/>
+        <v>1246</v>
+      </c>
+      <c r="N255" s="30" t="s">
+        <v>2203</v>
+      </c>
       <c r="O255" s="5" t="s">
-        <v>895</v>
+        <v>2204</v>
       </c>
       <c r="P255" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q255" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R255" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S255" s="36" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
       <c r="T255" s="28"/>
       <c r="U255" s="28"/>
       <c r="V255" s="28"/>
       <c r="W255" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X255" s="29" t="s">
-        <v>2198</v>
+        <v>1903</v>
       </c>
       <c r="Y255" s="32">
-        <v>45805</v>
+        <v>45827</v>
       </c>
       <c r="Z255" s="37">
-        <v>45807</v>
+        <v>45833</v>
       </c>
       <c r="AA255" s="28"/>
       <c r="AB255" s="29"/>
       <c r="AC255" s="37"/>
       <c r="AD255" s="37"/>
       <c r="AE255" s="38">
-        <v>39600</v>
+        <v>39966.050000000003</v>
       </c>
       <c r="AF255" s="39">
-        <v>45897</v>
+        <v>45919</v>
       </c>
       <c r="AG255" s="40"/>
       <c r="AH255" s="39"/>
       <c r="AI255" s="40"/>
       <c r="AJ255" s="39"/>
       <c r="AK255" s="47"/>
       <c r="AL255" s="50"/>
     </row>
     <row r="256" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A256" s="27">
         <v>250</v>
       </c>
       <c r="B256" s="28" t="s">
-        <v>2199</v>
+        <v>2206</v>
       </c>
       <c r="C256" s="29">
-        <v>50203645591</v>
+        <v>40203640499</v>
       </c>
       <c r="D256" s="28" t="s">
-        <v>2201</v>
+        <v>2207</v>
       </c>
       <c r="E256" s="33" t="s">
-        <v>2202</v>
+        <v>2208</v>
       </c>
       <c r="F256" s="28" t="s">
-        <v>2203</v>
+        <v>2209</v>
       </c>
       <c r="G256" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H256" s="28" t="s">
         <v>2207</v>
       </c>
       <c r="I256" s="30" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1058</v>
+        <v>1089</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="L256" s="28" t="s">
-        <v>1250</v>
+        <v>1020</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>2209</v>
+        <v>1021</v>
       </c>
       <c r="N256" s="30" t="s">
-        <v>2210</v>
+        <v>886</v>
       </c>
       <c r="O256" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="P256" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q256" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="R256" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="S256" s="36" t="s">
         <v>2211</v>
-      </c>
-[...10 lines deleted...]
-        <v>2215</v>
       </c>
       <c r="T256" s="28"/>
       <c r="U256" s="28"/>
       <c r="V256" s="28"/>
       <c r="W256" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X256" s="29" t="s">
-        <v>1913</v>
+        <v>1907</v>
       </c>
       <c r="Y256" s="32">
-        <v>45826</v>
+        <v>45855</v>
       </c>
       <c r="Z256" s="37">
-        <v>45828</v>
+        <v>45859</v>
       </c>
       <c r="AA256" s="28"/>
       <c r="AB256" s="29"/>
       <c r="AC256" s="37"/>
       <c r="AD256" s="37"/>
       <c r="AE256" s="38"/>
       <c r="AF256" s="39"/>
       <c r="AG256" s="40"/>
       <c r="AH256" s="39"/>
       <c r="AI256" s="40"/>
       <c r="AJ256" s="39"/>
       <c r="AK256" s="47"/>
       <c r="AL256" s="50"/>
     </row>
     <row r="257" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A257" s="27">
         <v>251</v>
       </c>
       <c r="B257" s="28" t="s">
-        <v>2200</v>
+        <v>2212</v>
       </c>
       <c r="C257" s="29">
-        <v>40203606056</v>
+        <v>50203110701</v>
       </c>
       <c r="D257" s="28" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
       <c r="E257" s="33" t="s">
-        <v>2205</v>
+        <v>2216</v>
       </c>
       <c r="F257" s="28" t="s">
-        <v>2206</v>
+        <v>2217</v>
       </c>
       <c r="G257" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H257" s="28" t="s">
-        <v>2204</v>
+        <v>2215</v>
       </c>
       <c r="I257" s="30" t="s">
-        <v>2065</v>
+        <v>878</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>902</v>
+        <v>878</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L257" s="28" t="s">
-        <v>2212</v>
+        <v>2224</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>2213</v>
+        <v>2225</v>
       </c>
       <c r="N257" s="30" t="s">
-        <v>1891</v>
+        <v>2226</v>
       </c>
       <c r="O257" s="5" t="s">
-        <v>2214</v>
+        <v>2227</v>
       </c>
       <c r="P257" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q257" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R257" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S257" s="36" t="s">
-        <v>2216</v>
-[...6 lines deleted...]
-      </c>
+        <v>2232</v>
+      </c>
+      <c r="T257" s="28"/>
+      <c r="U257" s="28"/>
       <c r="V257" s="28"/>
       <c r="W257" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X257" s="29" t="s">
-        <v>2217</v>
+        <v>2233</v>
       </c>
       <c r="Y257" s="32">
-        <v>45842</v>
+        <v>45856</v>
       </c>
       <c r="Z257" s="37">
-        <v>45846</v>
+        <v>45860</v>
       </c>
       <c r="AA257" s="28"/>
       <c r="AB257" s="29"/>
       <c r="AC257" s="37"/>
       <c r="AD257" s="37"/>
-      <c r="AE257" s="38"/>
-      <c r="AF257" s="39"/>
+      <c r="AE257" s="38">
+        <v>35340.21</v>
+      </c>
+      <c r="AF257" s="39">
+        <v>45995</v>
+      </c>
       <c r="AG257" s="40"/>
       <c r="AH257" s="39"/>
       <c r="AI257" s="40"/>
       <c r="AJ257" s="39"/>
       <c r="AK257" s="47"/>
       <c r="AL257" s="50"/>
     </row>
     <row r="258" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A258" s="27">
         <v>252</v>
       </c>
       <c r="B258" s="28" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C258" s="29">
+        <v>40203583637</v>
+      </c>
+      <c r="D258" s="28" t="s">
         <v>2218</v>
       </c>
-      <c r="C258" s="29">
-[...2 lines deleted...]
-      <c r="D258" s="28" t="s">
+      <c r="E258" s="33" t="s">
         <v>2219</v>
       </c>
-      <c r="E258" s="33" t="s">
+      <c r="F258" s="28" t="s">
         <v>2220</v>
       </c>
-      <c r="F258" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G258" s="34" t="s">
-        <v>2222</v>
+        <v>234</v>
       </c>
       <c r="H258" s="28" t="s">
-        <v>2223</v>
+        <v>2218</v>
       </c>
       <c r="I258" s="30" t="s">
-        <v>886</v>
+        <v>2228</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>886</v>
+        <v>2229</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L258" s="28" t="s">
-        <v>1254</v>
+        <v>1025</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1255</v>
+        <v>2230</v>
       </c>
       <c r="N258" s="30" t="s">
-        <v>2224</v>
+        <v>1212</v>
       </c>
       <c r="O258" s="5" t="s">
-        <v>2225</v>
+        <v>1213</v>
       </c>
       <c r="P258" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q258" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R258" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S258" s="36" t="s">
-        <v>2226</v>
+        <v>2234</v>
       </c>
       <c r="T258" s="28"/>
       <c r="U258" s="28"/>
       <c r="V258" s="28"/>
       <c r="W258" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X258" s="29" t="s">
-        <v>1917</v>
+        <v>2235</v>
       </c>
       <c r="Y258" s="32">
-        <v>45827</v>
+        <v>45869</v>
       </c>
       <c r="Z258" s="37">
-        <v>45833</v>
+        <v>45873</v>
       </c>
       <c r="AA258" s="28"/>
       <c r="AB258" s="29"/>
       <c r="AC258" s="37"/>
       <c r="AD258" s="37"/>
-      <c r="AE258" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE258" s="38"/>
+      <c r="AF258" s="39"/>
       <c r="AG258" s="40"/>
       <c r="AH258" s="39"/>
       <c r="AI258" s="40"/>
       <c r="AJ258" s="39"/>
       <c r="AK258" s="47"/>
       <c r="AL258" s="50"/>
     </row>
     <row r="259" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A259" s="27">
         <v>253</v>
       </c>
       <c r="B259" s="28" t="s">
-        <v>2227</v>
+        <v>2214</v>
       </c>
       <c r="C259" s="29">
-        <v>40203640499</v>
+        <v>40203650726</v>
       </c>
       <c r="D259" s="28" t="s">
-        <v>2228</v>
+        <v>2221</v>
       </c>
       <c r="E259" s="33" t="s">
-        <v>2229</v>
+        <v>2222</v>
       </c>
       <c r="F259" s="28" t="s">
-        <v>2230</v>
+        <v>2223</v>
       </c>
       <c r="G259" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H259" s="28" t="s">
-        <v>2228</v>
+        <v>2221</v>
       </c>
       <c r="I259" s="30" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J259" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K259" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="L259" s="28" t="s">
+        <v>1195</v>
+      </c>
+      <c r="M259" s="5" t="s">
         <v>2231</v>
       </c>
-      <c r="J259" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="N259" s="30"/>
       <c r="O259" s="5" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="P259" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q259" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R259" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S259" s="36" t="s">
-        <v>2232</v>
-[...2 lines deleted...]
-      <c r="U259" s="28"/>
+        <v>2236</v>
+      </c>
+      <c r="T259" s="28" t="s">
+        <v>1326</v>
+      </c>
+      <c r="U259" s="28" t="s">
+        <v>1320</v>
+      </c>
       <c r="V259" s="28"/>
       <c r="W259" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X259" s="29" t="s">
-        <v>1921</v>
+        <v>2237</v>
       </c>
       <c r="Y259" s="32">
         <v>45855</v>
       </c>
       <c r="Z259" s="37">
         <v>45859</v>
       </c>
       <c r="AA259" s="28"/>
       <c r="AB259" s="29"/>
       <c r="AC259" s="37"/>
       <c r="AD259" s="37"/>
       <c r="AE259" s="38"/>
       <c r="AF259" s="39"/>
       <c r="AG259" s="40"/>
       <c r="AH259" s="39"/>
       <c r="AI259" s="40"/>
       <c r="AJ259" s="39"/>
       <c r="AK259" s="47"/>
       <c r="AL259" s="50"/>
     </row>
     <row r="260" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A260" s="27">
         <v>254</v>
       </c>
       <c r="B260" s="28" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="C260" s="29">
-        <v>50203110701</v>
+        <v>40203591259</v>
       </c>
       <c r="D260" s="28" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
       <c r="E260" s="33" t="s">
-        <v>2237</v>
+        <v>2244</v>
       </c>
       <c r="F260" s="28" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="G260" s="34" t="s">
-        <v>236</v>
+        <v>2246</v>
       </c>
       <c r="H260" s="28" t="s">
-        <v>2236</v>
+        <v>2243</v>
       </c>
       <c r="I260" s="30" t="s">
-        <v>886</v>
+        <v>1069</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>886</v>
+        <v>1070</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L260" s="28" t="s">
-        <v>2245</v>
+        <v>1157</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>2246</v>
-[...3 lines deleted...]
-      </c>
+        <v>915</v>
+      </c>
+      <c r="N260" s="30"/>
       <c r="O260" s="5" t="s">
-        <v>2248</v>
+        <v>887</v>
       </c>
       <c r="P260" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q260" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R260" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S260" s="36" t="s">
-        <v>2252</v>
+        <v>2267</v>
       </c>
       <c r="T260" s="28"/>
       <c r="U260" s="28"/>
       <c r="V260" s="28"/>
       <c r="W260" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X260" s="29" t="s">
-        <v>2253</v>
+        <v>2268</v>
       </c>
       <c r="Y260" s="32">
-        <v>45856</v>
+        <v>45894</v>
       </c>
       <c r="Z260" s="37">
-        <v>45860</v>
+        <v>45896</v>
       </c>
       <c r="AA260" s="28"/>
       <c r="AB260" s="29"/>
       <c r="AC260" s="37"/>
       <c r="AD260" s="37"/>
       <c r="AE260" s="38"/>
       <c r="AF260" s="39"/>
       <c r="AG260" s="40"/>
       <c r="AH260" s="39"/>
       <c r="AI260" s="40"/>
       <c r="AJ260" s="39"/>
       <c r="AK260" s="47"/>
       <c r="AL260" s="50"/>
     </row>
     <row r="261" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A261" s="27">
         <v>255</v>
       </c>
       <c r="B261" s="28" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
       <c r="C261" s="29">
-        <v>40203583637</v>
+        <v>40203530004</v>
       </c>
       <c r="D261" s="28" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="E261" s="33" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="F261" s="28" t="s">
-        <v>2241</v>
+        <v>2249</v>
       </c>
       <c r="G261" s="34" t="s">
-        <v>236</v>
+        <v>2250</v>
       </c>
       <c r="H261" s="28" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="I261" s="30" t="s">
-        <v>2249</v>
+        <v>1135</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>2250</v>
+        <v>1136</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L261" s="28" t="s">
-        <v>1038</v>
+        <v>2261</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>2133</v>
-[...3 lines deleted...]
-      </c>
+        <v>2262</v>
+      </c>
+      <c r="N261" s="30"/>
       <c r="O261" s="5" t="s">
-        <v>1222</v>
+        <v>887</v>
       </c>
       <c r="P261" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q261" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R261" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S261" s="36" t="s">
-        <v>2254</v>
-[...2 lines deleted...]
-      <c r="U261" s="28"/>
+        <v>2269</v>
+      </c>
+      <c r="T261" s="28" t="s">
+        <v>1320</v>
+      </c>
+      <c r="U261" s="28" t="s">
+        <v>1339</v>
+      </c>
       <c r="V261" s="28"/>
       <c r="W261" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X261" s="29" t="s">
-        <v>2255</v>
+        <v>2270</v>
       </c>
       <c r="Y261" s="32">
         <v>45869</v>
       </c>
       <c r="Z261" s="37">
         <v>45873</v>
       </c>
       <c r="AA261" s="28"/>
       <c r="AB261" s="29"/>
       <c r="AC261" s="37"/>
       <c r="AD261" s="37"/>
       <c r="AE261" s="38"/>
       <c r="AF261" s="39"/>
       <c r="AG261" s="40"/>
       <c r="AH261" s="39"/>
       <c r="AI261" s="40"/>
       <c r="AJ261" s="39"/>
       <c r="AK261" s="47"/>
       <c r="AL261" s="50"/>
     </row>
     <row r="262" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A262" s="27">
         <v>256</v>
       </c>
       <c r="B262" s="28" t="s">
-        <v>2235</v>
+        <v>2240</v>
       </c>
       <c r="C262" s="29">
-        <v>40203650726</v>
+        <v>40203656502</v>
       </c>
       <c r="D262" s="28" t="s">
-        <v>2242</v>
+        <v>2251</v>
       </c>
       <c r="E262" s="33" t="s">
-        <v>2243</v>
+        <v>2252</v>
       </c>
       <c r="F262" s="28" t="s">
-        <v>2244</v>
+        <v>2253</v>
       </c>
       <c r="G262" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H262" s="28" t="s">
-        <v>2242</v>
+        <v>2251</v>
       </c>
       <c r="I262" s="30" t="s">
-        <v>1203</v>
+        <v>2263</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>1058</v>
+        <v>958</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>893</v>
+        <v>959</v>
       </c>
       <c r="L262" s="28" t="s">
-        <v>1204</v>
+        <v>879</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>2251</v>
-[...1 lines deleted...]
-      <c r="N262" s="30"/>
+        <v>880</v>
+      </c>
+      <c r="N262" s="30" t="s">
+        <v>1090</v>
+      </c>
       <c r="O262" s="5" t="s">
-        <v>895</v>
+        <v>1091</v>
       </c>
       <c r="P262" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q262" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R262" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S262" s="36" t="s">
-        <v>2256</v>
-[...6 lines deleted...]
-      </c>
+        <v>2271</v>
+      </c>
+      <c r="T262" s="28"/>
+      <c r="U262" s="28"/>
       <c r="V262" s="28"/>
       <c r="W262" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X262" s="29" t="s">
-        <v>2257</v>
+        <v>2272</v>
       </c>
       <c r="Y262" s="32">
-        <v>45855</v>
+        <v>45869</v>
       </c>
       <c r="Z262" s="37">
-        <v>45859</v>
+        <v>45873</v>
       </c>
       <c r="AA262" s="28"/>
       <c r="AB262" s="29"/>
       <c r="AC262" s="37"/>
       <c r="AD262" s="37"/>
-      <c r="AE262" s="38"/>
-      <c r="AF262" s="39"/>
+      <c r="AE262" s="38">
+        <v>39996</v>
+      </c>
+      <c r="AF262" s="39">
+        <v>45882</v>
+      </c>
       <c r="AG262" s="40"/>
       <c r="AH262" s="39"/>
       <c r="AI262" s="40"/>
       <c r="AJ262" s="39"/>
       <c r="AK262" s="47"/>
       <c r="AL262" s="50"/>
     </row>
     <row r="263" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A263" s="27">
         <v>257</v>
       </c>
       <c r="B263" s="28" t="s">
-        <v>2258</v>
+        <v>2241</v>
       </c>
       <c r="C263" s="29">
-        <v>40203591259</v>
+        <v>50203655481</v>
       </c>
       <c r="D263" s="28" t="s">
-        <v>2263</v>
+        <v>2254</v>
       </c>
       <c r="E263" s="33" t="s">
-        <v>2264</v>
+        <v>2255</v>
       </c>
       <c r="F263" s="28" t="s">
-        <v>2265</v>
+        <v>2256</v>
       </c>
       <c r="G263" s="34" t="s">
-        <v>2266</v>
+        <v>234</v>
       </c>
       <c r="H263" s="28" t="s">
-        <v>2263</v>
+        <v>2254</v>
       </c>
       <c r="I263" s="30" t="s">
-        <v>1082</v>
+        <v>964</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>1013</v>
+        <v>964</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>903</v>
+        <v>965</v>
       </c>
       <c r="L263" s="28" t="s">
-        <v>1167</v>
+        <v>879</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>923</v>
+        <v>880</v>
       </c>
       <c r="N263" s="30"/>
       <c r="O263" s="5" t="s">
-        <v>895</v>
+        <v>887</v>
       </c>
       <c r="P263" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q263" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R263" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S263" s="36" t="s">
-        <v>2287</v>
+        <v>2273</v>
       </c>
       <c r="T263" s="28"/>
       <c r="U263" s="28"/>
       <c r="V263" s="28"/>
       <c r="W263" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X263" s="29" t="s">
-        <v>2288</v>
+        <v>1453</v>
       </c>
       <c r="Y263" s="32">
-        <v>45894</v>
+        <v>45877</v>
       </c>
       <c r="Z263" s="37">
-        <v>45896</v>
+        <v>45881</v>
       </c>
       <c r="AA263" s="28"/>
       <c r="AB263" s="29"/>
       <c r="AC263" s="37"/>
       <c r="AD263" s="37"/>
       <c r="AE263" s="38"/>
       <c r="AF263" s="39"/>
       <c r="AG263" s="40"/>
       <c r="AH263" s="39"/>
       <c r="AI263" s="40"/>
       <c r="AJ263" s="39"/>
       <c r="AK263" s="47"/>
       <c r="AL263" s="50"/>
     </row>
     <row r="264" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A264" s="27">
         <v>258</v>
       </c>
       <c r="B264" s="28" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C264" s="29">
+        <v>40203565881</v>
+      </c>
+      <c r="D264" s="28" t="s">
+        <v>2257</v>
+      </c>
+      <c r="E264" s="33" t="s">
+        <v>2258</v>
+      </c>
+      <c r="F264" s="28" t="s">
         <v>2259</v>
       </c>
-      <c r="C264" s="29">
-[...10 lines deleted...]
-      </c>
       <c r="G264" s="34" t="s">
-        <v>2270</v>
+        <v>2260</v>
       </c>
       <c r="H264" s="28" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
       <c r="I264" s="30" t="s">
-        <v>1145</v>
+        <v>972</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>1146</v>
+        <v>973</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>903</v>
+        <v>959</v>
       </c>
       <c r="L264" s="28" t="s">
-        <v>2281</v>
+        <v>2265</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>2282</v>
-[...1 lines deleted...]
-      <c r="N264" s="30"/>
+        <v>2266</v>
+      </c>
+      <c r="N264" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O264" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P264" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q264" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R264" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S264" s="36" t="s">
-        <v>2289</v>
-[...6 lines deleted...]
-      </c>
+        <v>2274</v>
+      </c>
+      <c r="T264" s="28"/>
+      <c r="U264" s="28"/>
       <c r="V264" s="28"/>
       <c r="W264" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X264" s="29" t="s">
-        <v>2290</v>
+        <v>2275</v>
       </c>
       <c r="Y264" s="32">
-        <v>45869</v>
+        <v>45894</v>
       </c>
       <c r="Z264" s="37">
-        <v>45873</v>
+        <v>45896</v>
       </c>
       <c r="AA264" s="28"/>
       <c r="AB264" s="29"/>
       <c r="AC264" s="37"/>
       <c r="AD264" s="37"/>
       <c r="AE264" s="38"/>
       <c r="AF264" s="39"/>
       <c r="AG264" s="40"/>
       <c r="AH264" s="39"/>
       <c r="AI264" s="40"/>
       <c r="AJ264" s="39"/>
       <c r="AK264" s="47"/>
       <c r="AL264" s="50"/>
     </row>
     <row r="265" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A265" s="27">
         <v>259</v>
       </c>
       <c r="B265" s="28" t="s">
-        <v>2260</v>
+        <v>2276</v>
       </c>
       <c r="C265" s="29">
-        <v>40203656502</v>
+        <v>40203539041</v>
       </c>
       <c r="D265" s="28" t="s">
-        <v>2271</v>
+        <v>2280</v>
       </c>
       <c r="E265" s="33" t="s">
-        <v>2272</v>
+        <v>2281</v>
       </c>
       <c r="F265" s="28" t="s">
-        <v>2273</v>
+        <v>2282</v>
       </c>
       <c r="G265" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H265" s="28" t="s">
-        <v>2271</v>
+        <v>2280</v>
       </c>
       <c r="I265" s="30" t="s">
-        <v>2283</v>
+        <v>2293</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>966</v>
+        <v>1293</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L265" s="28" t="s">
+        <v>879</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="N265" s="30"/>
+      <c r="O265" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="M265" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P265" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q265" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R265" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S265" s="36" t="s">
-        <v>2291</v>
+        <v>2301</v>
       </c>
       <c r="T265" s="28"/>
       <c r="U265" s="28"/>
       <c r="V265" s="28"/>
       <c r="W265" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X265" s="29" t="s">
-        <v>2292</v>
+        <v>2302</v>
       </c>
       <c r="Y265" s="32">
-        <v>45869</v>
+        <v>45894</v>
       </c>
       <c r="Z265" s="37">
-        <v>45873</v>
+        <v>45896</v>
       </c>
       <c r="AA265" s="28"/>
       <c r="AB265" s="29"/>
       <c r="AC265" s="37"/>
       <c r="AD265" s="37"/>
-      <c r="AE265" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE265" s="38"/>
+      <c r="AF265" s="39"/>
       <c r="AG265" s="40"/>
       <c r="AH265" s="39"/>
       <c r="AI265" s="40"/>
       <c r="AJ265" s="39"/>
       <c r="AK265" s="47"/>
       <c r="AL265" s="50"/>
     </row>
     <row r="266" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A266" s="27">
         <v>260</v>
       </c>
       <c r="B266" s="28" t="s">
-        <v>2261</v>
+        <v>2277</v>
       </c>
       <c r="C266" s="29">
-        <v>50203655481</v>
+        <v>40203424882</v>
       </c>
       <c r="D266" s="28" t="s">
-        <v>2274</v>
+        <v>2283</v>
       </c>
       <c r="E266" s="33" t="s">
-        <v>2275</v>
+        <v>2284</v>
       </c>
       <c r="F266" s="28" t="s">
-        <v>2276</v>
+        <v>2285</v>
       </c>
       <c r="G266" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H266" s="28" t="s">
-        <v>2274</v>
+        <v>2283</v>
       </c>
       <c r="I266" s="30" t="s">
-        <v>972</v>
+        <v>878</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>972</v>
+        <v>878</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L266" s="28" t="s">
-        <v>887</v>
+        <v>2294</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="N266" s="30"/>
+        <v>2295</v>
+      </c>
+      <c r="N266" s="30" t="s">
+        <v>2296</v>
+      </c>
       <c r="O266" s="5" t="s">
-        <v>895</v>
+        <v>2297</v>
       </c>
       <c r="P266" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q266" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R266" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S266" s="36" t="s">
-        <v>2293</v>
+        <v>2303</v>
       </c>
       <c r="T266" s="28"/>
       <c r="U266" s="28"/>
       <c r="V266" s="28"/>
       <c r="W266" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X266" s="29" t="s">
-        <v>1376</v>
+        <v>2304</v>
       </c>
       <c r="Y266" s="32">
-        <v>45877</v>
+        <v>45911</v>
       </c>
       <c r="Z266" s="37">
-        <v>45881</v>
+        <v>45915</v>
       </c>
       <c r="AA266" s="28"/>
       <c r="AB266" s="29"/>
       <c r="AC266" s="37"/>
       <c r="AD266" s="37"/>
       <c r="AE266" s="38"/>
       <c r="AF266" s="39"/>
       <c r="AG266" s="40"/>
       <c r="AH266" s="39"/>
       <c r="AI266" s="40"/>
       <c r="AJ266" s="39"/>
       <c r="AK266" s="47"/>
       <c r="AL266" s="50"/>
     </row>
     <row r="267" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A267" s="27">
         <v>261</v>
       </c>
       <c r="B267" s="28" t="s">
-        <v>2262</v>
+        <v>2278</v>
       </c>
       <c r="C267" s="29">
-        <v>40203565881</v>
+        <v>40103711460</v>
       </c>
       <c r="D267" s="28" t="s">
-        <v>2277</v>
+        <v>2286</v>
       </c>
       <c r="E267" s="33" t="s">
-        <v>2278</v>
+        <v>2287</v>
       </c>
       <c r="F267" s="28" t="s">
-        <v>2279</v>
+        <v>2288</v>
       </c>
       <c r="G267" s="34" t="s">
-        <v>2280</v>
+        <v>2289</v>
       </c>
       <c r="H267" s="28" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="I267" s="30" t="s">
-        <v>980</v>
+        <v>2210</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>981</v>
+        <v>1089</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>967</v>
+        <v>895</v>
       </c>
       <c r="L267" s="28" t="s">
-        <v>2285</v>
+        <v>2298</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>2286</v>
+        <v>1282</v>
       </c>
       <c r="N267" s="30" t="s">
-        <v>887</v>
+        <v>879</v>
       </c>
       <c r="O267" s="5" t="s">
-        <v>888</v>
+        <v>880</v>
       </c>
       <c r="P267" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q267" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="R267" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="S267" s="36" t="s">
-        <v>2294</v>
+        <v>2305</v>
       </c>
       <c r="T267" s="28"/>
       <c r="U267" s="28"/>
       <c r="V267" s="28"/>
       <c r="W267" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X267" s="29" t="s">
-        <v>2295</v>
+        <v>2306</v>
       </c>
       <c r="Y267" s="32">
-        <v>45894</v>
+        <v>45911</v>
       </c>
       <c r="Z267" s="37">
-        <v>45896</v>
+        <v>45915</v>
       </c>
       <c r="AA267" s="28"/>
       <c r="AB267" s="29"/>
       <c r="AC267" s="37"/>
       <c r="AD267" s="37"/>
       <c r="AE267" s="38"/>
       <c r="AF267" s="39"/>
       <c r="AG267" s="40"/>
       <c r="AH267" s="39"/>
       <c r="AI267" s="40"/>
       <c r="AJ267" s="39"/>
       <c r="AK267" s="47"/>
       <c r="AL267" s="50"/>
     </row>
     <row r="268" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A268" s="27">
         <v>262</v>
       </c>
       <c r="B268" s="28" t="s">
-        <v>2296</v>
+        <v>2279</v>
       </c>
       <c r="C268" s="29">
-        <v>40203539041</v>
+        <v>40203415767</v>
       </c>
       <c r="D268" s="28" t="s">
+        <v>2290</v>
+      </c>
+      <c r="E268" s="33" t="s">
+        <v>2291</v>
+      </c>
+      <c r="F268" s="28" t="s">
+        <v>2292</v>
+      </c>
+      <c r="G268" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H268" s="28" t="s">
+        <v>2290</v>
+      </c>
+      <c r="I268" s="30" t="s">
+        <v>2299</v>
+      </c>
+      <c r="J268" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K268" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="L268" s="28" t="s">
+        <v>908</v>
+      </c>
+      <c r="M268" s="5" t="s">
         <v>2300</v>
       </c>
-      <c r="E268" s="33" t="s">
-[...26 lines deleted...]
-      <c r="N268" s="30"/>
+      <c r="N268" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O268" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P268" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q268" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R268" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S268" s="36" t="s">
-        <v>2321</v>
+        <v>2307</v>
       </c>
       <c r="T268" s="28"/>
       <c r="U268" s="28"/>
       <c r="V268" s="28"/>
       <c r="W268" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X268" s="29" t="s">
-        <v>2322</v>
+        <v>2308</v>
       </c>
       <c r="Y268" s="32">
-        <v>45894</v>
+        <v>45911</v>
       </c>
       <c r="Z268" s="37">
-        <v>45896</v>
+        <v>45915</v>
       </c>
       <c r="AA268" s="28"/>
       <c r="AB268" s="29"/>
       <c r="AC268" s="37"/>
       <c r="AD268" s="37"/>
       <c r="AE268" s="38"/>
       <c r="AF268" s="39"/>
       <c r="AG268" s="40"/>
       <c r="AH268" s="39"/>
       <c r="AI268" s="40"/>
       <c r="AJ268" s="39"/>
       <c r="AK268" s="47"/>
       <c r="AL268" s="50"/>
     </row>
     <row r="269" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A269" s="27">
         <v>263</v>
       </c>
       <c r="B269" s="28" t="s">
-        <v>2297</v>
+        <v>2309</v>
       </c>
       <c r="C269" s="29">
-        <v>40203424882</v>
+        <v>40203014274</v>
       </c>
       <c r="D269" s="28" t="s">
-        <v>2303</v>
+        <v>2311</v>
       </c>
       <c r="E269" s="33" t="s">
-        <v>2304</v>
+        <v>2312</v>
       </c>
       <c r="F269" s="28" t="s">
-        <v>2305</v>
+        <v>2313</v>
       </c>
       <c r="G269" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H269" s="28" t="s">
-        <v>2303</v>
+        <v>2318</v>
       </c>
       <c r="I269" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L269" s="28" t="s">
-        <v>2314</v>
+        <v>1090</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>2315</v>
-[...3 lines deleted...]
-      </c>
+        <v>1091</v>
+      </c>
+      <c r="N269" s="30"/>
       <c r="O269" s="5" t="s">
-        <v>2317</v>
+        <v>887</v>
       </c>
       <c r="P269" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q269" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R269" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S269" s="36" t="s">
-        <v>2323</v>
+        <v>2321</v>
       </c>
       <c r="T269" s="28"/>
       <c r="U269" s="28"/>
       <c r="V269" s="28"/>
       <c r="W269" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X269" s="29" t="s">
-        <v>2324</v>
+        <v>1926</v>
       </c>
       <c r="Y269" s="32">
         <v>45911</v>
       </c>
       <c r="Z269" s="37">
         <v>45915</v>
       </c>
       <c r="AA269" s="28"/>
       <c r="AB269" s="29"/>
       <c r="AC269" s="37"/>
       <c r="AD269" s="37"/>
       <c r="AE269" s="38"/>
       <c r="AF269" s="39"/>
       <c r="AG269" s="40"/>
       <c r="AH269" s="39"/>
       <c r="AI269" s="40"/>
       <c r="AJ269" s="39"/>
       <c r="AK269" s="47"/>
       <c r="AL269" s="50"/>
     </row>
     <row r="270" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A270" s="27">
         <v>264</v>
       </c>
       <c r="B270" s="28" t="s">
-        <v>2298</v>
+        <v>2310</v>
       </c>
       <c r="C270" s="29">
-        <v>40103711460</v>
+        <v>42103105024</v>
       </c>
       <c r="D270" s="28" t="s">
-        <v>2306</v>
+        <v>2314</v>
       </c>
       <c r="E270" s="33" t="s">
-        <v>2307</v>
+        <v>2315</v>
       </c>
       <c r="F270" s="28" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
       <c r="G270" s="34" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
       <c r="H270" s="28" t="s">
-        <v>2306</v>
+        <v>2319</v>
       </c>
       <c r="I270" s="30" t="s">
-        <v>2231</v>
+        <v>2228</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>1101</v>
+        <v>2229</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L270" s="28" t="s">
-        <v>2318</v>
+        <v>1191</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1291</v>
-[...1 lines deleted...]
-      <c r="N270" s="30" t="s">
+        <v>2320</v>
+      </c>
+      <c r="N270" s="30"/>
+      <c r="O270" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="O270" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P270" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q270" s="35" t="s">
-        <v>2325</v>
+        <v>1297</v>
       </c>
       <c r="R270" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S270" s="36" t="s">
-        <v>2326</v>
+        <v>2322</v>
       </c>
       <c r="T270" s="28"/>
       <c r="U270" s="28"/>
       <c r="V270" s="28"/>
       <c r="W270" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X270" s="29" t="s">
-        <v>2327</v>
+        <v>2323</v>
       </c>
       <c r="Y270" s="32">
-        <v>45911</v>
+        <v>45937</v>
       </c>
       <c r="Z270" s="37">
-        <v>45915</v>
+        <v>45939</v>
       </c>
       <c r="AA270" s="28"/>
       <c r="AB270" s="29"/>
       <c r="AC270" s="37"/>
       <c r="AD270" s="37"/>
       <c r="AE270" s="38"/>
       <c r="AF270" s="39"/>
       <c r="AG270" s="40"/>
       <c r="AH270" s="39"/>
       <c r="AI270" s="40"/>
       <c r="AJ270" s="39"/>
       <c r="AK270" s="47"/>
       <c r="AL270" s="50"/>
     </row>
     <row r="271" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A271" s="27">
         <v>265</v>
       </c>
       <c r="B271" s="28" t="s">
-        <v>2299</v>
+        <v>2324</v>
       </c>
       <c r="C271" s="29">
-        <v>40203415767</v>
+        <v>40203660461</v>
       </c>
       <c r="D271" s="28" t="s">
-        <v>2310</v>
+        <v>2326</v>
       </c>
       <c r="E271" s="33" t="s">
-        <v>2311</v>
+        <v>2327</v>
       </c>
       <c r="F271" s="28" t="s">
-        <v>2312</v>
+        <v>2328</v>
       </c>
       <c r="G271" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H271" s="28" t="s">
-        <v>2310</v>
+        <v>2332</v>
       </c>
       <c r="I271" s="30" t="s">
-        <v>2319</v>
+        <v>2050</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>1058</v>
+        <v>894</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="L271" s="28" t="s">
-        <v>916</v>
+        <v>879</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>2320</v>
-[...1 lines deleted...]
-      <c r="N271" s="30" t="s">
+        <v>880</v>
+      </c>
+      <c r="N271" s="30"/>
+      <c r="O271" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="O271" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P271" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q271" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R271" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S271" s="36" t="s">
-        <v>2328</v>
+        <v>2335</v>
       </c>
       <c r="T271" s="28"/>
       <c r="U271" s="28"/>
       <c r="V271" s="28"/>
       <c r="W271" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X271" s="29" t="s">
-        <v>2329</v>
+        <v>2336</v>
       </c>
       <c r="Y271" s="32">
-        <v>45911</v>
+        <v>45937</v>
       </c>
       <c r="Z271" s="37">
-        <v>45915</v>
+        <v>45939</v>
       </c>
       <c r="AA271" s="28"/>
       <c r="AB271" s="29"/>
       <c r="AC271" s="37"/>
       <c r="AD271" s="37"/>
       <c r="AE271" s="38"/>
       <c r="AF271" s="39"/>
       <c r="AG271" s="40"/>
       <c r="AH271" s="39"/>
       <c r="AI271" s="40"/>
       <c r="AJ271" s="39"/>
       <c r="AK271" s="47"/>
       <c r="AL271" s="50"/>
     </row>
     <row r="272" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A272" s="27">
         <v>266</v>
       </c>
       <c r="B272" s="28" t="s">
+        <v>2325</v>
+      </c>
+      <c r="C272" s="29">
+        <v>40203668770</v>
+      </c>
+      <c r="D272" s="28" t="s">
+        <v>2329</v>
+      </c>
+      <c r="E272" s="33" t="s">
         <v>2330</v>
       </c>
-      <c r="C272" s="29">
-[...5 lines deleted...]
-      <c r="E272" s="33" t="s">
+      <c r="F272" s="28" t="s">
+        <v>2331</v>
+      </c>
+      <c r="G272" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H272" s="28" t="s">
+        <v>2329</v>
+      </c>
+      <c r="I272" s="30" t="s">
         <v>2333</v>
       </c>
-      <c r="F272" s="28" t="s">
+      <c r="J272" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="K272" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="L272" s="28" t="s">
+        <v>916</v>
+      </c>
+      <c r="M272" s="5" t="s">
         <v>2334</v>
       </c>
-      <c r="G272" s="34" t="s">
-[...5 lines deleted...]
-      <c r="I272" s="30" t="s">
+      <c r="N272" s="30" t="s">
         <v>886</v>
       </c>
-      <c r="J272" s="5" t="s">
-[...11 lines deleted...]
-      <c r="N272" s="30"/>
       <c r="O272" s="5" t="s">
-        <v>895</v>
+        <v>882</v>
       </c>
       <c r="P272" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q272" s="35" t="s">
-        <v>2325</v>
+        <v>1297</v>
       </c>
       <c r="R272" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="S272" s="36" t="s">
-        <v>2342</v>
+        <v>2337</v>
       </c>
       <c r="T272" s="28"/>
       <c r="U272" s="28"/>
       <c r="V272" s="28"/>
       <c r="W272" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X272" s="29" t="s">
-        <v>1940</v>
+        <v>2338</v>
       </c>
       <c r="Y272" s="32">
-        <v>45911</v>
+        <v>45937</v>
       </c>
       <c r="Z272" s="37">
-        <v>45915</v>
+        <v>45939</v>
       </c>
       <c r="AA272" s="28"/>
       <c r="AB272" s="29"/>
       <c r="AC272" s="37"/>
       <c r="AD272" s="37"/>
       <c r="AE272" s="38"/>
       <c r="AF272" s="39"/>
       <c r="AG272" s="40"/>
       <c r="AH272" s="39"/>
       <c r="AI272" s="40"/>
       <c r="AJ272" s="39"/>
       <c r="AK272" s="47"/>
       <c r="AL272" s="50"/>
     </row>
     <row r="273" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A273" s="27">
         <v>267</v>
       </c>
       <c r="B273" s="28" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="C273" s="29">
-        <v>42103105024</v>
+        <v>40203296658</v>
       </c>
       <c r="D273" s="28" t="s">
-        <v>2335</v>
-[...2 lines deleted...]
-        <v>2336</v>
+        <v>2340</v>
+      </c>
+      <c r="E273" s="33">
+        <v>26322680</v>
       </c>
       <c r="F273" s="28" t="s">
-        <v>2337</v>
+        <v>2341</v>
       </c>
       <c r="G273" s="34" t="s">
-        <v>2338</v>
+        <v>2342</v>
       </c>
       <c r="H273" s="28" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="I273" s="30" t="s">
-        <v>2249</v>
+        <v>1135</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>2250</v>
+        <v>1136</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L273" s="28" t="s">
-        <v>1200</v>
+        <v>886</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>2341</v>
-[...1 lines deleted...]
-      <c r="N273" s="30"/>
+        <v>882</v>
+      </c>
+      <c r="N273" s="30" t="s">
+        <v>879</v>
+      </c>
       <c r="O273" s="5" t="s">
-        <v>895</v>
+        <v>880</v>
       </c>
       <c r="P273" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q273" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R273" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S273" s="36" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="T273" s="28"/>
       <c r="U273" s="28"/>
       <c r="V273" s="28"/>
       <c r="W273" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X273" s="29" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="Y273" s="32">
         <v>45937</v>
       </c>
       <c r="Z273" s="37">
         <v>45939</v>
       </c>
       <c r="AA273" s="28"/>
       <c r="AB273" s="29"/>
       <c r="AC273" s="37"/>
       <c r="AD273" s="37"/>
       <c r="AE273" s="38"/>
       <c r="AF273" s="39"/>
       <c r="AG273" s="40"/>
       <c r="AH273" s="39"/>
       <c r="AI273" s="40"/>
       <c r="AJ273" s="39"/>
       <c r="AK273" s="47"/>
       <c r="AL273" s="50"/>
     </row>
     <row r="274" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A274" s="27">
         <v>268</v>
       </c>
       <c r="B274" s="28" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="C274" s="29">
-        <v>40203660461</v>
+        <v>40203662208</v>
       </c>
       <c r="D274" s="28" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E274" s="33" t="s">
         <v>2347</v>
       </c>
-      <c r="E274" s="33" t="s">
+      <c r="F274" s="28" t="s">
         <v>2348</v>
       </c>
-      <c r="F274" s="28" t="s">
+      <c r="G274" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H274" s="28" t="s">
         <v>2349</v>
       </c>
-      <c r="G274" s="34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I274" s="30" t="s">
-        <v>2065</v>
+        <v>878</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>902</v>
+        <v>878</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>903</v>
+        <v>878</v>
       </c>
       <c r="L274" s="28" t="s">
-        <v>887</v>
+        <v>1025</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="N274" s="30"/>
+        <v>2230</v>
+      </c>
+      <c r="N274" s="30" t="s">
+        <v>1042</v>
+      </c>
       <c r="O274" s="5" t="s">
-        <v>895</v>
+        <v>2350</v>
       </c>
       <c r="P274" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q274" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R274" s="35" t="s">
-        <v>1307</v>
+        <v>2351</v>
       </c>
       <c r="S274" s="36" t="s">
-        <v>2356</v>
+        <v>2352</v>
       </c>
       <c r="T274" s="28"/>
       <c r="U274" s="28"/>
       <c r="V274" s="28"/>
       <c r="W274" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X274" s="29" t="s">
-        <v>1622</v>
+        <v>2353</v>
       </c>
       <c r="Y274" s="32">
-        <v>45937</v>
+        <v>45954</v>
       </c>
       <c r="Z274" s="37">
-        <v>45939</v>
+        <v>45958</v>
       </c>
       <c r="AA274" s="28"/>
       <c r="AB274" s="29"/>
       <c r="AC274" s="37"/>
       <c r="AD274" s="37"/>
       <c r="AE274" s="38"/>
       <c r="AF274" s="39"/>
       <c r="AG274" s="40"/>
       <c r="AH274" s="39"/>
       <c r="AI274" s="40"/>
       <c r="AJ274" s="39"/>
       <c r="AK274" s="47"/>
       <c r="AL274" s="50"/>
     </row>
     <row r="275" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A275" s="27">
         <v>269</v>
       </c>
       <c r="B275" s="28" t="s">
-        <v>2346</v>
+        <v>2354</v>
       </c>
       <c r="C275" s="29">
-        <v>40203668770</v>
+        <v>40203679859</v>
       </c>
       <c r="D275" s="28" t="s">
-        <v>2350</v>
+        <v>2359</v>
       </c>
       <c r="E275" s="33" t="s">
-        <v>2351</v>
+        <v>2360</v>
       </c>
       <c r="F275" s="28" t="s">
-        <v>2352</v>
+        <v>2361</v>
       </c>
       <c r="G275" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H275" s="28" t="s">
-        <v>2350</v>
+        <v>2374</v>
       </c>
       <c r="I275" s="30" t="s">
-        <v>2354</v>
+        <v>878</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>998</v>
+        <v>878</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>973</v>
+        <v>878</v>
       </c>
       <c r="L275" s="28" t="s">
-        <v>924</v>
+        <v>1169</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>2355</v>
-[...3 lines deleted...]
-      </c>
+        <v>2056</v>
+      </c>
+      <c r="N275" s="30"/>
       <c r="O275" s="5" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="P275" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q275" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R275" s="35" t="s">
-        <v>2357</v>
+        <v>1296</v>
       </c>
       <c r="S275" s="36" t="s">
-        <v>2358</v>
+        <v>2384</v>
       </c>
       <c r="T275" s="28"/>
       <c r="U275" s="28"/>
       <c r="V275" s="28"/>
       <c r="W275" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X275" s="29" t="s">
-        <v>2359</v>
+        <v>2385</v>
       </c>
       <c r="Y275" s="32">
-        <v>45937</v>
+        <v>45954</v>
       </c>
       <c r="Z275" s="37">
-        <v>45939</v>
+        <v>45958</v>
       </c>
       <c r="AA275" s="28"/>
       <c r="AB275" s="29"/>
       <c r="AC275" s="37"/>
       <c r="AD275" s="37"/>
       <c r="AE275" s="38"/>
       <c r="AF275" s="39"/>
       <c r="AG275" s="40"/>
       <c r="AH275" s="39"/>
       <c r="AI275" s="40"/>
       <c r="AJ275" s="39"/>
       <c r="AK275" s="47"/>
       <c r="AL275" s="50"/>
     </row>
     <row r="276" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A276" s="27">
         <v>270</v>
       </c>
       <c r="B276" s="28" t="s">
-        <v>2360</v>
+        <v>2355</v>
       </c>
       <c r="C276" s="29">
-        <v>40203296658</v>
+        <v>40203682577</v>
       </c>
       <c r="D276" s="28" t="s">
-        <v>2361</v>
-[...2 lines deleted...]
-        <v>26322680</v>
+        <v>2362</v>
+      </c>
+      <c r="E276" s="33" t="s">
+        <v>2363</v>
       </c>
       <c r="F276" s="28" t="s">
+        <v>2364</v>
+      </c>
+      <c r="G276" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H276" s="28" t="s">
         <v>2362</v>
       </c>
-      <c r="G276" s="34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I276" s="30" t="s">
-        <v>1145</v>
+        <v>2375</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1146</v>
+        <v>894</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>903</v>
+        <v>895</v>
       </c>
       <c r="L276" s="28" t="s">
-        <v>894</v>
+        <v>879</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>890</v>
+        <v>880</v>
       </c>
       <c r="N276" s="30" t="s">
-        <v>887</v>
+        <v>1025</v>
       </c>
       <c r="O276" s="5" t="s">
-        <v>888</v>
+        <v>2230</v>
       </c>
       <c r="P276" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q276" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R276" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S276" s="36" t="s">
-        <v>2365</v>
+        <v>2386</v>
       </c>
       <c r="T276" s="28"/>
       <c r="U276" s="28"/>
       <c r="V276" s="28"/>
       <c r="W276" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X276" s="29" t="s">
-        <v>2366</v>
+        <v>2387</v>
       </c>
       <c r="Y276" s="32">
-        <v>45937</v>
+        <v>45954</v>
       </c>
       <c r="Z276" s="37">
-        <v>45939</v>
+        <v>45958</v>
       </c>
       <c r="AA276" s="28"/>
       <c r="AB276" s="29"/>
       <c r="AC276" s="37"/>
       <c r="AD276" s="37"/>
       <c r="AE276" s="38"/>
       <c r="AF276" s="39"/>
       <c r="AG276" s="40"/>
       <c r="AH276" s="39"/>
       <c r="AI276" s="40"/>
       <c r="AJ276" s="39"/>
       <c r="AK276" s="47"/>
       <c r="AL276" s="50"/>
     </row>
     <row r="277" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A277" s="27">
         <v>271</v>
       </c>
       <c r="B277" s="28" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C277" s="29">
+        <v>40203574704</v>
+      </c>
+      <c r="D277" s="28" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E277" s="33" t="s">
+        <v>2366</v>
+      </c>
+      <c r="F277" s="28" t="s">
         <v>2367</v>
       </c>
-      <c r="C277" s="29">
-[...10 lines deleted...]
-      </c>
       <c r="G277" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H277" s="28" t="s">
-        <v>2370</v>
+        <v>2376</v>
       </c>
       <c r="I277" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L277" s="28" t="s">
-        <v>1038</v>
+        <v>2377</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>2133</v>
-[...3 lines deleted...]
-      </c>
+        <v>2378</v>
+      </c>
+      <c r="N277" s="30"/>
       <c r="O277" s="5" t="s">
-        <v>2371</v>
+        <v>887</v>
       </c>
       <c r="P277" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q277" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R277" s="35" t="s">
-        <v>2372</v>
+        <v>1296</v>
       </c>
       <c r="S277" s="36" t="s">
-        <v>2373</v>
+        <v>2388</v>
       </c>
       <c r="T277" s="28"/>
       <c r="U277" s="28"/>
       <c r="V277" s="28"/>
       <c r="W277" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X277" s="29" t="s">
-        <v>2374</v>
+        <v>2389</v>
       </c>
       <c r="Y277" s="32">
         <v>45954</v>
       </c>
       <c r="Z277" s="37">
         <v>45958</v>
       </c>
       <c r="AA277" s="28"/>
       <c r="AB277" s="29"/>
       <c r="AC277" s="37"/>
       <c r="AD277" s="37"/>
       <c r="AE277" s="38"/>
       <c r="AF277" s="39"/>
       <c r="AG277" s="40"/>
       <c r="AH277" s="39"/>
       <c r="AI277" s="40"/>
       <c r="AJ277" s="39"/>
       <c r="AK277" s="47"/>
       <c r="AL277" s="50"/>
     </row>
     <row r="278" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A278" s="27">
         <v>272</v>
       </c>
       <c r="B278" s="28" t="s">
-        <v>2375</v>
+        <v>2357</v>
       </c>
       <c r="C278" s="29">
-        <v>40203679859</v>
+        <v>40103469655</v>
       </c>
       <c r="D278" s="28" t="s">
+        <v>2368</v>
+      </c>
+      <c r="E278" s="33" t="s">
+        <v>2369</v>
+      </c>
+      <c r="F278" s="28" t="s">
+        <v>2370</v>
+      </c>
+      <c r="G278" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H278" s="28" t="s">
+        <v>2379</v>
+      </c>
+      <c r="I278" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J278" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K278" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L278" s="28" t="s">
+        <v>900</v>
+      </c>
+      <c r="M278" s="5" t="s">
         <v>2380</v>
       </c>
-      <c r="E278" s="33" t="s">
-[...11 lines deleted...]
-      <c r="I278" s="30" t="s">
+      <c r="N278" s="30" t="s">
         <v>886</v>
       </c>
-      <c r="J278" s="5" t="s">
-[...11 lines deleted...]
-      <c r="N278" s="30"/>
       <c r="O278" s="5" t="s">
-        <v>895</v>
+        <v>882</v>
       </c>
       <c r="P278" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q278" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R278" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S278" s="36" t="s">
-        <v>2405</v>
+        <v>2390</v>
       </c>
       <c r="T278" s="28"/>
       <c r="U278" s="28"/>
       <c r="V278" s="28"/>
       <c r="W278" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X278" s="29" t="s">
-        <v>2406</v>
+        <v>2391</v>
       </c>
       <c r="Y278" s="32">
-        <v>45954</v>
+        <v>45973</v>
       </c>
       <c r="Z278" s="37">
-        <v>45958</v>
+        <v>45975</v>
       </c>
       <c r="AA278" s="28"/>
       <c r="AB278" s="29"/>
       <c r="AC278" s="37"/>
       <c r="AD278" s="37"/>
       <c r="AE278" s="38"/>
       <c r="AF278" s="39"/>
       <c r="AG278" s="40"/>
       <c r="AH278" s="39"/>
       <c r="AI278" s="40"/>
       <c r="AJ278" s="39"/>
       <c r="AK278" s="47"/>
       <c r="AL278" s="50"/>
     </row>
     <row r="279" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A279" s="27">
         <v>273</v>
       </c>
       <c r="B279" s="28" t="s">
-        <v>2376</v>
+        <v>2358</v>
       </c>
       <c r="C279" s="29">
-        <v>40203682577</v>
+        <v>40203210965</v>
       </c>
       <c r="D279" s="28" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E279" s="33" t="s">
+        <v>2372</v>
+      </c>
+      <c r="F279" s="28" t="s">
+        <v>2373</v>
+      </c>
+      <c r="G279" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H279" s="28" t="s">
+        <v>2371</v>
+      </c>
+      <c r="I279" s="30" t="s">
+        <v>2381</v>
+      </c>
+      <c r="J279" s="5" t="s">
+        <v>2382</v>
+      </c>
+      <c r="K279" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="L279" s="28" t="s">
+        <v>1666</v>
+      </c>
+      <c r="M279" s="5" t="s">
         <v>2383</v>
       </c>
-      <c r="E279" s="33" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="N279" s="30" t="s">
-        <v>1038</v>
+        <v>886</v>
       </c>
       <c r="O279" s="5" t="s">
-        <v>2133</v>
+        <v>882</v>
       </c>
       <c r="P279" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q279" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R279" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S279" s="36" t="s">
-        <v>2407</v>
+        <v>2392</v>
       </c>
       <c r="T279" s="28"/>
       <c r="U279" s="28"/>
       <c r="V279" s="28"/>
       <c r="W279" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X279" s="29" t="s">
-        <v>2408</v>
+        <v>2393</v>
       </c>
       <c r="Y279" s="32">
-        <v>45954</v>
+        <v>45973</v>
       </c>
       <c r="Z279" s="37">
-        <v>45958</v>
+        <v>45975</v>
       </c>
       <c r="AA279" s="28"/>
       <c r="AB279" s="29"/>
       <c r="AC279" s="37"/>
       <c r="AD279" s="37"/>
       <c r="AE279" s="38"/>
       <c r="AF279" s="39"/>
       <c r="AG279" s="40"/>
       <c r="AH279" s="39"/>
       <c r="AI279" s="40"/>
       <c r="AJ279" s="39"/>
       <c r="AK279" s="47"/>
       <c r="AL279" s="50"/>
     </row>
     <row r="280" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A280" s="27">
         <v>274</v>
       </c>
       <c r="B280" s="28" t="s">
-        <v>2377</v>
+        <v>2394</v>
       </c>
       <c r="C280" s="29">
-        <v>40203574704</v>
+        <v>40203659833</v>
       </c>
       <c r="D280" s="28" t="s">
-        <v>2386</v>
+        <v>2398</v>
       </c>
       <c r="E280" s="33" t="s">
-        <v>2387</v>
+        <v>2399</v>
       </c>
       <c r="F280" s="28" t="s">
-        <v>2388</v>
+        <v>2400</v>
       </c>
       <c r="G280" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H280" s="28" t="s">
-        <v>2397</v>
+        <v>2410</v>
       </c>
       <c r="I280" s="30" t="s">
-        <v>886</v>
+        <v>1088</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>886</v>
+        <v>1089</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
       <c r="L280" s="28" t="s">
-        <v>2398</v>
+        <v>970</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>2399</v>
-[...1 lines deleted...]
-      <c r="N280" s="30"/>
+        <v>971</v>
+      </c>
+      <c r="N280" s="30" t="s">
+        <v>1090</v>
+      </c>
       <c r="O280" s="5" t="s">
-        <v>895</v>
+        <v>1091</v>
       </c>
       <c r="P280" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q280" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="R280" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S280" s="36" t="s">
-        <v>2409</v>
+        <v>2416</v>
       </c>
       <c r="T280" s="28"/>
       <c r="U280" s="28"/>
       <c r="V280" s="28"/>
       <c r="W280" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X280" s="29" t="s">
-        <v>2410</v>
+        <v>2417</v>
       </c>
       <c r="Y280" s="32">
-        <v>45954</v>
+        <v>45973</v>
       </c>
       <c r="Z280" s="37">
-        <v>45958</v>
+        <v>45975</v>
       </c>
       <c r="AA280" s="28"/>
       <c r="AB280" s="29"/>
       <c r="AC280" s="37"/>
       <c r="AD280" s="37"/>
       <c r="AE280" s="38"/>
       <c r="AF280" s="39"/>
       <c r="AG280" s="40"/>
       <c r="AH280" s="39"/>
       <c r="AI280" s="40"/>
       <c r="AJ280" s="39"/>
       <c r="AK280" s="47"/>
       <c r="AL280" s="50"/>
     </row>
     <row r="281" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A281" s="27">
         <v>275</v>
       </c>
       <c r="B281" s="28" t="s">
-        <v>2378</v>
+        <v>2395</v>
       </c>
       <c r="C281" s="29">
-        <v>40103469655</v>
+        <v>40203678073</v>
       </c>
       <c r="D281" s="28" t="s">
-        <v>2389</v>
+        <v>2401</v>
       </c>
       <c r="E281" s="33" t="s">
-        <v>2390</v>
+        <v>2402</v>
       </c>
       <c r="F281" s="28" t="s">
-        <v>2391</v>
+        <v>2403</v>
       </c>
       <c r="G281" s="34" t="s">
-        <v>236</v>
+        <v>2404</v>
       </c>
       <c r="H281" s="28" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="I281" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J281" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K281" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L281" s="28" t="s">
+        <v>879</v>
+      </c>
+      <c r="M281" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="N281" s="30" t="s">
         <v>886</v>
       </c>
-      <c r="J281" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O281" s="5" t="s">
-        <v>890</v>
+        <v>882</v>
       </c>
       <c r="P281" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q281" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R281" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S281" s="36" t="s">
-        <v>2411</v>
+        <v>2418</v>
       </c>
       <c r="T281" s="28"/>
       <c r="U281" s="28"/>
       <c r="V281" s="28"/>
       <c r="W281" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X281" s="29" t="s">
-        <v>2412</v>
+        <v>2419</v>
       </c>
       <c r="Y281" s="32">
         <v>45973</v>
       </c>
       <c r="Z281" s="37">
         <v>45975</v>
       </c>
       <c r="AA281" s="28"/>
       <c r="AB281" s="29"/>
       <c r="AC281" s="37"/>
       <c r="AD281" s="37"/>
       <c r="AE281" s="38"/>
       <c r="AF281" s="39"/>
       <c r="AG281" s="40"/>
       <c r="AH281" s="39"/>
       <c r="AI281" s="40"/>
       <c r="AJ281" s="39"/>
       <c r="AK281" s="47"/>
       <c r="AL281" s="50"/>
     </row>
     <row r="282" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A282" s="27">
         <v>276</v>
       </c>
       <c r="B282" s="28" t="s">
-        <v>2379</v>
+        <v>2396</v>
       </c>
       <c r="C282" s="29">
-        <v>40203210965</v>
+        <v>40203691692</v>
       </c>
       <c r="D282" s="28" t="s">
-        <v>2392</v>
+        <v>280</v>
       </c>
       <c r="E282" s="33" t="s">
-        <v>2393</v>
+        <v>281</v>
       </c>
       <c r="F282" s="28" t="s">
-        <v>2394</v>
+        <v>2405</v>
       </c>
       <c r="G282" s="34" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="H282" s="28" t="s">
-        <v>2392</v>
+        <v>2411</v>
       </c>
       <c r="I282" s="30" t="s">
-        <v>2402</v>
+        <v>2412</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>2403</v>
+        <v>958</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="L282" s="28" t="s">
-        <v>1680</v>
+        <v>2413</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>2404</v>
+        <v>2414</v>
       </c>
       <c r="N282" s="30" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="O282" s="5" t="s">
-        <v>890</v>
+        <v>903</v>
       </c>
       <c r="P282" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="Q282" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R282" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S282" s="36" t="s">
-        <v>2413</v>
+        <v>2420</v>
       </c>
       <c r="T282" s="28"/>
       <c r="U282" s="28"/>
       <c r="V282" s="28"/>
       <c r="W282" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X282" s="29" t="s">
-        <v>2414</v>
+        <v>2421</v>
       </c>
       <c r="Y282" s="32">
-        <v>45973</v>
+        <v>45999</v>
       </c>
       <c r="Z282" s="37">
-        <v>45975</v>
+        <v>46001</v>
       </c>
       <c r="AA282" s="28"/>
       <c r="AB282" s="29"/>
       <c r="AC282" s="37"/>
       <c r="AD282" s="37"/>
       <c r="AE282" s="38"/>
       <c r="AF282" s="39"/>
       <c r="AG282" s="40"/>
       <c r="AH282" s="39"/>
       <c r="AI282" s="40"/>
       <c r="AJ282" s="39"/>
       <c r="AK282" s="47"/>
       <c r="AL282" s="50"/>
     </row>
     <row r="283" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A283" s="27">
         <v>277</v>
       </c>
       <c r="B283" s="28" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C283" s="29">
+        <v>50203429951</v>
+      </c>
+      <c r="D283" s="28" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E283" s="33" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F283" s="28" t="s">
+        <v>2408</v>
+      </c>
+      <c r="G283" s="34" t="s">
+        <v>2409</v>
+      </c>
+      <c r="H283" s="28" t="s">
         <v>2415</v>
       </c>
-      <c r="C283" s="29">
-[...16 lines deleted...]
-      </c>
       <c r="I283" s="30" t="s">
-        <v>1100</v>
+        <v>1067</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>1101</v>
+        <v>990</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>903</v>
+        <v>965</v>
       </c>
       <c r="L283" s="28" t="s">
-        <v>978</v>
+        <v>1169</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2056</v>
+      </c>
+      <c r="N283" s="30"/>
       <c r="O283" s="5" t="s">
-        <v>1015</v>
+        <v>887</v>
       </c>
       <c r="P283" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q283" s="35" t="s">
-        <v>1307</v>
+        <v>1297</v>
       </c>
       <c r="R283" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="S283" s="36" t="s">
-        <v>2425</v>
+        <v>2422</v>
       </c>
       <c r="T283" s="28"/>
       <c r="U283" s="28"/>
       <c r="V283" s="28"/>
       <c r="W283" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X283" s="29" t="s">
-        <v>2426</v>
+        <v>2423</v>
       </c>
       <c r="Y283" s="32">
-        <v>45973</v>
+        <v>45999</v>
       </c>
       <c r="Z283" s="37">
-        <v>45975</v>
+        <v>46001</v>
       </c>
       <c r="AA283" s="28"/>
       <c r="AB283" s="29"/>
       <c r="AC283" s="37"/>
       <c r="AD283" s="37"/>
       <c r="AE283" s="38"/>
       <c r="AF283" s="39"/>
       <c r="AG283" s="40"/>
       <c r="AH283" s="39"/>
       <c r="AI283" s="40"/>
       <c r="AJ283" s="39"/>
       <c r="AK283" s="47"/>
       <c r="AL283" s="50"/>
     </row>
     <row r="284" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A284" s="27">
         <v>278</v>
       </c>
       <c r="B284" s="28" t="s">
-        <v>2416</v>
+        <v>2424</v>
       </c>
       <c r="C284" s="29">
-        <v>40203678073</v>
+        <v>40203510506</v>
       </c>
       <c r="D284" s="28" t="s">
-        <v>2420</v>
+        <v>2428</v>
       </c>
       <c r="E284" s="33" t="s">
-        <v>2421</v>
+        <v>2429</v>
       </c>
       <c r="F284" s="28" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="G284" s="34" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="H284" s="28" t="s">
-        <v>2420</v>
+        <v>2428</v>
       </c>
       <c r="I284" s="30" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>886</v>
+        <v>878</v>
       </c>
       <c r="L284" s="28" t="s">
-        <v>887</v>
+        <v>2443</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>888</v>
+        <v>2444</v>
       </c>
       <c r="N284" s="30" t="s">
-        <v>894</v>
+        <v>2445</v>
       </c>
       <c r="O284" s="5" t="s">
-        <v>890</v>
+        <v>2446</v>
       </c>
       <c r="P284" s="35" t="s">
-        <v>1306</v>
+        <v>1296</v>
       </c>
       <c r="Q284" s="35" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="R284" s="35" t="s">
-        <v>1306</v>
+        <v>1297</v>
       </c>
       <c r="S284" s="36" t="s">
-        <v>2427</v>
+        <v>2448</v>
       </c>
       <c r="T284" s="28"/>
       <c r="U284" s="28"/>
       <c r="V284" s="28"/>
       <c r="W284" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="X284" s="29" t="s">
-        <v>2428</v>
+        <v>2449</v>
       </c>
       <c r="Y284" s="32">
-        <v>45973</v>
+        <v>46014</v>
       </c>
       <c r="Z284" s="37">
-        <v>45975</v>
+        <v>46021</v>
       </c>
       <c r="AA284" s="28"/>
       <c r="AB284" s="29"/>
       <c r="AC284" s="37"/>
       <c r="AD284" s="37"/>
       <c r="AE284" s="38"/>
       <c r="AF284" s="39"/>
       <c r="AG284" s="40"/>
       <c r="AH284" s="39"/>
       <c r="AI284" s="40"/>
       <c r="AJ284" s="39"/>
       <c r="AK284" s="47"/>
       <c r="AL284" s="50"/>
     </row>
-    <row r="285" spans="1:38" ht="21.75" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="286" spans="1:38" x14ac:dyDescent="0.25"/>
+    <row r="285" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A285" s="27">
+        <v>279</v>
+      </c>
+      <c r="B285" s="28" t="s">
+        <v>2425</v>
+      </c>
+      <c r="C285" s="29">
+        <v>40203582881</v>
+      </c>
+      <c r="D285" s="28" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E285" s="33" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F285" s="28" t="s">
+        <v>2434</v>
+      </c>
+      <c r="G285" s="34" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H285" s="28" t="s">
+        <v>2447</v>
+      </c>
+      <c r="I285" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J285" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K285" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L285" s="28" t="s">
+        <v>1020</v>
+      </c>
+      <c r="M285" s="5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="N285" s="30" t="s">
+        <v>1025</v>
+      </c>
+      <c r="O285" s="5" t="s">
+        <v>2230</v>
+      </c>
+      <c r="P285" s="35" t="s">
+        <v>2450</v>
+      </c>
+      <c r="Q285" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="R285" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="S285" s="36" t="s">
+        <v>2451</v>
+      </c>
+      <c r="T285" s="28"/>
+      <c r="U285" s="28"/>
+      <c r="V285" s="28"/>
+      <c r="W285" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="X285" s="29" t="s">
+        <v>2452</v>
+      </c>
+      <c r="Y285" s="32">
+        <v>46014</v>
+      </c>
+      <c r="Z285" s="37">
+        <v>46021</v>
+      </c>
+      <c r="AA285" s="28"/>
+      <c r="AB285" s="29"/>
+      <c r="AC285" s="37"/>
+      <c r="AD285" s="37"/>
+      <c r="AE285" s="38"/>
+      <c r="AF285" s="39"/>
+      <c r="AG285" s="40"/>
+      <c r="AH285" s="39"/>
+      <c r="AI285" s="40"/>
+      <c r="AJ285" s="39"/>
+      <c r="AK285" s="47"/>
+      <c r="AL285" s="50"/>
+    </row>
+    <row r="286" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="27">
+        <v>280</v>
+      </c>
+      <c r="B286" s="28" t="s">
+        <v>2426</v>
+      </c>
+      <c r="C286" s="29">
+        <v>40203460309</v>
+      </c>
+      <c r="D286" s="28" t="s">
+        <v>2436</v>
+      </c>
+      <c r="E286" s="33" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F286" s="28" t="s">
+        <v>2438</v>
+      </c>
+      <c r="G286" s="34" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H286" s="28" t="s">
+        <v>2436</v>
+      </c>
+      <c r="I286" s="30" t="s">
+        <v>1054</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="K286" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="L286" s="28" t="s">
+        <v>886</v>
+      </c>
+      <c r="M286" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="N286" s="30" t="s">
+        <v>879</v>
+      </c>
+      <c r="O286" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="P286" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q286" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="R286" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="S286" s="36" t="s">
+        <v>2453</v>
+      </c>
+      <c r="T286" s="28"/>
+      <c r="U286" s="28"/>
+      <c r="V286" s="28"/>
+      <c r="W286" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="X286" s="29" t="s">
+        <v>2454</v>
+      </c>
+      <c r="Y286" s="32">
+        <v>46014</v>
+      </c>
+      <c r="Z286" s="37">
+        <v>46021</v>
+      </c>
+      <c r="AA286" s="28"/>
+      <c r="AB286" s="29"/>
+      <c r="AC286" s="37"/>
+      <c r="AD286" s="37"/>
+      <c r="AE286" s="38"/>
+      <c r="AF286" s="39"/>
+      <c r="AG286" s="40"/>
+      <c r="AH286" s="39"/>
+      <c r="AI286" s="40"/>
+      <c r="AJ286" s="39"/>
+      <c r="AK286" s="47"/>
+      <c r="AL286" s="50"/>
+    </row>
+    <row r="287" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="27">
+        <v>281</v>
+      </c>
+      <c r="B287" s="28" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C287" s="29">
+        <v>40203669314</v>
+      </c>
+      <c r="D287" s="28" t="s">
+        <v>2440</v>
+      </c>
+      <c r="E287" s="33" t="s">
+        <v>2441</v>
+      </c>
+      <c r="F287" s="28" t="s">
+        <v>2442</v>
+      </c>
+      <c r="G287" s="34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H287" s="28" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I287" s="30" t="s">
+        <v>878</v>
+      </c>
+      <c r="J287" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K287" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L287" s="28" t="s">
+        <v>879</v>
+      </c>
+      <c r="M287" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="N287" s="30"/>
+      <c r="O287" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="P287" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="Q287" s="35" t="s">
+        <v>1297</v>
+      </c>
+      <c r="R287" s="35" t="s">
+        <v>1296</v>
+      </c>
+      <c r="S287" s="36" t="s">
+        <v>2455</v>
+      </c>
+      <c r="T287" s="28"/>
+      <c r="U287" s="28"/>
+      <c r="V287" s="28"/>
+      <c r="W287" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="X287" s="29" t="s">
+        <v>2456</v>
+      </c>
+      <c r="Y287" s="32">
+        <v>46014</v>
+      </c>
+      <c r="Z287" s="37">
+        <v>46021</v>
+      </c>
+      <c r="AA287" s="28"/>
+      <c r="AB287" s="29"/>
+      <c r="AC287" s="37"/>
+      <c r="AD287" s="37"/>
+      <c r="AE287" s="38"/>
+      <c r="AF287" s="39"/>
+      <c r="AG287" s="40"/>
+      <c r="AH287" s="39"/>
+      <c r="AI287" s="40"/>
+      <c r="AJ287" s="39"/>
+      <c r="AK287" s="47"/>
+      <c r="AL287" s="50"/>
+    </row>
+    <row r="288" spans="1:38" x14ac:dyDescent="0.25"/>
+    <row r="289" x14ac:dyDescent="0.25"/>
+    <row r="290" x14ac:dyDescent="0.25"/>
+    <row r="291" x14ac:dyDescent="0.25"/>
+    <row r="292" x14ac:dyDescent="0.25"/>
+    <row r="293" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <autoFilter ref="A6:AJ284" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A6:AJ287" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="15">
     <mergeCell ref="AA4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="AI4:AJ4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="S4:S5"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="W4:Z4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.39370078740157483" top="0.6692913385826772" bottom="0.6692913385826772" header="0.27559055118110237" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="45" fitToWidth="2" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Regular"&amp;14Sociālo uzņēmumu reģistrs&amp;C&amp;"Arial,Regular"&amp;12&amp;P.lapa no &amp;N&amp;R&amp;"Arial,Regular"&amp;14&amp;D</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="18" max="284" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F721E8F-C309-40EC-9B78-F66707FE514E}">
   <dimension ref="A1:S160"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="50" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A7" sqref="A7"/>
+      <selection pane="bottomRight" activeCell="A7" sqref="A7:XFD115"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.33203125" style="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5546875" style="12" customWidth="1"/>
     <col min="3" max="3" width="15.44140625" style="12" customWidth="1"/>
     <col min="4" max="4" width="24.109375" style="12" customWidth="1"/>
     <col min="5" max="5" width="21.88671875" style="12" customWidth="1"/>
     <col min="6" max="6" width="16.88671875" style="66" customWidth="1"/>
     <col min="7" max="7" width="15.6640625" style="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="13.5546875" style="12" customWidth="1"/>
     <col min="9" max="9" width="20" style="12" customWidth="1"/>
     <col min="10" max="10" width="15.44140625" style="12" customWidth="1"/>
     <col min="11" max="11" width="15.109375" style="12" customWidth="1"/>
     <col min="12" max="12" width="14.33203125" style="12" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13.6640625" style="12" customWidth="1"/>
     <col min="14" max="14" width="15.109375" style="12" customWidth="1"/>
     <col min="15" max="15" width="14.33203125" style="12" customWidth="1"/>
     <col min="16" max="16" width="15" style="12" customWidth="1"/>
     <col min="17" max="17" width="14.5546875" style="12" customWidth="1"/>
     <col min="18" max="18" width="15" style="12" customWidth="1"/>
     <col min="19" max="19" width="15.44140625" style="12" customWidth="1"/>
     <col min="20" max="16384" width="9.44140625" style="12" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A1" s="55" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="68">
-        <f>COUNTA(B7:B112)</f>
-        <v>106</v>
+        <f>COUNTA(B7:B115)</f>
+        <v>109</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="57"/>
       <c r="S1" s="6"/>
     </row>
     <row r="2" spans="1:19" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A2" s="54" t="s">
         <v>41</v>
       </c>
       <c r="B2" s="67">
         <f>'Sociālie uzņēmumi'!B2</f>
-        <v>45991</v>
+        <v>46021</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="57"/>
       <c r="S2" s="7"/>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A3" s="58"/>
       <c r="B3" s="58"/>
       <c r="C3" s="59"/>
       <c r="E3" s="59"/>
       <c r="F3" s="57"/>
       <c r="S3" s="7"/>
     </row>
     <row r="4" spans="1:19" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="92" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="94" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="94" t="s">
         <v>4</v>
@@ -35855,4865 +36258,4997 @@
       <c r="M6" s="64">
         <v>13</v>
       </c>
       <c r="N6" s="64">
         <v>14</v>
       </c>
       <c r="O6" s="64">
         <v>15</v>
       </c>
       <c r="P6" s="64">
         <v>16</v>
       </c>
       <c r="Q6" s="64">
         <v>17</v>
       </c>
       <c r="R6" s="64">
         <v>18</v>
       </c>
       <c r="S6" s="11"/>
     </row>
     <row r="7" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="27">
         <v>1</v>
       </c>
       <c r="B7" s="28" t="s">
-        <v>2429</v>
+        <v>2457</v>
       </c>
       <c r="C7" s="29">
         <v>40103602630</v>
       </c>
       <c r="D7" s="28" t="s">
-        <v>2534</v>
+        <v>2565</v>
       </c>
       <c r="E7" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F7" s="29" t="s">
-        <v>1554</v>
+        <v>1542</v>
       </c>
       <c r="G7" s="32">
         <v>43243</v>
       </c>
       <c r="H7" s="37">
         <v>43250</v>
       </c>
       <c r="I7" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J7" s="29" t="s">
-        <v>2678</v>
+        <v>2715</v>
       </c>
       <c r="K7" s="37">
         <v>44123</v>
       </c>
       <c r="L7" s="37">
         <v>44125</v>
       </c>
       <c r="M7" s="38"/>
       <c r="N7" s="39"/>
       <c r="O7" s="40"/>
       <c r="P7" s="39"/>
       <c r="Q7" s="40"/>
       <c r="R7" s="39"/>
       <c r="S7" s="41"/>
     </row>
     <row r="8" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="27">
         <v>2</v>
       </c>
       <c r="B8" s="28" t="s">
-        <v>2430</v>
+        <v>2458</v>
       </c>
       <c r="C8" s="29">
         <v>42103082569</v>
       </c>
       <c r="D8" s="28" t="s">
-        <v>2535</v>
+        <v>2566</v>
       </c>
       <c r="E8" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F8" s="29" t="s">
-        <v>2637</v>
+        <v>2671</v>
       </c>
       <c r="G8" s="32">
         <v>43276</v>
       </c>
       <c r="H8" s="37">
         <v>43283</v>
       </c>
       <c r="I8" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J8" s="29" t="s">
-        <v>1505</v>
+        <v>1492</v>
       </c>
       <c r="K8" s="37">
         <v>45233</v>
       </c>
       <c r="L8" s="37">
         <v>45240</v>
       </c>
       <c r="M8" s="38"/>
       <c r="N8" s="39"/>
       <c r="O8" s="40"/>
       <c r="P8" s="39"/>
       <c r="Q8" s="40"/>
       <c r="R8" s="39"/>
       <c r="S8" s="41"/>
     </row>
     <row r="9" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="27">
         <v>3</v>
       </c>
       <c r="B9" s="28" t="s">
-        <v>2431</v>
+        <v>2459</v>
       </c>
       <c r="C9" s="29">
         <v>41503082033</v>
       </c>
       <c r="D9" s="28" t="s">
-        <v>2536</v>
+        <v>2567</v>
       </c>
       <c r="E9" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F9" s="29" t="s">
-        <v>2638</v>
+        <v>2672</v>
       </c>
       <c r="G9" s="32">
         <v>43276</v>
       </c>
       <c r="H9" s="37">
         <v>43283</v>
       </c>
       <c r="I9" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J9" s="29" t="s">
-        <v>2680</v>
+        <v>2717</v>
       </c>
       <c r="K9" s="37">
         <v>43678</v>
       </c>
       <c r="L9" s="37">
         <v>43682</v>
       </c>
       <c r="M9" s="38"/>
       <c r="N9" s="39"/>
       <c r="O9" s="40"/>
       <c r="P9" s="39"/>
       <c r="Q9" s="40"/>
       <c r="R9" s="39"/>
       <c r="S9" s="41"/>
     </row>
     <row r="10" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="27">
         <v>4</v>
       </c>
       <c r="B10" s="28" t="s">
-        <v>2432</v>
+        <v>2460</v>
       </c>
       <c r="C10" s="29">
         <v>40203019638</v>
       </c>
       <c r="D10" s="28" t="s">
-        <v>2537</v>
+        <v>2568</v>
       </c>
       <c r="E10" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F10" s="29" t="s">
-        <v>1560</v>
+        <v>1548</v>
       </c>
       <c r="G10" s="32">
         <v>43299</v>
       </c>
       <c r="H10" s="37">
         <v>43306</v>
       </c>
       <c r="I10" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J10" s="29" t="s">
-        <v>2681</v>
+        <v>2718</v>
       </c>
       <c r="K10" s="37">
         <v>43678</v>
       </c>
       <c r="L10" s="37">
         <v>43682</v>
       </c>
       <c r="M10" s="38"/>
       <c r="N10" s="39"/>
       <c r="O10" s="40"/>
       <c r="P10" s="39"/>
       <c r="Q10" s="40"/>
       <c r="R10" s="39"/>
       <c r="S10" s="41"/>
     </row>
     <row r="11" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="27">
         <v>5</v>
       </c>
       <c r="B11" s="28" t="s">
-        <v>2433</v>
+        <v>2461</v>
       </c>
       <c r="C11" s="29">
         <v>40103815660</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>2538</v>
+        <v>2569</v>
       </c>
       <c r="E11" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F11" s="29" t="s">
-        <v>2639</v>
+        <v>2673</v>
       </c>
       <c r="G11" s="32">
         <v>43299</v>
       </c>
       <c r="H11" s="37">
         <v>43306</v>
       </c>
       <c r="I11" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J11" s="29" t="s">
-        <v>2682</v>
+        <v>2719</v>
       </c>
       <c r="K11" s="37">
         <v>44138</v>
       </c>
       <c r="L11" s="37">
         <v>44140</v>
       </c>
       <c r="M11" s="38"/>
       <c r="N11" s="39"/>
       <c r="O11" s="40"/>
       <c r="P11" s="39"/>
       <c r="Q11" s="40"/>
       <c r="R11" s="39"/>
       <c r="S11" s="41"/>
     </row>
     <row r="12" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="27">
         <v>6</v>
       </c>
       <c r="B12" s="28" t="s">
-        <v>2434</v>
+        <v>2462</v>
       </c>
       <c r="C12" s="29">
         <v>40203105450</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>2539</v>
+        <v>2570</v>
       </c>
       <c r="E12" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F12" s="29" t="s">
-        <v>1624</v>
+        <v>1612</v>
       </c>
       <c r="G12" s="32">
         <v>43361</v>
       </c>
       <c r="H12" s="37">
         <v>43368</v>
       </c>
       <c r="I12" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J12" s="29" t="s">
-        <v>2683</v>
+        <v>2720</v>
       </c>
       <c r="K12" s="37">
         <v>44559</v>
       </c>
       <c r="L12" s="37">
         <v>44564</v>
       </c>
       <c r="M12" s="38"/>
       <c r="N12" s="39"/>
       <c r="O12" s="40"/>
       <c r="P12" s="39"/>
       <c r="Q12" s="40"/>
       <c r="R12" s="39"/>
       <c r="S12" s="11"/>
     </row>
     <row r="13" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="27">
         <v>7</v>
       </c>
       <c r="B13" s="28" t="s">
-        <v>2435</v>
+        <v>2463</v>
       </c>
       <c r="C13" s="29">
         <v>42103081332</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>2540</v>
+        <v>2571</v>
       </c>
       <c r="E13" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F13" s="29" t="s">
-        <v>2640</v>
+        <v>2674</v>
       </c>
       <c r="G13" s="32">
         <v>43364</v>
       </c>
       <c r="H13" s="37">
         <v>43371</v>
       </c>
       <c r="I13" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J13" s="29" t="s">
-        <v>1493</v>
+        <v>1480</v>
       </c>
       <c r="K13" s="37">
         <v>45222</v>
       </c>
       <c r="L13" s="37">
         <v>45224</v>
       </c>
       <c r="M13" s="38"/>
       <c r="N13" s="39"/>
       <c r="O13" s="40"/>
       <c r="P13" s="39"/>
       <c r="Q13" s="40"/>
       <c r="R13" s="39"/>
       <c r="S13" s="11"/>
     </row>
     <row r="14" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="27">
         <v>8</v>
       </c>
       <c r="B14" s="28" t="s">
-        <v>2436</v>
+        <v>2464</v>
       </c>
       <c r="C14" s="29">
         <v>40103625332</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>2541</v>
+        <v>2572</v>
       </c>
       <c r="E14" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F14" s="29" t="s">
-        <v>2641</v>
+        <v>2675</v>
       </c>
       <c r="G14" s="32">
         <v>43364</v>
       </c>
       <c r="H14" s="37">
         <v>43371</v>
       </c>
       <c r="I14" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J14" s="29" t="s">
-        <v>1520</v>
+        <v>1507</v>
       </c>
       <c r="K14" s="37">
         <v>44928</v>
       </c>
       <c r="L14" s="37">
         <v>44930</v>
       </c>
       <c r="M14" s="38"/>
       <c r="N14" s="39"/>
       <c r="O14" s="40"/>
       <c r="P14" s="39"/>
       <c r="Q14" s="40"/>
       <c r="R14" s="39"/>
       <c r="S14" s="11"/>
     </row>
     <row r="15" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="27">
         <v>9</v>
       </c>
       <c r="B15" s="28" t="s">
-        <v>2437</v>
+        <v>2465</v>
       </c>
       <c r="C15" s="29">
         <v>40203119982</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>2542</v>
+        <v>2573</v>
       </c>
       <c r="E15" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F15" s="29" t="s">
-        <v>1571</v>
+        <v>1559</v>
       </c>
       <c r="G15" s="32">
         <v>43426</v>
       </c>
       <c r="H15" s="37">
         <v>43430</v>
       </c>
       <c r="I15" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J15" s="29" t="s">
-        <v>1474</v>
+        <v>1461</v>
       </c>
       <c r="K15" s="37">
         <v>43677</v>
       </c>
       <c r="L15" s="37">
         <v>43679</v>
       </c>
       <c r="M15" s="38"/>
       <c r="N15" s="39"/>
       <c r="O15" s="40"/>
       <c r="P15" s="39"/>
       <c r="Q15" s="40"/>
       <c r="R15" s="39"/>
       <c r="S15" s="11"/>
     </row>
     <row r="16" spans="1:19" s="74" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="27">
         <v>10</v>
       </c>
       <c r="B16" s="28" t="s">
-        <v>2438</v>
+        <v>2466</v>
       </c>
       <c r="C16" s="29">
         <v>40103722021</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>2543</v>
+        <v>2574</v>
       </c>
       <c r="E16" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F16" s="29" t="s">
-        <v>2642</v>
+        <v>2676</v>
       </c>
       <c r="G16" s="32">
         <v>43426</v>
       </c>
       <c r="H16" s="37">
         <v>43432</v>
       </c>
       <c r="I16" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J16" s="29" t="s">
-        <v>2680</v>
+        <v>2717</v>
       </c>
       <c r="K16" s="37">
         <v>44085</v>
       </c>
       <c r="L16" s="37">
         <v>44089</v>
       </c>
       <c r="M16" s="38"/>
       <c r="N16" s="39"/>
       <c r="O16" s="40"/>
       <c r="P16" s="39"/>
       <c r="Q16" s="40"/>
       <c r="R16" s="39"/>
       <c r="S16" s="65"/>
     </row>
     <row r="17" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="27">
         <v>11</v>
       </c>
       <c r="B17" s="28" t="s">
-        <v>2439</v>
+        <v>2467</v>
       </c>
       <c r="C17" s="29">
         <v>40103706629</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>2544</v>
+        <v>2575</v>
       </c>
       <c r="E17" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F17" s="29" t="s">
-        <v>2643</v>
+        <v>2677</v>
       </c>
       <c r="G17" s="32">
         <v>43426</v>
       </c>
       <c r="H17" s="37">
         <v>43430</v>
       </c>
       <c r="I17" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J17" s="29" t="s">
-        <v>2684</v>
+        <v>2721</v>
       </c>
       <c r="K17" s="37">
         <v>44860</v>
       </c>
       <c r="L17" s="37">
         <v>44862</v>
       </c>
       <c r="M17" s="38"/>
       <c r="N17" s="39"/>
       <c r="O17" s="40"/>
       <c r="P17" s="39"/>
       <c r="Q17" s="40"/>
       <c r="R17" s="39"/>
       <c r="S17" s="11"/>
     </row>
     <row r="18" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="27">
         <v>12</v>
       </c>
       <c r="B18" s="28" t="s">
-        <v>2440</v>
+        <v>2468</v>
       </c>
       <c r="C18" s="29">
         <v>42403024589</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>2545</v>
+        <v>2576</v>
       </c>
       <c r="E18" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F18" s="29" t="s">
-        <v>1520</v>
+        <v>1507</v>
       </c>
       <c r="G18" s="32">
         <v>43472</v>
       </c>
       <c r="H18" s="37">
         <v>43474</v>
       </c>
       <c r="I18" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J18" s="29" t="s">
-        <v>2685</v>
+        <v>2722</v>
       </c>
       <c r="K18" s="37">
         <v>44127</v>
       </c>
       <c r="L18" s="37">
         <v>44131</v>
       </c>
       <c r="M18" s="38"/>
       <c r="N18" s="39"/>
       <c r="O18" s="40"/>
       <c r="P18" s="39"/>
       <c r="Q18" s="40"/>
       <c r="R18" s="39"/>
       <c r="S18" s="41"/>
     </row>
     <row r="19" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="27">
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
-        <v>2441</v>
+        <v>2469</v>
       </c>
       <c r="C19" s="29">
         <v>40103954758</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>2546</v>
+        <v>2577</v>
       </c>
       <c r="E19" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F19" s="29" t="s">
-        <v>1396</v>
+        <v>1383</v>
       </c>
       <c r="G19" s="32">
         <v>43472</v>
       </c>
       <c r="H19" s="37">
         <v>43474</v>
       </c>
       <c r="I19" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J19" s="29" t="s">
-        <v>1512</v>
+        <v>1499</v>
       </c>
       <c r="K19" s="37">
         <v>44827</v>
       </c>
       <c r="L19" s="37">
         <v>44831</v>
       </c>
       <c r="M19" s="38"/>
       <c r="N19" s="39"/>
       <c r="O19" s="40"/>
       <c r="P19" s="39"/>
       <c r="Q19" s="40"/>
       <c r="R19" s="39"/>
       <c r="S19" s="11"/>
     </row>
     <row r="20" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="27">
         <v>14</v>
       </c>
       <c r="B20" s="28" t="s">
-        <v>2442</v>
+        <v>2470</v>
       </c>
       <c r="C20" s="29">
         <v>40103226071</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>2547</v>
+        <v>2578</v>
       </c>
       <c r="E20" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F20" s="29" t="s">
-        <v>1398</v>
+        <v>1385</v>
       </c>
       <c r="G20" s="32">
         <v>43472</v>
       </c>
       <c r="H20" s="37">
         <v>43474</v>
       </c>
       <c r="I20" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J20" s="29" t="s">
-        <v>2686</v>
+        <v>2723</v>
       </c>
       <c r="K20" s="37">
         <v>44075</v>
       </c>
       <c r="L20" s="37">
         <v>44077</v>
       </c>
       <c r="M20" s="38"/>
       <c r="N20" s="39"/>
       <c r="O20" s="40"/>
       <c r="P20" s="39"/>
       <c r="Q20" s="40"/>
       <c r="R20" s="39"/>
       <c r="S20" s="41"/>
     </row>
     <row r="21" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="27">
         <v>15</v>
       </c>
       <c r="B21" s="28" t="s">
-        <v>2443</v>
+        <v>2471</v>
       </c>
       <c r="C21" s="29">
         <v>41203030507</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>2548</v>
+        <v>2579</v>
       </c>
       <c r="E21" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F21" s="29" t="s">
-        <v>1438</v>
+        <v>1425</v>
       </c>
       <c r="G21" s="32">
         <v>43522</v>
       </c>
       <c r="H21" s="37">
         <v>43524</v>
       </c>
       <c r="I21" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J21" s="29" t="s">
-        <v>1407</v>
+        <v>1394</v>
       </c>
       <c r="K21" s="37">
         <v>45097</v>
       </c>
       <c r="L21" s="37">
         <v>45099</v>
       </c>
       <c r="M21" s="38"/>
       <c r="N21" s="39"/>
       <c r="O21" s="40"/>
       <c r="P21" s="39"/>
       <c r="Q21" s="40"/>
       <c r="R21" s="39"/>
       <c r="S21" s="11"/>
     </row>
     <row r="22" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="27">
         <v>16</v>
       </c>
       <c r="B22" s="28" t="s">
-        <v>2444</v>
+        <v>2472</v>
       </c>
       <c r="C22" s="29">
         <v>40003055142</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>2549</v>
+        <v>2580</v>
       </c>
       <c r="E22" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F22" s="29" t="s">
-        <v>2644</v>
+        <v>2678</v>
       </c>
       <c r="G22" s="32">
         <v>43523</v>
       </c>
       <c r="H22" s="37">
         <v>43525</v>
       </c>
       <c r="I22" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J22" s="29" t="s">
-        <v>2687</v>
+        <v>2724</v>
       </c>
       <c r="K22" s="37">
         <v>44113</v>
       </c>
       <c r="L22" s="37">
         <v>44120</v>
       </c>
       <c r="M22" s="38"/>
       <c r="N22" s="39"/>
       <c r="O22" s="40"/>
       <c r="P22" s="39"/>
       <c r="Q22" s="40"/>
       <c r="R22" s="39"/>
       <c r="S22" s="41"/>
     </row>
     <row r="23" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="27">
         <v>17</v>
       </c>
       <c r="B23" s="28" t="s">
-        <v>2445</v>
+        <v>2473</v>
       </c>
       <c r="C23" s="29">
         <v>40203191611</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>2550</v>
+        <v>2581</v>
       </c>
       <c r="E23" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F23" s="29" t="s">
-        <v>1441</v>
+        <v>1427</v>
       </c>
       <c r="G23" s="32">
         <v>43523</v>
       </c>
       <c r="H23" s="37">
         <v>43525</v>
       </c>
       <c r="I23" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J23" s="29" t="s">
-        <v>1544</v>
+        <v>1531</v>
       </c>
       <c r="K23" s="37">
         <v>45239</v>
       </c>
       <c r="L23" s="37">
         <v>45243</v>
       </c>
       <c r="M23" s="38"/>
       <c r="N23" s="39"/>
       <c r="O23" s="40"/>
       <c r="P23" s="39"/>
       <c r="Q23" s="40"/>
       <c r="R23" s="39"/>
       <c r="S23" s="11"/>
     </row>
     <row r="24" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
-        <v>2446</v>
+        <v>2474</v>
       </c>
       <c r="C24" s="29">
         <v>40203190033</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="E24" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F24" s="29" t="s">
-        <v>1382</v>
+        <v>1372</v>
       </c>
       <c r="G24" s="32">
         <v>43523</v>
       </c>
       <c r="H24" s="37">
         <v>43525</v>
       </c>
       <c r="I24" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J24" s="29" t="s">
-        <v>1599</v>
+        <v>1587</v>
       </c>
       <c r="K24" s="37">
         <v>44105</v>
       </c>
       <c r="L24" s="37">
         <v>44109</v>
       </c>
       <c r="M24" s="38"/>
       <c r="N24" s="39"/>
       <c r="O24" s="40"/>
       <c r="P24" s="39"/>
       <c r="Q24" s="40"/>
       <c r="R24" s="39"/>
       <c r="S24" s="11"/>
     </row>
     <row r="25" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
-        <v>2447</v>
+        <v>2475</v>
       </c>
       <c r="C25" s="29">
         <v>44103120515</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>2551</v>
+        <v>2582</v>
       </c>
       <c r="E25" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F25" s="29" t="s">
-        <v>1445</v>
+        <v>1431</v>
       </c>
       <c r="G25" s="32">
         <v>43523</v>
       </c>
       <c r="H25" s="37">
         <v>43525</v>
       </c>
       <c r="I25" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J25" s="29" t="s">
-        <v>2688</v>
+        <v>2725</v>
       </c>
       <c r="K25" s="37">
         <v>44509</v>
       </c>
       <c r="L25" s="37">
         <v>44511</v>
       </c>
       <c r="M25" s="38"/>
       <c r="N25" s="39"/>
       <c r="O25" s="40"/>
       <c r="P25" s="39"/>
       <c r="Q25" s="40"/>
       <c r="R25" s="39"/>
       <c r="S25" s="11"/>
     </row>
     <row r="26" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27">
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
-        <v>2448</v>
+        <v>2476</v>
       </c>
       <c r="C26" s="29">
         <v>40203047523</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>2552</v>
+        <v>2583</v>
       </c>
       <c r="E26" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F26" s="29" t="s">
-        <v>1585</v>
+        <v>1573</v>
       </c>
       <c r="G26" s="32">
         <v>43549</v>
       </c>
       <c r="H26" s="37">
         <v>43551</v>
       </c>
       <c r="I26" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J26" s="29" t="s">
-        <v>2689</v>
+        <v>2726</v>
       </c>
       <c r="K26" s="37">
         <v>43788</v>
       </c>
       <c r="L26" s="37">
         <v>43790</v>
       </c>
       <c r="M26" s="38"/>
       <c r="N26" s="39"/>
       <c r="O26" s="40"/>
       <c r="P26" s="39"/>
       <c r="Q26" s="40"/>
       <c r="R26" s="39"/>
       <c r="S26" s="11"/>
     </row>
     <row r="27" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
-        <v>2449</v>
+        <v>2477</v>
       </c>
       <c r="C27" s="29">
         <v>40203155536</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>2553</v>
+        <v>2584</v>
       </c>
       <c r="E27" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F27" s="29" t="s">
-        <v>1533</v>
+        <v>1520</v>
       </c>
       <c r="G27" s="32">
         <v>43549</v>
       </c>
       <c r="H27" s="37">
         <v>43551</v>
       </c>
       <c r="I27" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J27" s="29" t="s">
-        <v>2690</v>
+        <v>2727</v>
       </c>
       <c r="K27" s="37">
         <v>44532</v>
       </c>
       <c r="L27" s="37">
         <v>44536</v>
       </c>
       <c r="M27" s="38"/>
       <c r="N27" s="39"/>
       <c r="O27" s="40"/>
       <c r="P27" s="39"/>
       <c r="Q27" s="40"/>
       <c r="R27" s="39"/>
       <c r="S27" s="11"/>
     </row>
     <row r="28" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="27">
         <v>22</v>
       </c>
       <c r="B28" s="28" t="s">
-        <v>2450</v>
+        <v>2478</v>
       </c>
       <c r="C28" s="29">
         <v>40203156404</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>2554</v>
+        <v>2585</v>
       </c>
       <c r="E28" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F28" s="29" t="s">
-        <v>2645</v>
+        <v>2679</v>
       </c>
       <c r="G28" s="32">
         <v>43570</v>
       </c>
       <c r="H28" s="37">
         <v>43572</v>
       </c>
       <c r="I28" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J28" s="29" t="s">
-        <v>2655</v>
+        <v>2690</v>
       </c>
       <c r="K28" s="37">
         <v>45181</v>
       </c>
       <c r="L28" s="37">
         <v>45183</v>
       </c>
       <c r="M28" s="38"/>
       <c r="N28" s="39"/>
       <c r="O28" s="40"/>
       <c r="P28" s="39"/>
       <c r="Q28" s="40"/>
       <c r="R28" s="39"/>
       <c r="S28" s="11"/>
     </row>
     <row r="29" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="27">
         <v>23</v>
       </c>
       <c r="B29" s="28" t="s">
-        <v>2451</v>
+        <v>2479</v>
       </c>
       <c r="C29" s="29">
         <v>40203208886</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>2555</v>
+        <v>2586</v>
       </c>
       <c r="E29" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F29" s="29" t="s">
-        <v>1466</v>
+        <v>1452</v>
       </c>
       <c r="G29" s="32">
         <v>43661</v>
       </c>
       <c r="H29" s="37">
         <v>43663</v>
       </c>
       <c r="I29" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J29" s="29" t="s">
-        <v>2687</v>
+        <v>2724</v>
       </c>
       <c r="K29" s="37">
         <v>43745</v>
       </c>
       <c r="L29" s="37">
         <v>43747</v>
       </c>
       <c r="M29" s="38"/>
       <c r="N29" s="39"/>
       <c r="O29" s="40"/>
       <c r="P29" s="39"/>
       <c r="Q29" s="40"/>
       <c r="R29" s="39"/>
       <c r="S29" s="11"/>
     </row>
     <row r="30" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>24</v>
       </c>
       <c r="B30" s="28" t="s">
-        <v>2452</v>
+        <v>2480</v>
       </c>
       <c r="C30" s="29">
         <v>40103937866</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>2556</v>
+        <v>2587</v>
       </c>
       <c r="E30" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F30" s="29" t="s">
-        <v>2646</v>
+        <v>2680</v>
       </c>
       <c r="G30" s="32">
         <v>43661</v>
       </c>
       <c r="H30" s="37">
         <v>43663</v>
       </c>
       <c r="I30" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J30" s="29" t="s">
-        <v>1384</v>
+        <v>1374</v>
       </c>
       <c r="K30" s="37">
         <v>44693</v>
       </c>
       <c r="L30" s="37">
         <v>44697</v>
       </c>
       <c r="M30" s="38"/>
       <c r="N30" s="39"/>
       <c r="O30" s="40"/>
       <c r="P30" s="39"/>
       <c r="Q30" s="40"/>
       <c r="R30" s="39"/>
       <c r="S30" s="11"/>
     </row>
     <row r="31" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="27">
         <v>25</v>
       </c>
       <c r="B31" s="28" t="s">
-        <v>2453</v>
+        <v>2481</v>
       </c>
       <c r="C31" s="29">
         <v>42103083808</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>2557</v>
+        <v>2588</v>
       </c>
       <c r="E31" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F31" s="29" t="s">
-        <v>2647</v>
+        <v>2681</v>
       </c>
       <c r="G31" s="32">
         <v>43669</v>
       </c>
       <c r="H31" s="37">
         <v>43671</v>
       </c>
       <c r="I31" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J31" s="29" t="s">
-        <v>1605</v>
+        <v>1593</v>
       </c>
       <c r="K31" s="37">
         <v>44127</v>
       </c>
       <c r="L31" s="37">
         <v>44131</v>
       </c>
       <c r="M31" s="38"/>
       <c r="N31" s="39"/>
       <c r="O31" s="40"/>
       <c r="P31" s="39"/>
       <c r="Q31" s="40"/>
       <c r="R31" s="39"/>
       <c r="S31" s="11"/>
     </row>
     <row r="32" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="27">
         <v>26</v>
       </c>
       <c r="B32" s="28" t="s">
-        <v>2454</v>
+        <v>2482</v>
       </c>
       <c r="C32" s="29">
         <v>40203067799</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>2558</v>
+        <v>2589</v>
       </c>
       <c r="E32" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F32" s="29" t="s">
-        <v>1470</v>
+        <v>1457</v>
       </c>
       <c r="G32" s="32">
         <v>43669</v>
       </c>
       <c r="H32" s="37">
         <v>43671</v>
       </c>
       <c r="I32" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J32" s="29" t="s">
-        <v>2648</v>
+        <v>2682</v>
       </c>
       <c r="K32" s="37">
         <v>44096</v>
       </c>
       <c r="L32" s="37">
         <v>44098</v>
       </c>
       <c r="M32" s="38"/>
       <c r="N32" s="39"/>
       <c r="O32" s="40"/>
       <c r="P32" s="39"/>
       <c r="Q32" s="40"/>
       <c r="R32" s="39"/>
       <c r="S32" s="11"/>
     </row>
     <row r="33" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27">
         <v>27</v>
       </c>
       <c r="B33" s="28" t="s">
-        <v>2455</v>
+        <v>2483</v>
       </c>
       <c r="C33" s="29">
         <v>40103894177</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>2559</v>
+        <v>2590</v>
       </c>
       <c r="E33" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F33" s="29" t="s">
-        <v>2648</v>
+        <v>2682</v>
       </c>
       <c r="G33" s="32">
         <v>43712</v>
       </c>
       <c r="H33" s="37">
         <v>43714</v>
       </c>
       <c r="I33" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J33" s="29" t="s">
-        <v>2691</v>
+        <v>2728</v>
       </c>
       <c r="K33" s="37">
         <v>44398</v>
       </c>
       <c r="L33" s="37">
         <v>44400</v>
       </c>
       <c r="M33" s="38"/>
       <c r="N33" s="39"/>
       <c r="O33" s="40"/>
       <c r="P33" s="39"/>
       <c r="Q33" s="40"/>
       <c r="R33" s="39"/>
       <c r="S33" s="11"/>
     </row>
     <row r="34" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="27">
         <v>28</v>
       </c>
       <c r="B34" s="28" t="s">
-        <v>2456</v>
+        <v>2484</v>
       </c>
       <c r="C34" s="29">
         <v>40103209620</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>2560</v>
+        <v>2591</v>
       </c>
       <c r="E34" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F34" s="29" t="s">
-        <v>1601</v>
+        <v>1589</v>
       </c>
       <c r="G34" s="32">
         <v>43774</v>
       </c>
       <c r="H34" s="37">
         <v>43776</v>
       </c>
       <c r="I34" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J34" s="29" t="s">
-        <v>2692</v>
+        <v>2729</v>
       </c>
       <c r="K34" s="37">
         <v>44078</v>
       </c>
       <c r="L34" s="37">
         <v>44080</v>
       </c>
       <c r="M34" s="38"/>
       <c r="N34" s="39"/>
       <c r="O34" s="40"/>
       <c r="P34" s="39"/>
       <c r="Q34" s="40"/>
       <c r="R34" s="39"/>
       <c r="S34" s="41"/>
     </row>
     <row r="35" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27">
         <v>29</v>
       </c>
       <c r="B35" s="28" t="s">
-        <v>2457</v>
+        <v>2485</v>
       </c>
       <c r="C35" s="29">
         <v>54103127731</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>2561</v>
+        <v>2592</v>
       </c>
       <c r="E35" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F35" s="29" t="s">
-        <v>1482</v>
+        <v>1469</v>
       </c>
       <c r="G35" s="32">
         <v>43774</v>
       </c>
       <c r="H35" s="37">
         <v>43776</v>
       </c>
       <c r="I35" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J35" s="29" t="s">
-        <v>1486</v>
+        <v>1473</v>
       </c>
       <c r="K35" s="37">
         <v>45205</v>
       </c>
       <c r="L35" s="37">
         <v>45209</v>
       </c>
       <c r="M35" s="38"/>
       <c r="N35" s="39"/>
       <c r="O35" s="40"/>
       <c r="P35" s="39"/>
       <c r="Q35" s="40"/>
       <c r="R35" s="39"/>
       <c r="S35" s="41"/>
     </row>
     <row r="36" spans="1:19" s="74" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27">
         <v>30</v>
       </c>
       <c r="B36" s="28" t="s">
-        <v>2458</v>
+        <v>2486</v>
       </c>
       <c r="C36" s="29">
         <v>40203227586</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>2562</v>
+        <v>2593</v>
       </c>
       <c r="E36" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F36" s="29" t="s">
-        <v>2649</v>
+        <v>2683</v>
       </c>
       <c r="G36" s="32">
         <v>43780</v>
       </c>
       <c r="H36" s="37">
         <v>43782</v>
       </c>
       <c r="I36" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J36" s="29" t="s">
-        <v>2693</v>
+        <v>2730</v>
       </c>
       <c r="K36" s="37">
         <v>44487</v>
       </c>
       <c r="L36" s="37">
         <v>44489</v>
       </c>
       <c r="M36" s="38"/>
       <c r="N36" s="39"/>
       <c r="O36" s="40"/>
       <c r="P36" s="39"/>
       <c r="Q36" s="40"/>
       <c r="R36" s="39"/>
       <c r="S36" s="43"/>
     </row>
     <row r="37" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27">
         <v>31</v>
       </c>
       <c r="B37" s="28" t="s">
-        <v>2459</v>
+        <v>2487</v>
       </c>
       <c r="C37" s="29">
         <v>50203021121</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>2563</v>
+        <v>2594</v>
       </c>
       <c r="E37" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F37" s="29" t="s">
-        <v>1605</v>
+        <v>1593</v>
       </c>
       <c r="G37" s="32">
         <v>43789</v>
       </c>
       <c r="H37" s="37">
         <v>43791</v>
       </c>
       <c r="I37" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J37" s="29" t="s">
-        <v>2694</v>
+        <v>2731</v>
       </c>
       <c r="K37" s="37">
         <v>44539</v>
       </c>
       <c r="L37" s="37">
         <v>44543</v>
       </c>
       <c r="M37" s="38"/>
       <c r="N37" s="39"/>
       <c r="O37" s="40"/>
       <c r="P37" s="39"/>
       <c r="Q37" s="40"/>
       <c r="R37" s="39"/>
       <c r="S37" s="41"/>
     </row>
     <row r="38" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="27">
         <v>32</v>
       </c>
       <c r="B38" s="28" t="s">
-        <v>2460</v>
+        <v>2488</v>
       </c>
       <c r="C38" s="29">
         <v>40203124061</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>2564</v>
+        <v>2595</v>
       </c>
       <c r="E38" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F38" s="29" t="s">
-        <v>1486</v>
+        <v>1473</v>
       </c>
       <c r="G38" s="32">
         <v>43798</v>
       </c>
       <c r="H38" s="37">
         <v>43802</v>
       </c>
       <c r="I38" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J38" s="29" t="s">
-        <v>1470</v>
+        <v>1457</v>
       </c>
       <c r="K38" s="37">
         <v>45112</v>
       </c>
       <c r="L38" s="37">
         <v>45114</v>
       </c>
       <c r="M38" s="38"/>
       <c r="N38" s="39"/>
       <c r="O38" s="40"/>
       <c r="P38" s="39"/>
       <c r="Q38" s="40"/>
       <c r="R38" s="39"/>
       <c r="S38" s="41"/>
     </row>
     <row r="39" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="27">
         <v>33</v>
       </c>
       <c r="B39" s="28" t="s">
-        <v>2461</v>
+        <v>2489</v>
       </c>
       <c r="C39" s="29">
         <v>40203011263</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>2565</v>
+        <v>2596</v>
       </c>
       <c r="E39" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F39" s="29" t="s">
-        <v>1520</v>
+        <v>1507</v>
       </c>
       <c r="G39" s="32">
         <v>43833</v>
       </c>
       <c r="H39" s="37">
         <v>43837</v>
       </c>
       <c r="I39" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J39" s="29" t="s">
-        <v>1438</v>
+        <v>1425</v>
       </c>
       <c r="K39" s="37">
         <v>44970</v>
       </c>
       <c r="L39" s="37">
         <v>44972</v>
       </c>
       <c r="M39" s="38"/>
       <c r="N39" s="39"/>
       <c r="O39" s="40"/>
       <c r="P39" s="39"/>
       <c r="Q39" s="40"/>
       <c r="R39" s="39"/>
       <c r="S39" s="41"/>
     </row>
     <row r="40" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="27">
         <v>34</v>
       </c>
       <c r="B40" s="28" t="s">
-        <v>2462</v>
+        <v>2490</v>
       </c>
       <c r="C40" s="29">
         <v>40103816223</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>2566</v>
+        <v>2597</v>
       </c>
       <c r="E40" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F40" s="29" t="s">
-        <v>1396</v>
+        <v>1383</v>
       </c>
       <c r="G40" s="32">
         <v>43833</v>
       </c>
       <c r="H40" s="37">
         <v>43837</v>
       </c>
       <c r="I40" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J40" s="29" t="s">
-        <v>2681</v>
+        <v>2718</v>
       </c>
       <c r="K40" s="37">
         <v>45142</v>
       </c>
       <c r="L40" s="37">
         <v>45146</v>
       </c>
       <c r="M40" s="38"/>
       <c r="N40" s="39"/>
       <c r="O40" s="40"/>
       <c r="P40" s="39"/>
       <c r="Q40" s="40"/>
       <c r="R40" s="39"/>
       <c r="S40" s="41"/>
     </row>
     <row r="41" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="27">
         <v>35</v>
       </c>
       <c r="B41" s="28" t="s">
-        <v>2463</v>
+        <v>2491</v>
       </c>
       <c r="C41" s="29">
         <v>40003519945</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>2567</v>
+        <v>2598</v>
       </c>
       <c r="E41" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F41" s="29" t="s">
-        <v>1352</v>
+        <v>1342</v>
       </c>
       <c r="G41" s="32">
         <v>43833</v>
       </c>
       <c r="H41" s="37">
         <v>43837</v>
       </c>
       <c r="I41" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J41" s="29" t="s">
-        <v>1323</v>
+        <v>1313</v>
       </c>
       <c r="K41" s="37">
         <v>44399</v>
       </c>
       <c r="L41" s="37">
         <v>44403</v>
       </c>
       <c r="M41" s="38"/>
       <c r="N41" s="39"/>
       <c r="O41" s="40"/>
       <c r="P41" s="39"/>
       <c r="Q41" s="40"/>
       <c r="R41" s="39"/>
       <c r="S41" s="41"/>
     </row>
     <row r="42" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="27">
         <v>36</v>
       </c>
       <c r="B42" s="28" t="s">
-        <v>2464</v>
+        <v>2492</v>
       </c>
       <c r="C42" s="29">
         <v>40203167056</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>2568</v>
+        <v>2599</v>
       </c>
       <c r="E42" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F42" s="29" t="s">
-        <v>1363</v>
+        <v>1353</v>
       </c>
       <c r="G42" s="32">
         <v>43852</v>
       </c>
       <c r="H42" s="37">
         <v>43854</v>
       </c>
       <c r="I42" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J42" s="29" t="s">
-        <v>2695</v>
+        <v>2732</v>
       </c>
       <c r="K42" s="37">
         <v>45064</v>
       </c>
       <c r="L42" s="37">
         <v>45068</v>
       </c>
       <c r="M42" s="38"/>
       <c r="N42" s="39"/>
       <c r="O42" s="40"/>
       <c r="P42" s="39"/>
       <c r="Q42" s="40"/>
       <c r="R42" s="39"/>
       <c r="S42" s="41"/>
     </row>
     <row r="43" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="27">
         <v>37</v>
       </c>
       <c r="B43" s="28" t="s">
-        <v>2465</v>
+        <v>2493</v>
       </c>
       <c r="C43" s="29">
         <v>43603089587</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>2569</v>
+        <v>2600</v>
       </c>
       <c r="E43" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F43" s="29" t="s">
-        <v>2650</v>
+        <v>2684</v>
       </c>
       <c r="G43" s="32">
         <v>43865</v>
       </c>
       <c r="H43" s="37">
         <v>43867</v>
       </c>
       <c r="I43" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J43" s="29" t="s">
-        <v>2678</v>
+        <v>2715</v>
       </c>
       <c r="K43" s="37">
         <v>45181</v>
       </c>
       <c r="L43" s="37">
         <v>45183</v>
       </c>
       <c r="M43" s="38"/>
       <c r="N43" s="39"/>
       <c r="O43" s="40"/>
       <c r="P43" s="39"/>
       <c r="Q43" s="40"/>
       <c r="R43" s="39"/>
       <c r="S43" s="41"/>
     </row>
     <row r="44" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="27">
         <v>38</v>
       </c>
       <c r="B44" s="28" t="s">
-        <v>2466</v>
+        <v>2494</v>
       </c>
       <c r="C44" s="29">
         <v>40203225091</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>2570</v>
+        <v>2601</v>
       </c>
       <c r="E44" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F44" s="29" t="s">
-        <v>1538</v>
+        <v>1525</v>
       </c>
       <c r="G44" s="32">
         <v>43917</v>
       </c>
       <c r="H44" s="37">
         <v>43921</v>
       </c>
       <c r="I44" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J44" s="29" t="s">
-        <v>2696</v>
+        <v>2733</v>
       </c>
       <c r="K44" s="37">
         <v>44376</v>
       </c>
       <c r="L44" s="37">
         <v>44378</v>
       </c>
       <c r="M44" s="38"/>
       <c r="N44" s="39"/>
       <c r="O44" s="40"/>
       <c r="P44" s="39"/>
       <c r="Q44" s="40"/>
       <c r="R44" s="39"/>
       <c r="S44" s="41"/>
     </row>
     <row r="45" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="27">
         <v>39</v>
       </c>
       <c r="B45" s="28" t="s">
-        <v>2467</v>
+        <v>2495</v>
       </c>
       <c r="C45" s="29">
         <v>40203210382</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>2571</v>
+        <v>2602</v>
       </c>
       <c r="E45" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F45" s="29" t="s">
-        <v>1390</v>
+        <v>2685</v>
       </c>
       <c r="G45" s="32">
         <v>43979</v>
       </c>
       <c r="H45" s="37">
         <v>43983</v>
       </c>
       <c r="I45" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J45" s="29" t="s">
-        <v>1401</v>
+        <v>1388</v>
       </c>
       <c r="K45" s="37">
         <v>45082</v>
       </c>
       <c r="L45" s="37">
         <v>45084</v>
       </c>
       <c r="M45" s="38"/>
       <c r="N45" s="39"/>
       <c r="O45" s="40"/>
       <c r="P45" s="39"/>
       <c r="Q45" s="40"/>
       <c r="R45" s="39"/>
       <c r="S45" s="41"/>
     </row>
     <row r="46" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="27">
         <v>40</v>
       </c>
       <c r="B46" s="28" t="s">
-        <v>2468</v>
+        <v>2496</v>
       </c>
       <c r="C46" s="29">
         <v>41503079565</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>2572</v>
+        <v>2603</v>
       </c>
       <c r="E46" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F46" s="29" t="s">
-        <v>2651</v>
+        <v>2686</v>
       </c>
       <c r="G46" s="32">
         <v>43999</v>
       </c>
       <c r="H46" s="37">
         <v>44001</v>
       </c>
       <c r="I46" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J46" s="29" t="s">
-        <v>1342</v>
+        <v>1332</v>
       </c>
       <c r="K46" s="37">
         <v>44473</v>
       </c>
       <c r="L46" s="37">
         <v>44475</v>
       </c>
       <c r="M46" s="38"/>
       <c r="N46" s="39"/>
       <c r="O46" s="40"/>
       <c r="P46" s="39"/>
       <c r="Q46" s="40"/>
       <c r="R46" s="39"/>
       <c r="S46" s="41"/>
     </row>
     <row r="47" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="27">
         <v>41</v>
       </c>
       <c r="B47" s="28" t="s">
-        <v>2469</v>
+        <v>2497</v>
       </c>
       <c r="C47" s="29">
         <v>44103074983</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>2573</v>
+        <v>2604</v>
       </c>
       <c r="E47" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F47" s="29" t="s">
-        <v>2652</v>
+        <v>2687</v>
       </c>
       <c r="G47" s="32">
         <v>43999</v>
       </c>
       <c r="H47" s="37">
         <v>44001</v>
       </c>
       <c r="I47" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J47" s="29" t="s">
-        <v>1388</v>
+        <v>1378</v>
       </c>
       <c r="K47" s="37">
         <v>44699</v>
       </c>
       <c r="L47" s="37">
         <v>44701</v>
       </c>
       <c r="M47" s="38"/>
       <c r="N47" s="39"/>
       <c r="O47" s="40"/>
       <c r="P47" s="39"/>
       <c r="Q47" s="40"/>
       <c r="R47" s="39"/>
       <c r="S47" s="41"/>
     </row>
     <row r="48" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="27">
         <v>42</v>
       </c>
       <c r="B48" s="28" t="s">
-        <v>2470</v>
+        <v>2498</v>
       </c>
       <c r="C48" s="29">
         <v>40203011013</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>1823</v>
+        <v>1809</v>
       </c>
       <c r="E48" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F48" s="29" t="s">
-        <v>2653</v>
+        <v>2688</v>
       </c>
       <c r="G48" s="32">
         <v>43999</v>
       </c>
       <c r="H48" s="37">
         <v>44001</v>
       </c>
       <c r="I48" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J48" s="29" t="s">
-        <v>1628</v>
+        <v>1616</v>
       </c>
       <c r="K48" s="37">
         <v>44673</v>
       </c>
       <c r="L48" s="37">
         <v>44677</v>
       </c>
       <c r="M48" s="38"/>
       <c r="N48" s="39"/>
       <c r="O48" s="40"/>
       <c r="P48" s="39"/>
       <c r="Q48" s="40"/>
       <c r="R48" s="39"/>
       <c r="S48" s="41"/>
     </row>
     <row r="49" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="27">
         <v>43</v>
       </c>
       <c r="B49" s="28" t="s">
-        <v>2471</v>
+        <v>2499</v>
       </c>
       <c r="C49" s="29">
         <v>50103381061</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>2574</v>
+        <v>2605</v>
       </c>
       <c r="E49" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F49" s="29" t="s">
-        <v>2647</v>
+        <v>2681</v>
       </c>
       <c r="G49" s="32">
         <v>44069</v>
       </c>
       <c r="H49" s="37">
         <v>44071</v>
       </c>
       <c r="I49" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J49" s="29" t="s">
-        <v>2697</v>
+        <v>2734</v>
       </c>
       <c r="K49" s="37">
         <v>44354</v>
       </c>
       <c r="L49" s="37">
         <v>44356</v>
       </c>
       <c r="M49" s="38"/>
       <c r="N49" s="39"/>
       <c r="O49" s="40"/>
       <c r="P49" s="39"/>
       <c r="Q49" s="40"/>
       <c r="R49" s="39"/>
       <c r="S49" s="41"/>
     </row>
     <row r="50" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="27">
         <v>44</v>
       </c>
       <c r="B50" s="28" t="s">
-        <v>2472</v>
+        <v>2500</v>
       </c>
       <c r="C50" s="29">
         <v>44103053835</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>2575</v>
+        <v>2606</v>
       </c>
       <c r="E50" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F50" s="29" t="s">
-        <v>2654</v>
+        <v>2689</v>
       </c>
       <c r="G50" s="32">
         <v>44096</v>
       </c>
       <c r="H50" s="37">
         <v>44098</v>
       </c>
       <c r="I50" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J50" s="29" t="s">
-        <v>2698</v>
+        <v>2735</v>
       </c>
       <c r="K50" s="37">
         <v>44907</v>
       </c>
       <c r="L50" s="37">
         <v>44909</v>
       </c>
       <c r="M50" s="38"/>
       <c r="N50" s="39"/>
       <c r="O50" s="40"/>
       <c r="P50" s="39"/>
       <c r="Q50" s="40"/>
       <c r="R50" s="39"/>
       <c r="S50" s="41"/>
     </row>
     <row r="51" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="27">
         <v>45</v>
       </c>
       <c r="B51" s="28" t="s">
-        <v>2473</v>
+        <v>2501</v>
       </c>
       <c r="C51" s="29">
         <v>40103391354</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>2576</v>
+        <v>2607</v>
       </c>
       <c r="E51" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F51" s="29" t="s">
-        <v>2655</v>
+        <v>2690</v>
       </c>
       <c r="G51" s="32">
         <v>44123</v>
       </c>
       <c r="H51" s="37">
         <v>44125</v>
       </c>
       <c r="I51" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J51" s="29" t="s">
-        <v>2699</v>
+        <v>2736</v>
       </c>
       <c r="K51" s="37">
         <v>44873</v>
       </c>
       <c r="L51" s="37">
         <v>44875</v>
       </c>
       <c r="M51" s="38"/>
       <c r="N51" s="39"/>
       <c r="O51" s="40"/>
       <c r="P51" s="39"/>
       <c r="Q51" s="40"/>
       <c r="R51" s="39"/>
       <c r="S51" s="41"/>
     </row>
     <row r="52" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="27">
         <v>46</v>
       </c>
       <c r="B52" s="28" t="s">
-        <v>2474</v>
+        <v>2502</v>
       </c>
       <c r="C52" s="29">
         <v>41203074357</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>2577</v>
+        <v>2608</v>
       </c>
       <c r="E52" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F52" s="29" t="s">
-        <v>2656</v>
+        <v>2691</v>
       </c>
       <c r="G52" s="32">
         <v>44123</v>
       </c>
       <c r="H52" s="37">
         <v>44125</v>
       </c>
       <c r="I52" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J52" s="29" t="s">
-        <v>2647</v>
+        <v>2681</v>
       </c>
       <c r="K52" s="37">
         <v>45112</v>
       </c>
       <c r="L52" s="37">
         <v>45114</v>
       </c>
       <c r="M52" s="38"/>
       <c r="N52" s="39"/>
       <c r="O52" s="40"/>
       <c r="P52" s="39"/>
       <c r="Q52" s="40"/>
       <c r="R52" s="39"/>
       <c r="S52" s="41"/>
     </row>
     <row r="53" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="27">
         <v>47</v>
       </c>
       <c r="B53" s="28" t="s">
-        <v>2475</v>
+        <v>2503</v>
       </c>
       <c r="C53" s="29">
         <v>42103112774</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>2578</v>
+        <v>2609</v>
       </c>
       <c r="E53" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F53" s="29" t="s">
-        <v>1601</v>
+        <v>1589</v>
       </c>
       <c r="G53" s="32">
         <v>44123</v>
       </c>
       <c r="H53" s="37">
         <v>44125</v>
       </c>
       <c r="I53" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J53" s="29" t="s">
-        <v>2659</v>
+        <v>2694</v>
       </c>
       <c r="K53" s="37">
         <v>44831</v>
       </c>
       <c r="L53" s="37">
         <v>44838</v>
       </c>
       <c r="M53" s="38"/>
       <c r="N53" s="39"/>
       <c r="O53" s="40"/>
       <c r="P53" s="39"/>
       <c r="Q53" s="40"/>
       <c r="R53" s="39"/>
       <c r="S53" s="41"/>
     </row>
     <row r="54" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="27">
         <v>48</v>
       </c>
       <c r="B54" s="28" t="s">
-        <v>2476</v>
+        <v>2504</v>
       </c>
       <c r="C54" s="29">
         <v>44103146497</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>2579</v>
+        <v>2610</v>
       </c>
       <c r="E54" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F54" s="29" t="s">
-        <v>1422</v>
+        <v>1409</v>
       </c>
       <c r="G54" s="32">
         <v>44123</v>
       </c>
       <c r="H54" s="37">
         <v>44125</v>
       </c>
       <c r="I54" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J54" s="29" t="s">
-        <v>1412</v>
+        <v>1399</v>
       </c>
       <c r="K54" s="37">
         <v>45152</v>
       </c>
       <c r="L54" s="37">
         <v>45154</v>
       </c>
       <c r="M54" s="38"/>
       <c r="N54" s="39"/>
       <c r="O54" s="40"/>
       <c r="P54" s="39"/>
       <c r="Q54" s="40"/>
       <c r="R54" s="39"/>
       <c r="S54" s="41"/>
     </row>
     <row r="55" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="27">
         <v>49</v>
       </c>
       <c r="B55" s="28" t="s">
-        <v>2477</v>
+        <v>2505</v>
       </c>
       <c r="C55" s="29">
         <v>45403029066</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>2580</v>
+        <v>2611</v>
       </c>
       <c r="E55" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F55" s="29" t="s">
-        <v>2649</v>
+        <v>2683</v>
       </c>
       <c r="G55" s="32">
         <v>44124</v>
       </c>
       <c r="H55" s="37">
         <v>44126</v>
       </c>
       <c r="I55" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J55" s="29" t="s">
-        <v>2700</v>
+        <v>2737</v>
       </c>
       <c r="K55" s="37">
         <v>44529</v>
       </c>
       <c r="L55" s="37">
         <v>44531</v>
       </c>
       <c r="M55" s="38"/>
       <c r="N55" s="39"/>
       <c r="O55" s="40"/>
       <c r="P55" s="39"/>
       <c r="Q55" s="40"/>
       <c r="R55" s="39"/>
       <c r="S55" s="41"/>
     </row>
     <row r="56" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="27">
         <v>50</v>
       </c>
       <c r="B56" s="28" t="s">
-        <v>2478</v>
+        <v>2506</v>
       </c>
       <c r="C56" s="29">
         <v>42103092567</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>2581</v>
+        <v>2612</v>
       </c>
       <c r="E56" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F56" s="29" t="s">
-        <v>1544</v>
+        <v>1531</v>
       </c>
       <c r="G56" s="32">
         <v>44168</v>
       </c>
       <c r="H56" s="37">
         <v>44172</v>
       </c>
       <c r="I56" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J56" s="29" t="s">
-        <v>2701</v>
+        <v>2738</v>
       </c>
       <c r="K56" s="37">
         <v>44313</v>
       </c>
       <c r="L56" s="37">
         <v>44315</v>
       </c>
       <c r="M56" s="38"/>
       <c r="N56" s="39"/>
       <c r="O56" s="40"/>
       <c r="P56" s="39"/>
       <c r="Q56" s="40"/>
       <c r="R56" s="39"/>
       <c r="S56" s="41"/>
     </row>
     <row r="57" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="27">
         <v>51</v>
       </c>
       <c r="B57" s="28" t="s">
-        <v>2479</v>
+        <v>2507</v>
       </c>
       <c r="C57" s="29">
         <v>40203275567</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>2582</v>
+        <v>2613</v>
       </c>
       <c r="E57" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F57" s="29" t="s">
-        <v>1363</v>
+        <v>1353</v>
       </c>
       <c r="G57" s="32">
         <v>44216</v>
       </c>
       <c r="H57" s="37">
         <v>44218</v>
       </c>
       <c r="I57" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J57" s="29" t="s">
-        <v>1601</v>
+        <v>1589</v>
       </c>
       <c r="K57" s="37">
         <v>45182</v>
       </c>
       <c r="L57" s="37">
         <v>45184</v>
       </c>
       <c r="M57" s="38"/>
       <c r="N57" s="39"/>
       <c r="O57" s="40"/>
       <c r="P57" s="39"/>
       <c r="Q57" s="40"/>
       <c r="R57" s="39"/>
       <c r="S57" s="41"/>
     </row>
     <row r="58" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="27">
         <v>52</v>
       </c>
       <c r="B58" s="28" t="s">
-        <v>2480</v>
+        <v>2508</v>
       </c>
       <c r="C58" s="29">
         <v>43603083480</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>2583</v>
+        <v>2614</v>
       </c>
       <c r="E58" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F58" s="29" t="s">
-        <v>1382</v>
+        <v>1372</v>
       </c>
       <c r="G58" s="32">
         <v>44239</v>
       </c>
       <c r="H58" s="37">
         <v>44243</v>
       </c>
       <c r="I58" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J58" s="29" t="s">
-        <v>1418</v>
+        <v>1405</v>
       </c>
       <c r="K58" s="37">
         <v>44753</v>
       </c>
       <c r="L58" s="37">
         <v>44755</v>
       </c>
       <c r="M58" s="38"/>
       <c r="N58" s="39"/>
       <c r="O58" s="40"/>
       <c r="P58" s="39"/>
       <c r="Q58" s="40"/>
       <c r="R58" s="39"/>
       <c r="S58" s="47"/>
     </row>
     <row r="59" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="27">
         <v>53</v>
       </c>
       <c r="B59" s="28" t="s">
-        <v>2481</v>
+        <v>2509</v>
       </c>
       <c r="C59" s="29">
         <v>40203226650</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>2584</v>
+        <v>2615</v>
       </c>
       <c r="E59" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F59" s="29" t="s">
-        <v>1373</v>
+        <v>1363</v>
       </c>
       <c r="G59" s="32">
         <v>44243</v>
       </c>
       <c r="H59" s="37">
         <v>44245</v>
       </c>
       <c r="I59" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J59" s="29" t="s">
-        <v>1556</v>
+        <v>1544</v>
       </c>
       <c r="K59" s="37">
         <v>44845</v>
       </c>
       <c r="L59" s="37">
         <v>44847</v>
       </c>
       <c r="M59" s="38"/>
       <c r="N59" s="39"/>
       <c r="O59" s="40"/>
       <c r="P59" s="39"/>
       <c r="Q59" s="40"/>
       <c r="R59" s="39"/>
       <c r="S59" s="47"/>
     </row>
     <row r="60" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="27">
         <v>54</v>
       </c>
       <c r="B60" s="28" t="s">
-        <v>2482</v>
+        <v>2510</v>
       </c>
       <c r="C60" s="29">
         <v>40203289105</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>2582</v>
+        <v>2613</v>
       </c>
       <c r="E60" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F60" s="29" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="G60" s="32">
         <v>44270</v>
       </c>
       <c r="H60" s="37">
         <v>44272</v>
       </c>
       <c r="I60" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J60" s="29" t="s">
-        <v>2702</v>
+        <v>2739</v>
       </c>
       <c r="K60" s="37">
         <v>45182</v>
       </c>
       <c r="L60" s="37">
         <v>45184</v>
       </c>
       <c r="M60" s="38"/>
       <c r="N60" s="39"/>
       <c r="O60" s="40"/>
       <c r="P60" s="39"/>
       <c r="Q60" s="40"/>
       <c r="R60" s="39"/>
       <c r="S60" s="47"/>
     </row>
     <row r="61" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="27">
         <v>55</v>
       </c>
       <c r="B61" s="28" t="s">
-        <v>2483</v>
+        <v>2511</v>
       </c>
       <c r="C61" s="29">
         <v>50203038151</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>2585</v>
+        <v>2616</v>
       </c>
       <c r="E61" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F61" s="29" t="s">
-        <v>1501</v>
+        <v>1488</v>
       </c>
       <c r="G61" s="32">
         <v>44270</v>
       </c>
       <c r="H61" s="37">
         <v>44272</v>
       </c>
       <c r="I61" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J61" s="29" t="s">
-        <v>2661</v>
+        <v>2696</v>
       </c>
       <c r="K61" s="37">
         <v>44840</v>
       </c>
       <c r="L61" s="37">
         <v>44844</v>
       </c>
       <c r="M61" s="38"/>
       <c r="N61" s="39"/>
       <c r="O61" s="40"/>
       <c r="P61" s="39"/>
       <c r="Q61" s="40"/>
       <c r="R61" s="39"/>
       <c r="S61" s="47"/>
     </row>
     <row r="62" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="27">
         <v>56</v>
       </c>
       <c r="B62" s="28" t="s">
-        <v>2484</v>
+        <v>2512</v>
       </c>
       <c r="C62" s="29">
         <v>40203289177</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>2586</v>
+        <v>2617</v>
       </c>
       <c r="E62" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F62" s="29" t="s">
-        <v>1503</v>
+        <v>1490</v>
       </c>
       <c r="G62" s="32">
         <v>44270</v>
       </c>
       <c r="H62" s="37">
         <v>44272</v>
       </c>
       <c r="I62" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J62" s="29" t="s">
-        <v>1331</v>
+        <v>1321</v>
       </c>
       <c r="K62" s="37">
         <v>44903</v>
       </c>
       <c r="L62" s="37">
         <v>44907</v>
       </c>
       <c r="M62" s="38"/>
       <c r="N62" s="39"/>
       <c r="O62" s="40"/>
       <c r="P62" s="39"/>
       <c r="Q62" s="40"/>
       <c r="R62" s="39"/>
       <c r="S62" s="47"/>
     </row>
     <row r="63" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="27">
         <v>57</v>
       </c>
       <c r="B63" s="28" t="s">
-        <v>2485</v>
+        <v>2513</v>
       </c>
       <c r="C63" s="29">
         <v>40203286931</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>2587</v>
+        <v>2618</v>
       </c>
       <c r="E63" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F63" s="29" t="s">
-        <v>1505</v>
+        <v>1492</v>
       </c>
       <c r="G63" s="32">
         <v>44270</v>
       </c>
       <c r="H63" s="37">
         <v>44272</v>
       </c>
       <c r="I63" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J63" s="29" t="s">
-        <v>2703</v>
+        <v>2740</v>
       </c>
       <c r="K63" s="37">
         <v>45082</v>
       </c>
       <c r="L63" s="37">
         <v>45084</v>
       </c>
       <c r="M63" s="38"/>
       <c r="N63" s="39"/>
       <c r="O63" s="40"/>
       <c r="P63" s="39"/>
       <c r="Q63" s="40"/>
       <c r="R63" s="39"/>
       <c r="S63" s="47"/>
     </row>
     <row r="64" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="27">
         <v>58</v>
       </c>
       <c r="B64" s="28" t="s">
-        <v>2486</v>
+        <v>2514</v>
       </c>
       <c r="C64" s="29">
         <v>50203284311</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>2588</v>
+        <v>2619</v>
       </c>
       <c r="E64" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F64" s="29" t="s">
-        <v>1512</v>
+        <v>1499</v>
       </c>
       <c r="G64" s="32">
         <v>44278</v>
       </c>
       <c r="H64" s="37">
         <v>44280</v>
       </c>
       <c r="I64" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J64" s="29" t="s">
-        <v>2656</v>
+        <v>2691</v>
       </c>
       <c r="K64" s="37">
         <v>45181</v>
       </c>
       <c r="L64" s="37">
         <v>45183</v>
       </c>
       <c r="M64" s="38"/>
       <c r="N64" s="39"/>
       <c r="O64" s="40"/>
       <c r="P64" s="39"/>
       <c r="Q64" s="40"/>
       <c r="R64" s="39"/>
       <c r="S64" s="47"/>
     </row>
     <row r="65" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="27">
         <v>59</v>
       </c>
       <c r="B65" s="28" t="s">
-        <v>2487</v>
+        <v>2515</v>
       </c>
       <c r="C65" s="29">
         <v>42103107311</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>2589</v>
+        <v>2620</v>
       </c>
       <c r="E65" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F65" s="29" t="s">
-        <v>2658</v>
+        <v>2693</v>
       </c>
       <c r="G65" s="32">
         <v>44278</v>
       </c>
       <c r="H65" s="37">
         <v>44280</v>
       </c>
       <c r="I65" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J65" s="29" t="s">
-        <v>2663</v>
+        <v>2698</v>
       </c>
       <c r="K65" s="37">
         <v>44869</v>
       </c>
       <c r="L65" s="37">
         <v>44873</v>
       </c>
       <c r="M65" s="38"/>
       <c r="N65" s="39"/>
       <c r="O65" s="40"/>
       <c r="P65" s="39"/>
       <c r="Q65" s="40"/>
       <c r="R65" s="39"/>
       <c r="S65" s="47"/>
     </row>
     <row r="66" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="27">
         <v>60</v>
       </c>
       <c r="B66" s="28" t="s">
-        <v>2488</v>
+        <v>2516</v>
       </c>
       <c r="C66" s="29">
         <v>50103267531</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>2590</v>
+        <v>2621</v>
       </c>
       <c r="E66" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F66" s="29" t="s">
-        <v>2659</v>
+        <v>2694</v>
       </c>
       <c r="G66" s="32">
         <v>44280</v>
       </c>
       <c r="H66" s="37">
         <v>44284</v>
       </c>
       <c r="I66" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J66" s="29" t="s">
-        <v>1605</v>
+        <v>1593</v>
       </c>
       <c r="K66" s="37">
         <v>45202</v>
       </c>
       <c r="L66" s="37">
         <v>45204</v>
       </c>
       <c r="M66" s="38"/>
       <c r="N66" s="39"/>
       <c r="O66" s="40"/>
       <c r="P66" s="39"/>
       <c r="Q66" s="40"/>
       <c r="R66" s="39"/>
       <c r="S66" s="47"/>
     </row>
     <row r="67" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="27">
         <v>61</v>
       </c>
       <c r="B67" s="28" t="s">
-        <v>2489</v>
+        <v>2517</v>
       </c>
       <c r="C67" s="29">
         <v>40103659714</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>2591</v>
+        <v>2622</v>
       </c>
       <c r="E67" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F67" s="29" t="s">
-        <v>2660</v>
+        <v>2695</v>
       </c>
       <c r="G67" s="32">
         <v>44299</v>
       </c>
       <c r="H67" s="37">
         <v>44301</v>
       </c>
       <c r="I67" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J67" s="29" t="s">
-        <v>2704</v>
+        <v>2741</v>
       </c>
       <c r="K67" s="37">
         <v>45064</v>
       </c>
       <c r="L67" s="37">
         <v>45066</v>
       </c>
       <c r="M67" s="38"/>
       <c r="N67" s="39"/>
       <c r="O67" s="40"/>
       <c r="P67" s="39"/>
       <c r="Q67" s="40"/>
       <c r="R67" s="39"/>
       <c r="S67" s="47"/>
     </row>
     <row r="68" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="27">
         <v>62</v>
       </c>
       <c r="B68" s="28" t="s">
-        <v>2490</v>
+        <v>2518</v>
       </c>
       <c r="C68" s="29">
         <v>50203296861</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>2592</v>
+        <v>2623</v>
       </c>
       <c r="E68" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F68" s="29" t="s">
-        <v>2661</v>
+        <v>2696</v>
       </c>
       <c r="G68" s="32">
         <v>44299</v>
       </c>
       <c r="H68" s="37">
         <v>44301</v>
       </c>
       <c r="I68" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J68" s="29" t="s">
-        <v>1501</v>
+        <v>1488</v>
       </c>
       <c r="K68" s="37">
         <v>44817</v>
       </c>
       <c r="L68" s="37">
         <v>44819</v>
       </c>
       <c r="M68" s="38"/>
       <c r="N68" s="39"/>
       <c r="O68" s="40"/>
       <c r="P68" s="39"/>
       <c r="Q68" s="40"/>
       <c r="R68" s="39"/>
       <c r="S68" s="47"/>
     </row>
     <row r="69" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="27">
         <v>63</v>
       </c>
       <c r="B69" s="28" t="s">
-        <v>2491</v>
+        <v>2519</v>
       </c>
       <c r="C69" s="29">
         <v>40203030654</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>2593</v>
+        <v>2624</v>
       </c>
       <c r="E69" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F69" s="29" t="s">
-        <v>2662</v>
+        <v>2697</v>
       </c>
       <c r="G69" s="32">
         <v>44299</v>
       </c>
       <c r="H69" s="37">
         <v>44301</v>
       </c>
       <c r="I69" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J69" s="29" t="s">
-        <v>1491</v>
+        <v>1478</v>
       </c>
       <c r="K69" s="37">
         <v>45222</v>
       </c>
       <c r="L69" s="37">
         <v>45224</v>
       </c>
       <c r="M69" s="38"/>
       <c r="N69" s="39"/>
       <c r="O69" s="40"/>
       <c r="P69" s="39"/>
       <c r="Q69" s="40"/>
       <c r="R69" s="39"/>
       <c r="S69" s="47"/>
     </row>
     <row r="70" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="27">
         <v>64</v>
       </c>
       <c r="B70" s="28" t="s">
-        <v>2492</v>
+        <v>2520</v>
       </c>
       <c r="C70" s="29">
         <v>40203311529</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>2594</v>
+        <v>2625</v>
       </c>
       <c r="E70" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F70" s="29" t="s">
-        <v>1320</v>
+        <v>1310</v>
       </c>
       <c r="G70" s="32">
         <v>44341</v>
       </c>
       <c r="H70" s="37">
         <v>44343</v>
       </c>
       <c r="I70" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J70" s="29" t="s">
-        <v>2705</v>
+        <v>2742</v>
       </c>
       <c r="K70" s="37">
         <v>44869</v>
       </c>
       <c r="L70" s="37">
         <v>44873</v>
       </c>
       <c r="M70" s="38"/>
       <c r="N70" s="39"/>
       <c r="O70" s="40"/>
       <c r="P70" s="39"/>
       <c r="Q70" s="40"/>
       <c r="R70" s="39"/>
       <c r="S70" s="47"/>
     </row>
     <row r="71" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="27">
         <v>65</v>
       </c>
       <c r="B71" s="28" t="s">
-        <v>2493</v>
+        <v>2521</v>
       </c>
       <c r="C71" s="29">
         <v>40003680592</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>2595</v>
+        <v>2626</v>
       </c>
       <c r="E71" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F71" s="29" t="s">
-        <v>2663</v>
+        <v>2698</v>
       </c>
       <c r="G71" s="32">
         <v>44361</v>
       </c>
       <c r="H71" s="37">
         <v>44363</v>
       </c>
       <c r="I71" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J71" s="29" t="s">
-        <v>2693</v>
+        <v>2730</v>
       </c>
       <c r="K71" s="37">
         <v>44916</v>
       </c>
       <c r="L71" s="37">
         <v>44918</v>
       </c>
       <c r="M71" s="38"/>
       <c r="N71" s="39"/>
       <c r="O71" s="40"/>
       <c r="P71" s="39"/>
       <c r="Q71" s="40"/>
       <c r="R71" s="39"/>
       <c r="S71" s="47"/>
     </row>
     <row r="72" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="27">
         <v>66</v>
       </c>
       <c r="B72" s="28" t="s">
-        <v>2494</v>
+        <v>2522</v>
       </c>
       <c r="C72" s="29">
         <v>40203306405</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>2596</v>
+        <v>2627</v>
       </c>
       <c r="E72" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F72" s="29" t="s">
-        <v>2664</v>
+        <v>2699</v>
       </c>
       <c r="G72" s="32">
         <v>44377</v>
       </c>
       <c r="H72" s="37">
         <v>44379</v>
       </c>
       <c r="I72" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J72" s="29" t="s">
-        <v>1328</v>
+        <v>1318</v>
       </c>
       <c r="K72" s="37">
         <v>44900</v>
       </c>
       <c r="L72" s="37">
         <v>44902</v>
       </c>
       <c r="M72" s="38"/>
       <c r="N72" s="39"/>
       <c r="O72" s="40"/>
       <c r="P72" s="39"/>
       <c r="Q72" s="40"/>
       <c r="R72" s="39"/>
       <c r="S72" s="47"/>
     </row>
     <row r="73" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="27">
         <v>67</v>
       </c>
       <c r="B73" s="28" t="s">
-        <v>2495</v>
+        <v>2523</v>
       </c>
       <c r="C73" s="29">
         <v>40203277229</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>2597</v>
+        <v>2628</v>
       </c>
       <c r="E73" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F73" s="29" t="s">
-        <v>2665</v>
+        <v>2700</v>
       </c>
       <c r="G73" s="32">
         <v>44417</v>
       </c>
       <c r="H73" s="37">
         <v>44419</v>
       </c>
       <c r="I73" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J73" s="29" t="s">
-        <v>2706</v>
+        <v>2743</v>
       </c>
       <c r="K73" s="37">
         <v>44875</v>
       </c>
       <c r="L73" s="37">
         <v>44879</v>
       </c>
       <c r="M73" s="38"/>
       <c r="N73" s="39"/>
       <c r="O73" s="40"/>
       <c r="P73" s="39"/>
       <c r="Q73" s="40"/>
       <c r="R73" s="39"/>
       <c r="S73" s="47"/>
     </row>
     <row r="74" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="27">
         <v>68</v>
       </c>
       <c r="B74" s="28" t="s">
-        <v>2496</v>
+        <v>2524</v>
       </c>
       <c r="C74" s="29">
         <v>41203061386</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>2598</v>
+        <v>2629</v>
       </c>
       <c r="E74" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F74" s="29" t="s">
-        <v>2666</v>
+        <v>2701</v>
       </c>
       <c r="G74" s="32">
         <v>44417</v>
       </c>
       <c r="H74" s="37">
         <v>44419</v>
       </c>
       <c r="I74" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J74" s="29" t="s">
-        <v>2696</v>
+        <v>2733</v>
       </c>
       <c r="K74" s="37">
         <v>44869</v>
       </c>
       <c r="L74" s="37">
         <v>44873</v>
       </c>
       <c r="M74" s="38"/>
       <c r="N74" s="39"/>
       <c r="O74" s="40"/>
       <c r="P74" s="39"/>
       <c r="Q74" s="40"/>
       <c r="R74" s="39"/>
       <c r="S74" s="47"/>
     </row>
     <row r="75" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="27">
         <v>69</v>
       </c>
       <c r="B75" s="28" t="s">
-        <v>2497</v>
+        <v>2525</v>
       </c>
       <c r="C75" s="29">
         <v>40103824019</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>2599</v>
+        <v>2630</v>
       </c>
       <c r="E75" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F75" s="29" t="s">
-        <v>1624</v>
+        <v>1612</v>
       </c>
       <c r="G75" s="32">
         <v>44420</v>
       </c>
       <c r="H75" s="37">
         <v>44424</v>
       </c>
       <c r="I75" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J75" s="29" t="s">
-        <v>1482</v>
+        <v>1469</v>
       </c>
       <c r="K75" s="37">
         <v>45189</v>
       </c>
       <c r="L75" s="37">
         <v>45191</v>
       </c>
       <c r="M75" s="38"/>
       <c r="N75" s="39"/>
       <c r="O75" s="40"/>
       <c r="P75" s="39"/>
       <c r="Q75" s="40"/>
       <c r="R75" s="39"/>
       <c r="S75" s="47"/>
     </row>
     <row r="76" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="27">
         <v>70</v>
       </c>
       <c r="B76" s="28" t="s">
-        <v>2498</v>
+        <v>2526</v>
       </c>
       <c r="C76" s="29">
         <v>40203382216</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>2600</v>
+        <v>2631</v>
       </c>
       <c r="E76" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F76" s="29" t="s">
-        <v>1371</v>
+        <v>1361</v>
       </c>
       <c r="G76" s="32">
         <v>44665</v>
       </c>
       <c r="H76" s="37">
         <v>44671</v>
       </c>
       <c r="I76" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J76" s="29" t="s">
-        <v>2649</v>
+        <v>2683</v>
       </c>
       <c r="K76" s="37">
         <v>45190</v>
       </c>
       <c r="L76" s="37">
         <v>45194</v>
       </c>
       <c r="M76" s="38"/>
       <c r="N76" s="39"/>
       <c r="O76" s="40"/>
       <c r="P76" s="39"/>
       <c r="Q76" s="40"/>
       <c r="R76" s="39"/>
       <c r="S76" s="47"/>
     </row>
     <row r="77" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="27">
         <v>71</v>
       </c>
       <c r="B77" s="28" t="s">
-        <v>2499</v>
+        <v>2527</v>
       </c>
       <c r="C77" s="29">
         <v>42103083901</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>2601</v>
+        <v>2632</v>
       </c>
       <c r="E77" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F77" s="29" t="s">
-        <v>2645</v>
+        <v>2679</v>
       </c>
       <c r="G77" s="32">
         <v>44690</v>
       </c>
       <c r="H77" s="37">
         <v>44692</v>
       </c>
       <c r="I77" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J77" s="29" t="s">
-        <v>1501</v>
+        <v>1488</v>
       </c>
       <c r="K77" s="37">
         <v>45231</v>
       </c>
       <c r="L77" s="37">
         <v>45233</v>
       </c>
       <c r="M77" s="38"/>
       <c r="N77" s="39"/>
       <c r="O77" s="40"/>
       <c r="P77" s="39"/>
       <c r="Q77" s="40"/>
       <c r="R77" s="39"/>
       <c r="S77" s="47"/>
     </row>
     <row r="78" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="27">
         <v>72</v>
       </c>
       <c r="B78" s="28" t="s">
-        <v>2500</v>
+        <v>2528</v>
       </c>
       <c r="C78" s="29">
         <v>40203257345</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>2602</v>
+        <v>2633</v>
       </c>
       <c r="E78" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F78" s="29" t="s">
-        <v>1544</v>
+        <v>1531</v>
       </c>
       <c r="G78" s="32">
         <v>44830</v>
       </c>
       <c r="H78" s="37">
         <v>44832</v>
       </c>
       <c r="I78" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J78" s="29" t="s">
-        <v>1418</v>
+        <v>1405</v>
       </c>
       <c r="K78" s="37">
         <v>45178</v>
       </c>
       <c r="L78" s="37">
         <v>45181</v>
       </c>
       <c r="M78" s="38"/>
       <c r="N78" s="39"/>
       <c r="O78" s="40"/>
       <c r="P78" s="39"/>
       <c r="Q78" s="40"/>
       <c r="R78" s="39"/>
       <c r="S78" s="47"/>
     </row>
     <row r="79" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="27">
         <v>73</v>
       </c>
       <c r="B79" s="28" t="s">
-        <v>2501</v>
+        <v>2529</v>
       </c>
       <c r="C79" s="29">
         <v>40203423711</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>2603</v>
+        <v>2634</v>
       </c>
       <c r="E79" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F79" s="29" t="s">
-        <v>1640</v>
+        <v>1628</v>
       </c>
       <c r="G79" s="32">
         <v>44848</v>
       </c>
       <c r="H79" s="37">
         <v>44852</v>
       </c>
       <c r="I79" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J79" s="29" t="s">
-        <v>1458</v>
+        <v>1444</v>
       </c>
       <c r="K79" s="37">
         <v>45070</v>
       </c>
       <c r="L79" s="37">
         <v>45072</v>
       </c>
       <c r="M79" s="38"/>
       <c r="N79" s="39"/>
       <c r="O79" s="40"/>
       <c r="P79" s="39"/>
       <c r="Q79" s="40"/>
       <c r="R79" s="39"/>
       <c r="S79" s="47"/>
     </row>
     <row r="80" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="27">
         <v>74</v>
       </c>
       <c r="B80" s="28" t="s">
-        <v>2502</v>
+        <v>2530</v>
       </c>
       <c r="C80" s="29">
         <v>40103569302</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>2604</v>
+        <v>2635</v>
       </c>
       <c r="E80" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F80" s="29" t="s">
-        <v>1405</v>
+        <v>1392</v>
       </c>
       <c r="G80" s="32">
         <v>44690</v>
       </c>
       <c r="H80" s="37">
         <v>44692</v>
       </c>
       <c r="I80" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J80" s="29" t="s">
-        <v>2707</v>
+        <v>2744</v>
       </c>
       <c r="K80" s="37">
         <v>45275</v>
       </c>
       <c r="L80" s="37">
         <v>45279</v>
       </c>
       <c r="M80" s="38"/>
       <c r="N80" s="39"/>
       <c r="O80" s="40"/>
       <c r="P80" s="39"/>
       <c r="Q80" s="40"/>
       <c r="R80" s="39"/>
       <c r="S80" s="47"/>
     </row>
     <row r="81" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="27">
         <v>75</v>
       </c>
       <c r="B81" s="28" t="s">
-        <v>2503</v>
+        <v>2531</v>
       </c>
       <c r="C81" s="29">
         <v>40203289406</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>2605</v>
+        <v>2636</v>
       </c>
       <c r="E81" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F81" s="29" t="s">
-        <v>2667</v>
+        <v>2702</v>
       </c>
       <c r="G81" s="32">
         <v>44509</v>
       </c>
       <c r="H81" s="37">
         <v>44511</v>
       </c>
       <c r="I81" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J81" s="29" t="s">
-        <v>2708</v>
+        <v>2745</v>
       </c>
       <c r="K81" s="37">
         <v>45411</v>
       </c>
       <c r="L81" s="37">
         <v>45414</v>
       </c>
       <c r="M81" s="38"/>
       <c r="N81" s="39"/>
       <c r="O81" s="40"/>
       <c r="P81" s="39"/>
       <c r="Q81" s="40"/>
       <c r="R81" s="39"/>
       <c r="S81" s="47"/>
     </row>
     <row r="82" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="27">
         <v>76</v>
       </c>
       <c r="B82" s="28" t="s">
-        <v>2504</v>
+        <v>2532</v>
       </c>
       <c r="C82" s="29">
         <v>40203085898</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>2606</v>
+        <v>2637</v>
       </c>
       <c r="E82" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F82" s="29" t="s">
-        <v>1612</v>
+        <v>1600</v>
       </c>
       <c r="G82" s="32">
         <v>44151</v>
       </c>
       <c r="H82" s="37">
         <v>44154</v>
       </c>
       <c r="I82" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J82" s="29" t="s">
-        <v>2709</v>
+        <v>2746</v>
       </c>
       <c r="K82" s="37">
         <v>45460</v>
       </c>
       <c r="L82" s="37">
         <v>45462</v>
       </c>
       <c r="M82" s="38"/>
       <c r="N82" s="39"/>
       <c r="O82" s="40"/>
       <c r="P82" s="39"/>
       <c r="Q82" s="40"/>
       <c r="R82" s="39"/>
       <c r="S82" s="47"/>
     </row>
     <row r="83" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="27">
         <v>77</v>
       </c>
       <c r="B83" s="28" t="s">
-        <v>2505</v>
+        <v>2533</v>
       </c>
       <c r="C83" s="29">
         <v>40203435636</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>2607</v>
+        <v>2638</v>
       </c>
       <c r="E83" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F83" s="29" t="s">
-        <v>1382</v>
+        <v>1372</v>
       </c>
       <c r="G83" s="32">
         <v>44978</v>
       </c>
       <c r="H83" s="37">
         <v>44980</v>
       </c>
       <c r="I83" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J83" s="29" t="s">
-        <v>2710</v>
+        <v>2747</v>
       </c>
       <c r="K83" s="37">
         <v>45463</v>
       </c>
       <c r="L83" s="37">
         <v>45468</v>
       </c>
       <c r="M83" s="38"/>
       <c r="N83" s="39"/>
       <c r="O83" s="40"/>
       <c r="P83" s="39"/>
       <c r="Q83" s="40"/>
       <c r="R83" s="39"/>
       <c r="S83" s="47"/>
     </row>
     <row r="84" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="27">
         <v>78</v>
       </c>
       <c r="B84" s="28" t="s">
-        <v>2506</v>
+        <v>2534</v>
       </c>
       <c r="C84" s="29">
         <v>53603057691</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>2608</v>
+        <v>2639</v>
       </c>
       <c r="E84" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F84" s="29" t="s">
-        <v>2668</v>
+        <v>2703</v>
       </c>
       <c r="G84" s="32">
         <v>44488</v>
       </c>
       <c r="H84" s="37">
         <v>44490</v>
       </c>
       <c r="I84" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J84" s="29" t="s">
-        <v>2711</v>
+        <v>2748</v>
       </c>
       <c r="K84" s="37">
         <v>45469</v>
       </c>
       <c r="L84" s="37">
         <v>45471</v>
       </c>
       <c r="M84" s="38"/>
       <c r="N84" s="39"/>
       <c r="O84" s="40"/>
       <c r="P84" s="39"/>
       <c r="Q84" s="40"/>
       <c r="R84" s="39"/>
       <c r="S84" s="47"/>
     </row>
     <row r="85" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="27">
         <v>79</v>
       </c>
       <c r="B85" s="28" t="s">
-        <v>2507</v>
+        <v>2535</v>
       </c>
       <c r="C85" s="29">
         <v>50203419991</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>2609</v>
+        <v>2640</v>
       </c>
       <c r="E85" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F85" s="29" t="s">
-        <v>2658</v>
+        <v>2693</v>
       </c>
       <c r="G85" s="32">
         <v>44830</v>
       </c>
       <c r="H85" s="37">
         <v>44832</v>
       </c>
       <c r="I85" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J85" s="29" t="s">
-        <v>2712</v>
+        <v>2749</v>
       </c>
       <c r="K85" s="37">
         <v>45497</v>
       </c>
       <c r="L85" s="37">
         <v>45499</v>
       </c>
       <c r="M85" s="38"/>
       <c r="N85" s="39"/>
       <c r="O85" s="40"/>
       <c r="P85" s="39"/>
       <c r="Q85" s="40"/>
       <c r="R85" s="39"/>
       <c r="S85" s="47"/>
     </row>
     <row r="86" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="27">
         <v>80</v>
       </c>
       <c r="B86" s="28" t="s">
-        <v>2508</v>
+        <v>2536</v>
       </c>
       <c r="C86" s="29">
         <v>41203065231</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>2610</v>
+        <v>2641</v>
       </c>
       <c r="E86" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F86" s="29" t="s">
-        <v>1640</v>
+        <v>1628</v>
       </c>
       <c r="G86" s="32">
         <v>44312</v>
       </c>
       <c r="H86" s="37">
         <v>44314</v>
       </c>
       <c r="I86" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J86" s="29" t="s">
-        <v>2713</v>
+        <v>2750</v>
       </c>
       <c r="K86" s="37">
         <v>45510</v>
       </c>
       <c r="L86" s="37">
         <v>45512</v>
       </c>
       <c r="M86" s="38"/>
       <c r="N86" s="39"/>
       <c r="O86" s="40"/>
       <c r="P86" s="39"/>
       <c r="Q86" s="40"/>
       <c r="R86" s="39"/>
       <c r="S86" s="47"/>
     </row>
     <row r="87" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="27">
         <v>81</v>
       </c>
       <c r="B87" s="28" t="s">
-        <v>2509</v>
+        <v>2537</v>
       </c>
       <c r="C87" s="29">
         <v>40203419735</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>2611</v>
+        <v>2642</v>
       </c>
       <c r="E87" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F87" s="29" t="s">
-        <v>1549</v>
+        <v>1537</v>
       </c>
       <c r="G87" s="32">
         <v>44833</v>
       </c>
       <c r="H87" s="37">
         <v>44837</v>
       </c>
       <c r="I87" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J87" s="29" t="s">
-        <v>1321</v>
+        <v>1311</v>
       </c>
       <c r="K87" s="37">
         <v>45510</v>
       </c>
       <c r="L87" s="37">
         <v>45512</v>
       </c>
       <c r="M87" s="38"/>
       <c r="N87" s="39"/>
       <c r="O87" s="40"/>
       <c r="P87" s="39"/>
       <c r="Q87" s="40"/>
       <c r="R87" s="39"/>
       <c r="S87" s="47"/>
     </row>
     <row r="88" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="27">
         <v>82</v>
       </c>
       <c r="B88" s="28" t="s">
-        <v>2510</v>
+        <v>2538</v>
       </c>
       <c r="C88" s="29">
         <v>40203210467</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>2612</v>
+        <v>2643</v>
       </c>
       <c r="E88" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F88" s="29" t="s">
-        <v>1438</v>
+        <v>1425</v>
       </c>
       <c r="G88" s="32">
         <v>44228</v>
       </c>
       <c r="H88" s="37">
         <v>44230</v>
       </c>
       <c r="I88" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J88" s="29" t="s">
-        <v>2292</v>
+        <v>2272</v>
       </c>
       <c r="K88" s="37">
         <v>45551</v>
       </c>
       <c r="L88" s="37">
         <v>45553</v>
       </c>
       <c r="M88" s="38"/>
       <c r="N88" s="39"/>
       <c r="O88" s="40"/>
       <c r="P88" s="39"/>
       <c r="Q88" s="40"/>
       <c r="R88" s="39"/>
       <c r="S88" s="47"/>
     </row>
     <row r="89" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="27">
         <v>83</v>
       </c>
       <c r="B89" s="28" t="s">
-        <v>2511</v>
+        <v>2539</v>
       </c>
       <c r="C89" s="29">
         <v>40203276331</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>2613</v>
+        <v>2644</v>
       </c>
       <c r="E89" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F89" s="29" t="s">
-        <v>1359</v>
+        <v>1349</v>
       </c>
       <c r="G89" s="32">
         <v>44215</v>
       </c>
       <c r="H89" s="37">
         <v>44217</v>
       </c>
       <c r="I89" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J89" s="29" t="s">
-        <v>2255</v>
+        <v>2235</v>
       </c>
       <c r="K89" s="37">
         <v>45551</v>
       </c>
       <c r="L89" s="37">
         <v>45553</v>
       </c>
       <c r="M89" s="38"/>
       <c r="N89" s="39"/>
       <c r="O89" s="40"/>
       <c r="P89" s="39"/>
       <c r="Q89" s="40"/>
       <c r="R89" s="39"/>
       <c r="S89" s="47"/>
     </row>
     <row r="90" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="27">
         <v>84</v>
       </c>
       <c r="B90" s="28" t="s">
-        <v>2512</v>
+        <v>2540</v>
       </c>
       <c r="C90" s="29">
         <v>40203087973</v>
       </c>
       <c r="D90" s="28" t="s">
-        <v>2614</v>
+        <v>2645</v>
       </c>
       <c r="E90" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F90" s="29" t="s">
-        <v>1549</v>
+        <v>1537</v>
       </c>
       <c r="G90" s="32">
         <v>44181</v>
       </c>
       <c r="H90" s="37">
         <v>44183</v>
       </c>
       <c r="I90" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J90" s="29" t="s">
-        <v>2288</v>
+        <v>2268</v>
       </c>
       <c r="K90" s="37">
         <v>45568</v>
       </c>
       <c r="L90" s="37">
         <v>45572</v>
       </c>
       <c r="M90" s="38"/>
       <c r="N90" s="39"/>
       <c r="O90" s="40"/>
       <c r="P90" s="39"/>
       <c r="Q90" s="40"/>
       <c r="R90" s="39"/>
       <c r="S90" s="47"/>
     </row>
     <row r="91" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="27">
         <v>85</v>
       </c>
       <c r="B91" s="28" t="s">
-        <v>2513</v>
+        <v>2541</v>
       </c>
       <c r="C91" s="29">
         <v>40203384999</v>
       </c>
       <c r="D91" s="28" t="s">
-        <v>2615</v>
+        <v>2646</v>
       </c>
       <c r="E91" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F91" s="29" t="s">
-        <v>2664</v>
+        <v>2699</v>
       </c>
       <c r="G91" s="32">
         <v>44869</v>
       </c>
       <c r="H91" s="37">
         <v>44873</v>
       </c>
       <c r="I91" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J91" s="29" t="s">
-        <v>2322</v>
+        <v>2302</v>
       </c>
       <c r="K91" s="37">
         <v>45572</v>
       </c>
       <c r="L91" s="37">
         <v>45574</v>
       </c>
       <c r="M91" s="38"/>
       <c r="N91" s="39"/>
       <c r="O91" s="40"/>
       <c r="P91" s="39"/>
       <c r="Q91" s="40"/>
       <c r="R91" s="39"/>
       <c r="S91" s="47"/>
     </row>
     <row r="92" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="27">
         <v>86</v>
       </c>
       <c r="B92" s="28" t="s">
-        <v>2514</v>
+        <v>2542</v>
       </c>
       <c r="C92" s="29">
         <v>40003439673</v>
       </c>
       <c r="D92" s="28" t="s">
-        <v>2616</v>
+        <v>2647</v>
       </c>
       <c r="E92" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F92" s="29" t="s">
-        <v>1412</v>
+        <v>1399</v>
       </c>
       <c r="G92" s="32">
         <v>44096</v>
       </c>
       <c r="H92" s="37">
         <v>44098</v>
       </c>
       <c r="I92" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J92" s="29" t="s">
-        <v>2366</v>
+        <v>2345</v>
       </c>
       <c r="K92" s="37">
         <v>45597</v>
       </c>
       <c r="L92" s="37">
         <v>45601</v>
       </c>
       <c r="M92" s="38"/>
       <c r="N92" s="39"/>
       <c r="O92" s="40"/>
       <c r="P92" s="39"/>
       <c r="Q92" s="40"/>
       <c r="R92" s="39"/>
       <c r="S92" s="47"/>
     </row>
     <row r="93" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="27">
         <v>87</v>
       </c>
       <c r="B93" s="28" t="s">
-        <v>2515</v>
+        <v>2543</v>
       </c>
       <c r="C93" s="29">
         <v>50103892341</v>
       </c>
       <c r="D93" s="28" t="s">
-        <v>2617</v>
+        <v>2648</v>
       </c>
       <c r="E93" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F93" s="29" t="s">
-        <v>2669</v>
+        <v>2704</v>
       </c>
       <c r="G93" s="32">
         <v>45469</v>
       </c>
       <c r="H93" s="37">
         <v>45471</v>
       </c>
       <c r="I93" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J93" s="29" t="s">
-        <v>2714</v>
+        <v>2751</v>
       </c>
       <c r="K93" s="37">
         <v>45642</v>
       </c>
       <c r="L93" s="37">
         <v>45644</v>
       </c>
       <c r="M93" s="38"/>
       <c r="N93" s="39"/>
       <c r="O93" s="40"/>
       <c r="P93" s="39"/>
       <c r="Q93" s="40"/>
       <c r="R93" s="39"/>
       <c r="S93" s="47"/>
     </row>
     <row r="94" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="27">
         <v>88</v>
       </c>
       <c r="B94" s="28" t="s">
-        <v>2516</v>
+        <v>2544</v>
       </c>
       <c r="C94" s="29">
         <v>40203249761</v>
       </c>
       <c r="D94" s="28" t="s">
-        <v>2618</v>
+        <v>2649</v>
       </c>
       <c r="E94" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F94" s="29" t="s">
-        <v>1452</v>
+        <v>1438</v>
       </c>
       <c r="G94" s="32">
         <v>44692</v>
       </c>
       <c r="H94" s="37">
         <v>44694</v>
       </c>
       <c r="I94" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J94" s="29" t="s">
-        <v>2715</v>
+        <v>2752</v>
       </c>
       <c r="K94" s="37">
         <v>45716</v>
       </c>
       <c r="L94" s="37">
         <v>45720</v>
       </c>
       <c r="M94" s="38"/>
       <c r="N94" s="39"/>
       <c r="O94" s="40"/>
       <c r="P94" s="39"/>
       <c r="Q94" s="40"/>
       <c r="R94" s="39"/>
       <c r="S94" s="47"/>
     </row>
     <row r="95" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="27">
         <v>89</v>
       </c>
       <c r="B95" s="28" t="s">
-        <v>2517</v>
+        <v>2545</v>
       </c>
       <c r="C95" s="29">
         <v>40203361093</v>
       </c>
       <c r="D95" s="28" t="s">
-        <v>2619</v>
+        <v>2650</v>
       </c>
       <c r="E95" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F95" s="29" t="s">
-        <v>2670</v>
+        <v>2705</v>
       </c>
       <c r="G95" s="32">
         <v>45533</v>
       </c>
       <c r="H95" s="37">
         <v>45537</v>
       </c>
       <c r="I95" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J95" s="29" t="s">
-        <v>2716</v>
+        <v>2753</v>
       </c>
       <c r="K95" s="37">
         <v>45756</v>
       </c>
       <c r="L95" s="37">
         <v>45758</v>
       </c>
       <c r="M95" s="38"/>
       <c r="N95" s="39"/>
       <c r="O95" s="40"/>
       <c r="P95" s="39"/>
       <c r="Q95" s="40"/>
       <c r="R95" s="39"/>
       <c r="S95" s="47"/>
     </row>
     <row r="96" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="27">
         <v>90</v>
       </c>
       <c r="B96" s="28" t="s">
-        <v>2518</v>
+        <v>2546</v>
       </c>
       <c r="C96" s="29">
         <v>40203053178</v>
       </c>
       <c r="D96" s="28" t="s">
-        <v>2620</v>
+        <v>2651</v>
       </c>
       <c r="E96" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F96" s="29" t="s">
-        <v>2668</v>
+        <v>2703</v>
       </c>
       <c r="G96" s="32">
         <v>43425</v>
       </c>
       <c r="H96" s="37">
         <v>43427</v>
       </c>
       <c r="I96" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J96" s="29" t="s">
-        <v>2717</v>
+        <v>2754</v>
       </c>
       <c r="K96" s="37">
         <v>45756</v>
       </c>
       <c r="L96" s="37">
         <v>45758</v>
       </c>
       <c r="M96" s="38"/>
       <c r="N96" s="39"/>
       <c r="O96" s="40"/>
       <c r="P96" s="39"/>
       <c r="Q96" s="40"/>
       <c r="R96" s="39"/>
       <c r="S96" s="47"/>
     </row>
     <row r="97" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="27">
         <v>91</v>
       </c>
       <c r="B97" s="28" t="s">
-        <v>2519</v>
+        <v>2547</v>
       </c>
       <c r="C97" s="29">
         <v>40203562071</v>
       </c>
       <c r="D97" s="28" t="s">
-        <v>2621</v>
+        <v>2652</v>
       </c>
       <c r="E97" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F97" s="29" t="s">
-        <v>2671</v>
+        <v>2706</v>
       </c>
       <c r="G97" s="32">
         <v>45517</v>
       </c>
       <c r="H97" s="37">
         <v>45519</v>
       </c>
       <c r="I97" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J97" s="29" t="s">
-        <v>2718</v>
+        <v>2755</v>
       </c>
       <c r="K97" s="37">
         <v>45756</v>
       </c>
       <c r="L97" s="37">
         <v>45758</v>
       </c>
       <c r="M97" s="38"/>
       <c r="N97" s="39"/>
       <c r="O97" s="40"/>
       <c r="P97" s="39"/>
       <c r="Q97" s="40"/>
       <c r="R97" s="39"/>
       <c r="S97" s="47"/>
     </row>
     <row r="98" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="27">
         <v>92</v>
       </c>
       <c r="B98" s="28" t="s">
-        <v>2520</v>
+        <v>2548</v>
       </c>
       <c r="C98" s="29">
         <v>50203562251</v>
       </c>
       <c r="D98" s="28" t="s">
-        <v>2622</v>
+        <v>2653</v>
       </c>
       <c r="E98" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F98" s="29" t="s">
-        <v>2672</v>
+        <v>2707</v>
       </c>
       <c r="G98" s="32">
         <v>45637</v>
       </c>
       <c r="H98" s="37">
         <v>45639</v>
       </c>
       <c r="I98" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J98" s="29" t="s">
-        <v>1694</v>
+        <v>1680</v>
       </c>
       <c r="K98" s="37">
         <v>45777</v>
       </c>
       <c r="L98" s="37">
         <v>45784</v>
       </c>
       <c r="M98" s="38"/>
       <c r="N98" s="39"/>
       <c r="O98" s="40"/>
       <c r="P98" s="39"/>
       <c r="Q98" s="40"/>
       <c r="R98" s="39"/>
       <c r="S98" s="47"/>
     </row>
     <row r="99" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="27">
         <v>93</v>
       </c>
       <c r="B99" s="28" t="s">
-        <v>2521</v>
+        <v>2549</v>
       </c>
       <c r="C99" s="29">
         <v>40003153890</v>
       </c>
       <c r="D99" s="28" t="s">
-        <v>2623</v>
+        <v>2654</v>
       </c>
       <c r="E99" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F99" s="29" t="s">
-        <v>1394</v>
+        <v>1381</v>
       </c>
       <c r="G99" s="32">
         <v>43980</v>
       </c>
       <c r="H99" s="37">
         <v>43984</v>
       </c>
       <c r="I99" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J99" s="29" t="s">
-        <v>2719</v>
+        <v>2756</v>
       </c>
       <c r="K99" s="37">
         <v>45813</v>
       </c>
       <c r="L99" s="37">
         <v>45817</v>
       </c>
       <c r="M99" s="38"/>
       <c r="N99" s="39"/>
       <c r="O99" s="40"/>
       <c r="P99" s="39"/>
       <c r="Q99" s="40"/>
       <c r="R99" s="39"/>
       <c r="S99" s="47"/>
     </row>
     <row r="100" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="27">
         <v>94</v>
       </c>
       <c r="B100" s="28" t="s">
-        <v>2522</v>
+        <v>2550</v>
       </c>
       <c r="C100" s="29">
         <v>40203023370</v>
       </c>
       <c r="D100" s="28" t="s">
-        <v>2624</v>
+        <v>2655</v>
       </c>
       <c r="E100" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F100" s="29" t="s">
-        <v>1637</v>
+        <v>1625</v>
       </c>
       <c r="G100" s="32">
         <v>44312</v>
       </c>
       <c r="H100" s="37">
         <v>44314</v>
       </c>
       <c r="I100" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J100" s="29" t="s">
-        <v>2720</v>
+        <v>2757</v>
       </c>
       <c r="K100" s="37">
         <v>45856</v>
       </c>
       <c r="L100" s="37">
         <v>45860</v>
       </c>
       <c r="M100" s="38"/>
       <c r="N100" s="39"/>
       <c r="O100" s="40"/>
       <c r="P100" s="39"/>
       <c r="Q100" s="40"/>
       <c r="R100" s="39"/>
       <c r="S100" s="47"/>
     </row>
     <row r="101" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="27">
         <v>95</v>
       </c>
       <c r="B101" s="28" t="s">
-        <v>2523</v>
+        <v>2551</v>
       </c>
       <c r="C101" s="29">
         <v>40103929591</v>
       </c>
       <c r="D101" s="28" t="s">
-        <v>2625</v>
+        <v>2656</v>
       </c>
       <c r="E101" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F101" s="29" t="s">
-        <v>2673</v>
+        <v>2708</v>
       </c>
       <c r="G101" s="32">
         <v>43773</v>
       </c>
       <c r="H101" s="37">
         <v>43775</v>
       </c>
       <c r="I101" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J101" s="29" t="s">
-        <v>2721</v>
+        <v>2758</v>
       </c>
       <c r="K101" s="37">
         <v>45877</v>
       </c>
       <c r="L101" s="37">
         <v>45881</v>
       </c>
       <c r="M101" s="38"/>
       <c r="N101" s="39"/>
       <c r="O101" s="40"/>
       <c r="P101" s="39"/>
       <c r="Q101" s="40"/>
       <c r="R101" s="39"/>
       <c r="S101" s="47"/>
     </row>
     <row r="102" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="27">
         <v>96</v>
       </c>
       <c r="B102" s="28" t="s">
-        <v>2524</v>
+        <v>2552</v>
       </c>
       <c r="C102" s="29">
         <v>40203376027</v>
       </c>
       <c r="D102" s="28" t="s">
-        <v>2626</v>
+        <v>2657</v>
       </c>
       <c r="E102" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F102" s="29" t="s">
-        <v>1369</v>
+        <v>1359</v>
       </c>
       <c r="G102" s="32">
         <v>44643</v>
       </c>
       <c r="H102" s="37">
         <v>44645</v>
       </c>
       <c r="I102" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J102" s="29" t="s">
-        <v>2722</v>
+        <v>2759</v>
       </c>
       <c r="K102" s="37">
         <v>45877</v>
       </c>
       <c r="L102" s="37">
         <v>45881</v>
       </c>
       <c r="M102" s="38"/>
       <c r="N102" s="39"/>
       <c r="O102" s="40"/>
       <c r="P102" s="39"/>
       <c r="Q102" s="40"/>
       <c r="R102" s="39"/>
       <c r="S102" s="47"/>
     </row>
     <row r="103" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="27">
         <v>97</v>
       </c>
       <c r="B103" s="28" t="s">
-        <v>2525</v>
+        <v>2553</v>
       </c>
       <c r="C103" s="29">
         <v>40203502852</v>
       </c>
       <c r="D103" s="28" t="s">
-        <v>2627</v>
+        <v>2658</v>
       </c>
       <c r="E103" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F103" s="29" t="s">
-        <v>1384</v>
+        <v>1374</v>
       </c>
       <c r="G103" s="32">
         <v>45280</v>
       </c>
       <c r="H103" s="37">
         <v>45282</v>
       </c>
       <c r="I103" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J103" s="29" t="s">
-        <v>2723</v>
+        <v>2760</v>
       </c>
       <c r="K103" s="37">
         <v>45877</v>
       </c>
       <c r="L103" s="37">
         <v>45881</v>
       </c>
       <c r="M103" s="38"/>
       <c r="N103" s="39"/>
       <c r="O103" s="40"/>
       <c r="P103" s="39"/>
       <c r="Q103" s="40"/>
       <c r="R103" s="39"/>
       <c r="S103" s="47"/>
     </row>
     <row r="104" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="27">
         <v>98</v>
       </c>
       <c r="B104" s="28" t="s">
-        <v>2526</v>
+        <v>2554</v>
       </c>
       <c r="C104" s="29">
         <v>40203556164</v>
       </c>
       <c r="D104" s="28" t="s">
-        <v>2628</v>
+        <v>2659</v>
       </c>
       <c r="E104" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F104" s="29" t="s">
-        <v>2674</v>
+        <v>2709</v>
       </c>
       <c r="G104" s="32">
         <v>45460</v>
       </c>
       <c r="H104" s="37">
         <v>45462</v>
       </c>
       <c r="I104" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J104" s="29" t="s">
-        <v>2724</v>
+        <v>2761</v>
       </c>
       <c r="K104" s="37">
         <v>45938</v>
       </c>
       <c r="L104" s="37">
         <v>45940</v>
       </c>
       <c r="M104" s="38"/>
       <c r="N104" s="39"/>
       <c r="O104" s="40"/>
       <c r="P104" s="39"/>
       <c r="Q104" s="40"/>
       <c r="R104" s="39"/>
       <c r="S104" s="47"/>
     </row>
     <row r="105" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="27">
         <v>99</v>
       </c>
       <c r="B105" s="28" t="s">
-        <v>2527</v>
+        <v>2555</v>
       </c>
       <c r="C105" s="29">
         <v>40203310720</v>
       </c>
       <c r="D105" s="28" t="s">
-        <v>2629</v>
+        <v>2660</v>
       </c>
       <c r="E105" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F105" s="29" t="s">
-        <v>2675</v>
+        <v>2710</v>
       </c>
       <c r="G105" s="32">
         <v>44340</v>
       </c>
       <c r="H105" s="37">
         <v>44342</v>
       </c>
       <c r="I105" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J105" s="29" t="s">
-        <v>2725</v>
+        <v>2762</v>
       </c>
       <c r="K105" s="37">
         <v>45938</v>
       </c>
       <c r="L105" s="37">
         <v>45940</v>
       </c>
       <c r="M105" s="38"/>
       <c r="N105" s="39"/>
       <c r="O105" s="40"/>
       <c r="P105" s="39"/>
       <c r="Q105" s="40"/>
       <c r="R105" s="39"/>
       <c r="S105" s="47"/>
     </row>
     <row r="106" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="27">
         <v>100</v>
       </c>
       <c r="B106" s="28" t="s">
-        <v>2528</v>
+        <v>2556</v>
       </c>
       <c r="C106" s="29">
         <v>40203310881</v>
       </c>
       <c r="D106" s="28" t="s">
-        <v>2630</v>
+        <v>2661</v>
       </c>
       <c r="E106" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F106" s="29" t="s">
-        <v>2647</v>
+        <v>2681</v>
       </c>
       <c r="G106" s="32">
         <v>44718</v>
       </c>
       <c r="H106" s="37">
         <v>44720</v>
       </c>
       <c r="I106" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J106" s="29" t="s">
-        <v>1943</v>
+        <v>1929</v>
       </c>
       <c r="K106" s="37">
         <v>45957</v>
       </c>
       <c r="L106" s="37">
         <v>45959</v>
       </c>
       <c r="M106" s="38"/>
       <c r="N106" s="39"/>
       <c r="O106" s="40"/>
       <c r="P106" s="39"/>
       <c r="Q106" s="40"/>
       <c r="R106" s="39"/>
       <c r="S106" s="47"/>
     </row>
     <row r="107" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="27">
         <v>101</v>
       </c>
       <c r="B107" s="28" t="s">
-        <v>2529</v>
+        <v>2557</v>
       </c>
       <c r="C107" s="29">
         <v>42103095525</v>
       </c>
       <c r="D107" s="28" t="s">
-        <v>2631</v>
+        <v>2662</v>
       </c>
       <c r="E107" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F107" s="29" t="s">
-        <v>2136</v>
+        <v>2115</v>
       </c>
       <c r="G107" s="32">
         <v>45425</v>
       </c>
       <c r="H107" s="37">
         <v>45427</v>
       </c>
       <c r="I107" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J107" s="29" t="s">
-        <v>1439</v>
+        <v>2763</v>
       </c>
       <c r="K107" s="37">
         <v>45958</v>
       </c>
       <c r="L107" s="37">
         <v>45960</v>
       </c>
       <c r="M107" s="38"/>
       <c r="N107" s="39"/>
       <c r="O107" s="40"/>
       <c r="P107" s="39"/>
       <c r="Q107" s="40"/>
       <c r="R107" s="39"/>
       <c r="S107" s="47"/>
     </row>
     <row r="108" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="27">
         <v>102</v>
       </c>
       <c r="B108" s="28" t="s">
-        <v>2530</v>
+        <v>2558</v>
       </c>
       <c r="C108" s="29">
         <v>41503085330</v>
       </c>
       <c r="D108" s="28" t="s">
-        <v>2632</v>
+        <v>2663</v>
       </c>
       <c r="E108" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F108" s="29" t="s">
-        <v>2676</v>
+        <v>2711</v>
       </c>
       <c r="G108" s="32">
         <v>45545</v>
       </c>
       <c r="H108" s="37">
         <v>45547</v>
       </c>
       <c r="I108" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J108" s="29" t="s">
-        <v>1945</v>
+        <v>1931</v>
       </c>
       <c r="K108" s="37">
         <v>45957</v>
       </c>
       <c r="L108" s="37">
         <v>45959</v>
       </c>
       <c r="M108" s="38"/>
       <c r="N108" s="39"/>
       <c r="O108" s="40"/>
       <c r="P108" s="39"/>
       <c r="Q108" s="40"/>
       <c r="R108" s="39"/>
       <c r="S108" s="47"/>
     </row>
     <row r="109" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="27">
         <v>103</v>
       </c>
       <c r="B109" s="28" t="s">
-        <v>2452</v>
+        <v>2480</v>
       </c>
       <c r="C109" s="29">
         <v>40103937866</v>
       </c>
       <c r="D109" s="28" t="s">
-        <v>2633</v>
+        <v>2664</v>
       </c>
       <c r="E109" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F109" s="29" t="s">
-        <v>1367</v>
+        <v>1357</v>
       </c>
       <c r="G109" s="32">
         <v>44979</v>
       </c>
       <c r="H109" s="37">
         <v>44981</v>
       </c>
       <c r="I109" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J109" s="29" t="s">
-        <v>1480</v>
+        <v>1467</v>
       </c>
       <c r="K109" s="37">
         <v>45958</v>
       </c>
       <c r="L109" s="37">
         <v>45960</v>
       </c>
       <c r="M109" s="38"/>
       <c r="N109" s="39"/>
       <c r="O109" s="40"/>
       <c r="P109" s="39"/>
       <c r="Q109" s="40"/>
       <c r="R109" s="39"/>
       <c r="S109" s="47"/>
     </row>
     <row r="110" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="27">
         <v>104</v>
       </c>
       <c r="B110" s="28" t="s">
-        <v>2531</v>
+        <v>2559</v>
       </c>
       <c r="C110" s="29">
         <v>40203079251</v>
       </c>
       <c r="D110" s="28" t="s">
-        <v>2634</v>
+        <v>2665</v>
       </c>
       <c r="E110" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F110" s="29" t="s">
-        <v>1593</v>
+        <v>1581</v>
       </c>
       <c r="G110" s="32">
         <v>43669</v>
       </c>
       <c r="H110" s="37">
         <v>43671</v>
       </c>
       <c r="I110" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J110" s="29" t="s">
-        <v>2714</v>
+        <v>2751</v>
       </c>
       <c r="K110" s="37">
         <v>45968</v>
       </c>
       <c r="L110" s="37">
         <v>45972</v>
       </c>
       <c r="M110" s="38"/>
       <c r="N110" s="39"/>
       <c r="O110" s="40"/>
       <c r="P110" s="39"/>
       <c r="Q110" s="40"/>
       <c r="R110" s="39"/>
       <c r="S110" s="47"/>
     </row>
     <row r="111" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="27">
         <v>105</v>
       </c>
       <c r="B111" s="28" t="s">
-        <v>2532</v>
+        <v>2560</v>
       </c>
       <c r="C111" s="29">
         <v>40203169625</v>
       </c>
       <c r="D111" s="28" t="s">
-        <v>2635</v>
+        <v>2666</v>
       </c>
       <c r="E111" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F111" s="29" t="s">
-        <v>1463</v>
+        <v>1449</v>
       </c>
       <c r="G111" s="32">
         <v>43661</v>
       </c>
       <c r="H111" s="37">
         <v>43663</v>
       </c>
       <c r="I111" s="28" t="s">
-        <v>2677</v>
+        <v>2714</v>
       </c>
       <c r="J111" s="29" t="s">
-        <v>2726</v>
+        <v>2764</v>
       </c>
       <c r="K111" s="37">
         <v>45968</v>
       </c>
       <c r="L111" s="37">
         <v>45971</v>
       </c>
       <c r="M111" s="38"/>
       <c r="N111" s="39"/>
       <c r="O111" s="40"/>
       <c r="P111" s="39"/>
       <c r="Q111" s="40"/>
       <c r="R111" s="39"/>
       <c r="S111" s="47"/>
     </row>
     <row r="112" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="27">
         <v>106</v>
       </c>
       <c r="B112" s="28" t="s">
-        <v>2533</v>
+        <v>2561</v>
       </c>
       <c r="C112" s="29">
         <v>40203095932</v>
       </c>
       <c r="D112" s="28" t="s">
-        <v>2636</v>
+        <v>2667</v>
       </c>
       <c r="E112" s="28" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="F112" s="29" t="s">
-        <v>1405</v>
+        <v>1392</v>
       </c>
       <c r="G112" s="32">
         <v>43949</v>
       </c>
       <c r="H112" s="37">
         <v>43951</v>
       </c>
       <c r="I112" s="28" t="s">
-        <v>2679</v>
+        <v>2716</v>
       </c>
       <c r="J112" s="29" t="s">
-        <v>2727</v>
+        <v>2765</v>
       </c>
       <c r="K112" s="37">
         <v>45982</v>
       </c>
       <c r="L112" s="37">
         <v>45986</v>
       </c>
       <c r="M112" s="38"/>
       <c r="N112" s="39"/>
       <c r="O112" s="40"/>
       <c r="P112" s="39"/>
       <c r="Q112" s="40"/>
       <c r="R112" s="39"/>
       <c r="S112" s="47"/>
     </row>
-    <row r="113" x14ac:dyDescent="0.25"/>
-[...14 lines deleted...]
-    <row r="128" x14ac:dyDescent="0.25"/>
+    <row r="113" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="27">
+        <v>107</v>
+      </c>
+      <c r="B113" s="28" t="s">
+        <v>2562</v>
+      </c>
+      <c r="C113" s="29">
+        <v>40203468196</v>
+      </c>
+      <c r="D113" s="28" t="s">
+        <v>2668</v>
+      </c>
+      <c r="E113" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F113" s="29" t="s">
+        <v>2712</v>
+      </c>
+      <c r="G113" s="32">
+        <v>45320</v>
+      </c>
+      <c r="H113" s="37">
+        <v>45322</v>
+      </c>
+      <c r="I113" s="28" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J113" s="29" t="s">
+        <v>2766</v>
+      </c>
+      <c r="K113" s="37">
+        <v>46001</v>
+      </c>
+      <c r="L113" s="37" t="s">
+        <v>2767</v>
+      </c>
+      <c r="M113" s="38"/>
+      <c r="N113" s="39"/>
+      <c r="O113" s="40"/>
+      <c r="P113" s="39"/>
+      <c r="Q113" s="40"/>
+      <c r="R113" s="39"/>
+      <c r="S113" s="47"/>
+    </row>
+    <row r="114" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="27">
+        <v>108</v>
+      </c>
+      <c r="B114" s="28" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C114" s="29">
+        <v>40203195524</v>
+      </c>
+      <c r="D114" s="28" t="s">
+        <v>2669</v>
+      </c>
+      <c r="E114" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F114" s="29" t="s">
+        <v>2685</v>
+      </c>
+      <c r="G114" s="32">
+        <v>43585</v>
+      </c>
+      <c r="H114" s="37">
+        <v>43588</v>
+      </c>
+      <c r="I114" s="28" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J114" s="29" t="s">
+        <v>2768</v>
+      </c>
+      <c r="K114" s="37">
+        <v>46013</v>
+      </c>
+      <c r="L114" s="37">
+        <v>46020</v>
+      </c>
+      <c r="M114" s="38"/>
+      <c r="N114" s="39"/>
+      <c r="O114" s="40"/>
+      <c r="P114" s="39"/>
+      <c r="Q114" s="40"/>
+      <c r="R114" s="39"/>
+      <c r="S114" s="47"/>
+    </row>
+    <row r="115" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="27">
+        <v>109</v>
+      </c>
+      <c r="B115" s="28" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C115" s="29">
+        <v>40203619239</v>
+      </c>
+      <c r="D115" s="28" t="s">
+        <v>2670</v>
+      </c>
+      <c r="E115" s="28" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F115" s="29" t="s">
+        <v>2713</v>
+      </c>
+      <c r="G115" s="32">
+        <v>45777</v>
+      </c>
+      <c r="H115" s="37">
+        <v>45784</v>
+      </c>
+      <c r="I115" s="28" t="s">
+        <v>2714</v>
+      </c>
+      <c r="J115" s="29" t="s">
+        <v>2769</v>
+      </c>
+      <c r="K115" s="37">
+        <v>46020</v>
+      </c>
+      <c r="L115" s="37">
+        <v>46027</v>
+      </c>
+      <c r="M115" s="38"/>
+      <c r="N115" s="39"/>
+      <c r="O115" s="40"/>
+      <c r="P115" s="39"/>
+      <c r="Q115" s="40"/>
+      <c r="R115" s="39"/>
+      <c r="S115" s="47"/>
+    </row>
+    <row r="116" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="117" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="118" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="119" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="120" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="121" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="122" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="123" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="124" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="125" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="126" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="127" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="128" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="129" x14ac:dyDescent="0.25"/>
     <row r="130" x14ac:dyDescent="0.25"/>
     <row r="131" x14ac:dyDescent="0.25"/>
     <row r="132" x14ac:dyDescent="0.25"/>
     <row r="133" x14ac:dyDescent="0.25"/>
     <row r="134" x14ac:dyDescent="0.25"/>
     <row r="135" x14ac:dyDescent="0.25"/>
     <row r="136" x14ac:dyDescent="0.25"/>
     <row r="137" x14ac:dyDescent="0.25"/>
     <row r="138" x14ac:dyDescent="0.25"/>
     <row r="139" x14ac:dyDescent="0.25"/>
     <row r="140" x14ac:dyDescent="0.25"/>
     <row r="141" x14ac:dyDescent="0.25"/>
     <row r="142" x14ac:dyDescent="0.25"/>
     <row r="143" x14ac:dyDescent="0.25"/>
     <row r="144" x14ac:dyDescent="0.25"/>
     <row r="145" x14ac:dyDescent="0.25"/>
     <row r="146" x14ac:dyDescent="0.25"/>
     <row r="147" x14ac:dyDescent="0.25"/>
     <row r="148" x14ac:dyDescent="0.25"/>
     <row r="149" x14ac:dyDescent="0.25"/>
     <row r="150" x14ac:dyDescent="0.25"/>
     <row r="151" x14ac:dyDescent="0.25"/>
     <row r="152" x14ac:dyDescent="0.25"/>
     <row r="153" x14ac:dyDescent="0.25"/>
     <row r="154" x14ac:dyDescent="0.25"/>
     <row r="155" x14ac:dyDescent="0.25"/>
     <row r="156" x14ac:dyDescent="0.25"/>
     <row r="157" x14ac:dyDescent="0.25"/>
     <row r="158" x14ac:dyDescent="0.25"/>
     <row r="159" x14ac:dyDescent="0.25"/>
     <row r="160" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <autoFilter ref="A6:R112" xr:uid="{5EDB8159-9AE4-412E-BE50-A93776029CAD}"/>
+  <autoFilter ref="A6:R115" xr:uid="{5EDB8159-9AE4-412E-BE50-A93776029CAD}"/>
   <mergeCells count="8">
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="E4:H4"/>
     <mergeCell ref="I4:L4"/>
   </mergeCells>
   <pageMargins left="0.31" right="0.2" top="0.6692913385826772" bottom="0.6692913385826772" header="0.27559055118110237" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="70" fitToWidth="2" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Regular"&amp;14Sociālo uzņēmumu reģistrs&amp;C&amp;"Arial,Regular"&amp;12&amp;P.lapa no &amp;N&amp;R&amp;"Arial,Regular"&amp;14&amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">