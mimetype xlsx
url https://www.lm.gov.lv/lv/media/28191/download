--- v3 (2026-01-08)
+++ v4 (2026-02-05)
@@ -9,99 +9,99 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/persons/person0.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://lmgovlv-my.sharepoint.com/personal/sandra_kuharenoka_lm_gov_lv/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="13" documentId="13_ncr:1_{4BBD524D-7184-4BBC-8B6D-880F22AA3C81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BEF3722A-1B98-491B-9267-02656D01F7F8}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="13_ncr:1_{4BBD524D-7184-4BBC-8B6D-880F22AA3C81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{CF5DBCD8-5267-4F72-9515-B234047E11EE}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{1522F7D3-9611-4C5B-B854-6912CC9E28B8}"/>
   </bookViews>
   <sheets>
     <sheet name="Sociālie uzņēmumi" sheetId="1" r:id="rId1"/>
     <sheet name="Sociālie uzņēmumi (neaktīvie)" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sociālie uzņēmumi'!$A$6:$AJ$287</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Sociālie uzņēmumi'!$A$1:$AJ$287</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sociālie uzņēmumi'!$A$6:$AJ$290</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Sociālie uzņēmumi (neaktīvie)'!$A$6:$R$116</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Sociālie uzņēmumi'!$A$1:$AJ$290</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Sociālie uzņēmumi (neaktīvie)'!$A$1:$S$67</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Sociālie uzņēmumi'!$A:$B,'Sociālie uzņēmumi'!$4:$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Sociālie uzņēmumi (neaktīvie)'!$A:$B,'Sociālie uzņēmumi (neaktīvie)'!$4:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B1" i="1" l="1"/>
   <c r="B2" i="2"/>
   <c r="B1" i="2"/>
   <c r="S2" i="1" l="1"/>
   <c r="S1" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6388" uniqueCount="2770">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6172" uniqueCount="2521">
   <si>
     <t>Kopā</t>
   </si>
   <si>
     <t>SOCIĀLO UZŅĒMUMU REĢISTRS</t>
   </si>
   <si>
     <t>Nr.</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t>Komersanta reģistrācijas numurs</t>
   </si>
   <si>
     <t>Juridiskā adrese</t>
   </si>
   <si>
     <t>Kontaktinformācija</t>
   </si>
   <si>
     <t>Tīmekļvietne</t>
   </si>
   <si>
@@ -260,53 +260,50 @@
   <si>
     <t>SIA "Sociālo inovāciju parks"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Barboleta"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "RB Cafe"</t>
   </si>
   <si>
     <t>SIA "DOMDARIS"</t>
   </si>
   <si>
     <t>SIA "Sociālā sporta aģentūra"</t>
   </si>
   <si>
     <t>SIA "Eņģeļa pasts"</t>
   </si>
   <si>
     <t>SIA "Laima LV"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Visi Var"</t>
   </si>
   <si>
-    <t>Sabiedrība ar ierobežotu atbildību "Mero Jure"</t>
-[...1 lines deleted...]
-  <si>
     <t>Sabiedrība ar ierobežotu atbildību "Viktorija TR"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Sonido"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Life Skills Education"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Dance"</t>
   </si>
   <si>
     <t>SIA "Cēsu Jaunā pamatskola"</t>
   </si>
   <si>
     <t>SIA "Hopeart"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Privātsākumskola"</t>
   </si>
   <si>
     <t>SIA "MANS PELDKOSTĪMS"</t>
   </si>
   <si>
     <t>SIA "Elodeja"</t>
@@ -752,1996 +749,1471 @@
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Pētnieku darbnīca"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "IDĀRTO"</t>
   </si>
   <si>
     <t>SIA "Piedzīvo"</t>
   </si>
   <si>
     <t>SIA Gardegunis Stella</t>
   </si>
   <si>
     <t>SIA "Fonds Otrā elpa"</t>
   </si>
   <si>
     <t>SIA "EMU Skola"</t>
   </si>
   <si>
     <t>SIA Attīstības centrs "Pakāpieni"</t>
   </si>
   <si>
     <t>Zolitūdes iela 22a, Rīga, LV-1029</t>
   </si>
   <si>
-    <t>27771848</t>
-[...1 lines deleted...]
-  <si>
     <t>smaids.s.u@inbox.lv</t>
   </si>
   <si>
     <t>www.smaidsizglitiba.lv</t>
   </si>
   <si>
     <t>Bebru iela 2-7, Jēkabpils, LV-5201</t>
   </si>
   <si>
-    <t>24775788</t>
-[...1 lines deleted...]
-  <si>
     <t>domusatbalsts@gmail.com</t>
   </si>
   <si>
     <t>_</t>
   </si>
   <si>
     <t>Lidlauka iela 37, Rīga, LV-1063</t>
   </si>
   <si>
-    <t>29240490</t>
-[...1 lines deleted...]
-  <si>
     <t>valdis.muiznieks@kurbads.lv</t>
   </si>
   <si>
     <t>www.kurbadshalle.lv</t>
   </si>
   <si>
     <t>"Rudzu Šukas", Peltes, Siguldas pagasts, Siguldas novads, LV-2150</t>
   </si>
   <si>
-    <t>29463326</t>
-[...1 lines deleted...]
-  <si>
     <t>info@sirdsapzinasskola.lv</t>
   </si>
   <si>
     <t>www.sirdsapzinasskola.lv</t>
   </si>
   <si>
     <t>Lielvārdes iela 107-59, Rīga, LV-1084</t>
   </si>
   <si>
-    <t>29240963</t>
-[...1 lines deleted...]
-  <si>
     <t>ac.agate@inbox.lv</t>
   </si>
   <si>
     <t>www.dacagate.lv</t>
   </si>
   <si>
     <t>Dāliju iela 2/4, Baloži, Ķekavas novads, LV-2112</t>
   </si>
   <si>
-    <t>26668118</t>
-[...1 lines deleted...]
-  <si>
     <t>dzivibaspoga@gmail.com</t>
   </si>
   <si>
     <t>www.dzivibaspoga.lv</t>
   </si>
   <si>
     <t>Lībekas iela 16-2, Rīga, LV-1014</t>
   </si>
   <si>
-    <t>29602720</t>
-[...1 lines deleted...]
-  <si>
     <t>rabarbersmed@gmail.com</t>
   </si>
   <si>
     <t>Sniķeres iela 4-1, Bēne, Bēnes pagasts, Auces novads, LV-3711</t>
   </si>
   <si>
-    <t>29486758</t>
-[...1 lines deleted...]
-  <si>
     <t>sinoparks@sinoparks.lv</t>
   </si>
   <si>
     <t>www.sinoparks.lv</t>
   </si>
   <si>
     <t>Kooperatīva iela 2-9, Jelgava, LV-3003</t>
   </si>
   <si>
-    <t>29368746</t>
-[...1 lines deleted...]
-  <si>
     <t>info@barboleta.lv</t>
   </si>
   <si>
     <t>www.barbo.lv</t>
   </si>
   <si>
     <t>Pīlādžu iela 12,  Dzidriņas, Stopiņu novads, LV-2130</t>
   </si>
   <si>
-    <t>29526888</t>
-[...1 lines deleted...]
-  <si>
     <t>rbcafe@rupjuberns.lv</t>
   </si>
   <si>
     <t>Tapešu iela 19-19, Rīga, LV-1083</t>
   </si>
   <si>
-    <t>26545141</t>
-[...1 lines deleted...]
-  <si>
     <t>info@domdaris.lv</t>
   </si>
   <si>
     <t>www.domdaris.lv</t>
   </si>
   <si>
     <t>Dumbrāja iela 14A, Rīga, LV-1067</t>
   </si>
   <si>
-    <t>29114113</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">vsevolods.zelonijs@gmail.com </t>
   </si>
   <si>
     <t>Gaismas iela 19 k-10-38, Ķekava, Ķekavas pag., Ķekavas nov., LV-2123</t>
   </si>
   <si>
-    <t>26667444</t>
-[...1 lines deleted...]
-  <si>
     <t>info@engelapasts.lv</t>
   </si>
   <si>
     <t>www.engelapasts.lv</t>
   </si>
   <si>
     <t>Pēkšēna iela 11-8, Rīga, LV-1006</t>
   </si>
   <si>
-    <t>29438344</t>
-[...1 lines deleted...]
-  <si>
     <t>grintaleilze@gmail.com</t>
   </si>
   <si>
     <t>www.latvijaradits.lv</t>
   </si>
   <si>
     <t>Čiatūras iela 13, Sigulda, Siguldas novads, LV-2150</t>
   </si>
   <si>
-    <t>26371923</t>
-[...1 lines deleted...]
-  <si>
     <t>visivar@visivar.lv</t>
   </si>
   <si>
-    <t>Slokas iela 33-14, Rīga, LV-1048</t>
-[...10 lines deleted...]
-  <si>
     <t>Stadiona iela 8-49, Daugavpils, LV-5401</t>
   </si>
   <si>
     <t>29555408; 28670009</t>
   </si>
   <si>
     <t>viktorijatravel@inbox.lv</t>
   </si>
   <si>
     <t>www.viktorijatravel.lv</t>
   </si>
   <si>
     <t>Silmaču iela 24A, Baldone, Ķekavas novads, LV 2125</t>
   </si>
   <si>
-    <t>27171061</t>
-[...1 lines deleted...]
-  <si>
     <t>inga@sonido.lv</t>
   </si>
   <si>
     <t>www.sonido.lv</t>
   </si>
   <si>
     <t>Olgas iela 17, Jūrmala, LV-2008</t>
   </si>
   <si>
-    <t>29180005</t>
-[...1 lines deleted...]
-  <si>
     <t>info@cilvekam.lv</t>
   </si>
   <si>
     <t>www.cilvekam.lv</t>
   </si>
   <si>
     <t>Stabu iela 47-28, Rīga, LV-1011</t>
   </si>
   <si>
-    <t>29410450</t>
-[...1 lines deleted...]
-  <si>
     <t>info@dzirnas.lv</t>
   </si>
   <si>
     <t>www.dzirnas.lv</t>
   </si>
   <si>
     <t>Ziemeļu iela 16, Cēsis, Cēsu novads, LV-4101</t>
   </si>
   <si>
-    <t>26116638</t>
-[...1 lines deleted...]
-  <si>
     <t>cesis@jaunaskola.lv</t>
   </si>
   <si>
     <t>www.jaunaskola.lv</t>
   </si>
   <si>
     <t>Tirgoņu iela 22-3N, Liepāja, LV-3401</t>
   </si>
   <si>
-    <t>29897601</t>
-[...1 lines deleted...]
-  <si>
     <t>tanita.lv@gmail.com</t>
   </si>
   <si>
     <t>Republikas iela 23, Liepāja, LV-3401</t>
   </si>
   <si>
-    <t>29173319</t>
-[...1 lines deleted...]
-  <si>
     <t>privatsakumskola@apollo.lv</t>
   </si>
   <si>
     <t>www.varaviksne.info</t>
   </si>
   <si>
     <t>Stacijas iela 12-23, Valmiera, LV-4201</t>
   </si>
   <si>
-    <t>27073140</t>
-[...1 lines deleted...]
-  <si>
     <t>info@swimbe.lv</t>
   </si>
   <si>
     <t>www.swimbe.lv</t>
   </si>
   <si>
     <t>Upes iela 10A-4, Ikšķile, Ikšķiles novads, LV-5052</t>
   </si>
   <si>
-    <t>26311011</t>
-[...1 lines deleted...]
-  <si>
     <t>kiparunams@inbox.lv</t>
   </si>
   <si>
     <t>www.kiparunams.lv</t>
   </si>
   <si>
     <t>Bebru iela 5, Garupe, Carnikavas novads, LV-2163</t>
   </si>
   <si>
-    <t>29144477</t>
-[...1 lines deleted...]
-  <si>
     <t>dzintarsbb@gmail.com</t>
   </si>
   <si>
     <t>www.kultfilma.lv/portfolio-lv</t>
   </si>
   <si>
     <t>Margrietas iela 7, Rīga, LV-1046</t>
   </si>
   <si>
-    <t>26421960</t>
-[...1 lines deleted...]
-  <si>
     <t>elina@svaigi.lv</t>
   </si>
   <si>
     <t>www.svaigi.lv</t>
   </si>
   <si>
     <t>Ieriķu iela 5B, Rīga, LV-1084</t>
   </si>
   <si>
-    <t>26367748</t>
-[...1 lines deleted...]
-  <si>
     <t>edmunds@dejuskola.lv</t>
   </si>
   <si>
     <t>www.dejuskola.lv</t>
   </si>
   <si>
     <t>Brīvības iela 51, Stende, Talsu novads, LV-3257</t>
   </si>
   <si>
-    <t>22084636</t>
-[...1 lines deleted...]
-  <si>
     <t>renars.boitmanis@redcross.lv</t>
   </si>
   <si>
     <t>Stacijas iela 28, Ape, Apes novads, LV-4337</t>
   </si>
   <si>
-    <t>29206995</t>
-[...1 lines deleted...]
-  <si>
     <t>zile@zile-zile.com</t>
   </si>
   <si>
     <t>www.zile-zile.com</t>
   </si>
   <si>
     <t>Turgeņeva iela 17-4, Rīga, LV-1050</t>
   </si>
   <si>
-    <t>26012582</t>
-[...1 lines deleted...]
-  <si>
     <t>info@freeriga.lv</t>
   </si>
   <si>
     <t>www.freeriga.lv</t>
   </si>
   <si>
     <t>Rīga, Aizvaru iela 12, LV-1035</t>
   </si>
   <si>
-    <t>29401581</t>
-[...1 lines deleted...]
-  <si>
     <t>skola@montesoripardaugava.lv</t>
   </si>
   <si>
     <t>Čiekurkalna 1. līnija 84, Rīga, LV-1026</t>
   </si>
   <si>
-    <t>29422672</t>
-[...1 lines deleted...]
-  <si>
     <t>agija@operetesteatris.lv</t>
   </si>
   <si>
     <t>www.operetesteatris.lv</t>
   </si>
   <si>
     <t>Andreja iela 7/9, Ventspils, LV-3601</t>
   </si>
   <si>
-    <t>29557410</t>
-[...1 lines deleted...]
-  <si>
     <t>marinadimitrova@inbox.lv</t>
   </si>
   <si>
     <t>iincubator.weebly.com</t>
   </si>
   <si>
     <t>Grēcinieku iela 26 - 22, Rīga, LV-1050</t>
   </si>
   <si>
-    <t>29327853</t>
-[...1 lines deleted...]
-  <si>
     <t>egijasilare@inbox.lv</t>
   </si>
   <si>
     <t>www.3masas.lv</t>
   </si>
   <si>
     <t>Malienas iela 72-10, Rīga, LV-1064</t>
   </si>
   <si>
-    <t>20286296</t>
-[...1 lines deleted...]
-  <si>
     <t>info@glass-point.eu</t>
   </si>
   <si>
     <t>www.glass-point.eu</t>
   </si>
   <si>
-    <t>Brīvības iela 40-16, Rīga, LV-1050</t>
-[...2 lines deleted...]
-    <t>26466250</t>
+    <t>Brīvības iela 78-11, Rīga, LV-1001</t>
   </si>
   <si>
     <t>redakcija@mammam.lv</t>
   </si>
   <si>
     <t>www.mammamuntetiem.lv</t>
   </si>
   <si>
     <t>Robežu iela 40-2, Rīga, LV-1004</t>
   </si>
   <si>
-    <t>29605504</t>
-[...1 lines deleted...]
-  <si>
     <t>info@tpv.lv</t>
   </si>
   <si>
     <t>www.elizabetesskola.lv</t>
   </si>
   <si>
     <t>Kronvalda bulvāris 4, Rīga, LV- 1010</t>
   </si>
   <si>
-    <t>25765595</t>
-[...1 lines deleted...]
-  <si>
     <t>sveiki@vigo.health; kristaps@vigo.health</t>
   </si>
   <si>
     <t>www.vigo.health</t>
   </si>
   <si>
     <t>Mārupes nov., Mārupes pag., "Ezīši"</t>
   </si>
   <si>
-    <t>23375808</t>
-[...1 lines deleted...]
-  <si>
     <t>mobilizing@inbox.lv</t>
   </si>
   <si>
     <t>www.mobilizing.eu</t>
   </si>
   <si>
     <t>Visbijas prospekts 33, Rīga</t>
   </si>
   <si>
-    <t>26489329</t>
-[...1 lines deleted...]
-  <si>
     <t>evija823@inbox.lv</t>
   </si>
   <si>
     <t>Pirmā iela 35-20, Ādaži, Ādažu novads, LV-2164</t>
   </si>
   <si>
-    <t>22077684</t>
-[...1 lines deleted...]
-  <si>
     <t>birojs@manabalss.lv</t>
   </si>
   <si>
     <t>open2vote.eu</t>
   </si>
   <si>
     <t>Marijas iela 14, Valmiera, LV-4201</t>
   </si>
   <si>
-    <t>28380104</t>
-[...1 lines deleted...]
-  <si>
     <t>info@universum.lv</t>
   </si>
   <si>
     <t>www.universum.lv</t>
   </si>
   <si>
     <t>Torņakalna iela 5, Rīga, LV-1004</t>
   </si>
   <si>
-    <t>25636303</t>
-[...1 lines deleted...]
-  <si>
     <t>info@izaugt.lv</t>
   </si>
   <si>
     <t>www.izaugt.lv</t>
   </si>
   <si>
     <t>Biešu iela 6 - 49, Rīga, LV - 1004</t>
   </si>
   <si>
-    <t>27788150</t>
-[...1 lines deleted...]
-  <si>
     <t>info@dzivesoaze.lv</t>
   </si>
   <si>
     <t>www.bernuoaze.lv</t>
   </si>
   <si>
     <t>Vecā Jūrmalas gatve 7 - 43, Rīga, LV-1083</t>
   </si>
   <si>
-    <t>26678662</t>
-[...1 lines deleted...]
-  <si>
     <t>mmihejev@gmail.com</t>
   </si>
   <si>
     <t>www.sensorium.lv</t>
   </si>
   <si>
     <t>Ausekļa prospekts 17, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
-    <t>28663646</t>
-[...1 lines deleted...]
-  <si>
     <t>info@visasiespejas.lv</t>
   </si>
   <si>
     <t>www.visasiespejas.lv</t>
   </si>
   <si>
     <t>"Ziedlapas", Daugmales pagasts, Ķekavas novads, LV-2124</t>
   </si>
   <si>
-    <t>20010800</t>
-[...1 lines deleted...]
-  <si>
     <t>pasutit@memorywater.com</t>
   </si>
   <si>
     <t>www.memorywater.com, www.vegset.com, festivals.memorywater.lv</t>
   </si>
   <si>
     <t>Rīgas iela 175, Ikšķile, Ikšķiles novads, LV- 5052</t>
   </si>
   <si>
-    <t>29407780</t>
-[...1 lines deleted...]
-  <si>
     <t>info@brivaskola.lv</t>
   </si>
   <si>
     <t>www.brivaskola.lv</t>
   </si>
   <si>
     <t>vegset.com</t>
   </si>
   <si>
     <t>"Līgotnes", Ķevele, Vītiņu pagasts, Auces novads, LV-3721</t>
   </si>
   <si>
-    <t>22422602</t>
-[...1 lines deleted...]
-  <si>
     <t>sialigotnes@gmail.com</t>
   </si>
   <si>
     <t>"Bērzumājas", Steķintava, Kubulu pagasts, Balvu novads, LV-4501</t>
   </si>
   <si>
-    <t>29400079</t>
-[...1 lines deleted...]
-  <si>
     <t>paulailukstei@gmail.com</t>
   </si>
   <si>
     <t>www.kidsclubbalvi.lv</t>
   </si>
   <si>
     <t>"Upeslīči", Līvbērzes pagasts, Jelgavas novads, LV-3003</t>
   </si>
   <si>
-    <t>29422990</t>
-[...1 lines deleted...]
-  <si>
     <t>info@upesliciatputai.lv</t>
   </si>
   <si>
     <t>www.upesliciatputai.lv</t>
   </si>
   <si>
     <t>Graudu iela 31 - 3N, Liepāja, LV-3401</t>
   </si>
   <si>
-    <t>26199056</t>
-[...1 lines deleted...]
-  <si>
     <t>info@goldingendental.lv</t>
   </si>
   <si>
     <t>www.goldingendental.lv</t>
   </si>
   <si>
     <t>Katoļu iela 14, Rīga, LV-1003</t>
   </si>
   <si>
-    <t>29804336</t>
-[...1 lines deleted...]
-  <si>
     <t>jazepamedus@gmail.com</t>
   </si>
   <si>
     <t>Mālkalnes prospekts 11-3, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
-    <t>29149533</t>
-[...1 lines deleted...]
-  <si>
     <t>pieturagimenei@gmail.com</t>
   </si>
   <si>
     <t>baltaskola.lv</t>
   </si>
   <si>
     <t>Lāču iela 9-14, Rīga, LV-1013</t>
   </si>
   <si>
-    <t>29347954</t>
-[...1 lines deleted...]
-  <si>
     <t>info@nextbike.lv</t>
   </si>
   <si>
     <t>www.nextbike.lv</t>
   </si>
   <si>
     <t>"Eglaines", Drabešu pagasts,Cēsu novads, LV-4139</t>
   </si>
   <si>
-    <t>29610186</t>
-[...1 lines deleted...]
-  <si>
     <t>gramsnakotnes@gmail.com</t>
   </si>
   <si>
     <t>gramsnakotnes.lv</t>
   </si>
   <si>
     <t>Uliha iela 15/17-1, Liepāja, LV-3401</t>
   </si>
   <si>
-    <t>27071333</t>
-[...1 lines deleted...]
-  <si>
     <t>hrgrouplatvia@gmail.com</t>
   </si>
   <si>
     <t>Tālavijas iela 27A, Ludza, Ludzas novads, LV-5701</t>
   </si>
   <si>
-    <t>29123749</t>
-[...1 lines deleted...]
-  <si>
     <t>vierni@inbox.lv</t>
   </si>
   <si>
     <t>Justīna Grota iela 1, Talsi, Talsu novads, LV-3201</t>
   </si>
   <si>
-    <t>29412565</t>
-[...1 lines deleted...]
-  <si>
     <t>ingunatks@gmail.com</t>
   </si>
   <si>
     <t>http://tks.lv/</t>
   </si>
   <si>
     <t>"Ozolaine", Līči, Stopiņu novads, LV-2118</t>
   </si>
   <si>
-    <t>20203333</t>
-[...1 lines deleted...]
-  <si>
     <t>ulubele@ulubele.org</t>
   </si>
   <si>
     <t>www.ulubele.org</t>
   </si>
   <si>
     <t>Grostonas iela 12-1, Rīga, LV-1013</t>
   </si>
   <si>
-    <t>26181182</t>
-[...1 lines deleted...]
-  <si>
     <t>sveika@ekomammas.lv</t>
   </si>
   <si>
     <t>www.ekomammas.lv</t>
   </si>
   <si>
     <t>Krasta iela 2, Lielvārde, Lielv'ārdes novads, LV-5070</t>
   </si>
   <si>
-    <t>26324864</t>
-[...1 lines deleted...]
-  <si>
     <t>patnis@patnis.lv</t>
   </si>
   <si>
     <t>braliunmasas.lv</t>
   </si>
   <si>
     <t>"Iģenes muiža", Vandzenes pagasts, Talsu novads, LV-3281</t>
   </si>
   <si>
-    <t>26440279</t>
-[...1 lines deleted...]
-  <si>
     <t>iggen.manor@gmail.com</t>
   </si>
   <si>
     <t>Dīķu iela 56, Ventspils, LV-3601</t>
   </si>
   <si>
-    <t>26480162</t>
-[...1 lines deleted...]
-  <si>
     <t>ramala.ventspils@gmail.com</t>
   </si>
   <si>
     <t>"Mežauļi", Ķekavas pagasts, Ķekavas novads, LV-2113</t>
   </si>
   <si>
-    <t>29330370</t>
-[...1 lines deleted...]
-  <si>
     <t>info@dabaszirgi.lv</t>
   </si>
   <si>
     <t>www.dabaszirgi.lv</t>
   </si>
   <si>
     <t>Alauksta iela 21-26, Rīga, LV-1009</t>
   </si>
   <si>
-    <t>29438866</t>
-[...1 lines deleted...]
-  <si>
     <t>tatjana@onplate.lv</t>
   </si>
   <si>
     <t>www.onplate.eu</t>
   </si>
   <si>
     <t>"Lapiņu dambis 19", Tīraine, Mārupes pagasts , Mārupes novads,  LV-2167</t>
   </si>
   <si>
-    <t>29215518</t>
-[...1 lines deleted...]
-  <si>
     <t>info@bmxmarupe.lv</t>
   </si>
   <si>
     <t>www.bmxmarupe.lv</t>
   </si>
   <si>
     <t>Meteora iela 3-16, Rīga, LV- 1002</t>
   </si>
   <si>
-    <t>29477372</t>
-[...1 lines deleted...]
-  <si>
     <t>diringae@gmail.com</t>
   </si>
   <si>
     <t>Ausekļa iela 11-112, Rīga, LV-1010</t>
   </si>
   <si>
-    <t>20001942</t>
-[...1 lines deleted...]
-  <si>
     <t>laurakalnina@icloud.com</t>
   </si>
   <si>
     <t>Jasmuižas iela 18 k-1 - 75, Rīga, LV-1021</t>
   </si>
   <si>
-    <t>27004299</t>
-[...1 lines deleted...]
-  <si>
     <t>info@bukrey.fit</t>
   </si>
   <si>
     <t>www.bukrey.fit</t>
   </si>
   <si>
     <t>Kalnciema iela 27-1, Rīga, LV-1046</t>
   </si>
   <si>
-    <t>28010404</t>
-[...1 lines deleted...]
-  <si>
     <t>me4u20@gmail.com</t>
   </si>
   <si>
     <t>www.med4u.lv</t>
   </si>
   <si>
     <t>Rīga, Aleksandra Čaka iela 70 - 3, LV-1011</t>
   </si>
   <si>
-    <t>67315000</t>
-[...1 lines deleted...]
-  <si>
     <t>adoria@adoria.lv</t>
   </si>
   <si>
     <t>www.adoria.lv</t>
   </si>
   <si>
     <t>Mālu iela 15, Odukalns, Ķekavas pagasts, Ķekavas novads, LV-2123</t>
   </si>
   <si>
-    <t>28374952</t>
-[...1 lines deleted...]
-  <si>
     <t>inese.grinvalde@gmail.com</t>
   </si>
   <si>
     <t>https://linktr.ee/laimesbloda</t>
   </si>
   <si>
     <t>Vīlandes iela 4-1, Rīga, LV-1010</t>
   </si>
   <si>
-    <t>20273147</t>
-[...1 lines deleted...]
-  <si>
     <t>medicastrenge@gmail.com</t>
   </si>
   <si>
     <t>N.Rancāna iela 23A,Rēzekne, LV-4601</t>
   </si>
   <si>
-    <t>26430483</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">macibu.austrumi@inbox.lv </t>
   </si>
   <si>
     <t>Bērzu iela 36, Saldus, Saldus novads, LV-3801</t>
   </si>
   <si>
-    <t>29498857</t>
-[...1 lines deleted...]
-  <si>
     <t>dadainis@gmail.com</t>
   </si>
   <si>
     <t>Kalnciema iela 35, Rīga, LV-1046</t>
   </si>
   <si>
-    <t>67614322</t>
-[...1 lines deleted...]
-  <si>
     <t>info@agenskalnatirgus.lv</t>
   </si>
   <si>
     <t>www.agenskalnatirgus.lv</t>
   </si>
   <si>
     <t>Klaipēdas iela 77, Liepāja, LV-3416</t>
   </si>
   <si>
-    <t>29661205</t>
-[...1 lines deleted...]
-  <si>
     <t>sia.mematm@gmail.com</t>
   </si>
   <si>
     <t>Skudru iela 4, Dreiliņi, Stopiņu novads, LV-2130</t>
   </si>
   <si>
-    <t>22084084</t>
-[...1 lines deleted...]
-  <si>
     <t>sos@bezvests.lv</t>
   </si>
   <si>
     <t>www.bezvests.lv</t>
   </si>
   <si>
     <t>info@dveselesmiers.lv</t>
   </si>
   <si>
     <t xml:space="preserve">Daugavgrīvas iela 49,K-1, Rīga </t>
   </si>
   <si>
-    <t>29446098</t>
-[...1 lines deleted...]
-  <si>
     <t>info@skabeklaterapija.lv</t>
   </si>
   <si>
     <t>Aleksandra Čaka iela 83/85 - 31/32, Rīga, LV-1011</t>
   </si>
   <si>
-    <t>29158059</t>
-[...1 lines deleted...]
-  <si>
     <t>info@pusaudzucentrs.lv</t>
   </si>
   <si>
     <t>www.pusaudzim.lv</t>
   </si>
   <si>
     <t>Vidus iela 6-14, Rīga, LV-1010</t>
   </si>
   <si>
-    <t>26820905</t>
-[...1 lines deleted...]
-  <si>
     <t>edart.tv@gmail.com</t>
   </si>
   <si>
     <t>https://www.youtube.com/user/edarttv</t>
   </si>
   <si>
     <t>Lidoņu iela 5-43, Rīga, LV- 1055</t>
   </si>
   <si>
-    <t>67456612</t>
-[...1 lines deleted...]
-  <si>
     <t>info@majasaprupe.lv</t>
   </si>
   <si>
     <t>www.majasaprupe.lv</t>
   </si>
   <si>
     <t>Skolas iela 10-49, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
-    <t>29515672</t>
-[...1 lines deleted...]
-  <si>
     <t>mikausis.ogre@gmail.com</t>
   </si>
   <si>
     <t>https://www.facebook.com/Mikausis</t>
   </si>
   <si>
     <t>Baltā iela 6-1, Valmiera, LV- 4201</t>
   </si>
   <si>
-    <t>22020071</t>
-[...1 lines deleted...]
-  <si>
     <t>info@naudins.lv</t>
   </si>
   <si>
     <t xml:space="preserve">Teātra iela 59, Jūrmala, LV-2015 </t>
   </si>
   <si>
-    <t>22124560</t>
-[...1 lines deleted...]
-  <si>
     <t>liene.logina@carelat.lv</t>
   </si>
   <si>
     <t>https://carelat.lv/</t>
   </si>
   <si>
     <t>"Līgotnes - 1" - 7, Glūdas pagasts, Jelgavas novads, LV-3040</t>
   </si>
   <si>
-    <t>26600439</t>
-[...1 lines deleted...]
-  <si>
     <t>veronikadebese@inbox.lv</t>
   </si>
   <si>
     <t>Augusta Deglava iela 55-3, Rīga, LV-1035</t>
   </si>
   <si>
-    <t>29953030</t>
-[...1 lines deleted...]
-  <si>
     <t>skola@laboratorium.lv</t>
   </si>
   <si>
     <t>www.zinatnesskola.lv</t>
   </si>
   <si>
     <t>Indrānu iela 18, Ikšķile, Ikšķiles novads, LV-5052</t>
   </si>
   <si>
-    <t>20259623</t>
-[...1 lines deleted...]
-  <si>
     <t>maris.jakobsons1@gmail.com</t>
   </si>
   <si>
     <t>"Brīvupes", Kubulu pagasts, Balvu novads, LV-4501</t>
   </si>
   <si>
-    <t>28330904</t>
-[...1 lines deleted...]
-  <si>
     <t>ingriidasupe@inbox.lv</t>
   </si>
   <si>
     <t>Kooperatīva iela 6-7, Jelgava, LV-3003</t>
   </si>
   <si>
-    <t>28382308</t>
-[...1 lines deleted...]
-  <si>
     <t>ega.matulena@gmail.com</t>
   </si>
   <si>
     <t>Spartaka iela 28, Ozolnieki, Ozolnieku pagasts, Ozolnieku novads, LV-3018</t>
   </si>
   <si>
-    <t>29107665</t>
-[...1 lines deleted...]
-  <si>
     <t>trenini@intelektacentrs.lv</t>
   </si>
   <si>
     <t>www.intelektacentrs.lv</t>
   </si>
   <si>
     <t>Upeņu iela 15-31C, Rīga, LV-1084</t>
   </si>
   <si>
-    <t>29197141</t>
-[...1 lines deleted...]
-  <si>
     <t>ilze.reinfelde@gmail.com</t>
   </si>
   <si>
     <t>Krišjāņa Barona iela 3, Dobele, Dobeles novads, LV-3701</t>
   </si>
   <si>
-    <t>29465545</t>
-[...1 lines deleted...]
-  <si>
     <t>dare_audeamus@inbox.lv</t>
   </si>
   <si>
     <t>Dikļu iela 30, Rīga, LV-1002</t>
   </si>
   <si>
-    <t>29221006</t>
-[...1 lines deleted...]
-  <si>
     <t>georgs@centrszin.lv</t>
   </si>
   <si>
     <t>centrszin.lv</t>
   </si>
   <si>
     <t>Dārza iela 2, Langstiņi, Garkalnes novads, LV-2137</t>
   </si>
   <si>
-    <t>26683189</t>
-[...1 lines deleted...]
-  <si>
     <t>avc.klinika@gmail.com</t>
   </si>
   <si>
     <t>https://www.acuarsts.lv</t>
   </si>
   <si>
     <t>Garkalnes iela 1, Jūrmala, LV- 2011</t>
   </si>
   <si>
-    <t>67732317</t>
-[...1 lines deleted...]
-  <si>
     <t>martins.cuda@jmp.lv</t>
   </si>
   <si>
     <t>Mazā Nometņu iela 10-1, Rīga, LV- 1002</t>
   </si>
   <si>
-    <t>28652969</t>
-[...1 lines deleted...]
-  <si>
     <t>rudolfs.saulite@gmail.com</t>
   </si>
   <si>
     <t>www.extrapeople.lv</t>
   </si>
   <si>
     <t>"Ieviņas", Jaunlutriņi,  Jaunlutriņu pagasts, Saldus novads, LV- 3876</t>
   </si>
   <si>
-    <t>29904637</t>
-[...1 lines deleted...]
-  <si>
     <t>elzaelina.klava@inbox.lv</t>
   </si>
   <si>
     <t>Arāju iela 11A, Rīga, LV-1023</t>
   </si>
   <si>
-    <t>26441261</t>
-[...1 lines deleted...]
-  <si>
     <t>alise@alterlabs.org</t>
   </si>
   <si>
     <t>www.alterlabs.org</t>
   </si>
   <si>
     <t>Avotu iela 68-8, Rīga, LV-1009</t>
   </si>
   <si>
-    <t>26606109</t>
-[...1 lines deleted...]
-  <si>
     <t>liene@ligero.lv</t>
   </si>
   <si>
     <t>www.ligero.lv</t>
   </si>
   <si>
     <t>Sporta iela 2 k-2, Rīga, LV- 1013</t>
   </si>
   <si>
-    <t>26295530</t>
-[...1 lines deleted...]
-  <si>
     <t>ziedonaklase@fondsviegli.lv</t>
   </si>
   <si>
     <t>https://fondsviegli.lv/lv/ziedona-klase</t>
   </si>
   <si>
     <t>"Fazenda", Gramzdas pagasts, Priekules novads, LV-3487</t>
   </si>
   <si>
-    <t>29186717</t>
-[...1 lines deleted...]
-  <si>
     <t>henrijskeruzis@inbox.lv</t>
   </si>
   <si>
     <t>Juglas iela 39-27, Rīga, LV- 1064</t>
   </si>
   <si>
-    <t>20099693</t>
-[...1 lines deleted...]
-  <si>
     <t>arturs.lapinskis@gmail.com</t>
   </si>
   <si>
     <t>www.labstrends.lv</t>
   </si>
   <si>
     <t>Kauguru iela 2, Rīga, LV-1046</t>
   </si>
   <si>
-    <t>25912172</t>
-[...1 lines deleted...]
-  <si>
     <t>info@myacademy.lv</t>
   </si>
   <si>
     <t>www.myacademy.lv</t>
   </si>
   <si>
     <t>Lielā zaļā iela 9, Garkalne, Garkalnes novads, LV-2137</t>
   </si>
   <si>
-    <t>67278008</t>
-[...1 lines deleted...]
-  <si>
     <t>info@rototeh.lv</t>
   </si>
   <si>
     <t>www.rototeh.lv</t>
   </si>
   <si>
     <t>"Lazdas-9", Mazsalacas pagasts, Mazsalacas novads, LV-4215</t>
   </si>
   <si>
-    <t>29147111</t>
-[...1 lines deleted...]
-  <si>
     <t>indulis.berzins@gmail.com</t>
   </si>
   <si>
     <t>www.kulturasturisms.lv</t>
   </si>
   <si>
     <t xml:space="preserve">Kalnciema iela 106A-4, Rīga, LV-1046 </t>
   </si>
   <si>
-    <t>27523883</t>
-[...1 lines deleted...]
-  <si>
     <t>mikusshakausks@gmail.com</t>
   </si>
   <si>
     <t>Madaru iela 8-1, Jaunolaine, Olaines pagasts, Olaines novads, LV-2127</t>
-  </si>
-[...1 lines deleted...]
-    <t>26184292</t>
   </si>
   <si>
     <t xml:space="preserve">acceolaine@inbox.lv </t>
   </si>
   <si>
     <t xml:space="preserve"> https://acce.mozello.lv/sakums/ 
 </t>
   </si>
   <si>
     <t>Brīvības gatve 221-1, Rīga, LV- 1039</t>
   </si>
   <si>
-    <t>67553934</t>
-[...1 lines deleted...]
-  <si>
     <t>knabis@knabis.lv</t>
   </si>
   <si>
     <t>www.knabis.lv</t>
   </si>
   <si>
     <t>Lāču iela 21, Jelgava, LV-3001</t>
   </si>
   <si>
-    <t>29160618</t>
-[...1 lines deleted...]
-  <si>
     <t>annika.benefice@inbox.lv</t>
   </si>
   <si>
     <t>benefitpro.lv</t>
   </si>
   <si>
     <t>Ārijas iela 4-1, Jūrmala, LV-2008</t>
   </si>
   <si>
-    <t>29227943</t>
-[...1 lines deleted...]
-  <si>
     <t>anda@viabaltic.eu</t>
   </si>
   <si>
     <t>Āgenskalna iela 33, Rīga, LV-1046</t>
   </si>
   <si>
-    <t>29274938</t>
-[...1 lines deleted...]
-  <si>
     <t>info@mogohalle.lv</t>
   </si>
   <si>
     <t>www.mogohalle.lv</t>
   </si>
   <si>
     <t>"Liepas 2"-16, Ogresgals, Ogresgala pagasts, LV-5041</t>
   </si>
   <si>
-    <t>29177561</t>
-[...1 lines deleted...]
-  <si>
     <t>heinrihsone@gmail.com</t>
   </si>
   <si>
     <t>www.tiptip.lv</t>
   </si>
   <si>
     <t>Grostonas iela 6B, Rīga, LV-1013</t>
   </si>
   <si>
-    <t>26559229</t>
-[...1 lines deleted...]
-  <si>
     <t>promedsportamedicina@gmail.com</t>
   </si>
   <si>
     <t>www.promed.lv</t>
   </si>
   <si>
     <t>Audēju iela 14 -3, Rīga, LV-1050</t>
   </si>
   <si>
-    <t>29269703</t>
-[...1 lines deleted...]
-  <si>
     <t>info@hospiss.lv</t>
   </si>
   <si>
     <t>https://hospiss.lv/</t>
   </si>
   <si>
     <t>Ogres nov., Ogre, Brīvības iela 18, LV-5001</t>
   </si>
   <si>
-    <t>29134421</t>
-[...1 lines deleted...]
-  <si>
     <t>ogreszeltaliepa@inbox.lv</t>
   </si>
   <si>
     <t>Kalētu iela 17, Rīga, LV-1004</t>
   </si>
   <si>
-    <t>26305171</t>
-[...1 lines deleted...]
-  <si>
     <t>info@rigadimd.lv</t>
   </si>
   <si>
     <t>www.rigadimd.lv</t>
   </si>
   <si>
     <t>Jelgavas iela 20, Kalnciems, Kalnciema pagasts, Jelgavas novads, LV- 3016</t>
   </si>
   <si>
-    <t>29233887</t>
-[...1 lines deleted...]
-  <si>
     <t>arnis@abox.lv; info@4veji.lv</t>
   </si>
   <si>
     <t>Nometņu iela 26A, Rīga, LV-1048</t>
   </si>
   <si>
-    <t>25669889</t>
-[...1 lines deleted...]
-  <si>
     <t>ortoadaptic@gmail.com</t>
   </si>
   <si>
     <t>Druvu iela 6, Jelgava, LV-3002</t>
   </si>
   <si>
-    <t>29608440</t>
-[...1 lines deleted...]
-  <si>
     <t>bjmk@inbox.lv</t>
   </si>
   <si>
     <t>www.bjmk.lv</t>
   </si>
   <si>
     <t>Valmieras iela 9-1, Cēsis, Cēsu novads, LV- 4101</t>
   </si>
   <si>
-    <t>64127111</t>
-[...1 lines deleted...]
-  <si>
     <t>birojs@gimeneszobarstnieciba.lv</t>
   </si>
   <si>
     <t>www.gimeneszobarstnieciba.lv</t>
   </si>
   <si>
     <t>"Anči", Mārupes pagasts, Mārupes novads, LV-2166</t>
   </si>
   <si>
-    <t>25975128</t>
-[...1 lines deleted...]
-  <si>
     <t>madara.mickevica@gmail.com</t>
   </si>
   <si>
     <t>Vidus prospekts15, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
-    <t>26479941</t>
-[...1 lines deleted...]
-  <si>
     <t>hopengrupa@gmail.com</t>
   </si>
   <si>
     <t>www.hopen.lv</t>
   </si>
   <si>
     <t>Dārza iela 1, Koknese, Aizkraukles nov., LV-5113</t>
   </si>
   <si>
-    <t>25982482</t>
-[...1 lines deleted...]
-  <si>
     <t>balode.anna2@gmail.com</t>
   </si>
   <si>
     <t>www.esanastraucejumucentrs.lv</t>
   </si>
   <si>
     <t>Jātnieku iela 77a-25, Daugavpils, LV-5410</t>
   </si>
   <si>
-    <t>28707807</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">e.liina@inbox.lv </t>
   </si>
   <si>
     <t>Zanes iela 13, Mežezeri, Salaspils pag., Salaspils nov.</t>
   </si>
   <si>
-    <t>29448087</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">lma-dace@latnet.lv </t>
   </si>
   <si>
-    <t>Celtnieku iela 15, Valgunde, Valgundes pagasts, Jelgavas novads, LV-3017</t>
-[...2 lines deleted...]
-    <t>25904065</t>
+    <t>Ķīšezera iela 21, Rīga, LV-1026</t>
   </si>
   <si>
     <t>ivetatrence@inbox.lv</t>
   </si>
   <si>
     <t>www.0design.lv</t>
   </si>
   <si>
     <t>Tērbatas iela 33-3, Rīga, LV-1011</t>
   </si>
   <si>
-    <t>26304169</t>
-[...1 lines deleted...]
-  <si>
     <t>kristine.jacino@gmail.com</t>
   </si>
   <si>
     <t>www.professorjacino.com</t>
   </si>
   <si>
     <t>Tēraudlietuves iela 22, Rīga, LV-1026</t>
   </si>
   <si>
-    <t>29881187</t>
-[...1 lines deleted...]
-  <si>
     <t>rigazvaigznajs@gmail.com</t>
   </si>
   <si>
     <t>zvaigznajs.lv</t>
   </si>
   <si>
     <t>Rīga, Aizkraukles iela 1 - 4</t>
   </si>
   <si>
-    <t>29404821</t>
-[...1 lines deleted...]
-  <si>
     <t>depo@klubsdepo.lv</t>
   </si>
   <si>
     <t>www.klubsdepo.lv</t>
   </si>
   <si>
     <t>Čiekurkalna 4, šķērslīnija 22A-1, Rīga, LV-1026</t>
   </si>
   <si>
     <t>20934545 (25226526)</t>
   </si>
   <si>
     <t>armands@labojam.lv</t>
   </si>
   <si>
     <t>https://socialais.dev/</t>
   </si>
   <si>
     <t>Bieķensalas iela 19, Rīga, LV-1004</t>
   </si>
   <si>
-    <t>28838993</t>
-[...1 lines deleted...]
-  <si>
     <t>info@bernurits.lv</t>
   </si>
   <si>
     <t>www.jauniesu-rits.lv</t>
   </si>
   <si>
     <t>Saules iela 2, Brankas, Cenu pagasts, Ozolnieku novads, LV-3042</t>
   </si>
   <si>
-    <t>29186682</t>
-[...1 lines deleted...]
-  <si>
     <t>tuvu@biedribatuvu.lv</t>
   </si>
   <si>
     <t>www.biedribatuvu.lv</t>
   </si>
   <si>
     <t>M.Krasta 77, Rīga, LV-1003</t>
   </si>
   <si>
-    <t>67272490</t>
-[...1 lines deleted...]
-  <si>
     <t>jaguri@inbox.lv</t>
   </si>
   <si>
     <t>https://www.facebook.com/RamaVeg108</t>
   </si>
   <si>
     <t>Kastaņu iela 23, Garkalne, Ādažu pagasts, Ādažu novads, LV-2164</t>
   </si>
   <si>
-    <t>29490785</t>
-[...1 lines deleted...]
-  <si>
     <t>alba.lira@inbox.lv</t>
   </si>
   <si>
     <t>www.albalira.lv</t>
   </si>
   <si>
     <t>Valmieras nov., Valmiera, Diakonāta iela 6</t>
   </si>
   <si>
-    <t>29241583</t>
-[...1 lines deleted...]
-  <si>
     <t>vvc@vvc.lv</t>
   </si>
   <si>
     <t>vvc.lv</t>
   </si>
   <si>
     <t>Aizvaru iela 12, Rīga, LV-1035</t>
   </si>
   <si>
-    <t>28375780</t>
-[...1 lines deleted...]
-  <si>
     <t>info@kukaramba.lv</t>
   </si>
   <si>
     <t>www.kukaramba.lv</t>
   </si>
   <si>
     <t>Mūkusalas iela 72B, Rīga, LV-1004</t>
   </si>
   <si>
-    <t>25464644</t>
-[...1 lines deleted...]
-  <si>
     <t>birojs@ornandum.lv</t>
   </si>
   <si>
     <t>www.ornandum.lv</t>
   </si>
   <si>
     <t>Parka iela 10, Ādaži, Ādažu pagasts, Ādažu novads, LV-2164</t>
   </si>
   <si>
-    <t>24950889</t>
-[...1 lines deleted...]
-  <si>
     <t>stufful@stufful.com</t>
   </si>
   <si>
     <t>https://stufful.com/</t>
   </si>
   <si>
     <t>Rīga, Strēlnieku iela 19 - 13, LV-1010</t>
   </si>
   <si>
-    <t>2616645</t>
-[...1 lines deleted...]
-  <si>
     <t>evija.skujina@gmail.com</t>
   </si>
   <si>
     <t>https://delawakecamp.com/wakesurf-baltezers/</t>
   </si>
   <si>
     <t>J. Rozentāla iela 4, Saldus, Saldus novads, LV-3801</t>
   </si>
   <si>
-    <t>29212985</t>
-[...1 lines deleted...]
-  <si>
     <t>Blaumaņa iela 38/40 - 1, Rīga, LV-1011</t>
   </si>
   <si>
-    <t>29495959</t>
-[...1 lines deleted...]
-  <si>
     <t>ilona@avantis.lv</t>
   </si>
   <si>
     <t>www.youngmediahouse.com</t>
   </si>
   <si>
     <t>Cieceres iela 3A, Rīga,  LV-1002</t>
   </si>
   <si>
-    <t>29556680</t>
-[...1 lines deleted...]
-  <si>
     <t>info@centrsdardedze.lv</t>
   </si>
   <si>
     <t>https://centrsdardedze.lv/</t>
   </si>
   <si>
     <t>Voldemāra Baloža iela 20 - 43,Valmiera, Valmieras novads, LV-4201</t>
   </si>
   <si>
-    <t>29433853</t>
-[...1 lines deleted...]
-  <si>
     <t>info@solidiswood.com</t>
   </si>
   <si>
     <t>"Lielastītes", Kangari, Ropažu novads, LV-2135</t>
   </si>
   <si>
-    <t>25108268</t>
-[...1 lines deleted...]
-  <si>
     <t>info@retoceriba.lv</t>
   </si>
   <si>
     <t>Rusova iela 26-69, Rīga, LV-1026</t>
-  </si>
-[...1 lines deleted...]
-    <t>28704865</t>
   </si>
   <si>
     <t>dancetheatresonrisa@gmail.com</t>
   </si>
   <si>
     <t>Loka iela 4-7, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
     <t>anete_antrope@inbox.lv;</t>
   </si>
   <si>
     <t>http://www.kukaburra.lv</t>
   </si>
   <si>
     <t>"Vēji", Jaunpils, Jaunpils pagasts, Tukuma novads, 
 LV-3145</t>
   </si>
   <si>
-    <t>28360166</t>
-[...1 lines deleted...]
-  <si>
     <t>info@sportolatvija.lv</t>
   </si>
   <si>
     <t>www.sportolatvija.lv</t>
   </si>
   <si>
     <t>Ievu iela 3a, Sigulda, Siguldas novads, LV-2150</t>
   </si>
   <si>
-    <t>29577669</t>
-[...1 lines deleted...]
-  <si>
     <t>gl.development.info@gmail.com</t>
   </si>
   <si>
     <t>Vīlandes iela 7-4, Rīga, LV-1010</t>
   </si>
   <si>
-    <t>29466966</t>
-[...1 lines deleted...]
-  <si>
     <t>ieva.rosne@faveo.lv</t>
   </si>
   <si>
     <t>www.faveo.lv</t>
   </si>
   <si>
     <t>Plostu iela 24-45, Rīga, LV-1057</t>
   </si>
   <si>
-    <t>29414158</t>
-[...1 lines deleted...]
-  <si>
     <t>ints.teterovskis@riga.lv</t>
   </si>
   <si>
     <t>Ojāra Vācieša iela 6k-1, Rīga, LV-1004</t>
   </si>
   <si>
-    <t>29104280</t>
-[...1 lines deleted...]
-  <si>
     <t>info@rkgimnazija.lv</t>
   </si>
   <si>
     <t>Višķu iela 1- 157, Rīga, LV-1063</t>
   </si>
   <si>
-    <t>29621741</t>
-[...1 lines deleted...]
-  <si>
     <t>nensi23@inbox.lv</t>
   </si>
   <si>
     <t>Skolas iela 17A-10, Ikšķile, Ogres novads, LV-5052</t>
   </si>
   <si>
-    <t>25195421</t>
-[...1 lines deleted...]
-  <si>
     <t>info@e-logopeds.lv</t>
   </si>
   <si>
     <t>www.e-logopeds.lv</t>
   </si>
   <si>
     <t>Valmieras nov., Kocēnu pag., "Baltakmeņu Muiža"</t>
   </si>
   <si>
-    <t>29218092</t>
-[...1 lines deleted...]
-  <si>
     <t>valmieraszalaskola@gmail.com</t>
   </si>
   <si>
     <t>www.zalaskola.lv</t>
   </si>
   <si>
     <t>Dārzciema iela 60, Rīga, LV-1073</t>
   </si>
   <si>
-    <t>26630954</t>
-[...1 lines deleted...]
-  <si>
     <t>egils.truselis@fkrfs.lv</t>
   </si>
   <si>
     <t>www.fsnikars.com</t>
   </si>
   <si>
     <t>Atlasa iela 8, Rīga, LV-1026</t>
   </si>
   <si>
-    <t>29 326 662</t>
-[...1 lines deleted...]
-  <si>
     <t>info@kaizenteam.lv</t>
   </si>
   <si>
     <t>www.kaizengym.lv</t>
   </si>
   <si>
     <t>Maltas iela 22-59, Rīga, LV-1057</t>
   </si>
   <si>
-    <t>29226092</t>
-[...1 lines deleted...]
-  <si>
     <t>rutaberin@gmail.com</t>
   </si>
   <si>
     <t>Skolas iela 21, Ādaži, Ādažu novads, LV-2164</t>
   </si>
   <si>
     <t>anete.vaivade@gmail.com</t>
   </si>
   <si>
     <t>www.abvs.lv</t>
   </si>
   <si>
     <t>Mazā Pils iela 2a, Rīga, LV-1050</t>
   </si>
   <si>
-    <t>29446400</t>
-[...1 lines deleted...]
-  <si>
     <t>misija@caritas.lv</t>
   </si>
   <si>
     <t>www.caritas.lv</t>
   </si>
   <si>
     <t>Vīlandes iela 5-18, Rīga,LV- 1010</t>
   </si>
   <si>
-    <t>26613948</t>
-[...1 lines deleted...]
-  <si>
     <t>olgagrasmane@gmail.com</t>
   </si>
   <si>
     <t>Lauksaimnieku iela 9, Jelgava, LV-3002</t>
   </si>
   <si>
-    <t>29418190</t>
-[...1 lines deleted...]
-  <si>
     <t>dominiece_i@inbox.lv</t>
   </si>
   <si>
     <t>www.iespejaizaugsmei.id.lv</t>
   </si>
   <si>
     <t>Kalnu iela 2, Kalni, Nīgrandes pagasts, Saldus novads, LV-3898</t>
   </si>
   <si>
-    <t>29341073</t>
-[...1 lines deleted...]
-  <si>
     <t>ignate@inbox.lv</t>
   </si>
   <si>
     <t>www.ievas.lv</t>
   </si>
   <si>
     <t>"Druvas-6", Ance, Ances pagasts, Ventspils novads, LV-3612</t>
   </si>
   <si>
-    <t>26826839</t>
-[...1 lines deleted...]
-  <si>
     <t>info@dabalaba.lv</t>
   </si>
   <si>
     <t xml:space="preserve">Asītes iela 4, Rīga, LV-1004 </t>
   </si>
   <si>
-    <t>26597277</t>
-[...1 lines deleted...]
-  <si>
     <t>info@pardaugavas-valdorfskola.lv</t>
   </si>
   <si>
     <t>www.pardaugavas-valdorfskola.lv</t>
   </si>
   <si>
     <t>Bebru ceļš 84,Jelgava, LV-3001</t>
   </si>
   <si>
-    <t>29116210</t>
-[...1 lines deleted...]
-  <si>
     <t>austras.raksti@gmail.com</t>
   </si>
   <si>
     <t>www.facebook.com/austrasraksti</t>
   </si>
   <si>
     <t>Loka maģistrāle 7, Jelgava, LV-3004</t>
   </si>
   <si>
-    <t>28384829</t>
-[...1 lines deleted...]
-  <si>
     <t>kopacentrs@gmail.com</t>
   </si>
   <si>
     <t>Dzirnupes iela 3, Rīga, LV-1024</t>
   </si>
   <si>
-    <t>29491639</t>
-[...1 lines deleted...]
-  <si>
     <t>info@petniekudarbnica.lv</t>
   </si>
   <si>
     <t>https://www.petniekudarbnica.lv/</t>
   </si>
   <si>
     <t>Briežu iela 11, Ulbroka, Stopiņu pag., Ropažu nov., LV-2130</t>
   </si>
   <si>
-    <t>25 629 847</t>
-[...1 lines deleted...]
-  <si>
     <t>info@idarto.com</t>
   </si>
   <si>
     <t>https://idarto.com</t>
   </si>
   <si>
     <t>Nākotnes iela 55, Sigulda, Siguldas nov., LV-2150</t>
   </si>
   <si>
-    <t>29342475</t>
-[...1 lines deleted...]
-  <si>
     <t>vita.beinerte@gmail.com</t>
   </si>
   <si>
     <t>Zeltrītu iela 16-41, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
-    <t>28149479</t>
-[...1 lines deleted...]
-  <si>
     <t>info@gardegunis.lv</t>
   </si>
   <si>
     <t>gardegunis.mozello.lv</t>
   </si>
   <si>
     <t>Ropažu iela 21-27, Rīga, LV-1039</t>
   </si>
   <si>
-    <t>24881288</t>
-[...1 lines deleted...]
-  <si>
     <t>info@otraelpa.lv</t>
   </si>
   <si>
     <t>www.otraelpa.lv</t>
   </si>
   <si>
     <t>Ozolciema iela 24 k-1-8, Rīga, LV-1058</t>
   </si>
   <si>
-    <t>26316413</t>
-[...1 lines deleted...]
-  <si>
     <t>info@emu.lv</t>
   </si>
   <si>
     <t>https://www.skolas.emu.lv</t>
   </si>
   <si>
     <t>Raiņa iela 89, Smiltene, Smiltenes novads, LV-4729</t>
   </si>
   <si>
-    <t>25651516</t>
-[...1 lines deleted...]
-  <si>
     <t>sindiipap@gmail.com</t>
   </si>
   <si>
     <t>Dzelzavas iela 74, Rīga, LV-1084</t>
   </si>
   <si>
     <t>Rīga</t>
   </si>
   <si>
     <t>85.59</t>
   </si>
   <si>
     <t>Citur neklasificēta izglītība</t>
   </si>
   <si>
     <t>88.99.</t>
   </si>
   <si>
     <t>Citur neklasificēti sociālās aprūpes pakalpojumi</t>
   </si>
   <si>
     <t>Jēkabpils</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
@@ -2882,59 +2354,50 @@
     <t>Augusta Deglava iela 11-4, Rīga, LV-1009</t>
   </si>
   <si>
     <t>63.11</t>
   </si>
   <si>
     <t>Datu apstrāde, uzturēšana un ar to saistītās darbības</t>
   </si>
   <si>
     <t>Bruņinieku iela 29/31, Rīga, LV-1001</t>
   </si>
   <si>
     <t>63.99</t>
   </si>
   <si>
     <t>Citur neklasificēti informācijas pakalpojumi</t>
   </si>
   <si>
     <t>Kārkļi, Sigulda, Siguldas novads, LV-2150</t>
   </si>
   <si>
     <t>47.19</t>
   </si>
   <si>
     <t>Pārējā mazumtirdzniecība nespecializētajos veikalos</t>
-  </si>
-[...7 lines deleted...]
-    <t>Uzskaites, grāmatvedības, audita un revīzijas pakalpojumi; konsultēšana nodokļu jautājumos</t>
   </si>
   <si>
     <t>t/c "Ditton Nams", paviljons "Pasāža", vieta Nr.9, Cietokšņa iela 60, Daugavpils, LV-5401</t>
   </si>
   <si>
     <t>Daugavpils</t>
   </si>
   <si>
     <t>Latgale</t>
   </si>
   <si>
     <t>79.12</t>
   </si>
   <si>
     <t>Tūrisma operatoru pakalpojumi</t>
   </si>
   <si>
     <t>79.11</t>
   </si>
   <si>
     <t>Ceļojumu biroju pakalpojumi</t>
   </si>
   <si>
     <t>Mūkusalas iela 41, Rīga, LV-1004</t>
   </si>
@@ -3702,99 +3165,96 @@
   <si>
     <t>47.79</t>
   </si>
   <si>
     <t>Lietotu preču mazumtirdzniecība veikalos</t>
   </si>
   <si>
     <t>Grebenščikova iela 1, Rīga, LV-1003</t>
   </si>
   <si>
     <t>Brīvības iela 197A, Rīga, LV-1039</t>
   </si>
   <si>
     <t>Tinces, Auru pagasts, Dobeles novads, LV-3718</t>
   </si>
   <si>
     <t>Auru pagasts</t>
   </si>
   <si>
     <t>47.82</t>
   </si>
   <si>
     <t>Tekstilizstrādājumu, apģērbu un apavu mazumtirdzniecība stendos un tirgos</t>
   </si>
   <si>
-    <t>"Zīlītes", Smārdes pagasts, Tukuma novads, LV-3129</t>
+    <t>31.09</t>
+  </si>
+  <si>
+    <t>Citu mēbeļu ražošana</t>
+  </si>
+  <si>
+    <t>T'ērbatas iela 33-3, Rīga, LV-1011</t>
+  </si>
+  <si>
+    <t>59.11</t>
+  </si>
+  <si>
+    <t>58.11</t>
+  </si>
+  <si>
+    <t>Grāmatu izdošana</t>
+  </si>
+  <si>
+    <t>Vaļņu iela 32, Rīga, LV-1050</t>
+  </si>
+  <si>
+    <t>56.30</t>
+  </si>
+  <si>
+    <t>Bāru darbība</t>
+  </si>
+  <si>
+    <t>Čiekurkalna 4.šķērslīnija 22A-1, Rīga, LV-1026</t>
+  </si>
+  <si>
+    <t>62.09</t>
+  </si>
+  <si>
+    <t>Citi informācijas tehnoloģiju un datoru pakalpojumi</t>
+  </si>
+  <si>
+    <t>Bieķensalas iela 21, Rīga, LV-1004</t>
+  </si>
+  <si>
+    <t>73.11</t>
+  </si>
+  <si>
+    <t>Reklāmas aģentūru darbība</t>
   </si>
   <si>
     <t>Cenu pagasts</t>
-  </si>
-[...43 lines deleted...]
-    <t>Reklāmas aģentūru darbība</t>
   </si>
   <si>
     <t>K.Barona iela 56, Rīga, LV-1011</t>
   </si>
   <si>
     <t>56.20</t>
   </si>
   <si>
     <t>Izbraukuma ēdināšana pēc pasūtījuma un citi ēdināšanas pakalpojumudarbības</t>
   </si>
   <si>
     <t>Ādažu pagasts</t>
   </si>
   <si>
     <t>Ādažu novads</t>
   </si>
   <si>
     <t>Vanagu iela 4, Valmieras novads LV-4219</t>
   </si>
   <si>
     <t>47.74</t>
   </si>
   <si>
     <t>Medicīnas un ortopēdisko preču mazumtirdzniecība specializētajos veikalos</t>
   </si>
@@ -4117,56 +3577,50 @@
 1) Datu apstrāde, uzturēšana un ar to saistītās darbības;
 2) Interneta portālu darbība;
 3) Citur neklasificēti sociālās aprūpes pakalpojumi;
 4) Sociāli mazaizsargāto personu grupu apzināšana, projektu radīšana šo grupu emocionālās labklājības uzlabošanas un sabiedrības iesaistīšana attiecīgo projektu mērķu sasniegšanai. </t>
   </si>
   <si>
     <t>LM-32-4-19/174</t>
   </si>
   <si>
     <t>Atbalstīt sociālo uzņēmējdarbību, individuālos darba veicējus, pensionārus, personas ar īpašām vajadzībām, nodrošināt šo cilvēku apmācības un radošuma veicināšanu, pilnveidot un attīstīt interneta platformu, kurā vienkopus tiks apkopoti viņu radītie darbi un sniegtie pakalpojumi.</t>
   </si>
   <si>
     <t>LM-32-4-19/180</t>
   </si>
   <si>
     <t>LM-32-4-04/156</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir veicināt un atbalstīt sociālā riska grupu pārstāvju nodarbinātību, labklājību un izglītību, veicinot uzņēmējdarbību, organizējot izglītojošus un darba prasmes nostiprinošus pasākumus, atbalstīt labdarības projektu īstenošanu.</t>
   </si>
   <si>
     <t>Bezdarbnieki, kuriem ir apgādājamie, bezdarbnieki vecāki par 54 gadiem un ilgstošie bezdarbnieki</t>
   </si>
   <si>
     <t>LM-32-4-19/176</t>
-  </si>
-[...4 lines deleted...]
-    <t>LM-32-4-19/4</t>
   </si>
   <si>
     <t xml:space="preserve">1.Attīstīt sociālo un medicīnas tūrismu Latgales reģionā.
 2. Darba vietu izveidošana sociāli neaizsargātām personām. </t>
   </si>
   <si>
     <t>LM-32-4-19/5</t>
   </si>
   <si>
     <t>LM-32-4-04/127</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrībai ir šādi mērķi:
 1. Darba iespēju radīšana un dzīves kvalitātes uzlabošana cilvēkiem ar invaliditāti, ilgstošiem bezdarbniekiem, bezdarbniekiem vecuma grupā 50 gadi un vairāk, jauniešiem bez iepriekšējas darba pieredzes, kā arī sociālās atstumtības riska grupām, izveidojot piemērotas darba vietas, darba metodiku, apmācības un prakses programmu darba attālinātai veikšanai;
 2. Veicināt samazinātas maksas vai bezmaksas tālruņa līnijas izveidošanu un socializācijas vajadzības apmierināšanu vientuļiem cilvēkiem un cilvēkiem ar sociālās atstumtības risku;
 3. Veicināt tādu zvanu centra darbavietu izveidošanu, kur būtu iespējams strādāt cilvēkiem ar nespecifiskām zināšanām (piemēram, izveidojot atbalstošu operatoru līniju, kas apmierinātu vientuļu cilvēku vajadzību pēc parunāšanās ar kādu); 
 4. Veicināt tādu zvanu centra darbavietu izveidošanu, kurās būtu iespējams nodarbināt trešo valstu valstspiederīgos un bezvalstniekus (bēgļus un patvēruma meklētājus) ar angļu valodas zināšanām, dzīves pieredzi un izpratni par Rietumeiropas kultūru un komunikācijas veidu, kas spētu apkalpot un piesaistīt starptautiskos klientus.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/7</t>
   </si>
   <si>
     <t xml:space="preserve">1.Latvijas pirmsskolu, vispārējās izglītības iestāžu un augstskolu pedagogu profesionālās kvalifikācijas pilnveides, tālākizglītības un mūžizglītības veicināšana komunikācijas, sadarbības, epmātijas, stresa vadības, motivētības, apzinātības, pārmaiņu vadības un citās emocionālā intelekta prasmēs. 2.Latvijas jauniešu tālākizglītības un mūžizglītības veicināšana komunikācijas, sadarbības, epmātijas, stresa vadības, motivētības, apzinātības, pārmaiņu vadības un citās emocionālā intelekta prasmēs. 3. Latvijas iedzīvotāju tālākizglītības un mūžizglītības veicināšana komunikācijas, sadarbības, empātijas, stresa vadības, motivētības, apzinātības, pārmaiņu vadības un citās emocionālā intelekta prasmēs. </t>
   </si>
@@ -4800,50 +4254,53 @@
     <t>LM-32-4-19/122</t>
   </si>
   <si>
     <t xml:space="preserve">1) Veicināt un atbalstīt sociālās atstumtības riskam pakļauto iedzīvotāju grupu pārstāvju nodarbinātību, labklājību un izglītību, veicot uzņēmējdarbību, realizējot izglītojošus un darba prasmes uzlabojošus pasākumus;
 2) Atbalstīt labdarības projektu īstenošanu;
 3) Sniegt sociālā darba un sociālos pakalpojumus, veicinot sociālās atstumtības riskam pakļauto iedzīvotāju grupu pārstāvju  socializāciju un integrāciju sabiedrībā;
 4) Organizēt pasākumus, aktivitātes, konsultācijas un nodarbības personu ar invaliditāti ģimenes locekļu (māte, tēvs, brāļi un māsas), atbalstam, sniedzot nodarbības, konsultatīvo un cita veida atbalstu ģimenes locekļu garīgās un fiziskās veselības uzlabošanai, izglītības un nodarbinātības veicināšanai;
 5) Aizstāvēt ģimeņu, kurās dzīvo personas ar invaliditāti tiesības un likumīgās intereses.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/1</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības mērķi ir:
 1) Veicināt katra bērna iespējas un tiesības augt ģimenē; 
 2) Sniegt emocionālu, juridisku un praktisku atbalstu ģimenēm, tai skaitā tām ģimenēm, kuras uzņem bez vecāku gādības palikušus bērnus. 
 3) Būt par kompetenču centru jautājumos, ka saistīti ar bērnu aprūpi, adopcijas un izglītības jautājumiem, tai skaitā ar ārpusģimenes aprūpes jautājumiem;
 4) Īstenot un organizēt prevencijas darbu ģimenēm ar bērniem.
 5) Veicināt sabiedrības izpratni par vecāku lomu bērnu emocionālajā un praktiskajā audzināšanā;
 6) Radīt inovācijas, lai dotu iespēju katram bērnam sasniegt savu potenciālu un apzināt tā iespējas;
 7) Radīt inovācijas, lai palīdzētu bērnu atbalsta sistēmām (pieaugušie).
 </t>
   </si>
   <si>
+    <t>LM-32-4-19/4</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sabiedrības sociālais mērķis ir sniegt ar acu veselību saistītus pakalpojumus, lai palielinātu kvalitatīvu acu veselības pakalpojumu, vides pieejamību finansiāli mazāk labvēlīgā situācijā esošiem bērniem, jauniešiem un senioriem no sociālām mērķa grupām, kā:
 1) ģimenēm, kurām noteikta atbilstība trūcīgā statusam; 
 2) bāreņiem un bez vecāku gādības palikušām personām;
 3) ģimenēm, kuru aprūpē ir vismaz trīs bērni, to skaitā audžuģimenē ievietoti un aizbildnībā esoši  bērni (daudz bērnu ģimenes);
 4) pensijas vecuma personām (īpaši, sievietēm un vientuļiem pensionāriem); 
 5) pirmspensijas vecuma personām;
 veicinot bērnu, jauniešu un senioru vispusīgu attīstību, pašapziņu un sociālo integrāciju. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">1) Sabiedrības pamata mērķis ir veicināt higiēnisku apstākļu nodrošināšanu maksimāli plašā sabiedrības lokā, popularizējot un padarot iespējami ērtu un pieejamu roku dezinfekcijas līdzekļu lietošanu, un tādējādi preventīvi mazinot vīrusu saslimstības izplatību. 
 2) Sabiedrība nodarbina sociālās atstumtības riskam pakļautas personas, apmācot tās darbā ar CNC iekārtu. 
 3) Sabiedrība nodrošina iespēju sociālās atstumtības riskam pakļautām personām gūt iemaņas un prasmes patstāvīgākai dzīvei nākotnē.
 4) Sabiedrība veicina un atbalsta sociālās atstumtības riskam pakļautu personu integrēšanu darba tirgū.
 5) Sabiedrība veicina un atbalsta sociālās atstumtības riskam pakļautu personu labklājības līmeņa celšanu.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/6</t>
   </si>
   <si>
     <t xml:space="preserve">1) Paplašināt personu ar invaliditāti iespējas darba tirgū Latvijā un Baltijas valstīs;
 2) Palīdzēt personām ar invaliditāti iegūt darbu, veidot karjeru un attīstīties darba tirgū;
 3) Izglītot, iedrošināt un motivēt darba devējus par personu ar invaliditāti nodarbināšanu;
 4) Motivēt personas ar invaliditāti uz karjeras izaugsmi.
@@ -5015,52 +4472,51 @@
 10) veicināt un atbalstīt vienlīdzīgas, atvērtas un iekļaujošas sabiedrības veidošanu;
 11) sekmēt iedzīvotāju pilsonisko un sociālo līdzdalību un sabiedrības bagātīgo daudzveidību; 
 12) atbalstīt pilsoniskās sabiedrības attīstību un vietējo kopienu izaugsmi; 
 13) veikt citas pilsoniskai sabiedrībai nozīmīgas aktivitātes, kas rada ilgstošu pozitīvu sociālo ietekmi. 
 </t>
   </si>
   <si>
     <t>sniegt sociālo  labumu jeb pakalpojumu cilvēkiem, kas cieš no ēšanas traucējumiem un depresijas un to  tuviniekiem, nodrošināt iespēju saņemt kompleksu palīdzību ikvienam, neatkarīgi no sociālās  nodrošinātības- bezmaksas. Kā arī, izglītot sabiedrību un mazināt aizspriedumus par šīm  problēmām, veicināt jauno speciālistu un citu speciālistu kompetences, pieredzi šajā jomā.</t>
   </si>
   <si>
     <t>LM-32-4-19/165</t>
   </si>
   <si>
     <t xml:space="preserve">Sociālā pakalpojuma- lietišķās uzvedības analīzes (ABA terapijas) sniegšana bērniem autiskā spektra traucējumiem- ar konkrētās terapijas starpniecību palīdzot bērniem apgūt dzīvei nepieciešamās prasmes, tādejādi uzlabojot gan viņu pašu, gan viņu tuvinieku dzīves kvalitāti, kā arī veicināt viņu iekļaušanos sabiedrībā. </t>
   </si>
   <si>
     <t>LM-32-4-19/170</t>
   </si>
   <si>
     <t>Veicināt un atbalstīt sociālā riska grupu pārstāvju nodarbinātību, labklājību, izglītību un dzīves kvalitātes uzlabošanu, veicot saimniecisko darbību ar labvēlīgu sociālo ietekmi, organizējot izglītojošus un darba prasmes nostiprinošus pasākumus, atbalstīt labdarības projektu īstenošanu.</t>
   </si>
   <si>
     <t>LM-32-4-19/178</t>
   </si>
   <si>
-    <t xml:space="preserve">mazināt tekstila un cita veida atkritumu apjomu pieaugumu Latvijā un pasaulē, radot no tiem produktus ar jaunu pievienotu vērtību;
- būt par darba integrācijas sociālo uzņēmumu;  veikt citas sabiedrībai nozīmīgas aktivitātes, kas rada ilgstošu pozitīvu sociālo ietekmi.
+    <t xml:space="preserve">mazināt tekstila un cita veida atkritumu apjomu pieaugumu Latvijā un pasaulē, radot no tiem produktus ar jaunu pievienotu vērtību; būt par darba integrācijas sociālo uzņēmumu;  veikt citas sabiedrībai nozīmīgas aktivitātes, kas rada ilgstošu pozitīvu sociālo ietekmi.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/188</t>
   </si>
   <si>
     <t>“Sabiedrība veicinās sabiedrības dzīves kvalitāti un it īpaši rosināt bērnu vēlmi apgūt un pilnveidot STEM (science, technology, engineering and mathematics) zināšanas un prasmes. Ja sabiedrība jau bērnībā apgūs zināšanas vieglā, iesaistošā formā, tad nākotnē būs drosme un vēlme padziļinātai izziņai jebkuras sarežģītības procesos, kas pozitīvi ietekmē personības veidošanos un iesaistīšanos darba tirgū.</t>
   </si>
   <si>
     <t>LM-32-4-19/189</t>
   </si>
   <si>
     <t xml:space="preserve">Risināt sociālās atstumtības problēmas jauniešu auditorijas vidū. Galvenās mērķgrupas ir jaunieši no maznodrošinātām ģimenēm un jaunieši ar invaliditāti. Pasākumi paredzēti visiem jauniešiem, šādi  laužot sterotipus un veicinot dažādu sociālo grupu integrāciju. </t>
   </si>
   <si>
     <t>LM-32-4-19/191</t>
   </si>
   <si>
     <t>Sabiedrības darbības mērķis ir, veicot saimniecisko darbību, īstenot sociālo mērķi - nodrošināt kultūras daudzveidību, uzturot koncertu vietu jauniem un vēl plaši nezināmiem mūziķiem, veicināt viņu atpazīstamību.</t>
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības mērķi, kā vienīgie un galvenie darbības mērķi, ir darba integrācijas sociālā uzņēmuma attīstība, kas nodarbina cilvēkus ar invaliditāti vai garīga rakstura traucējumiem. </t>
   </si>
   <si>
     <t>Sabiedrība veic sociālo uzņēmējdarbību ar mērķi sniegt atbalstu un palīdzību sociālās atstumtības riskam pakļauto iedzīvotāju grupām – tai skaitā bez vecāku apgādības palikušo bērnu un bāreņu apmācībai, praksei un darbā iekārtošanai.</t>
@@ -5280,129 +4736,108 @@
   </si>
   <si>
     <t xml:space="preserve">Sabiedrības vienīgais un galvenais mērķis ir veicināt dzīves kvalitātes uzlabošanos un mazinātnsociālo atstumtību tām sabiedrības grupām, kuru dzīvi ietekmē sabiedrībai būtiskas problēmas. Mērķis tiks sasniegts iegūstot Sociālā uzņēmuma statusu un sniedzot interaktīvas un izglītojošas nodarbības bērniem un senioriem dažādās sociāli nozīmīgās vietās un iestādēs.Kultūras daudzveidības nodrošināšanai jārada ilgstoša pozitīva sociālā ietekme.
 </t>
   </si>
   <si>
     <t>LM-32-4-19/43</t>
   </si>
   <si>
     <t>1). Nodarboties ar pakalpojumu sniegšanu, Latvijas Republikas un ārvalstu fiziskām un juridiskām personām;.2) atbalstīt Nodibinājumu "OTRĀ ELPA charity" (Reģ. Nr. 40008314336) un tā labdarības projektus, tai skaitā finansiāli; 3) atbalstīt Latvijas sociālās uzņēmējdarbības attīstību, tai skaitā finansiāli; 4) sekmēt vides aizsardzību, uzlabošanu un dabas resursu saglabāšanu; 5) sniegt informāciju (zināšanas) sabiedrībai, kas veido iedzīvotāju rūpīgāku un atbildīgāku attieksmi pret apkārtējo vidi un tās piesārņojumu; 6) veicināt un atbalstīt pilnīgi vai daļēji otrreiz pārstrādātu materiālu un apģērbu ražošanu un izmantošanu; 7) veicināt pilsoniskās sabiedrības dzīves kvalitātes uzlabošanu; 8) atbalstīt un organizēt pasākumus un aktivitātes, kas veicina sabiedrības labklājības līmeņa celšanu un apkārtējās vides uzlabošanu; 9. veikt citas pilsoniskai sabiedrībai nozīmīgas aktivitātes, kas rada ilgstošu pozitīvu sociālo ietekmi.</t>
   </si>
   <si>
     <t>LM-32-4-04/5</t>
   </si>
   <si>
     <t>1)Veicināt katra bērna iespējas sasniegt savu potenciālu; .2) Būt par kompetenču centru jautājumos, ka saistīti ar bērnu sociālemocionālajām vajadzībām un ar to saistītiem jautājumiem; 3) Īstenot un organizēt sociālemocionālās prevences darbu bērniem, izmantojot digitālus instrumentus un ne tikai; 4) Veicināt sabiedrības izpratni par sociālemocionālajām vajadzībām bērnu izglītības procesā; 5)  Radīt inovācijas, lai palīdzētu bērnu atbalsta sistēmām.</t>
   </si>
   <si>
     <t>LM-32-4-04/6</t>
   </si>
   <si>
     <t>1) izveidot izglītošanās un attīstības centru dažādu vecumu cilvēkiem: 2) Organizēt alternatīvu pedagoģisko metožu ieviešanu bērnu un jauniešu ārpusskolas izglītībā, piedāvājot individuālus risinājumus zināšanu apguvei, lai nodrošinātu pirmsskolas un sākumskolas bērnu spējas nepieciešamo zināšanu un prasmju apguvei. Montesori pedagoģijas kabineta izveide. 3) Organizēt neformālās apmācības aktivitātes, kas saistītas ar interesentu hobijiem, pašattīstību un nepieciešamo prasmju un pieredzes iegūšanu personības attīstībai un iekļaušanai sabiedrībā, radot pozitīvu sociālo ietekmi. 4) Pozitīvu sociālo izmaiņu veicināšana, īstenojot sabiedriska labuma projektus. 5) Pilsoniskās sabiedrības attīstības sekmēšana, motivējot iedzīvotāju līdzdalību
 procesu norisēs.</t>
   </si>
   <si>
-    <t>37 921,04</t>
-[...1 lines deleted...]
-  <si>
     <t>Sabiedrība ar ierobežotu atbildību "IEBER.LV"</t>
   </si>
   <si>
     <t>SIA "SOLIDIS"</t>
   </si>
   <si>
     <t>SIA "RITVE"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "PhysioHealth"</t>
   </si>
   <si>
     <t>SIA Vilbers</t>
   </si>
   <si>
     <t>MOST BUSINESS SCHOOL SIA</t>
   </si>
   <si>
     <t>Ērgļu iela 11, Cēsis, Cēsu novads, LV-4101</t>
   </si>
   <si>
-    <t>28804545</t>
-[...1 lines deleted...]
-  <si>
     <t>info@ieber.lv</t>
   </si>
   <si>
     <t>www.ieber.lv</t>
   </si>
   <si>
     <t>Rubenes iela 36-106, Valmiera, Valmieras novads, LV-4201</t>
   </si>
   <si>
-    <t>29563360</t>
-[...1 lines deleted...]
-  <si>
     <t>alex@solidiswood.com</t>
   </si>
   <si>
     <t>"Pavasari", Platones pagasts, Jelgavas novads, LV-3021</t>
   </si>
   <si>
-    <t>22055329</t>
-[...1 lines deleted...]
-  <si>
     <t>vaira-anna@inbox.lv</t>
   </si>
   <si>
     <t>Višķu iela 11-59, Rīga, LV-1057</t>
   </si>
   <si>
-    <t>20019808</t>
-[...1 lines deleted...]
-  <si>
     <t>info@physiohealth.lv</t>
   </si>
   <si>
     <t>www.physiohealth.lv</t>
   </si>
   <si>
     <t>Gaujas iela 18, Vangaži, Ropažu novads, LV-2136</t>
   </si>
   <si>
-    <t>23553444</t>
-[...1 lines deleted...]
-  <si>
     <t>vilbers@vilbers.com</t>
   </si>
   <si>
     <t>vilbers.com</t>
   </si>
   <si>
     <t>Mazā krūmu iela 16-34, Rīga, LV-1069</t>
-  </si>
-[...1 lines deleted...]
-    <t>20003463</t>
   </si>
   <si>
     <t>info@most-educations.lv</t>
   </si>
   <si>
     <t>https://most-education.lv</t>
   </si>
   <si>
     <t>Pļavas iela 13, Cēsis, Cēsu novads, LV-4101</t>
   </si>
   <si>
     <t>49.39</t>
   </si>
   <si>
     <t>Citur neklsificēts pasažieru sauszemes transports</t>
   </si>
   <si>
     <t>Kārļa Mīlenbaha iela 7, Rīga, LV-1050</t>
   </si>
   <si>
     <t>Vangaži</t>
   </si>
   <si>
     <t>Akadēmijas laukums 1, Rīga, LV-1050; Vienības gatve 20D, Rīga, LV-1004</t>
   </si>
@@ -5520,429 +4955,342 @@
   <si>
     <t>SIA ''EVE"</t>
   </si>
   <si>
     <t>SIA AM13</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Kodansoft"</t>
   </si>
   <si>
     <t>SIA "KLEMPERIAL"</t>
   </si>
   <si>
     <t>SIA Koprades telpa</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "G.SOS"</t>
   </si>
   <si>
     <t>SIA Kim? Gallery</t>
   </si>
   <si>
     <t>"Cekule 97/98/99", Salaspils pagasts, Salaspils novads, LV-2118</t>
   </si>
   <si>
-    <t>29234545</t>
-[...1 lines deleted...]
-  <si>
     <t>zinibuperles@gmail.com</t>
   </si>
   <si>
     <t>www.laisma.lv</t>
   </si>
   <si>
     <t>Olgas iela 61, Jūrmala, LV-2008</t>
   </si>
   <si>
-    <t>29212904</t>
-[...1 lines deleted...]
-  <si>
     <t>mara@iddea.lv</t>
   </si>
   <si>
     <t>www.iddea.lv</t>
   </si>
   <si>
     <t>"Mūrnieki", Glūdas pagasts, Jelgavas novads, LV-3040</t>
   </si>
   <si>
-    <t>28295192</t>
-[...1 lines deleted...]
-  <si>
     <t>inese.balode@ummlyfood.com</t>
   </si>
   <si>
     <t>www.ummlyfood.com</t>
   </si>
   <si>
     <t>Graudu iela 68A, Rīga, LV-1058</t>
   </si>
   <si>
-    <t>20006145</t>
-[...1 lines deleted...]
-  <si>
     <t>lacitismao@gmail.com</t>
   </si>
   <si>
     <t>https://www.skolaimpulss.lv/</t>
   </si>
   <si>
     <t>Hipokrāta iela 22-21, Rīga, LV-1079</t>
   </si>
   <si>
-    <t>25445272</t>
-[...1 lines deleted...]
-  <si>
     <t>valor.active.ropazi@gmail.com</t>
   </si>
   <si>
     <t>Zālīša iela 5 – 36, Rīga, LV-1039</t>
   </si>
   <si>
-    <t>29230745</t>
-[...1 lines deleted...]
-  <si>
     <t>info@zenith.lv</t>
   </si>
   <si>
     <t>https://audio.qwixi.net/</t>
   </si>
   <si>
     <t>Stabu iela  81-6, Rīga, LV-1009</t>
   </si>
   <si>
-    <t>26155664</t>
-[...1 lines deleted...]
-  <si>
     <t>karina@feminaclub.com</t>
   </si>
   <si>
     <t>www.femina.com</t>
   </si>
   <si>
     <t xml:space="preserve">Ikšķiles iela 2-2C, Ogre, Ogres novads, LV-5001 </t>
   </si>
   <si>
-    <t>23111390</t>
-[...1 lines deleted...]
-  <si>
     <t>diving.bloms@gmail.com</t>
   </si>
   <si>
     <t>www.geodiving.lv</t>
   </si>
   <si>
     <t>"Ausmas" - 4, Stradu pagasts, Gulbenes novads, LV-4417</t>
   </si>
   <si>
-    <t>29333956</t>
-[...1 lines deleted...]
-  <si>
     <t>ugis.bisenieks@gmail.com</t>
   </si>
   <si>
     <t>Avotkalnu iela 13, Inčukalns, Inčukalna pagasts, Siguldas novads, LV-2141</t>
   </si>
   <si>
-    <t>28688464</t>
-[...1 lines deleted...]
-  <si>
     <t>roboskola@roboskola.lv</t>
   </si>
   <si>
     <t>www.roboskola.lv</t>
   </si>
   <si>
     <t>Mazā Kalnu iela 7, Garkalne, Garkalnes pagasts, Ropažu novads, LV-2137</t>
   </si>
   <si>
-    <t>29394221</t>
-[...1 lines deleted...]
-  <si>
     <t>info@medispec.lv</t>
   </si>
   <si>
     <t>www.medispec.lv</t>
   </si>
   <si>
     <t>Kokles iela 8, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
-    <t>26181404</t>
-[...1 lines deleted...]
-  <si>
     <t>davids.mitrevics@gmail.com</t>
   </si>
   <si>
     <t>www.zinimi.lv</t>
   </si>
   <si>
     <t>Daugavas iela 1C, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
-    <t>29489606</t>
-[...1 lines deleted...]
-  <si>
     <t>miks.zvejnieks@gmail.com</t>
   </si>
   <si>
     <t>www.mindfieldsports.com</t>
   </si>
   <si>
     <t>Imantas iela 11-12, Daugavpils, LV-5401</t>
   </si>
   <si>
-    <t>29793078</t>
-[...1 lines deleted...]
-  <si>
     <t>ivetagribute@inbox.lv</t>
   </si>
   <si>
     <t>Pētera iela 28, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
-    <t>26777313</t>
-[...1 lines deleted...]
-  <si>
     <t>aija.druvkalne@gmail.com</t>
   </si>
   <si>
     <t>Maija iela 18, Rīga, LV-1006</t>
   </si>
   <si>
-    <t>27875793</t>
-[...1 lines deleted...]
-  <si>
     <t>info@small-stuff.eu</t>
   </si>
   <si>
     <t>www.small-stuff.eu</t>
   </si>
   <si>
     <t>Dubultu iela 21-7, Rīga, LV-1029</t>
   </si>
   <si>
-    <t>29461172</t>
-[...1 lines deleted...]
-  <si>
     <t>baiba.blake@gmail.com</t>
   </si>
   <si>
     <t>www.tiktok.com/@brosandblades</t>
   </si>
   <si>
     <t>Kooperatīva šķērsiela 9-50, Rēzekne, LV-4601</t>
   </si>
   <si>
-    <t>20223194</t>
-[...1 lines deleted...]
-  <si>
     <t>dairis.adejanovs@gmail.com</t>
   </si>
   <si>
     <t>"Ausmiņas", Padures pag., Kuldīgas nov., LV-3301</t>
   </si>
   <si>
-    <t>26545356</t>
-[...1 lines deleted...]
-  <si>
     <t>m.vavere@inbox.lv</t>
   </si>
   <si>
     <t>"Kalna Mežakas", Mores pag., Siguldas nov., LV-2170</t>
   </si>
   <si>
-    <t>29465119</t>
-[...1 lines deleted...]
-  <si>
     <t>bonsai@bonsai.lv</t>
   </si>
   <si>
     <t>www.bonsai.lv</t>
   </si>
   <si>
     <t>Aleksandra Bieziņa iela 3-107, Rīga, LV-1029</t>
   </si>
   <si>
-    <t>20386500</t>
-[...1 lines deleted...]
-  <si>
     <t>ol@nepaliecviens.lv</t>
   </si>
   <si>
     <t>www.confidentstep.lv</t>
   </si>
   <si>
     <t>"Upītes 1", Drusti, Drustu pagasts, Smiltenes novads, LV-4132</t>
   </si>
   <si>
-    <t>27305261</t>
-[...1 lines deleted...]
-  <si>
     <t>malkas.baze@inbox.lv</t>
   </si>
   <si>
     <t>Kleistu iela 17A, Spilve, Babītes pagasts, Mārupes novads, LV-2101</t>
   </si>
   <si>
-    <t>26166277</t>
-[...1 lines deleted...]
-  <si>
     <t>info@palus.lv</t>
   </si>
   <si>
     <t>www.palus.lv</t>
   </si>
   <si>
     <t>Rīgas iela 2 – 9, Baloži, Ķekavas nov., LV-2112</t>
   </si>
   <si>
-    <t>26476284</t>
-[...1 lines deleted...]
-  <si>
     <t>maziebrinumi@gmail.com</t>
   </si>
   <si>
     <t>www.maziebrinumi.lv</t>
   </si>
   <si>
     <t>Līgo iela 4, Tukums, Tukuma novads, LV-3101</t>
   </si>
   <si>
-    <t>29995213</t>
-[...1 lines deleted...]
-  <si>
     <t>edijs@zeparts.lv</t>
   </si>
   <si>
     <t>Viestura iela 61/63-1, Daugavpils,  LV-5401</t>
   </si>
   <si>
-    <t>25342753</t>
-[...1 lines deleted...]
-  <si>
     <t>info@kodansoft.com</t>
   </si>
   <si>
     <t>https://kodansoft.com/</t>
   </si>
   <si>
     <t>Miera iela 57A-30, Rīga, LV-1013</t>
   </si>
   <si>
-    <t>29922988</t>
-[...1 lines deleted...]
-  <si>
     <t>alina.klemperte@mail.com</t>
   </si>
   <si>
     <t>Ezera iela 7, Izvalta, Izvaltas pagasts, Krāslavas novads, LV-5652</t>
   </si>
   <si>
-    <t>27110111</t>
-[...1 lines deleted...]
-  <si>
     <t>kopradestelpa@gmail.com</t>
   </si>
   <si>
     <t>www.izvalta.blogspot.com</t>
   </si>
   <si>
     <t>Lielā iela 60, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
-    <t>29262698</t>
-[...1 lines deleted...]
-  <si>
     <t>guntis.sokolovskis@gmail.com</t>
   </si>
   <si>
     <t>Sporta iela 2k-1, Rīga, LV-1013</t>
   </si>
   <si>
-    <t>29600916</t>
-[...1 lines deleted...]
-  <si>
     <t>kim@kim.lv</t>
   </si>
   <si>
     <t>https://kim.lv/</t>
   </si>
   <si>
     <t>Kareivju iela 5, Rīga, LV-1013</t>
   </si>
   <si>
     <t>58.1</t>
   </si>
   <si>
     <t>Grāmatu, periodisku izdevumu izdošana un citi izdevējdarbības pakalpojumi</t>
   </si>
   <si>
     <t>Dobeles šoseja 2, Jelgava, LV-3007</t>
   </si>
   <si>
     <t>46.39</t>
   </si>
   <si>
     <t>Pārtikas produktu, dzērienu un tabakas nespecializēta vairumtirdzniecība</t>
   </si>
   <si>
     <t>“Patvēruma meklētāju centrs”, Mucenieki, Ropažu novads, LV-2137; Sporta iela 2 k.1, Ropaži, Ropažu novads, LV-2135; Skolas iela 4, Upesciems, Ropažu novads, LV-2137; Avotiņi, Zaķumuiža, Ropažu novads, LV-2135</t>
   </si>
   <si>
     <t>S.Eizenšteina iela 59a, Rīga, LV-1079</t>
   </si>
   <si>
     <t>62.03</t>
   </si>
   <si>
     <t>Datoriekārtu darbības pārvaldīšana</t>
   </si>
   <si>
-    <t>Ieriķu iela 3, Rīga, LV-1084</t>
+    <t>Antonijas iela 24-8, Rīga, LV-1010</t>
   </si>
   <si>
     <t>Ikšķiles iela 2-2C, Ogre, Ogres novads, LV-5001</t>
   </si>
   <si>
     <t>Lugažu iela 13, Rīga, LV-1045; Andromedas Gatve 3, Rīga, LV-1084; Vircavas iela 2, Rīga, LV-1083; Jelgavas iela 86, Rīga, LV-1004; Atlasa iela 8, Rīga, LV-1026</t>
   </si>
   <si>
     <t>Inčukalna pagasts</t>
   </si>
   <si>
     <t>77.11</t>
   </si>
   <si>
     <t>Automobiļu un citu vieglo transportlīdzekļu iznomāšana un ekspluatācijas līzings.</t>
   </si>
   <si>
     <t>90.13</t>
   </si>
   <si>
     <t>Cita mākslas jaunrade</t>
+  </si>
+  <si>
+    <t>Dāliju iela 11a, Rīga, LV-1002</t>
   </si>
   <si>
     <t>Dārzu iela 23, Rēzekne, LV-4601</t>
   </si>
   <si>
     <t>88.90</t>
   </si>
   <si>
     <t>Pārējā sociālā aprūpe bez izmitināšanas</t>
   </si>
   <si>
     <t>Mazā Zemturu iela 14, Mārupe, Mārupes novads, LV-2167</t>
   </si>
   <si>
     <t>85.50</t>
   </si>
   <si>
     <t>Ģertrūdes iela 63, Rīga, LV-1011</t>
   </si>
   <si>
     <t>Atbrīvošanas aleja 166A, Rēzekne, LV-4604</t>
   </si>
   <si>
     <t>93.10</t>
   </si>
@@ -6197,144 +5545,120 @@
     <t xml:space="preserve">Inovatīvas izglītības vecināšana – uz autentiskā vidē būtiskām parādībām balstītu mācīšanos, veicināt bērnu sekmīgo integrāciju sabiedrībā, kā arī nodarbināt bezdarbniekus, kuriem ir apgādājāmie, bezdarbniekus, kas ir vecāki par 54 gadiem un ilgstošus bezdarbiniekus, nodrošinot vidi un dot iespējas valsts valodas apguvei. </t>
   </si>
   <si>
     <t>LM-32-4-04/176</t>
   </si>
   <si>
     <t>Veidot darba integrācijas sociālo uzņēmumu, lai palielinātu nodarbinātības iespējas sociālās atstumtības riskam pakļauto iedzīvotāju grupām Izvaltas tuvējā apkārtnē, tā veicinot iedzīvotājiem iespējas strādāt atbilstoši savām spējām mūsdienīgās augstas kvalitātes darba vietās un realizēt savu potenciālu paaugstinot personīgo un kopienas dzīves kvalitāti un ilgtspējīgu lauku kopienas ekosistēmas attīstību.</t>
   </si>
   <si>
     <t>LM-32-4-04/182</t>
   </si>
   <si>
     <t>1) Dažādu atkarību, jo īpaši narkomānijas un alkohola atkarības problēmu, aktualizācija sabiedrībā. Pētot praksē atkarīgo personu dzīvi sniegt priekšlikumus atbildīgajām iestādēm problēmu risināšanā. Vērst sabiedrības uzmanību uz iespējām kā sabiedrība var palīdzēt un atbalstīt atkarīgo personu atveseļošanās procesu; 2) Informēt sabiedrību par sociālām un cita veida problēmām, kas skar sabiedrību kopumā un katru indivīdu atsevišķi, problēmas dažādos veidos atspoguļojot interneta vidē; 3) Veicināt un motivēt iedzīvotājus dzīvot gan morāli, gan fiziski veselīgi;4) Dažādu mācību, izglītojoša un informatīva satura materiālu veidošana, izmantojot sociālās platformas; 5) Dažādu pasākumu, tajā skaitā, labdarības pasākumu, organizēšana, filmēšana un translēšana;
 6) Raidījumu, filmu, reklāmu un citu video veidošana, iepazīstinot ar sabiedrībā pazīstamiem cilvēkiem, kuri, daloties ar savu pieredzi, varētu motivēt un iedvesmot jauniešus; 7) Kopā ar sabiedrību meklēt veidus kā veicināt jauniešus atteikties no atkarībām.</t>
   </si>
   <si>
     <t>LM-32-4-04/183</t>
   </si>
   <si>
     <t>Veikt pozitīvu sociālo ietekmi radošu saimniecisko darbību, lai veicinātu laikmetīgās mākslas attīstību Latvijā, atbalstītu māksliniekus, izglītotu sabiedrību par mākslas norisēm un nodrošinātu kultūras daudzveidību.</t>
   </si>
   <si>
     <t>LM-32-4-04/184</t>
   </si>
   <si>
-    <t>33 711,22</t>
-[...1 lines deleted...]
-  <si>
     <t>Sabiedrība ar ierobežotu atbildību "Tenisa akadēmija"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "ROLĪGA"</t>
   </si>
   <si>
     <t>SIA Zirguprieks</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Samariešu darbnīcas"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "KA &amp; D"</t>
   </si>
   <si>
     <t>SIA Forest of Dreams</t>
   </si>
   <si>
     <t>Kairut SIA</t>
   </si>
   <si>
     <t>SIA "Protu Protu"</t>
   </si>
   <si>
     <t>Aleksandra Bieziņa iela 4-21, Rīga, LV-1029</t>
   </si>
   <si>
-    <t>29212018</t>
-[...1 lines deleted...]
-  <si>
     <t>bukins.andrejs@gmail.com</t>
   </si>
   <si>
     <t>"Apogi"-1, Lielkangari, Ropažu pagasts, Ropažu novads, LV-2135</t>
   </si>
   <si>
-    <t>20004808</t>
-[...1 lines deleted...]
-  <si>
     <t>ropazuudens@inbox.lv</t>
   </si>
   <si>
     <t>"Pūpoli", Vārpas, Baldones pagasts, Ķekavas novads, LV-2125</t>
   </si>
   <si>
-    <t>26045767</t>
-[...1 lines deleted...]
-  <si>
     <t>anitra.eglite@gmail.com</t>
   </si>
   <si>
     <t>Katoļu iela 22, Rīga, LV-1003</t>
   </si>
   <si>
-    <t>26128451</t>
-[...1 lines deleted...]
-  <si>
     <t>kristaps.kuznecovs@samariesi.lv</t>
   </si>
   <si>
     <t>Sabiles iela 1C - 2, Rīga, LV-1046</t>
   </si>
   <si>
-    <t>29145168</t>
-[...1 lines deleted...]
-  <si>
     <t>gustavs.pauna@gmail.com</t>
   </si>
   <si>
     <t>Martas 9-2, Rīga, LV-1011</t>
   </si>
   <si>
-    <t>29434077</t>
-[...1 lines deleted...]
-  <si>
     <t>lauma@forestofdreams.lv</t>
   </si>
   <si>
     <t>www.forestofdreams.lv</t>
   </si>
   <si>
     <t>Strautu iela 13, Daugavpils, LV-5414</t>
   </si>
   <si>
     <t>kairutsia@gmail.com</t>
   </si>
   <si>
     <t>Kauņas iela 10, Jūrmala, LV-2011</t>
-  </si>
-[...1 lines deleted...]
-    <t>26181375</t>
   </si>
   <si>
     <t>ivinke@inbox.lv</t>
   </si>
   <si>
     <t>www.protu-protu.lv</t>
   </si>
   <si>
     <t>Ilūkstes iela 30, Rīga, LV-1082</t>
   </si>
   <si>
     <t>Baldones pagasts</t>
   </si>
   <si>
     <t>93.00</t>
   </si>
   <si>
     <t>Komunālā iela 2, Daugavpils,  LV-5418</t>
   </si>
   <si>
     <t>Katrīnas iela 2-3, Rīga, LV-1050</t>
   </si>
   <si>
     <t>Organizēt kvalitatīvus vispārējās sporta un tenisa treniņus bērniem un pusaudžiem, ieaudzinot fiziskās kultūras pamatus un iesaistīšanos sportā ilgtermiņā, popularizējot veselīgu dzīvesveidu un veidojot pilnvērtīgus, aktīvus mūsdienu sabiedrības locekļus. Organizēt bezmaksas sporta nodarbības bērniem un pusaudžiem, ar ierobežotām pārvietošanās spējām, invalīdiem. Organizēt bezmaksas sporta nodarbības un lekcijas par sportu bērniem un pusaudžiem no bērnunamiem.</t>
   </si>
@@ -6379,98 +5703,90 @@
     <t>1) Izstrādāt sporta programmas un tās ieviest bērniem un jauniešiem, kas pakļauti sociālās atstumtības riskiem;
 2) Veicināt sociālās atstumtības pakļauto bērnu un jauniešu integrēšanu sabiedrībā caur sporta un radošo izglītību;
 3) Caur sportu veicināt bērnu un jauniešu veselīgu emocionālo attīstību;
 4) Nodrošināt sporta nodarbības bērniem un jauniešiem ar invaliditāti;
 5) Ar savu saimniecisko darbību veicināt sabiedrībā izmaiņas attieksmē pret personām, kas pakļautas sociālās atstumtības riskiem.</t>
   </si>
   <si>
     <t>LM-32-4-04/29</t>
   </si>
   <si>
     <t>SIA "Alsa Smart"</t>
   </si>
   <si>
     <t>SIA "Care Art"</t>
   </si>
   <si>
     <t>SIA Socintegra darbnīca</t>
   </si>
   <si>
     <t>SIA "MIIRS"</t>
   </si>
   <si>
     <t>Prūšu iela 3 k-2 - 27, Rīga, LV-1057</t>
   </si>
   <si>
-    <t>26355044</t>
-[...1 lines deleted...]
-  <si>
     <t>alvis.osmanis@inbox.lv</t>
   </si>
   <si>
     <t>Upes iela 6, Kumbuļi 6, Demenes pagasts, Augšdaugavas novads</t>
   </si>
   <si>
-    <t>29891910</t>
-[...1 lines deleted...]
-  <si>
     <t>careart@inbox.lv</t>
   </si>
   <si>
     <t>Ropažu nov, Ulbroka, Institūta 13-1, LV-2130</t>
   </si>
   <si>
-    <t>26383251</t>
-[...1 lines deleted...]
-  <si>
     <t>info@socintegra.lv</t>
   </si>
   <si>
     <t>www.socintegra.lv</t>
   </si>
   <si>
-    <t>Ārdavas muiža, Ārdava, Pelēču pag., Preiļu nov., LV-5329</t>
-[...2 lines deleted...]
-    <t>28791362</t>
+    <t>"Jezufinovas muiža", Ārdava, Pelču pagasts, Preiļu novads, LV-5329</t>
   </si>
   <si>
     <t>ardavasmuiza@gmail.com</t>
   </si>
   <si>
     <t>Mežkalnu iela 8, Upeslejas, Stopiņu nov., LV-2118</t>
   </si>
   <si>
     <t>Demenes pagasts</t>
   </si>
   <si>
     <t>Augšdaugavas novads</t>
   </si>
   <si>
     <t>Strazdumuižas iela 80-207, Rīga LV-1079</t>
   </si>
   <si>
+    <t>Jezufinovas muiža, 
+Ārdava, Pelēču pagasts, Preiļu novads, LV-5329</t>
+  </si>
+  <si>
     <t>Preiļu pagasts</t>
   </si>
   <si>
     <t>Preiļu novads</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir sniegt pakalpojumus, kas paredzēti sociāli neaizsargātajām grupām veselības aprūpes sistēmā. Sabiedrības mērķis ir iesaistīties veselības aprūpes sistēmā, sniedzot pakalpojumus, kas uzlabo iedzīvotāju dzīves kvalitāti. Sabiedrība veic pētniecību, iedzīvotāju izglītošanu kā arī visus ar to saistītos uzdevumus, lai veicinātu sabiedrības veselības pratību. Sabiedrība veic medicīnas preču un ierīču izgatavošanu, nodrošinot iedzīvotājus (to grupas) ar augsti kvalitatīviem produktiem. Sabiedrības var veikt apmācību organizēšanu veselības aprūpes profesionāļiem, mācību un uzskates materiālu izstrāde. Sabiedrības peļņa tiek novirzīta mērķu sasniegšanā.</t>
   </si>
   <si>
     <t>Veicināt indivīdu sociālo integrāciju, atbildību un līdzdalību, pilnveidojot sociālo iespēju nodrošināšanu, dažādību un pieejamību, attīstot sociālo pakalpojumu efektivitāti ilgtermiņā Augšdaugavas novada teritorijā.</t>
   </si>
   <si>
     <t>Vides pieejamības līmeņa paaugstināšana un cilvēku ar redzes traucējumiem integrācija sabiedrībā, nodrošinot viņiem vienlīdzīgas iespējas izglītībā, nodarbinātībā un sociālajā dzīvē.</t>
   </si>
   <si>
     <t>LM-32-4-04/30</t>
   </si>
   <si>
     <t>Veicināt kopienu attīstību un kultūrvēsturiskā mantojuma saglabāšanu, un kļūt par platformu, kur satikties kopienām, uzņēmumiem un organizācijām, veidot jaunas sadarbības un iniciatīvas, organizēt kultūras, izglītības un citas aktivitātes, kas veicinātu sociālo problēmu mazināšanu kopienās u.c.</t>
   </si>
   <si>
     <t>LM-32-4-04/28</t>
   </si>
   <si>
     <t>SIA RAINARA</t>
@@ -6481,141 +5797,123 @@
   <si>
     <t>SIA Delicate Solutions</t>
   </si>
   <si>
     <t>SIA Red9 Scuderia</t>
   </si>
   <si>
     <t>SIA "Pieskāriens Tumsā"</t>
   </si>
   <si>
     <t>SIA ACTI</t>
   </si>
   <si>
     <t>Zītari, Irlava, Irlavas pag., Tukuma nov., LV-3137</t>
   </si>
   <si>
     <t>20278590, 26468556</t>
   </si>
   <si>
     <t xml:space="preserve">rainara@inbox.lv </t>
   </si>
   <si>
     <t>,,Ielejas", Daugavmala, Tīnūžu pag., Ogres nov., LV-5052</t>
   </si>
   <si>
-    <t>26672378</t>
-[...1 lines deleted...]
-  <si>
     <t>uglycake7@gmail.com</t>
   </si>
   <si>
     <t>www.uglycake.lv</t>
   </si>
   <si>
     <t>"Lūši", Krimuldas pag., Siguldas nov., LV-2142</t>
   </si>
   <si>
-    <t>29363171</t>
-[...1 lines deleted...]
-  <si>
     <t>info@delicate.lv</t>
   </si>
   <si>
     <t>Kalnciema iela 32A - 3, Rīga, LV-1083</t>
   </si>
   <si>
-    <t>29455773</t>
-[...1 lines deleted...]
-  <si>
     <t>info@red9.lv</t>
   </si>
   <si>
     <t>https://red9.lv/; www.tillotsonracing.lv</t>
   </si>
   <si>
     <t>Braila iela 5, Rīga, LV-1024</t>
   </si>
   <si>
     <t>pieskariens.tumsa@gmail.com</t>
   </si>
   <si>
     <t>17. līnija 3, Skulte, Skultes pagasts, Limbažu novads, LV-4025</t>
   </si>
   <si>
-    <t>27156007</t>
-[...1 lines deleted...]
-  <si>
     <t>normunds.strods@acti.lv</t>
   </si>
   <si>
     <t>Irlavas pagasts</t>
   </si>
   <si>
     <t>Sadzīves un dekoratīvu keramikas izstrādājumu ražošana</t>
   </si>
   <si>
     <t>81.23; 47.24; 81.22</t>
   </si>
   <si>
     <t>Citi tīrīšanas pakalpojumi; Maizes, kūku un konditorejas izstrādājumu mazumtirdzniecība; Citi ēku un ražošanas objektu tīrīšanas pakalpojumi</t>
   </si>
   <si>
-    <t>Krimuldas pagasts</t>
+    <t>Tallinas iela 83, Rīga, LV-1009</t>
   </si>
   <si>
     <t xml:space="preserve">74.20; 85.69; 88.99 </t>
   </si>
   <si>
     <t>Fotopakalpojumi; Citur neklasificēti izglītības atbalsta pakalpojumi; Citur neklasificēti sociālās aprūpes pakalpojumi</t>
   </si>
   <si>
     <t>Mangaļu prospekts 43, Rīga, LV-1030</t>
   </si>
   <si>
     <t>95.31</t>
   </si>
   <si>
     <t>Mehānisko transportlīdzekļu remonts un apkope</t>
   </si>
   <si>
     <t>Citur neklasificētas sporta nodarbības</t>
   </si>
   <si>
     <t>96.23</t>
   </si>
   <si>
     <t>Dienas spa, saunu un tvaika pirts darbība</t>
   </si>
   <si>
-    <t>Limbažu nov., Skultes pag., Skulte, 17. līnija 3, LV-4025</t>
-[...5 lines deleted...]
-    <t>Limbažu novads</t>
+    <t>Bieķensalas iela 32, Rīga, LV-1004</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir veicināt un atbalstīt sociālā riska grupu pārstāvju nodarbinātību, labklājību, izglītību un dzīves kvalitātes uzlabošanu, veicot saimniecisko darbību ar labvēlīgu sociālo ietekmi, organizējot izglītojošus un darba prasmes nostiprinošus pasākumus, atbalstīt labdarības projektu īstenošanu.</t>
   </si>
   <si>
     <t>LM-32-4-04/43</t>
   </si>
   <si>
     <t xml:space="preserve">Veicināt kulinārijas un konditorejas izstrādājumu gatavošanas prasmju attīstību visās sociālajās grupās. Radīt bērnos un jauniešos interesei par konditorejas izstrādājumu gatavošanu. Uzlabot atstumtības riskam pakļauto iedzīvotāju grupu dzīves kvalitāti ar integrējošiem pasākumiem un nodarbībām. Organizēt izglītojošus kulinārijas un konditorejas prasmju pasākumus izglītības un aprūpes iestādēs. Integrēt sabiedrībā bāreņus, bez vecāku gādības palikušos bērnus un bērnus no nelabvēlīgām ģimenēm vecumā no 15 līdz 24 gadiem, kuri līdz 24 gadu vecumam nekur nestrādā un nemācās, radot interesi par konditorejas un kulinārijas izstrādājumu gatavošanu caur integrējošiem pasākumiem un nodarbībām, nodrošinot mērķa grupu prakses vietu un apmācību. Veicināt ģimeņu saliedēšanos, organizējot izglītojošus kulinārijas un konditorejas pasākumu dažādām vecumu grupām. Atbalstīt labdarības projektu īstenošanu. </t>
   </si>
   <si>
     <t>LM-32-4-04/40</t>
   </si>
   <si>
     <t>Attīstīt uzņēmuma saimniecisko darbību, iegūt sociālā uzņēmuma statusu, veicināt mērķa grupas pārstāvju dzīves kvalitātes un labklājības līmeņa uzlabošanu.</t>
   </si>
   <si>
     <t>LM-32-4-04/39</t>
   </si>
   <si>
     <t>Sabiedrības sociālais mērķis kā vienīgais un galvenais uzņēmuma darbības mērķis ir Jauniešu un citu personu iesaiste auto-moto sportā, auto-moto sporta tehnisko un praktisko zināšanu apmācību, auto-moto sporta tehnikas apkopē un popularizēšanā. Auto-moto sportā ietilpst gan kartingi, mopēdi, skūteri un motocikli, neatkarīgi no tā motora veida. Augstāk minētajā darbības veidā ietvert drošas braukšanas gan praktiskajā gan teorētiskajā ziņā, tādējādi radot ilgstošu pozitīvu sociālo ietekmi.</t>
   </si>
   <si>
     <t>Nodarbināt cilvēkus ar dažādām invaliditātēm un bezdarbniekus, kas vecāki par 54 gadiem. Sākt ar redzes invalīdiem, piedāvājot viņiem strādāt par masieriem. Centra sociālais mērķis ir nodarbināt cilvēkus ar dažādām invaliditātēm, kā arī bezdarbniekus vecumā no 54 gadiem un vairāk.</t>
   </si>
@@ -6628,102 +5926,84 @@
   <si>
     <t>LM-32-4-04/38</t>
   </si>
   <si>
     <t>SIA TD LV</t>
   </si>
   <si>
     <t>SIA Arkāde AI</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "LeLe Knits"</t>
   </si>
   <si>
     <t>BK Garkalne SIA</t>
   </si>
   <si>
     <t>SIA "NTterapija"</t>
   </si>
   <si>
     <t>SIA "RESTART Balt"</t>
   </si>
   <si>
     <t>Selgas iela 13, Engure, Engures pag., Tukuma nov., LV-3113</t>
   </si>
   <si>
-    <t>26255988</t>
-[...1 lines deleted...]
-  <si>
     <t>veikals@tavidraugi.lv</t>
   </si>
   <si>
     <t>www.tavidraugi.lv</t>
   </si>
   <si>
     <t>Ceriņu iela 13, Ādažu novads, Carnikavas pagasts, LV 2163</t>
   </si>
   <si>
-    <t>26143120</t>
-[...1 lines deleted...]
-  <si>
     <t>inese@citariga.lv</t>
   </si>
   <si>
     <t>Amālijas iela 18, Salaspils, Salaspils novads, LV-2118</t>
   </si>
   <si>
-    <t>29735771</t>
-[...1 lines deleted...]
-  <si>
     <t>lelde.lejava@gmail.com</t>
   </si>
   <si>
     <t>Dzirnavu 82-25, Rīga, LV-1050</t>
   </si>
   <si>
-    <t>29231999</t>
-[...1 lines deleted...]
-  <si>
     <t>edgars.sneps@sportahalle.lv</t>
   </si>
   <si>
     <t>Ropažu iela 14 k-1 - 86, Rīga, LV-1039</t>
   </si>
   <si>
-    <t>26033444</t>
-[...1 lines deleted...]
-  <si>
     <t>Nika@ntterapija.com</t>
   </si>
   <si>
     <t>www.ntterapija.com</t>
   </si>
   <si>
     <t>Bērzu iela 4, Benislava, Lazdukalna pag., Balvu nov., LV-4577</t>
-  </si>
-[...1 lines deleted...]
-    <t>24804918</t>
   </si>
   <si>
     <t>info@neatkariba-balt.lv</t>
   </si>
   <si>
     <t>Ģertrūdes iela 32, Rīga, LV-1011</t>
   </si>
   <si>
     <t>Lietotu preču mazumtirdzniecība</t>
   </si>
   <si>
     <t>85.52; 68.20</t>
   </si>
   <si>
     <t>Kultūras izglītība; Sava vai nomāta nekustamā īpašuma izīrēšana un pārvaldīšana</t>
   </si>
   <si>
     <t>Carnikavas pagasts</t>
   </si>
   <si>
     <t>90.20; 90.39</t>
   </si>
   <si>
     <t>Mākslas palīgdarbības; Citas mākslas un izpildītājmākslas atbalsta darbības</t>
   </si>
@@ -6793,108 +6073,87 @@
   <si>
     <t>SIA "Burtu Takas"</t>
   </si>
   <si>
     <t>SIA FK Tukums 2000 Academy</t>
   </si>
   <si>
     <t>SIA Your Place</t>
   </si>
   <si>
     <t>SIA THE INSPIRED PLACE</t>
   </si>
   <si>
     <t>SIA OPTIV</t>
   </si>
   <si>
     <t>SIA AVDEJEVKA</t>
   </si>
   <si>
     <t>SIA "Emausi"</t>
   </si>
   <si>
     <t>Austrumu iela 18, Koknese, Aizkraukles novads, LV-5113</t>
   </si>
   <si>
-    <t>29930639</t>
-[...1 lines deleted...]
-  <si>
     <t>ginta.skrejane@inbox.lv</t>
   </si>
   <si>
     <t xml:space="preserve">Jaunlazdu iela 3-27, Krustkalni, Ķekavas pagasts, Ķekavas novads, LV-2111 </t>
   </si>
   <si>
-    <t>22029203</t>
-[...1 lines deleted...]
-  <si>
     <t>info@burtutakas.lv</t>
   </si>
   <si>
     <t>Tukuma novads, Tukums, Revolūcijas iela 4, LV-3101</t>
   </si>
   <si>
-    <t>29241313</t>
-[...1 lines deleted...]
-  <si>
     <t>kaspars.tukums@gmail.com</t>
   </si>
   <si>
     <t>Rūpniecības iela 15 - 72, Jūrmala, LV-2016</t>
   </si>
   <si>
-    <t>29728603</t>
-[...1 lines deleted...]
-  <si>
     <t>Julija.mihejenko@gmail.com</t>
   </si>
   <si>
     <t>Bruņinieku iela 8A - 15, Rīga, LV-1010</t>
   </si>
   <si>
-    <t>25547445</t>
-[...1 lines deleted...]
-  <si>
     <t>klinta@klintaart.com</t>
   </si>
   <si>
     <t>Ventas iela 4C, Sigulda, Siguldas nov., LV-2150</t>
   </si>
   <si>
-    <t>29478674</t>
-[...1 lines deleted...]
-  <si>
     <t>info@optiv.lv</t>
   </si>
   <si>
     <t>www.optiv.lv</t>
   </si>
   <si>
     <t>Rīga, Laimdotas iela 38A - 21, LV-1084</t>
-  </si>
-[...1 lines deleted...]
-    <t>26831928</t>
   </si>
   <si>
     <t>infoavdejevka@gmail.com</t>
   </si>
   <si>
     <t>www.avdejevka.lv</t>
   </si>
   <si>
     <t>Rīga, Murjāņu iela 1A, LV-1024</t>
   </si>
   <si>
     <t>29890821‬</t>
   </si>
   <si>
     <t>baseinsjugla@inbox.lv</t>
   </si>
   <si>
     <t>www.baseinsjugla.lv</t>
   </si>
   <si>
     <t>Melioratoru iela 1, Koknese, Aizkraukles novads, LV-5113</t>
   </si>
   <si>
     <t>Koknese</t>
   </si>
@@ -6958,177 +6217,159 @@
   </si>
   <si>
     <t>1. Samazināt bērnu pakļautību sociālās atstumtības riskam liekā svara dēļ.
 2. Veicināt regulāru fizisko aktivitāšu iekļaušanu bērnu ikdienā.
 3. Palielināt vecāku un pedagogu, arī sabiedrības izpratni par liekā svara psihosociālajām sekām un 
 sociālās atstumtības risku.</t>
   </si>
   <si>
     <t>1. Nodrošināt sporta aktivitātes personām ar invaliditāti; 
 2. Nodrošināt sporta aktivitātes personām ar redzes traucējumiem;
 3. Veicināt personu ar invaliditāti piedalīšanos ūdens sporta aktivitātēs.</t>
   </si>
   <si>
     <t>LM-32-4-04/72</t>
   </si>
   <si>
     <t>SIA RENT&amp;EVENT</t>
   </si>
   <si>
     <t>SIA "4 Props"</t>
   </si>
   <si>
     <t>"Dambīši", Vilces pagasts, Jelgavas novads, LV-3026</t>
   </si>
   <si>
-    <t>26216869</t>
-[...1 lines deleted...]
-  <si>
     <t>proof86@inbox.lv</t>
   </si>
   <si>
     <t>"Vecsmilgas", Ragana, Krimuldas pagasts, Siguldas novads, LV-2144</t>
   </si>
   <si>
-    <t>29128045</t>
-[...1 lines deleted...]
-  <si>
     <t>lolita.kolcova@gmail.com</t>
   </si>
   <si>
     <t>Dambīši, Vilces pagasts, Jelgavas novads, LV-3026</t>
   </si>
   <si>
     <t>Vilces pagasts</t>
   </si>
   <si>
     <t>Atpūtas un sporta preču iznomāšana un ekspluatācijas līzings</t>
   </si>
   <si>
     <t>77.39</t>
   </si>
   <si>
     <t>Citur neklasificētu mašīnu, aprīkojuma un materiālu lietu iznomāšana un ekspluatācijas līzings</t>
+  </si>
+  <si>
+    <t>Krimuldas pagasts</t>
   </si>
   <si>
     <t>46.14</t>
   </si>
   <si>
     <t>Mašīnu, rūpniecības iekārtu, kuģu un gaisa kuģu vairumtirdzniecības aģentu darbība</t>
   </si>
   <si>
     <t>Mašīnu un iekārtu remonts un apkope</t>
   </si>
   <si>
     <t>Uzlabot cilvēkiem ar kustību traucējumiem mobilitāti un sociālo integrāciju, samazināt sociālo izolāciju un vientulības sajūtu piedāvājot speciālo palīglīdzekļu un ne tikai, nomu, pasākumu vadīšanu un organizēšanu.</t>
   </si>
   <si>
     <t>1. Tehnoloģiju izglītības veicināšana bērnu un jauniešu vidū: Nodrošināt piekļuvi mūsdienīgām tehnoloģiju apmācībām, veikt apmācības mikroshēmu lodēšanā, nelielu robotizētu objektu izveidē īpaši koncentrējoties uz dronu būvi un 3D drukāšanu, lai veicinātu sabiedrības tehniskās prasmes un inovācijas.
 2. Sociālās integrācijas atbalsts: Iesaistīt brīvprātīgos un personas ar invaliditāti praktiskās aktivitātēs, nodrošinot tiem nepieciešamos materiālus un apmācības, tādējādi veicinot viņu iekļaušanos sabiedrībā un darba tirgū.</t>
   </si>
   <si>
     <t>LM-32-4-04/93</t>
   </si>
   <si>
     <t>SIA P13</t>
   </si>
   <si>
     <t>Prieduļu iela 13, Garupe, Carnikavas pagasts, Ādažu novads, LV-2163</t>
   </si>
   <si>
-    <t>25725722</t>
-[...1 lines deleted...]
-  <si>
     <t>hello@power-station.lv</t>
   </si>
   <si>
     <t>www.bluetti.lv</t>
   </si>
   <si>
-    <t>Lāčplēša iela 125-K4, Rīga, LV-1003</t>
+    <t>Pērnavas iela 60-6, Rīga, LV-1012</t>
   </si>
   <si>
     <t>46.90</t>
   </si>
   <si>
     <t>Nespecializēta vairumtirdzniecība</t>
   </si>
   <si>
     <t>1. Atbalstīt personas, kas ir pakļautas sociālās atstumtības riskam, tajā skaitā, kas izdzīvojušas onkoloģisku slimību, nodrošinot pielāgotas darba iespējas. 
 2. Veicināt sociālo iekļaušanu un nodarbinātību veselības krīzi pārdzīvojušām personām.
 3. Nodrošināt psiholoģisko un praktisko atbalstu darbā integrācijas procesā.</t>
   </si>
   <si>
     <t>SIA "Veselības centrs Teo"</t>
   </si>
   <si>
     <t>Dižbārdu iela 9 - 2, Mežāres, Babītes pag., Mārupes nov., LV-2101</t>
   </si>
   <si>
-    <t>29875904</t>
-[...1 lines deleted...]
-  <si>
     <t>centrsteo@gmail.com</t>
   </si>
   <si>
     <t>Babītes pagasts</t>
   </si>
   <si>
     <t xml:space="preserve">Mērķis ir veicināt sabiedības dzīves kvalitātes uzlabošanos un ilgstpējīgu attīstību, veicot saimniecisko darbību ar labvēlīgu sociālo ietekmi. </t>
   </si>
   <si>
     <t>SIA "Leather AA"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežot atbildību "EDF"</t>
   </si>
   <si>
     <t>SIA "LUXBOX"</t>
   </si>
   <si>
     <t>Ģertrūdes iela 2, Rīga, LV-1010</t>
   </si>
   <si>
-    <t>28370008</t>
-[...1 lines deleted...]
-  <si>
     <t>anna@leather-aa.com</t>
   </si>
   <si>
     <t>Dzērvju iela 13, Salaspils, Salaspils novads</t>
   </si>
   <si>
-    <t>20011222</t>
-[...1 lines deleted...]
-  <si>
     <t>e-invest@inbox.lv</t>
   </si>
   <si>
     <t>Jelgavas iela 8, Kalnciems, Kalnciema pag., Jelgavas nov., LV-3016</t>
-  </si>
-[...1 lines deleted...]
-    <t>20414994</t>
   </si>
   <si>
     <t>kristers.vejs@gmail.com</t>
   </si>
   <si>
     <t>46.16</t>
   </si>
   <si>
     <t>Tekstilizstrādājumu, apģērbu, apavu un ādas izstrādājumu vairumtirdzniecības aģentu darbība</t>
   </si>
   <si>
     <t>47.72</t>
   </si>
   <si>
     <t>Apavu un ādas izstrādājumu mazumtirdzniecība</t>
   </si>
   <si>
     <t>Salaspils</t>
   </si>
   <si>
     <t>Salaspils novads</t>
   </si>
   <si>
     <t>Citur neklasificēta izklaides un atpūtas darbība</t>
   </si>
@@ -7155,93 +6396,78 @@
   <si>
     <t>Nodarbināt  un apmācīt sociālās atstumtības riskam pakļautas iedzīvotāju grupas.</t>
   </si>
   <si>
     <t>LM-32-4-04/97</t>
   </si>
   <si>
     <t>SIA "MSO"</t>
   </si>
   <si>
     <t>SIA BIO100</t>
   </si>
   <si>
     <t>SIA SPĒKA SPEKTRS</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "IlzeArt Studio"</t>
   </si>
   <si>
     <t>SIA Baltic Marketplace</t>
   </si>
   <si>
     <t>Pludmales iela 7, Saurieši, Stopiņu pag., Ropažu nov., LV-2118</t>
   </si>
   <si>
-    <t>27424488</t>
-[...1 lines deleted...]
-  <si>
     <t>mobstoporg@inbox.lv</t>
   </si>
   <si>
     <t>www.mobbingstop.org</t>
   </si>
   <si>
     <t>Rīgas iela 21C, Olaine, Olaines nov., LV-2114</t>
   </si>
   <si>
-    <t>23225100</t>
-[...1 lines deleted...]
-  <si>
     <t>bernans.ralfs@gmail.com</t>
   </si>
   <si>
     <t>www.bio100.lv</t>
   </si>
   <si>
     <t>Skolas iela 8-8, Augšlīgatne, Līgatnes pagasts, Cēsu novads, LV-4108</t>
   </si>
   <si>
-    <t>28883681</t>
-[...1 lines deleted...]
-  <si>
     <t>1vanagsjanis@gmail.com</t>
   </si>
   <si>
     <t>Bāriņu iela 4/6 - 10, Liepāja,  LV-3401</t>
   </si>
   <si>
-    <t>26082054</t>
-[...1 lines deleted...]
-  <si>
     <t>akmentinailze@inbox.lv</t>
   </si>
   <si>
     <t>"Kalnmaļi", Rencēnu pagasts, Valmieras novads, LV-4232</t>
-  </si>
-[...1 lines deleted...]
-    <t>26607271</t>
   </si>
   <si>
     <t>daniils.pilans@gmail.com</t>
   </si>
   <si>
     <t>www.kliksel.lv</t>
   </si>
   <si>
     <t>38.21</t>
   </si>
   <si>
     <t>Materiālu atgūšana</t>
   </si>
   <si>
     <t>Līgatnes pagasts</t>
   </si>
   <si>
     <t>Rīgas iela 31, Valmiera, LV-4201</t>
   </si>
   <si>
     <t>47.12</t>
   </si>
   <si>
     <t>Cita nespecializēta mazumtirdzniecība</t>
   </si>
@@ -7270,81 +6496,69 @@
   <si>
     <t>Mērķis ir samazināt stresa radīto seku izpausmes un veicināt sociālo un emocionālo prasmju attīstību bērniem un jauniešiem, uzlabojot bērnu un jauniešu pašvērtējumu, sniegumu un koncentrēšanās spējas, iekļaujot emociju aktivizēšanas un regulēšanas tehnikas elementus un  mākslas jomu elementus - kustības, deja, mūzika, vizuālā māksla, rotaļas</t>
   </si>
   <si>
     <t>Veicināt aprites ekonomikas principu ieviešanu un sabiedrības izpratni par ilgtspējīgu resursu izmantošanu, izglītojot sabiedrību, praktiski atbalstot resursu atkārtotu izmantošanu un koordinējot aprites ekonomikas dalībnieku sadarbību, tādējādi samazinot atkritumu apjomu un veicinot ilgtspējīgu dzīvesveidu vietējā kopienā un plašākā mērogā.</t>
   </si>
   <si>
     <t>LM-32-4-04/124</t>
   </si>
   <si>
     <t>SIA REKUROBO</t>
   </si>
   <si>
     <t>"Plūsmas" SIA</t>
   </si>
   <si>
     <t>SIA "ANNAS KOKU SKOLA"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "MVC"</t>
   </si>
   <si>
     <t>Dārznieki, Grundzāles pagasts, Smiltenes novads, LV-4713</t>
   </si>
   <si>
-    <t>26477962</t>
-[...1 lines deleted...]
-  <si>
     <t>info@rekurobo.lv</t>
   </si>
   <si>
     <t>Blaumaņa iela 34-1, Rīga, LV 1011</t>
   </si>
   <si>
-    <t>29252669</t>
-[...1 lines deleted...]
-  <si>
     <t>inga.zvaigzne@yahoo.com</t>
   </si>
   <si>
     <t>“Annas koku skola”, Klīves, Babītes pag., Mārupes nov., LV-2107</t>
   </si>
   <si>
-    <t>22030909</t>
-[...1 lines deleted...]
-  <si>
     <t>info@labiekoki.lv</t>
   </si>
   <si>
     <t>www.annaskokuskola.lv</t>
   </si>
   <si>
     <t xml:space="preserve">Spartaka iela 28, Ozolnieki, Ozolnieku pag., Jelgavas nov., LV-3018 </t>
-  </si>
-[...1 lines deleted...]
-    <t>22078432</t>
   </si>
   <si>
     <t>agris.starts@outlook.com</t>
   </si>
   <si>
     <t>Grundzāles pagasts</t>
   </si>
   <si>
     <t>78.30</t>
   </si>
   <si>
     <t>Pārējo cilvēkresursu nodrošināšana</t>
   </si>
   <si>
     <t>70.21</t>
   </si>
   <si>
     <t>Sabiedrisko attiecību un komunikācijas vadības pakalpojumi</t>
   </si>
   <si>
     <t>55.20</t>
   </si>
   <si>
     <t>Ozolnieku pagasts</t>
   </si>
@@ -7371,242 +6585,212 @@
   <si>
     <t>LM-32-4-04/133</t>
   </si>
   <si>
     <t>Sabiedrības darbības mērķi veicināt izglītības un kopienas ilgtspējīgu attīstību, nodrošinot praktisku un visiem pieejamu izglītību par vides jautājumiem, resursu apriti un dārzkopību, īpaši atbalstot bērnu un jauniešu psihoemocionālo labbūtību. Sabiedrība nodrošina vidi, kurā ikviens var mācīties, darboties un piedzīvot dabas procesus, tādējādi stiprinot izpratni par zaļo domāšanu, veselīgu dzīvesveidu un atbildīgu attieksmi pret dabu.</t>
   </si>
   <si>
     <t>LM-32-4-04/134</t>
   </si>
   <si>
     <t>Sabiedrības  mērķis ir  atbalstīt pieaugušos ar mentālās un fiziskās veselības rakstura grūtībām, kā piemēram: nodrošinot speciālistu konsultācijas, veidojot un izplatot materiālus un iekārtas, kā arī nodrošinot šīm grupām nepieciešamās izglītojošās apmācības un atbalstu.</t>
   </si>
   <si>
     <t>LM-32-4-04/135</t>
   </si>
   <si>
     <t>SIA "Domātprieks"</t>
   </si>
   <si>
     <t>SIA Canape.lv</t>
   </si>
   <si>
     <t>Brīvības gatve 293A-2, Rīga, LV-1006</t>
   </si>
   <si>
-    <t xml:space="preserve"> 26198758</t>
-[...1 lines deleted...]
-  <si>
     <t>roberts.misans@ipgmedia.lv</t>
   </si>
   <si>
     <t>Rīga, Lilijas 17A-2, LV-1007</t>
-  </si>
-[...1 lines deleted...]
-    <t>26747853</t>
   </si>
   <si>
     <t>olga.jaki@gmail.com</t>
   </si>
   <si>
     <t>www.facebook.com/Canape.lv</t>
   </si>
   <si>
     <t>Brīvības gatve 201 k-2, Rīga, LV-1039</t>
   </si>
   <si>
     <t>Salaspils, Jaunstari 3, LV-2121</t>
   </si>
   <si>
     <t>Ēdināšana pasākumos</t>
   </si>
   <si>
     <t>Sabiedrības sociālie mērķi ir kā vienīgie un galvenie Sabiedrības darbības mērķi, un tie tiek
 noteikti sekojoši:
 4.1.1. Treniņmateriālu un treniņu procesu programmas izveide;
 4.1.2. Reģionu skolu un to skolotāju iesaiste, veidojot ārpusskolas interešu izglītības nodarbības pēc
 iepriekš sagatavotiem materiāliem un programmas;
 4.1.3. Jauna un moderna dambretes centra izveide;
 4.1.4. Darbs ar dažādām vecuma un sociālajām grupām, tostarp senioriem un bērnu namiem.</t>
   </si>
   <si>
     <t xml:space="preserve"> Iniciatīvas mērķis ir atbalstīt bezpajumtniekus, trūcīgas un maznodrošinātas personas , nodrošinot pārtikas palīdzību un izglītojošas aktivitātes, kas ilgtermiņā uzlabo dzīves kvalitāti.                                                                                                 Sagaidāmie rezultāti: uzlabota pieejamība kvalitatīvam uzturam sociāli neaizsargātām sabiedrības grupām;
 paaugstināta sabiedrības izpratne par pārtikas lietderīgu izmantošanu un veselīgu dzīvesveidu; stiprināta sociālā iekļaušanās, solidaritāte un kopienas saliedētība. </t>
   </si>
   <si>
     <t>LM-32-4-04/152</t>
   </si>
   <si>
     <t>SIA "FinUni"</t>
   </si>
   <si>
     <t>SIA "Drošā vide"</t>
   </si>
   <si>
     <t>"Kalnraudas", Krimuldas pagasts, Siguldas novads, LV-2144</t>
   </si>
   <si>
-    <t>29221891</t>
-[...1 lines deleted...]
-  <si>
     <t>normunds.krums@gmail.com</t>
   </si>
   <si>
     <t>"Ūdenszāles", Upesgrīva, Mērsraga pagasts, Talsu novads</t>
   </si>
   <si>
-    <t>29173338</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">agnesei_berzinai@inbox.lv </t>
   </si>
   <si>
     <t>Kalnraudas, Krimuldas pagasts, Siguldas novads, LV-2144</t>
   </si>
   <si>
     <t>Mērsraga pagasts</t>
   </si>
   <si>
     <t>Bērnu dienas aprūpes pakalpojumi</t>
   </si>
   <si>
     <t>Sabiedrība ir dibināta ar mērķi sniegt labumu sabiedrībai veicinot tās finanšu pratības līmeņa paaugstināšanu, sniedzot kvalitatīvas un praktiskas apmācības, kas palīdz indivīdiem un uzņēmumiem pieņemt pārdomātus finanšu lēmumus, uzlabot finanšu pārvaldību un sasniegt ilgtspējīgu ekonomisko attīstību</t>
   </si>
   <si>
     <t>LM-32-4-04/149</t>
   </si>
   <si>
     <t>Sabiedrības galvenais mērķis ir sociālo problēmu risināšana, veicinot senioru un personu ar īpašām vajadzībām drošību, veselības uzraudzību un sociālo integrāciju</t>
   </si>
   <si>
     <t>LM-32-4-04/150</t>
   </si>
   <si>
     <t>SIA "Attīstības centrs GADALAIKI"</t>
   </si>
   <si>
     <t>Zeiferta 1-41, Olaine, LV-2114</t>
   </si>
   <si>
     <t>gadalaiki.info@gmail.com</t>
   </si>
   <si>
     <t>dspcgadalaiki.lv</t>
   </si>
   <si>
     <t>Zeiferta 1-41, Olaine, LV-2114; Parka 14, Mazsalaca, LV-4215</t>
   </si>
   <si>
     <t>Sabiedrības mērķis ir izveidot ilgtspējīgu un uz attīstību vērstu uzņēmumu, kas sniedz sociālos un izglītības pakalpojumus, lai veicinātu iedzīvotāju dzīves kvalitātes uzlabošanu un sociālo integrāciju.</t>
   </si>
   <si>
     <t>LM-32-4-04/148</t>
   </si>
   <si>
     <t>SIA Blackout adventure</t>
-  </si>
-[...1 lines deleted...]
-    <t>29535010</t>
   </si>
   <si>
     <t>info@blackoutadventure.com</t>
   </si>
   <si>
     <t>Zālīša iela 5-36,Rīga LV-1039</t>
   </si>
   <si>
     <t>Atrakciju parku un tematisko parku darbība</t>
   </si>
   <si>
     <t xml:space="preserve">Nē </t>
   </si>
   <si>
     <t>Sabiedrības kā sociālā uzņēmuma darbības mērķis ir radīt sabiedrībai nozīmīgu sociālu labumu, veicinot jauniešu, tostarp sociāli mazaizsargāto grupu, iesaisti izglītojošās un attīstošās aktivitātēs, organizējot iekļaujošas spēles, tostarp kvestus, komandas saliedēšanas pasākumus un izklaidi tumsā “Paslēpes tumsā”. Sabiedrība fokusējas uz sociālās integrācijas veicināšanu, jauniešu aktīvu līdzdalību un viņu personīgo attīstību.
 Sabiedrība nodrošina apmācības, attīstošas aktivitātes un iespējas līdzdalībai, ar mērķi veicināt šo jauniešu iekļaušanos sabiedrībā un darba tirgū. Sabiedrība darbojas atbilstoši sabiedriskās līdzdalības un kopienas iesaistes principiem.
 Visa peļņa tiek reinvestēta sabiedrības statūtos noteiktā sociālā mērķa īstenošanai.
 Sabiedrība neveic politisku darbību un neiesaistās politisko partiju vai politisko kampaņu finansēšanā vai atbalstīšanā, tostarp tieši vai netieši neatbalsta politiskās partijas, deputātu kandidātus vai politiskas kampaņas.
 Sabiedrība īsteno darbību, ievērojot atklātības un pārredzamības principus, tai skaitā ikgadēji informējot sabiedrību par savu darbību un sasniegtajiem rezultātiem</t>
   </si>
   <si>
     <t>LM-32-4-04/169</t>
   </si>
   <si>
     <t>SIA SOKUS</t>
   </si>
   <si>
     <t>SIA Starta Līnija</t>
   </si>
   <si>
     <t>SIA Cut Fashion</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Cipatiņa"</t>
   </si>
   <si>
     <t>SIA "4444"</t>
   </si>
   <si>
     <t>Kriķu 3, LV-1084, Rīga</t>
   </si>
   <si>
-    <t>29377883</t>
-[...1 lines deleted...]
-  <si>
     <t>liza.kozireva@gmail.com</t>
   </si>
   <si>
     <t>Krasta iela 4 - 15,  Mālpils, Mālpils pag., Siguldas nov., LV-2152</t>
   </si>
   <si>
-    <t>25676389</t>
-[...1 lines deleted...]
-  <si>
     <t>starta.linija.lv@gmail.com</t>
   </si>
   <si>
     <t>Dārzaugļu iela 1 - 30, Rīga, LV-1012</t>
   </si>
   <si>
-    <t>25505477</t>
-[...1 lines deleted...]
-  <si>
     <t>jb@cutfashion.eu</t>
   </si>
   <si>
     <t>Ulbrokas iela 12/2-7, Rīga, LV-1021</t>
   </si>
   <si>
-    <t>29684803</t>
-[...1 lines deleted...]
-  <si>
     <t>dmasena@gmail.com</t>
   </si>
   <si>
     <t>Vidrižu iela 1, Saulkrasti, Saulkrastu novads, LV-2160</t>
-  </si>
-[...1 lines deleted...]
-    <t>20007077</t>
   </si>
   <si>
     <t>valters.zeltins@gmail.com</t>
   </si>
   <si>
     <t>Stabu iela 10, Rīga, LV-1011</t>
   </si>
   <si>
     <t>Mālpils pagasts</t>
   </si>
   <si>
     <t>Dāzaugļu iela 1-30, Rīga, LV-1012</t>
   </si>
   <si>
     <t>14.23</t>
   </si>
   <si>
     <t>Darba apģērbu ražošana</t>
   </si>
   <si>
     <t>Ilūkstes iela 30A, Rīga, LV-1082</t>
   </si>
   <si>
     <t>Sociālās aprūpes pakalpojumi bez izmitināšanas vecāka gadagājuma cilvēkiem vai personām ar invaliditāti</t>
   </si>
@@ -7655,87 +6839,78 @@
   <si>
     <t>LM-32-4-04/191</t>
   </si>
   <si>
     <t>Nodrošināt sociāli maz aizsargātām grupām transporta un citus pakalpojumus, sniedzot drošas un pieejamas pārvietošanās iespējas, veicinot šo personu mobilitāti, līdzdalību sabiedriskajā dzīvē, sociālo iekļaušanu, tādējādi uzlabojot viņu dzīves kvalitāti.</t>
   </si>
   <si>
     <t>LM-32-4-04/190</t>
   </si>
   <si>
     <t>SIA Bright Horizons Academy</t>
   </si>
   <si>
     <t>SIA Re-Starts 50+</t>
   </si>
   <si>
     <t>SIA Spāres muiža</t>
   </si>
   <si>
     <t>SIA Talsu basketbola attīstība</t>
   </si>
   <si>
     <t>Krasta iela 1, Ikšķile, Ogres novads, LV-5052</t>
   </si>
   <si>
-    <t>25583552</t>
-[...1 lines deleted...]
-  <si>
     <t>info@marupespp.lv</t>
   </si>
   <si>
     <t>Saulgožu iela 24, Rīga, LV-1055</t>
   </si>
   <si>
-    <t>20525611</t>
-[...1 lines deleted...]
-  <si>
     <t>info@re-starts50plus.lv</t>
   </si>
   <si>
     <t>www.re-starts50plus.lv</t>
   </si>
   <si>
+    <t>"Spāres muiža", Spāre, Amatas pag., Cēsu nov., LV-4139</t>
+  </si>
+  <si>
     <t>eva.vilkina@ceribusparni.lv</t>
   </si>
   <si>
     <t>Raiņa iela 23, Talsi, Talsu novads, LV-3201</t>
   </si>
   <si>
-    <t>20072112</t>
-[...1 lines deleted...]
-  <si>
     <t>administracija@bstalsi.lv</t>
   </si>
   <si>
     <t>www.bstalsi.lv</t>
   </si>
   <si>
     <t>Liliju 20, Mārupe, Mārupes novads, LV-2167</t>
-  </si>
-[...1 lines deleted...]
-    <t>Spāres muiža, Spāre, Amatas pagasts, Cēsu novads</t>
   </si>
   <si>
     <t>Amatas pagasts</t>
   </si>
   <si>
     <t>56.11</t>
   </si>
   <si>
     <t>Restorānu pakalpojumi</t>
   </si>
   <si>
     <t>Justīna Grota iela 1, Talsi, Talsu novads, LV-3201 un 6 vietas Talsu novadā</t>
   </si>
   <si>
     <t>Organizēt un īstenot pirmsskolas un pamatskolas izglītības apgūšanu vidē, kas veicina bērna vispusīgu attīstību, ciena bērna individualitāti, attīsta bērna personību un talantus,
 radīt iekļaujošu un emocionāli labvēlīgu, drošu vidi atbildīgu personību attīstībai.
 Nodrošināt izglītības iespējas bērniem ar grūtībām iekļauties skolās ar lielu skolēnu skaitu, tai skaitā bērniem ar mācīšanās un uzvedības grūtībām, lai mazinātu atstumtības risku,
 veicināt latviešu valodas apguvi mazākumtautību, reemigrantu, imigrantu un Ukrainas bēgļu ģimeņu bērniem, lai nodrošinātu šo bērnu ātrāku iekļaušanos sabiedrībā.</t>
   </si>
   <si>
     <t>LM-32-4-04/193</t>
   </si>
   <si>
     <t>3.2.Sabiedrības darbības vienīgais un galvenais mērķis ir sabiedrības sociālā labuma radīšana,
 3.2.1. atbalstot sievietes pirmspensijas un pensijas vecumā,
@@ -7751,152 +6926,254 @@
     <t>Risināt sociāli mazaizsargāto grupu personu nodarbinātības jautājumus, attīstot un veidojot darba integrācijas uzņēmumu. Reģistrēt ēdināšanas uzņēmumu, iesaistot darbā cilvēkus ar invaliditāti un citas sociāli mazaizsargāto grupu personas. Saglabāt “Spāres muižas’ kultūras un vēstures vērtības, organizēt pasākumus, lai izglītotu un informētu sabiedrību.</t>
   </si>
   <si>
     <t>LM-32-4-04/203</t>
   </si>
   <si>
     <t>Veicināt bērnu fizisko un emocionālo attīstību, piedāvājot kvalitatīvus sporta treniņus, pasākumus un izglītojošas lekcijas bērniem un viņu vecākiem Talsu novadā, tādējādi veidojot sabiedrības veselību un sociālo labklājību.
 Veicināt pozitīvas izmaiņas sabiedrībā, sniedzot iespējas bērniem attīstīties fiziski, sociāli un emocionāli, nodrošinot pieejamu un kvalitatīvu izglītību vecākiem, veidojot izglītojošu vidi un atbalstot sabiedrības izpratni par veselīgu dzīvesveidu.</t>
   </si>
   <si>
     <t>LM-32-4-04/202</t>
   </si>
   <si>
     <t>SIA "SAR TRAINING SYSTEMS"</t>
   </si>
   <si>
     <t>SIA IDEAL MISTAKES HUB</t>
   </si>
   <si>
     <t>SIA Kopīgi Kopā</t>
   </si>
   <si>
     <t>SIA RIFS akadēmija</t>
   </si>
   <si>
+    <t>Sabiedrība ar ierobežotu atbildību "HOSPICE LATVIJA"</t>
+  </si>
+  <si>
+    <t>SIA Ģimeņu atbalsts</t>
+  </si>
+  <si>
+    <t>SIA "Constanta Incorporated"</t>
+  </si>
+  <si>
+    <t>SIA "Holandieši"</t>
+  </si>
+  <si>
     <t>Melīdas iela 3 k-2 - 9, Rīga, LV-1015</t>
   </si>
   <si>
-    <t>20366479</t>
-[...1 lines deleted...]
-  <si>
     <t>info@sarlatvija.lv</t>
   </si>
   <si>
     <t>www.dogsport.lv</t>
   </si>
   <si>
     <t>Braslas iela 27 - 44,  rīga,                   LV-1085</t>
   </si>
   <si>
-    <t>26530776</t>
-[...1 lines deleted...]
-  <si>
     <t>idealmistakeshub@gmail.com</t>
   </si>
   <si>
     <t>www.idealmistakeshub.mozellosite.com</t>
   </si>
   <si>
     <t>Mālkalnes prospekts 1, Ogre, Ogres novads, LV5001</t>
   </si>
   <si>
-    <t>29996474</t>
-[...1 lines deleted...]
-  <si>
     <t>kopigi.kopa@gmail.com</t>
   </si>
   <si>
     <t>www.kopigikopa.com</t>
   </si>
   <si>
     <t>Stārķu iela 1, Kalngale, Carnikavas novads, LV-2163</t>
   </si>
   <si>
-    <t>29118830</t>
-[...1 lines deleted...]
-  <si>
     <t>maija.kulinska@inbox.lv</t>
   </si>
   <si>
+    <t>Augusta Deglava iela 68, Rīga, LV-1035</t>
+  </si>
+  <si>
+    <t>info@hospice.lv</t>
+  </si>
+  <si>
+    <t>Aptiekas iela 6–50, Rīga, LV-1005</t>
+  </si>
+  <si>
+    <t>viki.jefimova@inbox.lv</t>
+  </si>
+  <si>
+    <t>www.youtube.com/@viktorijazadoroznaja6851</t>
+  </si>
+  <si>
+    <t>Nīcgales iela 46-139, Rīga, LV-1035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">info@funbrains.lv </t>
+  </si>
+  <si>
+    <t xml:space="preserve">www.funbrains.lv </t>
+  </si>
+  <si>
+    <t>Teitupes iela 12, Ķesterciems, Engures pag., Tukuma nov., LV-3113</t>
+  </si>
+  <si>
+    <t>26771441</t>
+  </si>
+  <si>
+    <t>holandiesi@gmail.com</t>
+  </si>
+  <si>
+    <t>www.holandiesi.com</t>
+  </si>
+  <si>
     <t>47.78</t>
   </si>
   <si>
     <t>Citu jaunu preču mazumtirdzniecība</t>
   </si>
   <si>
     <t>96.99</t>
   </si>
   <si>
     <t>Citur neklasificētu individuālo pakalpojumu sniegšana</t>
   </si>
   <si>
     <t>Braslas iela 27 - 44, Rīga, LV-1085</t>
+  </si>
+  <si>
+    <t>Medicīniskās aprūpes iestāžu darbība</t>
+  </si>
+  <si>
+    <t>Baltā iela 1B, Rīga, LV-1055</t>
+  </si>
+  <si>
+    <t>86.99</t>
+  </si>
+  <si>
+    <t>Citur neklasificēta ar veselības aprūpes pakalpojumiem saistīta darbība</t>
+  </si>
+  <si>
+    <t>Stirnu iela 13a-2a, Rīga</t>
+  </si>
+  <si>
+    <t>Engures pagasts</t>
+  </si>
+  <si>
+    <t>84.24</t>
+  </si>
+  <si>
+    <t>Darbība sabiedriskās kārtības un drošības jomā</t>
   </si>
   <si>
     <t>Sabiedrības darbības mērķis ir veicināt drošību un sabiedrības izglītošanu, sniedzot pakalpojumus un preces, kas saistītas ar cilvēku un dzīvnieku apmācību, meklēšanas sistēmām un izsekošanas tehnoloģijām</t>
   </si>
   <si>
     <t>LM-32-4-04/214</t>
   </si>
   <si>
     <t>nē</t>
   </si>
   <si>
     <t>veicina ilgstošu labvēlīgu sociālo ietekmi sabiedrībā, radot fizisku un digitālu platformu starpnozaru sadarbībai sociālo, tehnoloģisko inovāciju procesiem un ilgtspējīgai attīstībai;
 aktualizē aprites ekonomikas nozīmīgumu un ilgtspējīgas attīstības domāšanu, piedāvājot konsultāciju pakalpojumus projektu izstrādē, vietradē, radošo industriju un citu nozaru sadarbības jautājumos;
 rada nepieciešamo vidi un tīklošanās iespējas radošo industriju un starpnozaru projektu idejām, to īstenošanai, kā arī sadarbības uzsākšanai, tādējādi veicinot nozaru konkurentspēju lokāli un starptautiski, kā arī paaugstinot kopējo korporatīvo sociālās atbildības līmeni;piedāvā daudzveidīgus kultūras, radošo industriju un neformālās izglītības pasākumu un konsultāciju pakalpojumus, veicinot indivīdu mentālo un fizisko labbūtību un radošā potenciāla īstenošanu</t>
   </si>
   <si>
     <t>LM-32-4-04/219</t>
   </si>
   <si>
     <t>Sabiedrības vienīgais un galvenais darbības mērķis ir sabiedrības labuma radīšana, sniedzot sociālos, izglītības un rehabilitācijas pakalpojumus, kas uzlabo dzīves kvalitāti sociālās atstumtības riskam pakļautām personu grupām un veicina ilgtspējīgu sociālo ietekmi sabiedrībā.
 Sabiedrības darbība nav vērsta uz peļņas gūšanu dalībnieku labumam, un visa iegūtā peļņa tiek novirzīta statūtos noteikto sociālo mērķu sasniegšanai.
 Sabiedrība savā darbībā:
 1.Sniedz sociālās rehabilitācijas pakalpojumus, tostarp lietišķās uzvedības analīze (ABA), psihoterapiju, cita veida terapijas un konsultācijas bērniem, pusaudžiem un viņu ģimenēm, nodrošinot profesionālu speciālistu sniegto nodarbību un konsultāciju pakalpojumus, kā arī veic psiholoģisko un pedagoģisko izpēti, lai izvērtētu un atbalstītu bērnu attīstības, mācīšanās un sociālās iekļaušanās vajadzības.
 2.Nodrošina pakalpojumu pieejamību personām ar invaliditāti, garīga rakstura traucējumiem, trūcīgām ģimenēm, bāreņiem, bērniem bez vecāku gādības, kā arī hroniski slimiem bērniem un viņu vecākiem.
 3.Veicina sociālo un emocionālo prasmju attīstību un kvalitatīvu brīvā laika pavadīšanu bērniem un jauniešiem ar īpašām vajadzībām.
 4.Organizē izglītojošas un sabiedrībai nozīmīgas aktivitātes, kas veicina veselīgu dzīvesveidu, emocionālo labklājību, pilsonisko līdzdalību un ilgtspējīgu attīstību vietējā, reģionālā un valsts līmenī. 
 5.Nodrošina tālākizglītības un profesionālās pilnveides iespējas pedagogiem, kā arī sniedz metodisko un praktisko atbalstu izglītības iestādēm, lai uzlabotu mācību procesa kvalitāti un pieejamību. 
 6.Veicina formālās un neformālās izglītības attīstību, sadarbību un pieredzes apmaiņu ar izglītības un sociālajām organizācijām Latvijā un Eiropā</t>
   </si>
   <si>
     <t>LM-32-4-04/218</t>
   </si>
   <si>
     <t>Sabiedrības sociālie mērķi ir vienīgie un galvenie tās darbības mērķi:
 •Organizēt un attīstīt izglītības un emocionālā atbalsta centru bērniem, jauniešiem un viņu vecākiem;
 •Nodrošināt pieejamu, iekļaujošu un kvalitatīvu izglītības vidi, īpaši sociāli mazāk aizsargātām ģimenēm, daudzbērnu ģimenēm un jaunām ģimenēm ar maziem bērniem;
 •Veicināt vecāku, speciālistu un pedagogu izglītību un profesionālo izaugsmi;
 •Nodrošināt sabiedrībā invalīdu un personu ar funkcionāliem traucējumiem iekļaušanu izglītības procesos;
 •Samazināt sociālo nevienlīdzību, piedāvājot pakalpojumu pieejamību neatkarīgi no personas materiālā stāvokļa.</t>
   </si>
   <si>
     <t>LM-32-4-04/216</t>
   </si>
   <si>
+    <t>Sabiedrības darbības mērķis ir nodrošināt Latvijas un īpaši Rīgas iedzīvotāju 
+medicīnisko aprūpi atbilstoši veselības aizsardzības jomu regulējošo normatīvo aktu prasībām un saskaņā ar 
+tiem noslēgtajiem līgumiem par veselības aprūpes pakalpojumu apmaksu, kā arī veikt sociālo 
+uzņēmējdarbību, sniedzot pakalpojumus ar mērķi risināt sociālo problēmu.
+Sabiedrības darbības mērķis ir veidot un veicināt Latvijas sabiedrībā uz cilvēka izvēles 
+iespējām balstītu cieņpilnu un bezaizspriedumu izpratni par paliatīvās aprūpes un hospisa pakalpojumiem 
+gan iedzīvotāju, gan valsts un pašvaldību darbinieku, veselības aprūpes un labklājības nozares speciālistu 
+vidū, tādejādi palielinot indivīdu spējas aktīvi piedalīties savas un ģimenes locekļu veselības saglabāšanā, 
+uzlabošanā un veicināšanā.
+Sabiedrības darbības mērķis ir jaunu paliatīvās un hospisa aprūpes pakalpojumu 
+sniedzēju veidošanās, kā arī to darbinieku, ārstniecības un sociālās palīdzības speciālistu izglītošanu 
+paliatīvās un hospisa aprūpes jautājumos, kas paredzētu sistematizētu zināšanu un prasmju apguves procesa 
+nodrošināšanu, papildus valstī noteiktajai izglītības sistēmai.
+ Sabiedrības darbības mērķis ir sociālais uzņēmums ar mērķi kompleksa izveide, ieviest 
+praksē un attīstīt paliatīvās un hospisa aprūpes sistēmu Latvijā, lai nodrošinātu neizārstējamu un mirstošu 
+cilvēku, kā arī viņu tuvinieku adekvātu aprūpi, atbilstoši holistiskajai aprūpes koncepcijai.
+ Nodarbināt bezdarbniekus. Veicot sociālo uzņēmējdarbību, sabiedrības darbības mērķis 
+ir risināt sabiedrībai nozīmīgu sociālo problēmu, radot novērtējumu un derīgu sabiedrisko labumu.
+ Būt valsts un pašvaldības vidutājam un atbalsta punktam, sniedzot palīdzību 
+iedzīvotājiem sociālajā, deinstitucionalizācijas un veselības jomā.</t>
+  </si>
+  <si>
+    <t>Sabiedrība dibināta uz nenoteiktu laiku. Sabiedrības mērķis sniedz sociālos un izglītības pakalpojumus, lai veicinātu iedzīvotāju dzīves kvalitātes uzlabošanu.</t>
+  </si>
+  <si>
+    <t>LM-32-4-04/7</t>
+  </si>
+  <si>
+    <t>) Veicināt senioru sociālo iekļaušanos un emocionālo labbūtību, nodrošinot viņiem iespēju piedalīties socializēšanās, izglītojošās un radošās aktivitātēs, kas sekmē garīgo un fizisko veselību.
+2) Īstenot pasākumus vientulības un sociālās izolētības mazināšanai senioru vidū, organizējot tikšanās, sarunu grupas, interešu klubiņus un citas sabiedriskās aktivitātes.
+3) Sniegt atbalstu bērniem no trūcīgām un maznodrošinātām ģimenēm, nodrošinot viņiem iespēju piedalīties bezmaksas vai daļēji apmaksātās brīvā laika, izglītojošās un radošajās aktivitātēs, tostarp nometnēs, meistarklasēs un darbnīcās.
+4) Veicināt bērnu sociālo, emocionālo un radošo attīstību, organizējot pasākumus un aktivitātes, kas stiprina pašapziņu, sadarbības prasmes un radošo domāšanu.
+5) Sadarbojoties ar valsts un pašvaldību iestādēm, izglītības un sociālās aprūpes institūcijām, kā arī nevalstiskajām organizācijām.</t>
+  </si>
+  <si>
+    <t>Sabiedrības mērķis ir veicināt un atbalstīt sociālā riska grupu pārstāvju nodarbinātību, labklājību,
+izglītību un dzīves kvalitātes uzlabošanu, veicot saimniecisko darbību ar labvēlīgu sociālo
+ietekmi, organizējot izglītojošus un darba prasmes nostiprinošus pasākumus, atbalstīt labdarības
+projektu īstenošanu.
+Sabiedrības gūtā peļņa tiek novirzīta minētā mērķa sasniegšanai</t>
+  </si>
+  <si>
     <t>Sabiedrība ar ierobežotu atbildību "Svētā Lūkas darbnīca"</t>
   </si>
   <si>
     <t>SIA "StepByStep Care"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "GEOPACK"</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Mājas Meistars Rīga"</t>
   </si>
   <si>
     <t>SIA "Purple White"</t>
   </si>
   <si>
     <t>SIA Cafe M</t>
   </si>
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Cerību balss"</t>
   </si>
   <si>
     <t>SIA OWA</t>
   </si>
   <si>
     <t>SIA 3wk upcycled</t>
@@ -8178,50 +7455,53 @@
   <si>
     <t>Sabiedrība ar ierobežotu atbildību "Scent Tech"</t>
   </si>
   <si>
     <t>SIA "LGVC"</t>
   </si>
   <si>
     <t>SIA BlindArt</t>
   </si>
   <si>
     <t>SIA Correcty</t>
   </si>
   <si>
     <t>SIA "HOME 127"</t>
   </si>
   <si>
     <t>SIA Dabas Saldumu Maģija</t>
   </si>
   <si>
     <t>SIA "Sociāli aktīvo aģentūra"</t>
   </si>
   <si>
     <t>SIA “ELEVATE 8”</t>
   </si>
   <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Mero Jure"</t>
+  </si>
+  <si>
     <t>Dzirnavu iela 4-7/8, Rīga, LV-1010</t>
   </si>
   <si>
     <t>"Bemberi", Nīcas pagasts, Nīcas novads, LV-3473</t>
   </si>
   <si>
     <t>Valkas iela 6A, Daugavpils,LV-5417</t>
   </si>
   <si>
     <t>Rēznas iela 7-22, Rīga, LV-1019</t>
   </si>
   <si>
     <t>1905.gada iela 5, Jūrmala, LV-2011</t>
   </si>
   <si>
     <t>Rūdolfa iela 1A-68, Rīga, LV-1012</t>
   </si>
   <si>
     <t>"Mazvirga"- 1, Virgas pagasts, Priekules novads, LV-3433</t>
   </si>
   <si>
     <t>Viskaļu iela 36a, Rīga, LV-1006</t>
   </si>
   <si>
     <t>Bulduru prospekts 104A, Jūrmala, LV-2010</t>
@@ -8229,50 +7509,53 @@
   <si>
     <t>Elvīras iela 9A-3, Rīga, LV-1083</t>
   </si>
   <si>
     <t>Kazeņu iela 4, Jūrmala, LV-2008</t>
   </si>
   <si>
     <t>Čiekurkalna 5.šķērslīnija 15 k-2-11, Rīga, LV-1026</t>
   </si>
   <si>
     <t>Stiebru iela 8-41, Rīga, LV-1015</t>
   </si>
   <si>
     <t>Parka iela 25-4, Ērgļi, Ērgļu pagasts, Ērgļu novads, LV-4840</t>
   </si>
   <si>
     <t>"Jaunsušķi", Upesgrīva, Mērsraga novads, LV-3284</t>
   </si>
   <si>
     <t>Kurpnieku iela 5, Rīga, LV-1083</t>
   </si>
   <si>
     <t>Salnas iela 13-89, Rīga, LV-1021</t>
   </si>
   <si>
+    <t>Slokas iela 33-14, Rīga, LV-1048</t>
+  </si>
+  <si>
     <t>Emīla Dārziņa iela 5-34, Cēsis, Cēsu novads, LV-4101</t>
   </si>
   <si>
     <t>Sila iela 3, Ikšķile, Ikšķiles novads, LV-5052</t>
   </si>
   <si>
     <t>Bauskas iela 147 k-2, Rīga, LV-1004</t>
   </si>
   <si>
     <t>Rīga, Pildas iela 16B, LV- 1035</t>
   </si>
   <si>
     <t>Egļu iela 14, Ikšķile, Ikšķiles novads, LV-5052</t>
   </si>
   <si>
     <t>Dzirnavu iela 73-2, Rīga, LV-1011</t>
   </si>
   <si>
     <t>Rojas iela 1 - 61, Liepāja, LV-3407</t>
   </si>
   <si>
     <t>Brīvības iela 80-6, Rīga, LV-1001</t>
   </si>
   <si>
     <t>Magoņu iela 5, Ogre, Ogres novads, LV-5001</t>
@@ -8617,53 +7900,50 @@
     <t>LM-32-4-19/177</t>
   </si>
   <si>
     <t>LM-32-4-04/56</t>
   </si>
   <si>
     <t>LM-32-4-04/89</t>
   </si>
   <si>
     <t>LM-32-4-04/79</t>
   </si>
   <si>
     <t>LM-32-4-04/181</t>
   </si>
   <si>
     <t>LM-32-4-19/83</t>
   </si>
   <si>
     <t>LM-32-4-04/50</t>
   </si>
   <si>
     <t>LM-32-4-19/136</t>
   </si>
   <si>
     <t>LM-32-4-04/102</t>
-  </si>
-[...1 lines deleted...]
-    <t>LM-32-4-04/7</t>
   </si>
   <si>
     <t>LM-32-4-04/66</t>
   </si>
   <si>
     <t>Atcelt sociālā uzņēmuma statusu</t>
   </si>
   <si>
     <t>LM-32-4-19/82</t>
   </si>
   <si>
     <t>Atņemt sociālā uzņēmuma statusu</t>
   </si>
   <si>
     <t>LM-32-4-19/68</t>
   </si>
   <si>
     <t>LM-32-4-19/69</t>
   </si>
   <si>
     <t>LM-32-4-19/98</t>
   </si>
   <si>
     <t>LM-32-4-19/205</t>
   </si>
@@ -9705,132 +8985,132 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4431719-E619-4764-8B35-1930A1DE2F50}">
-  <dimension ref="A1:DN293"/>
+  <dimension ref="A1:DN294"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="50" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A7" sqref="A7"/>
+      <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.33203125" style="12" customWidth="1"/>
     <col min="2" max="2" width="21.5546875" style="12" customWidth="1"/>
     <col min="3" max="3" width="15.5546875" style="12" customWidth="1"/>
     <col min="4" max="4" width="33.44140625" style="12" customWidth="1"/>
     <col min="5" max="5" width="12" style="26" customWidth="1"/>
     <col min="6" max="6" width="29.44140625" style="12" customWidth="1"/>
     <col min="7" max="7" width="25.5546875" style="12" customWidth="1"/>
     <col min="8" max="8" width="25.44140625" style="12" customWidth="1"/>
     <col min="9" max="9" width="20.44140625" style="12" customWidth="1"/>
     <col min="10" max="10" width="19.44140625" style="12" customWidth="1"/>
     <col min="11" max="11" width="15.44140625" style="12" customWidth="1"/>
     <col min="12" max="12" width="12.44140625" style="26" customWidth="1"/>
     <col min="13" max="13" width="45.5546875" style="12" customWidth="1"/>
     <col min="14" max="14" width="12.5546875" style="12" customWidth="1"/>
     <col min="15" max="15" width="44.5546875" style="12" customWidth="1"/>
     <col min="16" max="16" width="18.5546875" style="12" customWidth="1"/>
     <col min="17" max="17" width="20.5546875" style="12" customWidth="1"/>
     <col min="18" max="18" width="26.5546875" style="12" customWidth="1"/>
     <col min="19" max="19" width="82.5546875" style="12" customWidth="1"/>
     <col min="20" max="20" width="23.5546875" style="12" customWidth="1"/>
     <col min="21" max="21" width="21.5546875" style="12" customWidth="1"/>
     <col min="22" max="22" width="23.5546875" style="12" customWidth="1"/>
     <col min="23" max="23" width="27.88671875" style="12" customWidth="1"/>
     <col min="24" max="24" width="18.44140625" style="12" customWidth="1"/>
     <col min="25" max="25" width="15.44140625" style="12" customWidth="1"/>
     <col min="26" max="26" width="14" style="12" customWidth="1"/>
     <col min="27" max="27" width="34" style="12" customWidth="1"/>
     <col min="28" max="28" width="18.44140625" style="12" customWidth="1"/>
     <col min="29" max="29" width="15.44140625" style="12" customWidth="1"/>
     <col min="30" max="30" width="14" style="12" customWidth="1"/>
     <col min="31" max="31" width="15" style="12" customWidth="1"/>
     <col min="32" max="32" width="15.44140625" style="12" customWidth="1"/>
     <col min="33" max="33" width="15" style="12" customWidth="1"/>
     <col min="34" max="34" width="15.44140625" style="12" customWidth="1"/>
     <col min="35" max="35" width="15" style="12" customWidth="1"/>
     <col min="36" max="36" width="15.44140625" style="12" customWidth="1"/>
     <col min="37" max="37" width="9.44140625" style="12" customWidth="1"/>
     <col min="38" max="118" width="0" style="12" hidden="1" customWidth="1"/>
     <col min="119" max="16384" width="9.44140625" style="12" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A1" s="55" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="56">
-        <f>COUNTA(B7:B287)</f>
-        <v>281</v>
+        <f>COUNTA(B7:B290)</f>
+        <v>284</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="3"/>
       <c r="P1" s="4"/>
       <c r="Q1" s="4"/>
       <c r="R1" s="4"/>
       <c r="S1" s="2" t="str">
         <f>C1</f>
         <v>SOCIĀLO UZŅĒMUMU REĢISTRS</v>
       </c>
       <c r="AG1" s="7"/>
       <c r="AH1" s="7"/>
       <c r="AI1" s="7"/>
       <c r="AJ1" s="7"/>
     </row>
     <row r="2" spans="1:37" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A2" s="54" t="s">
         <v>41</v>
       </c>
       <c r="B2" s="53">
-        <v>46021</v>
+        <v>46053</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="52"/>
       <c r="S2" s="2" t="str">
         <f>C2</f>
         <v>Aktīvie sociālie uzņēmumi</v>
       </c>
       <c r="AF2" s="7"/>
       <c r="AG2" s="8"/>
       <c r="AH2" s="7"/>
       <c r="AI2" s="8"/>
       <c r="AJ2" s="7"/>
     </row>
     <row r="3" spans="1:37" s="9" customFormat="1" ht="10.199999999999999" x14ac:dyDescent="0.2">
       <c r="C3" s="51"/>
       <c r="E3" s="10"/>
       <c r="L3" s="10"/>
     </row>
     <row r="4" spans="1:37" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="77" t="s">
         <v>2</v>
       </c>
@@ -10089,26053 +9369,26316 @@
         <v>29</v>
       </c>
       <c r="AD6" s="69">
         <v>30</v>
       </c>
       <c r="AE6" s="69">
         <v>31</v>
       </c>
       <c r="AF6" s="69">
         <v>32</v>
       </c>
       <c r="AG6" s="69">
         <v>33</v>
       </c>
       <c r="AH6" s="69">
         <v>34</v>
       </c>
       <c r="AI6" s="69">
         <v>35</v>
       </c>
       <c r="AJ6" s="69">
         <v>36</v>
       </c>
       <c r="AK6" s="72"/>
     </row>
-    <row r="7" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="27">
         <v>1</v>
       </c>
       <c r="B7" s="28" t="s">
         <v>49</v>
       </c>
       <c r="C7" s="29">
         <v>40103226372</v>
       </c>
       <c r="D7" s="28" t="s">
+        <v>226</v>
+      </c>
+      <c r="E7" s="33">
+        <v>27771848</v>
+      </c>
+      <c r="F7" s="28" t="s">
         <v>227</v>
       </c>
-      <c r="E7" s="33" t="s">
+      <c r="G7" s="34" t="s">
         <v>228</v>
       </c>
-      <c r="F7" s="28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H7" s="28" t="s">
-        <v>877</v>
+        <v>701</v>
       </c>
       <c r="I7" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L7" s="28" t="s">
-        <v>879</v>
+        <v>703</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>880</v>
+        <v>704</v>
       </c>
       <c r="N7" s="30" t="s">
-        <v>881</v>
+        <v>705</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>882</v>
+        <v>706</v>
       </c>
       <c r="P7" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q7" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R7" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S7" s="36" t="s">
-        <v>1298</v>
+        <v>1118</v>
       </c>
       <c r="T7" s="28"/>
       <c r="U7" s="28"/>
       <c r="V7" s="28"/>
       <c r="W7" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X7" s="29" t="s">
-        <v>1300</v>
+        <v>1120</v>
       </c>
       <c r="Y7" s="32">
         <v>43276</v>
       </c>
       <c r="Z7" s="37">
         <v>43283</v>
       </c>
       <c r="AA7" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB7" s="29" t="s">
-        <v>1302</v>
+        <v>1122</v>
       </c>
       <c r="AC7" s="37">
         <v>45912</v>
       </c>
       <c r="AD7" s="37">
         <v>45916</v>
       </c>
       <c r="AE7" s="38"/>
       <c r="AF7" s="39"/>
       <c r="AG7" s="40"/>
       <c r="AH7" s="39"/>
       <c r="AI7" s="40"/>
       <c r="AJ7" s="39"/>
       <c r="AK7" s="41"/>
     </row>
-    <row r="8" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="27">
         <v>2</v>
       </c>
       <c r="B8" s="28" t="s">
         <v>50</v>
       </c>
       <c r="C8" s="29">
         <v>55403050491</v>
       </c>
       <c r="D8" s="28" t="s">
+        <v>229</v>
+      </c>
+      <c r="E8" s="33">
+        <v>24775788</v>
+      </c>
+      <c r="F8" s="28" t="s">
+        <v>230</v>
+      </c>
+      <c r="G8" s="34" t="s">
         <v>231</v>
       </c>
-      <c r="E8" s="33" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H8" s="28" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="I8" s="30" t="s">
-        <v>883</v>
+        <v>707</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>884</v>
+        <v>708</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>885</v>
+        <v>709</v>
       </c>
       <c r="L8" s="28" t="s">
-        <v>886</v>
+        <v>710</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>882</v>
+        <v>706</v>
       </c>
       <c r="N8" s="30"/>
       <c r="O8" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P8" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q8" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R8" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S8" s="36" t="s">
-        <v>1303</v>
+        <v>1123</v>
       </c>
       <c r="T8" s="28"/>
       <c r="U8" s="28"/>
       <c r="V8" s="28"/>
       <c r="W8" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X8" s="29" t="s">
-        <v>1304</v>
+        <v>1124</v>
       </c>
       <c r="Y8" s="32">
         <v>43276</v>
       </c>
       <c r="Z8" s="37">
         <v>43283</v>
       </c>
       <c r="AA8" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB8" s="29" t="s">
-        <v>1305</v>
+        <v>1125</v>
       </c>
       <c r="AC8" s="37">
         <v>45869</v>
       </c>
       <c r="AD8" s="37">
         <v>45873</v>
       </c>
       <c r="AE8" s="38">
         <v>33000</v>
       </c>
       <c r="AF8" s="39">
         <v>45590</v>
       </c>
       <c r="AG8" s="40"/>
       <c r="AH8" s="39"/>
       <c r="AI8" s="40"/>
       <c r="AJ8" s="39"/>
       <c r="AK8" s="41"/>
     </row>
-    <row r="9" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="27">
         <v>3</v>
       </c>
       <c r="B9" s="28" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="29">
         <v>40103817483</v>
       </c>
       <c r="D9" s="28" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>232</v>
+      </c>
+      <c r="E9" s="33">
+        <v>29240490</v>
       </c>
       <c r="F9" s="28" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="G9" s="34" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="H9" s="28" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="I9" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L9" s="28" t="s">
-        <v>888</v>
+        <v>712</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>889</v>
+        <v>713</v>
       </c>
       <c r="N9" s="30" t="s">
-        <v>890</v>
+        <v>714</v>
       </c>
       <c r="O9" s="5" t="s">
-        <v>891</v>
+        <v>715</v>
       </c>
       <c r="P9" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q9" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R9" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S9" s="36" t="s">
-        <v>1306</v>
+        <v>1126</v>
       </c>
       <c r="T9" s="28"/>
       <c r="U9" s="28"/>
       <c r="V9" s="28"/>
       <c r="W9" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X9" s="29" t="s">
-        <v>1307</v>
+        <v>1127</v>
       </c>
       <c r="Y9" s="32">
         <v>43276</v>
       </c>
       <c r="Z9" s="37">
         <v>43283</v>
       </c>
       <c r="AA9" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB9" s="29" t="s">
-        <v>1308</v>
+        <v>1128</v>
       </c>
       <c r="AC9" s="37">
         <v>45973</v>
       </c>
       <c r="AD9" s="37">
         <v>45975</v>
       </c>
       <c r="AE9" s="38"/>
       <c r="AF9" s="39"/>
       <c r="AG9" s="40"/>
       <c r="AH9" s="39"/>
       <c r="AI9" s="40"/>
       <c r="AJ9" s="39"/>
       <c r="AK9" s="41"/>
     </row>
-    <row r="10" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="27">
         <v>4</v>
       </c>
       <c r="B10" s="28" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="29">
         <v>40203150986</v>
       </c>
       <c r="D10" s="28" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>235</v>
+      </c>
+      <c r="E10" s="33">
+        <v>29463326</v>
       </c>
       <c r="F10" s="28" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="G10" s="34" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="H10" s="28" t="s">
-        <v>892</v>
+        <v>716</v>
       </c>
       <c r="I10" s="30" t="s">
-        <v>893</v>
+        <v>717</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>894</v>
+        <v>718</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L10" s="28" t="s">
-        <v>896</v>
+        <v>720</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>897</v>
+        <v>721</v>
       </c>
       <c r="N10" s="30" t="s">
-        <v>879</v>
+        <v>703</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>898</v>
+        <v>722</v>
       </c>
       <c r="P10" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q10" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R10" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S10" s="36" t="s">
-        <v>1309</v>
+        <v>1129</v>
       </c>
       <c r="T10" s="28"/>
       <c r="U10" s="28"/>
       <c r="V10" s="28"/>
       <c r="W10" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X10" s="29" t="s">
-        <v>1310</v>
+        <v>1130</v>
       </c>
       <c r="Y10" s="32">
         <v>43299</v>
       </c>
       <c r="Z10" s="37">
         <v>43306</v>
       </c>
       <c r="AA10" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB10" s="29" t="s">
-        <v>1311</v>
+        <v>1131</v>
       </c>
       <c r="AC10" s="37">
         <v>45803</v>
       </c>
       <c r="AD10" s="37">
         <v>45805</v>
       </c>
       <c r="AE10" s="38">
         <v>68629.62</v>
       </c>
       <c r="AF10" s="39">
         <v>45917</v>
       </c>
       <c r="AG10" s="40"/>
       <c r="AH10" s="39"/>
       <c r="AI10" s="40"/>
       <c r="AJ10" s="39"/>
-      <c r="AK10" s="41"/>
+      <c r="AK10" s="11"/>
     </row>
-    <row r="11" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="27">
         <v>5</v>
       </c>
       <c r="B11" s="28" t="s">
         <v>53</v>
       </c>
       <c r="C11" s="29">
         <v>40203155911</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>238</v>
+      </c>
+      <c r="E11" s="33">
+        <v>29240963</v>
       </c>
       <c r="F11" s="28" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G11" s="34" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="H11" s="28" t="s">
-        <v>899</v>
+        <v>723</v>
       </c>
       <c r="I11" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L11" s="28" t="s">
-        <v>900</v>
+        <v>724</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>901</v>
+        <v>725</v>
       </c>
       <c r="N11" s="30" t="s">
-        <v>902</v>
+        <v>726</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>903</v>
+        <v>727</v>
       </c>
       <c r="P11" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q11" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R11" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S11" s="36" t="s">
-        <v>1312</v>
+        <v>1132</v>
       </c>
       <c r="T11" s="28"/>
       <c r="U11" s="28"/>
       <c r="V11" s="28"/>
       <c r="W11" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X11" s="29" t="s">
-        <v>1313</v>
+        <v>1133</v>
       </c>
       <c r="Y11" s="32">
         <v>43349</v>
       </c>
       <c r="Z11" s="37">
         <v>43349</v>
       </c>
       <c r="AA11" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB11" s="29" t="s">
-        <v>1314</v>
+        <v>1134</v>
       </c>
       <c r="AC11" s="37">
         <v>45825</v>
       </c>
       <c r="AD11" s="37">
         <v>45827</v>
       </c>
       <c r="AE11" s="38"/>
       <c r="AF11" s="39"/>
       <c r="AG11" s="40"/>
       <c r="AH11" s="39"/>
       <c r="AI11" s="40"/>
       <c r="AJ11" s="39"/>
-      <c r="AK11" s="41"/>
+      <c r="AK11" s="11"/>
     </row>
-    <row r="12" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="27">
         <v>6</v>
       </c>
       <c r="B12" s="28" t="s">
         <v>54</v>
       </c>
       <c r="C12" s="29">
         <v>50103330811</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>241</v>
+      </c>
+      <c r="E12" s="33">
+        <v>26668118</v>
       </c>
       <c r="F12" s="28" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="G12" s="34" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="H12" s="28" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="I12" s="30" t="s">
-        <v>904</v>
+        <v>728</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>905</v>
+        <v>729</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L12" s="28" t="s">
-        <v>886</v>
+        <v>710</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>882</v>
+        <v>706</v>
       </c>
       <c r="N12" s="30"/>
       <c r="O12" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P12" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q12" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R12" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S12" s="36" t="s">
-        <v>1315</v>
+        <v>1135</v>
       </c>
       <c r="T12" s="28"/>
       <c r="U12" s="28"/>
       <c r="V12" s="28"/>
       <c r="W12" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X12" s="29" t="s">
-        <v>1316</v>
+        <v>1136</v>
       </c>
       <c r="Y12" s="32">
         <v>43361</v>
       </c>
       <c r="Z12" s="37">
         <v>43368</v>
       </c>
       <c r="AA12" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB12" s="29" t="s">
-        <v>1302</v>
+        <v>1122</v>
       </c>
       <c r="AC12" s="37">
         <v>45912</v>
       </c>
       <c r="AD12" s="37">
         <v>45916</v>
       </c>
       <c r="AE12" s="38">
         <v>38388.199999999997</v>
       </c>
       <c r="AF12" s="39">
         <v>45737</v>
       </c>
       <c r="AG12" s="40"/>
       <c r="AH12" s="39"/>
       <c r="AI12" s="40"/>
       <c r="AJ12" s="39"/>
-      <c r="AK12" s="41"/>
+      <c r="AK12" s="11"/>
     </row>
-    <row r="13" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="27">
         <v>7</v>
       </c>
       <c r="B13" s="28" t="s">
         <v>55</v>
       </c>
       <c r="C13" s="29">
         <v>50203148771</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>244</v>
+      </c>
+      <c r="E13" s="33">
+        <v>29602720</v>
       </c>
       <c r="F13" s="28" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="G13" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H13" s="28" t="s">
-        <v>508</v>
+        <v>431</v>
       </c>
       <c r="I13" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L13" s="28" t="s">
-        <v>906</v>
+        <v>730</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>907</v>
+        <v>731</v>
       </c>
       <c r="N13" s="30" t="s">
-        <v>908</v>
+        <v>732</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>909</v>
+        <v>733</v>
       </c>
       <c r="P13" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q13" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R13" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S13" s="36" t="s">
-        <v>1317</v>
+        <v>1137</v>
       </c>
       <c r="T13" s="28"/>
       <c r="U13" s="28"/>
       <c r="V13" s="28"/>
       <c r="W13" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X13" s="29" t="s">
-        <v>1318</v>
+        <v>1138</v>
       </c>
       <c r="Y13" s="32">
         <v>43363</v>
       </c>
       <c r="Z13" s="37">
         <v>43370</v>
       </c>
       <c r="AA13" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB13" s="29" t="s">
-        <v>1311</v>
+        <v>1131</v>
       </c>
       <c r="AC13" s="37">
         <v>45803</v>
       </c>
       <c r="AD13" s="37">
         <v>45805</v>
       </c>
       <c r="AE13" s="38"/>
       <c r="AF13" s="39"/>
       <c r="AG13" s="40"/>
       <c r="AH13" s="39"/>
       <c r="AI13" s="40"/>
       <c r="AJ13" s="39"/>
-      <c r="AK13" s="41"/>
+      <c r="AK13" s="11"/>
     </row>
-    <row r="14" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="27">
         <v>8</v>
       </c>
       <c r="B14" s="28" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="29">
         <v>40203118262</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>246</v>
+      </c>
+      <c r="E14" s="33">
+        <v>29486758</v>
       </c>
       <c r="F14" s="28" t="s">
-        <v>256</v>
+        <v>247</v>
       </c>
       <c r="G14" s="34" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="H14" s="28" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="I14" s="30" t="s">
-        <v>910</v>
+        <v>734</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>911</v>
+        <v>735</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>885</v>
+        <v>709</v>
       </c>
       <c r="L14" s="28" t="s">
-        <v>900</v>
+        <v>724</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>901</v>
+        <v>725</v>
       </c>
       <c r="N14" s="30"/>
       <c r="O14" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P14" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q14" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R14" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S14" s="36" t="s">
-        <v>1319</v>
+        <v>1139</v>
       </c>
       <c r="T14" s="28" t="s">
-        <v>1320</v>
+        <v>1140</v>
       </c>
       <c r="U14" s="28"/>
       <c r="V14" s="28"/>
       <c r="W14" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X14" s="29" t="s">
-        <v>1321</v>
+        <v>1141</v>
       </c>
       <c r="Y14" s="32">
         <v>43364</v>
       </c>
       <c r="Z14" s="37">
         <v>43371</v>
       </c>
       <c r="AA14" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB14" s="29" t="s">
-        <v>1322</v>
+        <v>1142</v>
       </c>
       <c r="AC14" s="37">
         <v>45954</v>
       </c>
       <c r="AD14" s="37">
         <v>45958</v>
       </c>
       <c r="AE14" s="38"/>
       <c r="AF14" s="39"/>
       <c r="AG14" s="40"/>
       <c r="AH14" s="39"/>
       <c r="AI14" s="40"/>
       <c r="AJ14" s="39"/>
-      <c r="AK14" s="41"/>
+      <c r="AK14" s="11"/>
     </row>
-    <row r="15" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="27">
         <v>9</v>
       </c>
       <c r="B15" s="28" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="29">
         <v>43603079216</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>249</v>
+      </c>
+      <c r="E15" s="33">
+        <v>29368746</v>
       </c>
       <c r="F15" s="28" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="G15" s="34" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="H15" s="28" t="s">
-        <v>912</v>
+        <v>736</v>
       </c>
       <c r="I15" s="30" t="s">
-        <v>913</v>
+        <v>737</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>913</v>
+        <v>737</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>885</v>
+        <v>709</v>
       </c>
       <c r="L15" s="28" t="s">
-        <v>914</v>
+        <v>738</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>915</v>
+        <v>739</v>
       </c>
       <c r="N15" s="30" t="s">
-        <v>916</v>
+        <v>740</v>
       </c>
       <c r="O15" s="5" t="s">
-        <v>917</v>
+        <v>741</v>
       </c>
       <c r="P15" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q15" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R15" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S15" s="36" t="s">
-        <v>1323</v>
+        <v>1143</v>
       </c>
       <c r="T15" s="28"/>
       <c r="U15" s="28"/>
       <c r="V15" s="28"/>
       <c r="W15" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X15" s="29" t="s">
-        <v>1324</v>
+        <v>1144</v>
       </c>
       <c r="Y15" s="32">
         <v>43388</v>
       </c>
       <c r="Z15" s="37">
         <v>43395</v>
       </c>
       <c r="AA15" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB15" s="29" t="s">
-        <v>1305</v>
+        <v>1125</v>
       </c>
       <c r="AC15" s="37">
         <v>45869</v>
       </c>
       <c r="AD15" s="37">
         <v>45873</v>
       </c>
       <c r="AE15" s="38"/>
       <c r="AF15" s="39"/>
       <c r="AG15" s="40"/>
       <c r="AH15" s="39"/>
       <c r="AI15" s="40"/>
       <c r="AJ15" s="39"/>
-      <c r="AK15" s="41"/>
+      <c r="AK15" s="11"/>
     </row>
-    <row r="16" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="27">
         <v>10</v>
       </c>
       <c r="B16" s="28" t="s">
         <v>58</v>
       </c>
       <c r="C16" s="29">
         <v>50203163681</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>252</v>
+      </c>
+      <c r="E16" s="33">
+        <v>29526888</v>
       </c>
       <c r="F16" s="28" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="G16" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H16" s="28" t="s">
-        <v>918</v>
+        <v>742</v>
       </c>
       <c r="I16" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L16" s="28" t="s">
-        <v>919</v>
+        <v>743</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>920</v>
+        <v>744</v>
       </c>
       <c r="N16" s="30" t="s">
-        <v>921</v>
+        <v>745</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>922</v>
+        <v>746</v>
       </c>
       <c r="P16" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q16" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R16" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S16" s="36" t="s">
-        <v>1325</v>
+        <v>1145</v>
       </c>
       <c r="T16" s="28" t="s">
-        <v>1326</v>
+        <v>1146</v>
       </c>
       <c r="U16" s="28" t="s">
-        <v>1320</v>
+        <v>1140</v>
       </c>
       <c r="V16" s="28"/>
       <c r="W16" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X16" s="29" t="s">
-        <v>1327</v>
+        <v>1147</v>
       </c>
       <c r="Y16" s="32">
         <v>43388</v>
       </c>
       <c r="Z16" s="37">
         <v>43395</v>
       </c>
       <c r="AA16" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB16" s="29" t="s">
-        <v>1302</v>
+        <v>1122</v>
       </c>
       <c r="AC16" s="37">
         <v>45912</v>
       </c>
       <c r="AD16" s="37">
         <v>45916</v>
       </c>
       <c r="AE16" s="38"/>
       <c r="AF16" s="39"/>
       <c r="AG16" s="40"/>
       <c r="AH16" s="39"/>
       <c r="AI16" s="40"/>
       <c r="AJ16" s="39"/>
-      <c r="AK16" s="41"/>
+      <c r="AK16" s="11"/>
     </row>
-    <row r="17" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="27">
         <v>11</v>
       </c>
       <c r="B17" s="28" t="s">
         <v>59</v>
       </c>
       <c r="C17" s="29">
         <v>40203159078</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>254</v>
+      </c>
+      <c r="E17" s="33">
+        <v>26545141</v>
       </c>
       <c r="F17" s="28" t="s">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="G17" s="34" t="s">
-        <v>268</v>
+        <v>256</v>
       </c>
       <c r="H17" s="28" t="s">
-        <v>923</v>
+        <v>747</v>
       </c>
       <c r="I17" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L17" s="28" t="s">
-        <v>924</v>
+        <v>748</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>925</v>
+        <v>749</v>
       </c>
       <c r="N17" s="30"/>
       <c r="O17" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P17" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q17" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R17" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S17" s="36" t="s">
-        <v>1328</v>
+        <v>1148</v>
       </c>
       <c r="T17" s="28"/>
       <c r="U17" s="28"/>
       <c r="V17" s="28"/>
       <c r="W17" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X17" s="29" t="s">
-        <v>1329</v>
+        <v>1149</v>
       </c>
       <c r="Y17" s="32">
         <v>43404</v>
       </c>
       <c r="Z17" s="37">
         <v>43406</v>
       </c>
       <c r="AA17" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB17" s="29" t="s">
-        <v>1330</v>
+        <v>1150</v>
       </c>
       <c r="AC17" s="37">
         <v>45681</v>
       </c>
       <c r="AD17" s="37">
         <v>45685</v>
       </c>
       <c r="AE17" s="38"/>
       <c r="AF17" s="39"/>
       <c r="AG17" s="40"/>
       <c r="AH17" s="39"/>
       <c r="AI17" s="40"/>
       <c r="AJ17" s="39"/>
       <c r="AK17" s="11"/>
     </row>
-    <row r="18" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="27">
         <v>12</v>
       </c>
       <c r="B18" s="28" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="29">
         <v>40203099741</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>257</v>
+      </c>
+      <c r="E18" s="33">
+        <v>29114113</v>
       </c>
       <c r="F18" s="28" t="s">
-        <v>271</v>
+        <v>258</v>
       </c>
       <c r="G18" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H18" s="28" t="s">
-        <v>926</v>
+        <v>750</v>
       </c>
       <c r="I18" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L18" s="28" t="s">
-        <v>927</v>
+        <v>751</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>928</v>
+        <v>752</v>
       </c>
       <c r="N18" s="30"/>
       <c r="O18" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P18" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q18" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R18" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S18" s="36" t="s">
-        <v>1331</v>
+        <v>1151</v>
       </c>
       <c r="T18" s="28"/>
       <c r="U18" s="28"/>
       <c r="V18" s="28"/>
       <c r="W18" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X18" s="29" t="s">
-        <v>1332</v>
+        <v>1152</v>
       </c>
       <c r="Y18" s="32">
         <v>43404</v>
       </c>
       <c r="Z18" s="37">
         <v>43411</v>
       </c>
       <c r="AA18" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB18" s="29" t="s">
-        <v>1308</v>
+        <v>1128</v>
       </c>
       <c r="AC18" s="37">
         <v>45973</v>
       </c>
       <c r="AD18" s="37">
         <v>45975</v>
       </c>
       <c r="AE18" s="38"/>
       <c r="AF18" s="39"/>
       <c r="AG18" s="40"/>
       <c r="AH18" s="39"/>
       <c r="AI18" s="40"/>
       <c r="AJ18" s="39"/>
       <c r="AK18" s="11"/>
     </row>
-    <row r="19" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="27">
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="29">
         <v>40203171920</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>259</v>
+      </c>
+      <c r="E19" s="33">
+        <v>26667444</v>
       </c>
       <c r="F19" s="28" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="G19" s="34" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="H19" s="28" t="s">
-        <v>929</v>
+        <v>753</v>
       </c>
       <c r="I19" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L19" s="28" t="s">
-        <v>930</v>
+        <v>754</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>931</v>
+        <v>755</v>
       </c>
       <c r="N19" s="30" t="s">
-        <v>908</v>
+        <v>732</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>909</v>
+        <v>733</v>
       </c>
       <c r="P19" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q19" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R19" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S19" s="36" t="s">
-        <v>1333</v>
+        <v>1153</v>
       </c>
       <c r="T19" s="28"/>
       <c r="U19" s="28"/>
       <c r="V19" s="28"/>
       <c r="W19" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X19" s="29" t="s">
-        <v>1334</v>
+        <v>1154</v>
       </c>
       <c r="Y19" s="32">
         <v>43404</v>
       </c>
       <c r="Z19" s="37">
         <v>43411</v>
       </c>
       <c r="AA19" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB19" s="29" t="s">
-        <v>1308</v>
+        <v>1128</v>
       </c>
       <c r="AC19" s="37">
         <v>45973</v>
       </c>
       <c r="AD19" s="37">
         <v>45975</v>
       </c>
       <c r="AE19" s="38"/>
       <c r="AF19" s="39"/>
       <c r="AG19" s="40"/>
       <c r="AH19" s="39"/>
       <c r="AI19" s="40"/>
       <c r="AJ19" s="39"/>
       <c r="AK19" s="11"/>
     </row>
-    <row r="20" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="27">
         <v>14</v>
       </c>
       <c r="B20" s="28" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="29">
         <v>40203106244</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>262</v>
+      </c>
+      <c r="E20" s="33">
+        <v>29438344</v>
       </c>
       <c r="F20" s="28" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="G20" s="34" t="s">
-        <v>279</v>
+        <v>264</v>
       </c>
       <c r="H20" s="28" t="s">
-        <v>932</v>
+        <v>756</v>
       </c>
       <c r="I20" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L20" s="28" t="s">
-        <v>933</v>
+        <v>757</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>934</v>
+        <v>758</v>
       </c>
       <c r="N20" s="30"/>
       <c r="O20" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P20" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q20" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R20" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S20" s="36" t="s">
-        <v>1335</v>
+        <v>1155</v>
       </c>
       <c r="T20" s="28" t="s">
-        <v>1320</v>
+        <v>1140</v>
       </c>
       <c r="U20" s="28"/>
       <c r="V20" s="28"/>
       <c r="W20" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X20" s="29" t="s">
-        <v>1336</v>
+        <v>1156</v>
       </c>
       <c r="Y20" s="32">
         <v>43426</v>
       </c>
       <c r="Z20" s="37">
         <v>43430</v>
       </c>
       <c r="AA20" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB20" s="29" t="s">
-        <v>1337</v>
+        <v>1157</v>
       </c>
       <c r="AC20" s="37">
         <v>45940</v>
       </c>
       <c r="AD20" s="37">
         <v>45944</v>
       </c>
       <c r="AE20" s="38"/>
       <c r="AF20" s="39"/>
       <c r="AG20" s="40"/>
       <c r="AH20" s="39"/>
       <c r="AI20" s="40"/>
       <c r="AJ20" s="39"/>
-      <c r="AK20" s="41"/>
+      <c r="AK20" s="11"/>
     </row>
-    <row r="21" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="27">
         <v>15</v>
       </c>
       <c r="B21" s="28" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="29">
         <v>40203121205</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>265</v>
+      </c>
+      <c r="E21" s="33">
+        <v>26371923</v>
       </c>
       <c r="F21" s="28" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="G21" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H21" s="28" t="s">
-        <v>935</v>
+        <v>759</v>
       </c>
       <c r="I21" s="30" t="s">
-        <v>893</v>
+        <v>717</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>894</v>
+        <v>718</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L21" s="28" t="s">
-        <v>936</v>
+        <v>760</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>937</v>
+        <v>761</v>
       </c>
       <c r="N21" s="30"/>
       <c r="O21" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P21" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q21" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R21" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S21" s="36" t="s">
-        <v>1338</v>
+        <v>1158</v>
       </c>
       <c r="T21" s="28" t="s">
-        <v>1339</v>
+        <v>1159</v>
       </c>
       <c r="U21" s="28" t="s">
-        <v>1320</v>
+        <v>1140</v>
       </c>
       <c r="V21" s="28" t="s">
-        <v>1326</v>
+        <v>1146</v>
       </c>
       <c r="W21" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X21" s="29" t="s">
-        <v>1340</v>
+        <v>1160</v>
       </c>
       <c r="Y21" s="32">
         <v>43425</v>
       </c>
       <c r="Z21" s="37">
         <v>43427</v>
       </c>
       <c r="AA21" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB21" s="29" t="s">
-        <v>1305</v>
+        <v>1125</v>
       </c>
       <c r="AC21" s="37">
         <v>45869</v>
       </c>
       <c r="AD21" s="37">
         <v>45873</v>
       </c>
       <c r="AE21" s="38"/>
       <c r="AF21" s="39"/>
       <c r="AG21" s="40"/>
       <c r="AH21" s="39"/>
       <c r="AI21" s="40"/>
       <c r="AJ21" s="39"/>
-      <c r="AK21" s="11"/>
+      <c r="AK21" s="41"/>
     </row>
-    <row r="22" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="27">
         <v>16</v>
       </c>
       <c r="B22" s="28" t="s">
         <v>64</v>
       </c>
       <c r="C22" s="29">
-        <v>40203179708</v>
+        <v>41503080634</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="E22" s="33" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="F22" s="28" t="s">
-        <v>285</v>
+        <v>269</v>
       </c>
       <c r="G22" s="34" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="H22" s="28" t="s">
-        <v>938</v>
+        <v>762</v>
       </c>
       <c r="I22" s="30" t="s">
-        <v>878</v>
+        <v>763</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>878</v>
+        <v>763</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>878</v>
+        <v>764</v>
       </c>
       <c r="L22" s="28" t="s">
-        <v>939</v>
+        <v>765</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>940</v>
-[...1 lines deleted...]
-      <c r="N22" s="30"/>
+        <v>766</v>
+      </c>
+      <c r="N22" s="30" t="s">
+        <v>767</v>
+      </c>
       <c r="O22" s="5" t="s">
-        <v>887</v>
+        <v>768</v>
       </c>
       <c r="P22" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q22" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R22" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S22" s="36" t="s">
-        <v>1341</v>
-[...3 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="T22" s="28"/>
       <c r="U22" s="28"/>
       <c r="V22" s="28"/>
       <c r="W22" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X22" s="29" t="s">
-        <v>1342</v>
+        <v>1162</v>
       </c>
       <c r="Y22" s="32">
         <v>43472</v>
       </c>
       <c r="Z22" s="37">
         <v>43474</v>
       </c>
       <c r="AA22" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB22" s="29" t="s">
-        <v>1322</v>
+        <v>1163</v>
       </c>
       <c r="AC22" s="37">
-        <v>45954</v>
+        <v>45896</v>
       </c>
       <c r="AD22" s="37">
-        <v>45958</v>
+        <v>45898</v>
       </c>
       <c r="AE22" s="38"/>
       <c r="AF22" s="39"/>
       <c r="AG22" s="40"/>
       <c r="AH22" s="39"/>
       <c r="AI22" s="40"/>
       <c r="AJ22" s="39"/>
       <c r="AK22" s="11"/>
     </row>
-    <row r="23" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="27">
         <v>17</v>
       </c>
       <c r="B23" s="28" t="s">
         <v>65</v>
       </c>
       <c r="C23" s="29">
-        <v>41503080634</v>
+        <v>40103664698</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>271</v>
+      </c>
+      <c r="E23" s="33">
+        <v>27171061</v>
       </c>
       <c r="F23" s="28" t="s">
-        <v>289</v>
+        <v>272</v>
       </c>
       <c r="G23" s="34" t="s">
-        <v>290</v>
+        <v>273</v>
       </c>
       <c r="H23" s="28" t="s">
-        <v>941</v>
+        <v>769</v>
       </c>
       <c r="I23" s="30" t="s">
-        <v>942</v>
+        <v>702</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>942</v>
+        <v>702</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>943</v>
+        <v>702</v>
       </c>
       <c r="L23" s="28" t="s">
-        <v>944</v>
+        <v>770</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>945</v>
-[...3 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="N23" s="30"/>
       <c r="O23" s="5" t="s">
-        <v>947</v>
+        <v>711</v>
       </c>
       <c r="P23" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q23" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R23" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S23" s="36" t="s">
-        <v>1343</v>
-[...2 lines deleted...]
-      <c r="U23" s="28"/>
+        <v>1164</v>
+      </c>
+      <c r="T23" s="28" t="s">
+        <v>1140</v>
+      </c>
+      <c r="U23" s="28" t="s">
+        <v>1159</v>
+      </c>
       <c r="V23" s="28"/>
       <c r="W23" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X23" s="29" t="s">
-        <v>1344</v>
+        <v>1165</v>
       </c>
       <c r="Y23" s="32">
-        <v>43472</v>
+        <v>43495</v>
       </c>
       <c r="Z23" s="37">
-        <v>43474</v>
+        <v>43497</v>
       </c>
       <c r="AA23" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB23" s="29" t="s">
-        <v>1345</v>
+        <v>1163</v>
       </c>
       <c r="AC23" s="37">
         <v>45896</v>
       </c>
       <c r="AD23" s="37">
         <v>45898</v>
       </c>
-      <c r="AE23" s="38"/>
-      <c r="AF23" s="39"/>
+      <c r="AE23" s="38">
+        <v>171368.02</v>
+      </c>
+      <c r="AF23" s="39">
+        <v>45915</v>
+      </c>
       <c r="AG23" s="40"/>
       <c r="AH23" s="39"/>
       <c r="AI23" s="40"/>
       <c r="AJ23" s="39"/>
       <c r="AK23" s="11"/>
     </row>
-    <row r="24" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
         <v>66</v>
       </c>
       <c r="C24" s="29">
-        <v>40103664698</v>
+        <v>50103505591</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>274</v>
+      </c>
+      <c r="E24" s="33">
+        <v>29180005</v>
       </c>
       <c r="F24" s="28" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="G24" s="34" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="H24" s="28" t="s">
-        <v>948</v>
+        <v>772</v>
       </c>
       <c r="I24" s="30" t="s">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L24" s="28" t="s">
-        <v>949</v>
+        <v>703</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>950</v>
-[...1 lines deleted...]
-      <c r="N24" s="30"/>
+        <v>704</v>
+      </c>
+      <c r="N24" s="30" t="s">
+        <v>738</v>
+      </c>
       <c r="O24" s="5" t="s">
-        <v>887</v>
+        <v>739</v>
       </c>
       <c r="P24" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q24" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R24" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S24" s="36" t="s">
-        <v>1346</v>
-[...6 lines deleted...]
-      </c>
+        <v>1166</v>
+      </c>
+      <c r="T24" s="28"/>
+      <c r="U24" s="28"/>
       <c r="V24" s="28"/>
       <c r="W24" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X24" s="29" t="s">
-        <v>1347</v>
+        <v>1167</v>
       </c>
       <c r="Y24" s="32">
         <v>43495</v>
       </c>
       <c r="Z24" s="37">
         <v>43497</v>
       </c>
       <c r="AA24" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB24" s="29" t="s">
-        <v>1345</v>
+        <v>1157</v>
       </c>
       <c r="AC24" s="37">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="AD24" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE24" s="38"/>
+      <c r="AF24" s="39"/>
       <c r="AG24" s="40"/>
       <c r="AH24" s="39"/>
       <c r="AI24" s="40"/>
       <c r="AJ24" s="39"/>
       <c r="AK24" s="11"/>
     </row>
-    <row r="25" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="29">
-        <v>50103505591</v>
+        <v>40003844517</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>277</v>
+      </c>
+      <c r="E25" s="33">
+        <v>29410450</v>
       </c>
       <c r="F25" s="28" t="s">
-        <v>297</v>
+        <v>278</v>
       </c>
       <c r="G25" s="34" t="s">
-        <v>298</v>
+        <v>279</v>
       </c>
       <c r="H25" s="28" t="s">
-        <v>951</v>
+        <v>774</v>
       </c>
       <c r="I25" s="30" t="s">
-        <v>952</v>
+        <v>702</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>952</v>
+        <v>702</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L25" s="28" t="s">
-        <v>879</v>
+        <v>726</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>880</v>
+        <v>727</v>
       </c>
       <c r="N25" s="30" t="s">
-        <v>914</v>
+        <v>775</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>915</v>
+        <v>776</v>
       </c>
       <c r="P25" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q25" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R25" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S25" s="36" t="s">
-        <v>1348</v>
+        <v>1168</v>
       </c>
       <c r="T25" s="28"/>
       <c r="U25" s="28"/>
       <c r="V25" s="28"/>
       <c r="W25" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X25" s="29" t="s">
-        <v>1349</v>
+        <v>1169</v>
       </c>
       <c r="Y25" s="32">
         <v>43495</v>
       </c>
       <c r="Z25" s="37">
         <v>43497</v>
       </c>
       <c r="AA25" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB25" s="29" t="s">
-        <v>1337</v>
+        <v>1134</v>
       </c>
       <c r="AC25" s="37">
-        <v>45940</v>
+        <v>45825</v>
       </c>
       <c r="AD25" s="37">
-        <v>45944</v>
+        <v>45827</v>
       </c>
       <c r="AE25" s="38"/>
       <c r="AF25" s="39"/>
       <c r="AG25" s="40"/>
       <c r="AH25" s="39"/>
       <c r="AI25" s="40"/>
       <c r="AJ25" s="39"/>
       <c r="AK25" s="11"/>
     </row>
-    <row r="26" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27">
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="29">
-        <v>40003844517</v>
+        <v>44103119959</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>280</v>
+      </c>
+      <c r="E26" s="33">
+        <v>26116638</v>
       </c>
       <c r="F26" s="28" t="s">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="G26" s="34" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
       <c r="H26" s="28" t="s">
-        <v>953</v>
+        <v>777</v>
       </c>
       <c r="I26" s="30" t="s">
-        <v>878</v>
+        <v>778</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>878</v>
+        <v>779</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L26" s="28" t="s">
-        <v>902</v>
+        <v>781</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>903</v>
+        <v>782</v>
       </c>
       <c r="N26" s="30" t="s">
-        <v>954</v>
+        <v>783</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>955</v>
+        <v>721</v>
       </c>
       <c r="P26" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q26" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R26" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S26" s="36" t="s">
-        <v>1350</v>
+        <v>1170</v>
       </c>
       <c r="T26" s="28"/>
       <c r="U26" s="28"/>
       <c r="V26" s="28"/>
       <c r="W26" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X26" s="29" t="s">
-        <v>1351</v>
+        <v>1171</v>
       </c>
       <c r="Y26" s="32">
         <v>43495</v>
       </c>
       <c r="Z26" s="37">
         <v>43497</v>
       </c>
       <c r="AA26" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB26" s="29" t="s">
-        <v>1314</v>
+        <v>1125</v>
       </c>
       <c r="AC26" s="37">
-        <v>45825</v>
+        <v>45869</v>
       </c>
       <c r="AD26" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF26" s="39"/>
+        <v>45873</v>
+      </c>
+      <c r="AE26" s="38">
+        <v>80925.460000000006</v>
+      </c>
+      <c r="AF26" s="39">
+        <v>45964</v>
+      </c>
       <c r="AG26" s="40"/>
       <c r="AH26" s="39"/>
       <c r="AI26" s="40"/>
       <c r="AJ26" s="39"/>
       <c r="AK26" s="11"/>
     </row>
-    <row r="27" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="29">
-        <v>44103119959</v>
+        <v>42103080905</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>283</v>
+      </c>
+      <c r="E27" s="33">
+        <v>29897601</v>
       </c>
       <c r="F27" s="28" t="s">
-        <v>305</v>
+        <v>284</v>
       </c>
       <c r="G27" s="34" t="s">
-        <v>306</v>
+        <v>231</v>
       </c>
       <c r="H27" s="28" t="s">
-        <v>956</v>
+        <v>784</v>
       </c>
       <c r="I27" s="30" t="s">
-        <v>957</v>
+        <v>785</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>958</v>
+        <v>785</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>959</v>
+        <v>786</v>
       </c>
       <c r="L27" s="28" t="s">
-        <v>960</v>
+        <v>787</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>961</v>
+        <v>788</v>
       </c>
       <c r="N27" s="30" t="s">
-        <v>962</v>
+        <v>789</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>897</v>
+        <v>790</v>
       </c>
       <c r="P27" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q27" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R27" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S27" s="36" t="s">
-        <v>1352</v>
+        <v>1172</v>
       </c>
       <c r="T27" s="28"/>
       <c r="U27" s="28"/>
       <c r="V27" s="28"/>
       <c r="W27" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X27" s="29" t="s">
-        <v>1353</v>
+        <v>1173</v>
       </c>
       <c r="Y27" s="32">
-        <v>43495</v>
+        <v>43522</v>
       </c>
       <c r="Z27" s="37">
-        <v>43497</v>
+        <v>43524</v>
       </c>
       <c r="AA27" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB27" s="29" t="s">
-        <v>1305</v>
+        <v>1157</v>
       </c>
       <c r="AC27" s="37">
-        <v>45869</v>
+        <v>45940</v>
       </c>
       <c r="AD27" s="37">
-        <v>45873</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE27" s="38"/>
+      <c r="AF27" s="39"/>
       <c r="AG27" s="40"/>
       <c r="AH27" s="39"/>
       <c r="AI27" s="40"/>
       <c r="AJ27" s="39"/>
       <c r="AK27" s="11"/>
     </row>
-    <row r="28" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="27">
         <v>22</v>
       </c>
       <c r="B28" s="28" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="29">
-        <v>42103080905</v>
+        <v>40003270410</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>285</v>
+      </c>
+      <c r="E28" s="33">
+        <v>29173319</v>
       </c>
       <c r="F28" s="28" t="s">
-        <v>309</v>
+        <v>286</v>
       </c>
       <c r="G28" s="34" t="s">
-        <v>234</v>
+        <v>287</v>
       </c>
       <c r="H28" s="28" t="s">
-        <v>963</v>
+        <v>285</v>
       </c>
       <c r="I28" s="30" t="s">
-        <v>964</v>
+        <v>785</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>964</v>
+        <v>785</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>965</v>
+        <v>786</v>
       </c>
       <c r="L28" s="28" t="s">
-        <v>966</v>
+        <v>791</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>967</v>
-[...3 lines deleted...]
-      </c>
+        <v>792</v>
+      </c>
+      <c r="N28" s="30"/>
       <c r="O28" s="5" t="s">
-        <v>969</v>
+        <v>711</v>
       </c>
       <c r="P28" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q28" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R28" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S28" s="36" t="s">
-        <v>1354</v>
+        <v>1174</v>
       </c>
       <c r="T28" s="28"/>
       <c r="U28" s="28"/>
       <c r="V28" s="28"/>
       <c r="W28" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X28" s="29" t="s">
-        <v>1355</v>
+        <v>1175</v>
       </c>
       <c r="Y28" s="32">
-        <v>43522</v>
+        <v>43523</v>
       </c>
       <c r="Z28" s="37">
-        <v>43524</v>
+        <v>43530</v>
       </c>
       <c r="AA28" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB28" s="29" t="s">
-        <v>1337</v>
+        <v>1131</v>
       </c>
       <c r="AC28" s="37">
-        <v>45940</v>
+        <v>45803</v>
       </c>
       <c r="AD28" s="37">
-        <v>45944</v>
-[...2 lines deleted...]
-      <c r="AF28" s="39"/>
+        <v>45805</v>
+      </c>
+      <c r="AE28" s="38">
+        <v>24815.200000000001</v>
+      </c>
+      <c r="AF28" s="39">
+        <v>45727</v>
+      </c>
       <c r="AG28" s="40"/>
       <c r="AH28" s="39"/>
       <c r="AI28" s="40"/>
       <c r="AJ28" s="39"/>
-      <c r="AK28" s="41"/>
+      <c r="AK28" s="11"/>
     </row>
-    <row r="29" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="27">
         <v>23</v>
       </c>
       <c r="B29" s="28" t="s">
         <v>71</v>
       </c>
       <c r="C29" s="29">
-        <v>40003270410</v>
+        <v>54103118781</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>288</v>
+      </c>
+      <c r="E29" s="33">
+        <v>27073140</v>
       </c>
       <c r="F29" s="28" t="s">
-        <v>312</v>
+        <v>289</v>
       </c>
       <c r="G29" s="34" t="s">
-        <v>313</v>
+        <v>290</v>
       </c>
       <c r="H29" s="28" t="s">
-        <v>310</v>
+        <v>288</v>
       </c>
       <c r="I29" s="30" t="s">
-        <v>964</v>
+        <v>793</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>964</v>
+        <v>794</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>965</v>
+        <v>780</v>
       </c>
       <c r="L29" s="28" t="s">
-        <v>970</v>
+        <v>795</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>971</v>
+        <v>796</v>
       </c>
       <c r="N29" s="30"/>
       <c r="O29" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P29" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q29" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R29" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S29" s="36" t="s">
-        <v>1356</v>
+        <v>1176</v>
       </c>
       <c r="T29" s="28"/>
       <c r="U29" s="28"/>
       <c r="V29" s="28"/>
       <c r="W29" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X29" s="29" t="s">
-        <v>1357</v>
+        <v>1177</v>
       </c>
       <c r="Y29" s="32">
-        <v>43523</v>
+        <v>43549</v>
       </c>
       <c r="Z29" s="37">
-        <v>43530</v>
+        <v>43551</v>
       </c>
       <c r="AA29" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB29" s="29" t="s">
-        <v>1311</v>
+        <v>1163</v>
       </c>
       <c r="AC29" s="37">
-        <v>45803</v>
+        <v>45896</v>
       </c>
       <c r="AD29" s="37">
-        <v>45805</v>
-[...6 lines deleted...]
-      </c>
+        <v>45898</v>
+      </c>
+      <c r="AE29" s="38"/>
+      <c r="AF29" s="39"/>
       <c r="AG29" s="40"/>
       <c r="AH29" s="39"/>
       <c r="AI29" s="40"/>
       <c r="AJ29" s="39"/>
       <c r="AK29" s="41"/>
     </row>
-    <row r="30" spans="1:37" s="44" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="27">
         <v>24</v>
       </c>
       <c r="B30" s="28" t="s">
         <v>72</v>
       </c>
       <c r="C30" s="29">
-        <v>54103118781</v>
+        <v>43603034269</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>291</v>
+      </c>
+      <c r="E30" s="33">
+        <v>26311011</v>
       </c>
       <c r="F30" s="28" t="s">
-        <v>316</v>
+        <v>292</v>
       </c>
       <c r="G30" s="34" t="s">
-        <v>317</v>
+        <v>293</v>
       </c>
       <c r="H30" s="28" t="s">
-        <v>314</v>
+        <v>797</v>
       </c>
       <c r="I30" s="30" t="s">
-        <v>972</v>
+        <v>798</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>973</v>
+        <v>799</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>959</v>
+        <v>780</v>
       </c>
       <c r="L30" s="28" t="s">
-        <v>974</v>
+        <v>783</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="N30" s="30"/>
+        <v>721</v>
+      </c>
+      <c r="N30" s="30" t="s">
+        <v>791</v>
+      </c>
       <c r="O30" s="5" t="s">
-        <v>887</v>
+        <v>792</v>
       </c>
       <c r="P30" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q30" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R30" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S30" s="36" t="s">
-        <v>1358</v>
+        <v>1178</v>
       </c>
       <c r="T30" s="28"/>
       <c r="U30" s="28"/>
       <c r="V30" s="28"/>
       <c r="W30" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X30" s="29" t="s">
-        <v>1359</v>
+        <v>1179</v>
       </c>
       <c r="Y30" s="32">
         <v>43549</v>
       </c>
       <c r="Z30" s="37">
         <v>43551</v>
       </c>
       <c r="AA30" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB30" s="29" t="s">
-        <v>1345</v>
+        <v>1134</v>
       </c>
       <c r="AC30" s="37">
-        <v>45896</v>
+        <v>45825</v>
       </c>
       <c r="AD30" s="37">
-        <v>45898</v>
+        <v>45827</v>
       </c>
       <c r="AE30" s="38"/>
       <c r="AF30" s="39"/>
       <c r="AG30" s="40"/>
       <c r="AH30" s="39"/>
       <c r="AI30" s="40"/>
       <c r="AJ30" s="39"/>
-      <c r="AK30" s="43"/>
+      <c r="AK30" s="41"/>
     </row>
-    <row r="31" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:37" s="44" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="27">
         <v>25</v>
       </c>
       <c r="B31" s="28" t="s">
         <v>73</v>
       </c>
       <c r="C31" s="29">
-        <v>43603034269</v>
+        <v>50103741151</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>294</v>
+      </c>
+      <c r="E31" s="33">
+        <v>29144477</v>
       </c>
       <c r="F31" s="28" t="s">
-        <v>320</v>
+        <v>295</v>
       </c>
       <c r="G31" s="34" t="s">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="H31" s="28" t="s">
-        <v>976</v>
+        <v>800</v>
       </c>
       <c r="I31" s="30" t="s">
-        <v>977</v>
+        <v>702</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L31" s="28" t="s">
-        <v>962</v>
+        <v>801</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>897</v>
+        <v>802</v>
       </c>
       <c r="N31" s="30" t="s">
-        <v>970</v>
+        <v>803</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>971</v>
+        <v>804</v>
       </c>
       <c r="P31" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q31" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R31" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S31" s="36" t="s">
-        <v>1360</v>
+        <v>1180</v>
       </c>
       <c r="T31" s="28"/>
       <c r="U31" s="28"/>
       <c r="V31" s="28"/>
       <c r="W31" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X31" s="29" t="s">
-        <v>1361</v>
+        <v>1181</v>
       </c>
       <c r="Y31" s="32">
         <v>43549</v>
       </c>
       <c r="Z31" s="37">
         <v>43551</v>
       </c>
       <c r="AA31" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB31" s="29" t="s">
-        <v>1314</v>
+        <v>1142</v>
       </c>
       <c r="AC31" s="37">
-        <v>45825</v>
+        <v>45954</v>
       </c>
       <c r="AD31" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF31" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE31" s="38">
+        <v>109686.51</v>
+      </c>
+      <c r="AF31" s="39">
+        <v>45713</v>
+      </c>
       <c r="AG31" s="40"/>
       <c r="AH31" s="39"/>
       <c r="AI31" s="40"/>
       <c r="AJ31" s="39"/>
-      <c r="AK31" s="41"/>
+      <c r="AK31" s="43"/>
     </row>
-    <row r="32" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="27">
         <v>26</v>
       </c>
       <c r="B32" s="28" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="29">
-        <v>50103741151</v>
+        <v>40103915568</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>297</v>
+      </c>
+      <c r="E32" s="33">
+        <v>26421960</v>
       </c>
       <c r="F32" s="28" t="s">
-        <v>324</v>
+        <v>298</v>
       </c>
       <c r="G32" s="34" t="s">
-        <v>325</v>
+        <v>299</v>
       </c>
       <c r="H32" s="28" t="s">
-        <v>979</v>
+        <v>297</v>
       </c>
       <c r="I32" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L32" s="28" t="s">
-        <v>980</v>
+        <v>805</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>981</v>
+        <v>806</v>
       </c>
       <c r="N32" s="30" t="s">
-        <v>982</v>
+        <v>807</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>983</v>
+        <v>808</v>
       </c>
       <c r="P32" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q32" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R32" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S32" s="36" t="s">
-        <v>1362</v>
+        <v>1182</v>
       </c>
       <c r="T32" s="28"/>
       <c r="U32" s="28"/>
       <c r="V32" s="28"/>
       <c r="W32" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X32" s="29" t="s">
-        <v>1363</v>
+        <v>1183</v>
       </c>
       <c r="Y32" s="32">
         <v>43549</v>
       </c>
       <c r="Z32" s="37">
         <v>43551</v>
       </c>
       <c r="AA32" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB32" s="29" t="s">
-        <v>1322</v>
+        <v>1184</v>
       </c>
       <c r="AC32" s="37">
-        <v>45954</v>
+        <v>46013</v>
       </c>
       <c r="AD32" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>46020</v>
+      </c>
+      <c r="AE32" s="38"/>
+      <c r="AF32" s="39"/>
       <c r="AG32" s="40"/>
       <c r="AH32" s="39"/>
       <c r="AI32" s="40"/>
       <c r="AJ32" s="39"/>
-      <c r="AK32" s="11"/>
+      <c r="AK32" s="41"/>
     </row>
-    <row r="33" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27">
         <v>27</v>
       </c>
       <c r="B33" s="28" t="s">
         <v>75</v>
       </c>
       <c r="C33" s="29">
-        <v>40103915568</v>
+        <v>40103985955</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>300</v>
+      </c>
+      <c r="E33" s="33">
+        <v>26367748</v>
       </c>
       <c r="F33" s="28" t="s">
-        <v>328</v>
+        <v>301</v>
       </c>
       <c r="G33" s="34" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
       <c r="H33" s="28" t="s">
-        <v>326</v>
+        <v>300</v>
       </c>
       <c r="I33" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L33" s="28" t="s">
-        <v>984</v>
+        <v>726</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>985</v>
+        <v>727</v>
       </c>
       <c r="N33" s="30" t="s">
-        <v>986</v>
+        <v>775</v>
       </c>
       <c r="O33" s="5" t="s">
-        <v>987</v>
+        <v>776</v>
       </c>
       <c r="P33" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q33" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R33" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S33" s="36" t="s">
-        <v>1364</v>
+        <v>1185</v>
       </c>
       <c r="T33" s="28"/>
       <c r="U33" s="28"/>
       <c r="V33" s="28"/>
       <c r="W33" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X33" s="29" t="s">
-        <v>1365</v>
+        <v>1186</v>
       </c>
       <c r="Y33" s="32">
-        <v>43549</v>
+        <v>43570</v>
       </c>
       <c r="Z33" s="37">
-        <v>43551</v>
+        <v>43572</v>
       </c>
       <c r="AA33" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB33" s="29" t="s">
-        <v>1366</v>
+        <v>1131</v>
       </c>
       <c r="AC33" s="37">
-        <v>46013</v>
+        <v>45803</v>
       </c>
       <c r="AD33" s="37">
-        <v>46020</v>
-[...2 lines deleted...]
-      <c r="AF33" s="39"/>
+        <v>45805</v>
+      </c>
+      <c r="AE33" s="38">
+        <v>110598.69</v>
+      </c>
+      <c r="AF33" s="39">
+        <v>45671</v>
+      </c>
       <c r="AG33" s="40"/>
       <c r="AH33" s="39"/>
       <c r="AI33" s="40"/>
       <c r="AJ33" s="39"/>
       <c r="AK33" s="11"/>
     </row>
-    <row r="34" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="27">
         <v>28</v>
       </c>
       <c r="B34" s="28" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="29">
-        <v>40103985955</v>
+        <v>40203192636</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>303</v>
+      </c>
+      <c r="E34" s="33">
+        <v>22084636</v>
       </c>
       <c r="F34" s="28" t="s">
-        <v>332</v>
+        <v>304</v>
       </c>
       <c r="G34" s="34" t="s">
-        <v>333</v>
+        <v>231</v>
       </c>
       <c r="H34" s="28" t="s">
-        <v>330</v>
+        <v>809</v>
       </c>
       <c r="I34" s="30" t="s">
-        <v>878</v>
+        <v>810</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>878</v>
+        <v>811</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>878</v>
+        <v>786</v>
       </c>
       <c r="L34" s="28" t="s">
-        <v>902</v>
+        <v>710</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>903</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="N34" s="30"/>
       <c r="O34" s="5" t="s">
-        <v>955</v>
+        <v>711</v>
       </c>
       <c r="P34" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q34" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R34" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S34" s="36" t="s">
-        <v>1367</v>
+        <v>1187</v>
       </c>
       <c r="T34" s="28"/>
       <c r="U34" s="28"/>
       <c r="V34" s="28"/>
       <c r="W34" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X34" s="29" t="s">
-        <v>1368</v>
+        <v>1188</v>
       </c>
       <c r="Y34" s="32">
         <v>43570</v>
       </c>
       <c r="Z34" s="37">
         <v>43572</v>
       </c>
       <c r="AA34" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB34" s="29" t="s">
-        <v>1311</v>
+        <v>1131</v>
       </c>
       <c r="AC34" s="37">
         <v>45803</v>
       </c>
       <c r="AD34" s="37">
         <v>45805</v>
       </c>
-      <c r="AE34" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE34" s="38"/>
+      <c r="AF34" s="39"/>
       <c r="AG34" s="40"/>
       <c r="AH34" s="39"/>
       <c r="AI34" s="40"/>
       <c r="AJ34" s="39"/>
       <c r="AK34" s="11"/>
     </row>
-    <row r="35" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27">
         <v>29</v>
       </c>
       <c r="B35" s="28" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="29">
-        <v>40203192636</v>
+        <v>44103120657</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>305</v>
+      </c>
+      <c r="E35" s="33">
+        <v>29206995</v>
       </c>
       <c r="F35" s="28" t="s">
-        <v>336</v>
+        <v>306</v>
       </c>
       <c r="G35" s="34" t="s">
-        <v>234</v>
+        <v>307</v>
       </c>
       <c r="H35" s="28" t="s">
-        <v>988</v>
+        <v>812</v>
       </c>
       <c r="I35" s="30" t="s">
-        <v>989</v>
+        <v>702</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>990</v>
+        <v>702</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L35" s="28" t="s">
-        <v>886</v>
+        <v>813</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="N35" s="30"/>
+        <v>814</v>
+      </c>
+      <c r="N35" s="30" t="s">
+        <v>815</v>
+      </c>
       <c r="O35" s="5" t="s">
-        <v>887</v>
+        <v>816</v>
       </c>
       <c r="P35" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q35" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R35" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S35" s="36" t="s">
-        <v>1369</v>
+        <v>1189</v>
       </c>
       <c r="T35" s="28"/>
       <c r="U35" s="28"/>
       <c r="V35" s="28"/>
       <c r="W35" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X35" s="29" t="s">
-        <v>1370</v>
+        <v>1190</v>
       </c>
       <c r="Y35" s="32">
-        <v>43570</v>
+        <v>43885</v>
       </c>
       <c r="Z35" s="37">
-        <v>43572</v>
+        <v>43887</v>
       </c>
       <c r="AA35" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB35" s="29" t="s">
-        <v>1311</v>
+        <v>1122</v>
       </c>
       <c r="AC35" s="37">
-        <v>45803</v>
+        <v>45912</v>
       </c>
       <c r="AD35" s="37">
-        <v>45805</v>
+        <v>45916</v>
       </c>
       <c r="AE35" s="38"/>
       <c r="AF35" s="39"/>
       <c r="AG35" s="40"/>
       <c r="AH35" s="39"/>
       <c r="AI35" s="40"/>
       <c r="AJ35" s="39"/>
       <c r="AK35" s="11"/>
     </row>
-    <row r="36" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27">
         <v>30</v>
       </c>
       <c r="B36" s="28" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="29">
-        <v>44103120657</v>
+        <v>40203190809</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>308</v>
+      </c>
+      <c r="E36" s="33">
+        <v>26012582</v>
       </c>
       <c r="F36" s="28" t="s">
-        <v>339</v>
+        <v>309</v>
       </c>
       <c r="G36" s="34" t="s">
-        <v>340</v>
+        <v>310</v>
       </c>
       <c r="H36" s="28" t="s">
-        <v>991</v>
+        <v>308</v>
       </c>
       <c r="I36" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L36" s="28" t="s">
-        <v>992</v>
+        <v>817</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>993</v>
+        <v>818</v>
       </c>
       <c r="N36" s="30" t="s">
-        <v>994</v>
+        <v>819</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>995</v>
+        <v>820</v>
       </c>
       <c r="P36" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q36" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R36" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S36" s="36" t="s">
-        <v>1371</v>
+        <v>1191</v>
       </c>
       <c r="T36" s="28"/>
       <c r="U36" s="28"/>
       <c r="V36" s="28"/>
       <c r="W36" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X36" s="29" t="s">
-        <v>1372</v>
+        <v>1192</v>
       </c>
       <c r="Y36" s="32">
-        <v>43885</v>
+        <v>43584</v>
       </c>
       <c r="Z36" s="37">
-        <v>43887</v>
+        <v>43587</v>
       </c>
       <c r="AA36" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB36" s="29" t="s">
-        <v>1302</v>
+        <v>1142</v>
       </c>
       <c r="AC36" s="37">
-        <v>45912</v>
+        <v>45954</v>
       </c>
       <c r="AD36" s="37">
-        <v>45916</v>
+        <v>45958</v>
       </c>
       <c r="AE36" s="38"/>
       <c r="AF36" s="39"/>
       <c r="AG36" s="40"/>
       <c r="AH36" s="39"/>
       <c r="AI36" s="40"/>
       <c r="AJ36" s="39"/>
       <c r="AK36" s="11"/>
     </row>
-    <row r="37" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27">
         <v>31</v>
       </c>
       <c r="B37" s="28" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="29">
-        <v>40203190809</v>
+        <v>40103406950</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>311</v>
+      </c>
+      <c r="E37" s="33">
+        <v>29401581</v>
       </c>
       <c r="F37" s="28" t="s">
-        <v>343</v>
+        <v>312</v>
       </c>
       <c r="G37" s="34" t="s">
-        <v>344</v>
+        <v>231</v>
       </c>
       <c r="H37" s="28" t="s">
-        <v>341</v>
+        <v>821</v>
       </c>
       <c r="I37" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L37" s="28" t="s">
-        <v>996</v>
+        <v>791</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>997</v>
+        <v>792</v>
       </c>
       <c r="N37" s="30" t="s">
-        <v>998</v>
+        <v>783</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>999</v>
+        <v>721</v>
       </c>
       <c r="P37" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q37" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R37" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S37" s="36" t="s">
-        <v>1373</v>
+        <v>1193</v>
       </c>
       <c r="T37" s="28"/>
       <c r="U37" s="28"/>
       <c r="V37" s="28"/>
       <c r="W37" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X37" s="29" t="s">
-        <v>1374</v>
+        <v>1194</v>
       </c>
       <c r="Y37" s="32">
         <v>43584</v>
       </c>
       <c r="Z37" s="37">
         <v>43587</v>
       </c>
       <c r="AA37" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB37" s="29" t="s">
-        <v>1322</v>
+        <v>1142</v>
       </c>
       <c r="AC37" s="37">
         <v>45954</v>
       </c>
       <c r="AD37" s="37">
         <v>45958</v>
       </c>
       <c r="AE37" s="38"/>
       <c r="AF37" s="39"/>
       <c r="AG37" s="40"/>
       <c r="AH37" s="39"/>
       <c r="AI37" s="40"/>
       <c r="AJ37" s="39"/>
       <c r="AK37" s="11"/>
     </row>
-    <row r="38" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="27">
         <v>32</v>
       </c>
       <c r="B38" s="28" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="29">
-        <v>40103406950</v>
+        <v>50203005201</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>313</v>
+      </c>
+      <c r="E38" s="33">
+        <v>29422672</v>
       </c>
       <c r="F38" s="28" t="s">
-        <v>347</v>
+        <v>314</v>
       </c>
       <c r="G38" s="34" t="s">
-        <v>234</v>
+        <v>315</v>
       </c>
       <c r="H38" s="28" t="s">
-        <v>1000</v>
+        <v>313</v>
       </c>
       <c r="I38" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L38" s="28" t="s">
-        <v>970</v>
+        <v>822</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>971</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="N38" s="30"/>
       <c r="O38" s="5" t="s">
-        <v>897</v>
+        <v>711</v>
       </c>
       <c r="P38" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q38" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R38" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S38" s="36" t="s">
-        <v>1375</v>
+        <v>1195</v>
       </c>
       <c r="T38" s="28"/>
       <c r="U38" s="28"/>
       <c r="V38" s="28"/>
       <c r="W38" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X38" s="29" t="s">
-        <v>1376</v>
+        <v>1196</v>
       </c>
       <c r="Y38" s="32">
-        <v>43584</v>
+        <v>43585</v>
       </c>
       <c r="Z38" s="37">
-        <v>43587</v>
+        <v>43588</v>
       </c>
       <c r="AA38" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB38" s="29" t="s">
-        <v>1322</v>
+        <v>1163</v>
       </c>
       <c r="AC38" s="37">
-        <v>45954</v>
+        <v>45896</v>
       </c>
       <c r="AD38" s="37">
-        <v>45958</v>
-[...4 lines deleted...]
-      <c r="AH38" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE38" s="38">
+        <v>39950.050000000003</v>
+      </c>
+      <c r="AF38" s="39">
+        <v>45643</v>
+      </c>
+      <c r="AG38" s="40">
+        <v>101400.03</v>
+      </c>
+      <c r="AH38" s="39">
+        <v>45918</v>
+      </c>
       <c r="AI38" s="40"/>
       <c r="AJ38" s="39"/>
       <c r="AK38" s="11"/>
     </row>
-    <row r="39" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="27">
         <v>33</v>
       </c>
       <c r="B39" s="28" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="29">
-        <v>50203005201</v>
+        <v>41203064359</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>316</v>
+      </c>
+      <c r="E39" s="33">
+        <v>29557410</v>
       </c>
       <c r="F39" s="28" t="s">
-        <v>350</v>
+        <v>317</v>
       </c>
       <c r="G39" s="34" t="s">
-        <v>351</v>
+        <v>318</v>
       </c>
       <c r="H39" s="28" t="s">
-        <v>348</v>
+        <v>316</v>
       </c>
       <c r="I39" s="30" t="s">
-        <v>878</v>
+        <v>824</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>878</v>
+        <v>824</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>878</v>
+        <v>786</v>
       </c>
       <c r="L39" s="28" t="s">
-        <v>1001</v>
+        <v>825</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="N39" s="30"/>
+        <v>725</v>
+      </c>
+      <c r="N39" s="30" t="s">
+        <v>710</v>
+      </c>
       <c r="O39" s="5" t="s">
-        <v>887</v>
+        <v>706</v>
       </c>
       <c r="P39" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q39" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R39" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S39" s="36" t="s">
-        <v>1377</v>
-[...2 lines deleted...]
-      <c r="U39" s="28"/>
+        <v>1197</v>
+      </c>
+      <c r="T39" s="28" t="s">
+        <v>1140</v>
+      </c>
+      <c r="U39" s="28" t="s">
+        <v>1198</v>
+      </c>
       <c r="V39" s="28"/>
       <c r="W39" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X39" s="29" t="s">
-        <v>1378</v>
+        <v>1199</v>
       </c>
       <c r="Y39" s="32">
         <v>43585</v>
       </c>
       <c r="Z39" s="37">
         <v>43588</v>
       </c>
       <c r="AA39" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB39" s="29" t="s">
-        <v>1345</v>
+        <v>1163</v>
       </c>
       <c r="AC39" s="37">
         <v>45896</v>
       </c>
       <c r="AD39" s="37">
         <v>45898</v>
       </c>
       <c r="AE39" s="38">
-        <v>39950.050000000003</v>
+        <v>31697.200000000001</v>
       </c>
       <c r="AF39" s="39">
-        <v>45643</v>
-[...6 lines deleted...]
-      </c>
+        <v>45593</v>
+      </c>
+      <c r="AG39" s="40"/>
+      <c r="AH39" s="39"/>
       <c r="AI39" s="40"/>
       <c r="AJ39" s="39"/>
-      <c r="AK39" s="41"/>
+      <c r="AK39" s="11"/>
     </row>
-    <row r="40" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="27">
         <v>34</v>
       </c>
       <c r="B40" s="28" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="29">
-        <v>41203064359</v>
+        <v>42103091203</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>319</v>
+      </c>
+      <c r="E40" s="33">
+        <v>29327853</v>
       </c>
       <c r="F40" s="28" t="s">
-        <v>354</v>
+        <v>320</v>
       </c>
       <c r="G40" s="34" t="s">
-        <v>355</v>
+        <v>321</v>
       </c>
       <c r="H40" s="28" t="s">
-        <v>352</v>
+        <v>826</v>
       </c>
       <c r="I40" s="30" t="s">
-        <v>1003</v>
+        <v>702</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>1003</v>
+        <v>702</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L40" s="28" t="s">
-        <v>1004</v>
+        <v>822</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>901</v>
+        <v>823</v>
       </c>
       <c r="N40" s="30" t="s">
-        <v>886</v>
+        <v>827</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>882</v>
+        <v>828</v>
       </c>
       <c r="P40" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q40" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R40" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S40" s="36" t="s">
-        <v>1379</v>
-[...6 lines deleted...]
-      </c>
+        <v>1200</v>
+      </c>
+      <c r="T40" s="28"/>
+      <c r="U40" s="28"/>
       <c r="V40" s="28"/>
       <c r="W40" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X40" s="29" t="s">
-        <v>1381</v>
+        <v>1201</v>
       </c>
       <c r="Y40" s="32">
-        <v>43585</v>
+        <v>43627</v>
       </c>
       <c r="Z40" s="37">
-        <v>43588</v>
+        <v>43629</v>
       </c>
       <c r="AA40" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB40" s="29" t="s">
-        <v>1345</v>
+        <v>1128</v>
       </c>
       <c r="AC40" s="37">
-        <v>45896</v>
+        <v>45973</v>
       </c>
       <c r="AD40" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE40" s="38"/>
+      <c r="AF40" s="39"/>
       <c r="AG40" s="40"/>
       <c r="AH40" s="39"/>
       <c r="AI40" s="40"/>
       <c r="AJ40" s="39"/>
-      <c r="AK40" s="11"/>
+      <c r="AK40" s="41"/>
     </row>
-    <row r="41" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="27">
         <v>35</v>
       </c>
       <c r="B41" s="28" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="29">
-        <v>42103091203</v>
+        <v>40203098835</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>322</v>
+      </c>
+      <c r="E41" s="33">
+        <v>20286296</v>
       </c>
       <c r="F41" s="28" t="s">
-        <v>358</v>
+        <v>323</v>
       </c>
       <c r="G41" s="34" t="s">
-        <v>359</v>
+        <v>324</v>
       </c>
       <c r="H41" s="28" t="s">
-        <v>1005</v>
+        <v>829</v>
       </c>
       <c r="I41" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L41" s="28" t="s">
-        <v>1001</v>
+        <v>822</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>1002</v>
-[...3 lines deleted...]
-      </c>
+        <v>823</v>
+      </c>
+      <c r="N41" s="30"/>
       <c r="O41" s="5" t="s">
-        <v>1007</v>
+        <v>711</v>
       </c>
       <c r="P41" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q41" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R41" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S41" s="36" t="s">
-        <v>1382</v>
+        <v>1202</v>
       </c>
       <c r="T41" s="28"/>
       <c r="U41" s="28"/>
       <c r="V41" s="28"/>
       <c r="W41" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X41" s="29" t="s">
-        <v>1383</v>
+        <v>1203</v>
       </c>
       <c r="Y41" s="32">
-        <v>43627</v>
+        <v>43628</v>
       </c>
       <c r="Z41" s="37">
-        <v>43629</v>
+        <v>43630</v>
       </c>
       <c r="AA41" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB41" s="29" t="s">
-        <v>1308</v>
+        <v>1204</v>
       </c>
       <c r="AC41" s="37">
-        <v>45973</v>
+        <v>45856</v>
       </c>
       <c r="AD41" s="37">
-        <v>45975</v>
+        <v>45860</v>
       </c>
       <c r="AE41" s="38"/>
       <c r="AF41" s="39"/>
       <c r="AG41" s="40"/>
       <c r="AH41" s="39"/>
       <c r="AI41" s="40"/>
       <c r="AJ41" s="39"/>
       <c r="AK41" s="11"/>
     </row>
-    <row r="42" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="27">
         <v>36</v>
       </c>
       <c r="B42" s="28" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="29">
-        <v>40203098835</v>
+        <v>40103209211</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>325</v>
+      </c>
+      <c r="E42" s="33">
+        <v>26466250</v>
       </c>
       <c r="F42" s="28" t="s">
-        <v>362</v>
+        <v>326</v>
       </c>
       <c r="G42" s="34" t="s">
-        <v>363</v>
+        <v>327</v>
       </c>
       <c r="H42" s="28" t="s">
-        <v>1008</v>
+        <v>325</v>
       </c>
       <c r="I42" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L42" s="28" t="s">
-        <v>1001</v>
+        <v>830</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>1002</v>
+        <v>831</v>
       </c>
       <c r="N42" s="30"/>
       <c r="O42" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P42" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q42" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R42" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S42" s="36" t="s">
-        <v>1384</v>
+        <v>1205</v>
       </c>
       <c r="T42" s="28"/>
       <c r="U42" s="28"/>
       <c r="V42" s="28"/>
       <c r="W42" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X42" s="29" t="s">
-        <v>1385</v>
+        <v>1206</v>
       </c>
       <c r="Y42" s="32">
-        <v>43628</v>
+        <v>43634</v>
       </c>
       <c r="Z42" s="37">
-        <v>43630</v>
+        <v>43636</v>
       </c>
       <c r="AA42" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB42" s="29" t="s">
-        <v>1386</v>
+        <v>1142</v>
       </c>
       <c r="AC42" s="37">
-        <v>45856</v>
+        <v>45954</v>
       </c>
       <c r="AD42" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF42" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE42" s="38">
+        <v>101202.69</v>
+      </c>
+      <c r="AF42" s="39">
+        <v>46038</v>
+      </c>
       <c r="AG42" s="40"/>
       <c r="AH42" s="39"/>
       <c r="AI42" s="40"/>
       <c r="AJ42" s="39"/>
       <c r="AK42" s="11"/>
     </row>
-    <row r="43" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="27">
         <v>37</v>
       </c>
       <c r="B43" s="28" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="29">
-        <v>40103209211</v>
+        <v>40103994553</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>328</v>
+      </c>
+      <c r="E43" s="33">
+        <v>29605504</v>
       </c>
       <c r="F43" s="28" t="s">
-        <v>366</v>
+        <v>329</v>
       </c>
       <c r="G43" s="34" t="s">
-        <v>367</v>
+        <v>330</v>
       </c>
       <c r="H43" s="28" t="s">
-        <v>364</v>
+        <v>832</v>
       </c>
       <c r="I43" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L43" s="28" t="s">
-        <v>1009</v>
+        <v>748</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>1010</v>
+        <v>749</v>
       </c>
       <c r="N43" s="30"/>
       <c r="O43" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P43" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q43" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R43" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S43" s="36" t="s">
-        <v>1387</v>
+        <v>1207</v>
       </c>
       <c r="T43" s="28"/>
       <c r="U43" s="28"/>
       <c r="V43" s="28"/>
       <c r="W43" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X43" s="29" t="s">
-        <v>1388</v>
+        <v>1208</v>
       </c>
       <c r="Y43" s="32">
-        <v>43634</v>
+        <v>43635</v>
       </c>
       <c r="Z43" s="37">
-        <v>43636</v>
+        <v>43637</v>
       </c>
       <c r="AA43" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB43" s="29" t="s">
-        <v>1322</v>
+        <v>1125</v>
       </c>
       <c r="AC43" s="37">
-        <v>45954</v>
+        <v>45869</v>
       </c>
       <c r="AD43" s="37">
-        <v>45958</v>
-[...2 lines deleted...]
-      <c r="AF43" s="39"/>
+        <v>45873</v>
+      </c>
+      <c r="AE43" s="38">
+        <v>115121.04</v>
+      </c>
+      <c r="AF43" s="39">
+        <v>45959</v>
+      </c>
       <c r="AG43" s="40"/>
       <c r="AH43" s="39"/>
       <c r="AI43" s="40"/>
       <c r="AJ43" s="39"/>
       <c r="AK43" s="11"/>
     </row>
-    <row r="44" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="27">
         <v>38</v>
       </c>
       <c r="B44" s="28" t="s">
         <v>86</v>
       </c>
       <c r="C44" s="29">
-        <v>40103994553</v>
+        <v>44103119060</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>331</v>
+      </c>
+      <c r="E44" s="33">
+        <v>25765595</v>
       </c>
       <c r="F44" s="28" t="s">
-        <v>370</v>
+        <v>332</v>
       </c>
       <c r="G44" s="34" t="s">
-        <v>371</v>
+        <v>333</v>
       </c>
       <c r="H44" s="28" t="s">
-        <v>1011</v>
+        <v>331</v>
       </c>
       <c r="I44" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L44" s="28" t="s">
-        <v>924</v>
+        <v>833</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>925</v>
+        <v>834</v>
       </c>
       <c r="N44" s="30"/>
       <c r="O44" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P44" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q44" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R44" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S44" s="36" t="s">
-        <v>1389</v>
+        <v>1209</v>
       </c>
       <c r="T44" s="28"/>
       <c r="U44" s="28"/>
       <c r="V44" s="28"/>
       <c r="W44" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X44" s="29" t="s">
-        <v>1390</v>
+        <v>1210</v>
       </c>
       <c r="Y44" s="32">
-        <v>43635</v>
+        <v>43570</v>
       </c>
       <c r="Z44" s="37">
-        <v>43637</v>
+        <v>43572</v>
       </c>
       <c r="AA44" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB44" s="29" t="s">
-        <v>1305</v>
+        <v>1122</v>
       </c>
       <c r="AC44" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD44" s="37">
-        <v>45873</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE44" s="38"/>
+      <c r="AF44" s="39"/>
       <c r="AG44" s="40"/>
       <c r="AH44" s="39"/>
       <c r="AI44" s="40"/>
       <c r="AJ44" s="39"/>
       <c r="AK44" s="11"/>
     </row>
-    <row r="45" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="27">
         <v>39</v>
       </c>
       <c r="B45" s="28" t="s">
         <v>87</v>
       </c>
       <c r="C45" s="29">
-        <v>44103119060</v>
+        <v>40203098816</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>334</v>
+      </c>
+      <c r="E45" s="33">
+        <v>23375808</v>
       </c>
       <c r="F45" s="28" t="s">
-        <v>374</v>
+        <v>335</v>
       </c>
       <c r="G45" s="34" t="s">
-        <v>375</v>
+        <v>336</v>
       </c>
       <c r="H45" s="28" t="s">
-        <v>372</v>
+        <v>835</v>
       </c>
       <c r="I45" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L45" s="28" t="s">
-        <v>1012</v>
+        <v>836</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>1013</v>
+        <v>837</v>
       </c>
       <c r="N45" s="30"/>
       <c r="O45" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P45" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q45" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R45" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S45" s="36" t="s">
-        <v>1391</v>
-[...1 lines deleted...]
-      <c r="T45" s="28"/>
+        <v>1211</v>
+      </c>
+      <c r="T45" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="U45" s="28"/>
       <c r="V45" s="28"/>
       <c r="W45" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X45" s="29" t="s">
-        <v>1392</v>
+        <v>1212</v>
       </c>
       <c r="Y45" s="32">
-        <v>43570</v>
+        <v>43661</v>
       </c>
       <c r="Z45" s="37">
-        <v>43572</v>
+        <v>43663</v>
       </c>
       <c r="AA45" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB45" s="29" t="s">
-        <v>1302</v>
+        <v>1213</v>
       </c>
       <c r="AC45" s="37">
-        <v>45912</v>
+        <v>45869</v>
       </c>
       <c r="AD45" s="37">
-        <v>45916</v>
+        <v>45873</v>
       </c>
       <c r="AE45" s="38"/>
       <c r="AF45" s="39"/>
       <c r="AG45" s="40"/>
       <c r="AH45" s="39"/>
       <c r="AI45" s="40"/>
       <c r="AJ45" s="39"/>
       <c r="AK45" s="11"/>
     </row>
-    <row r="46" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="27">
         <v>40</v>
       </c>
       <c r="B46" s="28" t="s">
         <v>88</v>
       </c>
       <c r="C46" s="29">
-        <v>40203098816</v>
+        <v>40203214435</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>337</v>
+      </c>
+      <c r="E46" s="33">
+        <v>26489329</v>
       </c>
       <c r="F46" s="28" t="s">
-        <v>378</v>
+        <v>338</v>
       </c>
       <c r="G46" s="34" t="s">
-        <v>379</v>
+        <v>231</v>
       </c>
       <c r="H46" s="28" t="s">
-        <v>1014</v>
+        <v>838</v>
       </c>
       <c r="I46" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L46" s="28" t="s">
-        <v>1015</v>
+        <v>839</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>1016</v>
+        <v>733</v>
       </c>
       <c r="N46" s="30"/>
       <c r="O46" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P46" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q46" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R46" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S46" s="36" t="s">
-        <v>1393</v>
-[...3 lines deleted...]
-      </c>
+        <v>1214</v>
+      </c>
+      <c r="T46" s="28"/>
       <c r="U46" s="28"/>
       <c r="V46" s="28"/>
       <c r="W46" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X46" s="29" t="s">
-        <v>1394</v>
+        <v>1215</v>
       </c>
       <c r="Y46" s="32">
-        <v>43661</v>
+        <v>43669</v>
       </c>
       <c r="Z46" s="37">
-        <v>43663</v>
+        <v>43671</v>
       </c>
       <c r="AA46" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB46" s="29" t="s">
-        <v>1395</v>
+        <v>1163</v>
       </c>
       <c r="AC46" s="37">
-        <v>45869</v>
+        <v>45896</v>
       </c>
       <c r="AD46" s="37">
-        <v>45873</v>
+        <v>45898</v>
       </c>
       <c r="AE46" s="38"/>
       <c r="AF46" s="39"/>
       <c r="AG46" s="40"/>
       <c r="AH46" s="39"/>
       <c r="AI46" s="40"/>
       <c r="AJ46" s="39"/>
       <c r="AK46" s="11"/>
     </row>
-    <row r="47" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="27">
         <v>41</v>
       </c>
       <c r="B47" s="28" t="s">
         <v>89</v>
       </c>
       <c r="C47" s="29">
-        <v>40203214435</v>
+        <v>40203221884</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>380</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>339</v>
+      </c>
+      <c r="E47" s="33">
+        <v>22077684</v>
       </c>
       <c r="F47" s="28" t="s">
-        <v>382</v>
+        <v>340</v>
       </c>
       <c r="G47" s="34" t="s">
-        <v>234</v>
+        <v>341</v>
       </c>
       <c r="H47" s="28" t="s">
-        <v>1017</v>
+        <v>840</v>
       </c>
       <c r="I47" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L47" s="28" t="s">
-        <v>1018</v>
+        <v>841</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>909</v>
+        <v>842</v>
       </c>
       <c r="N47" s="30"/>
       <c r="O47" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P47" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q47" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R47" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S47" s="36" t="s">
-        <v>1396</v>
+        <v>1216</v>
       </c>
       <c r="T47" s="28"/>
       <c r="U47" s="28"/>
       <c r="V47" s="28"/>
       <c r="W47" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X47" s="29" t="s">
-        <v>1397</v>
+        <v>1217</v>
       </c>
       <c r="Y47" s="32">
-        <v>43669</v>
+        <v>43718</v>
       </c>
       <c r="Z47" s="37">
-        <v>43671</v>
+        <v>43720</v>
       </c>
       <c r="AA47" s="28" t="s">
-        <v>1301</v>
+        <v>1218</v>
       </c>
       <c r="AB47" s="29" t="s">
-        <v>1345</v>
+        <v>1219</v>
       </c>
       <c r="AC47" s="37">
-        <v>45896</v>
+        <v>45911</v>
       </c>
       <c r="AD47" s="37">
-        <v>45898</v>
+        <v>45915</v>
       </c>
       <c r="AE47" s="38"/>
       <c r="AF47" s="39"/>
       <c r="AG47" s="40"/>
       <c r="AH47" s="39"/>
       <c r="AI47" s="40"/>
       <c r="AJ47" s="39"/>
       <c r="AK47" s="11"/>
     </row>
-    <row r="48" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="27">
         <v>42</v>
       </c>
       <c r="B48" s="28" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="29">
-        <v>40203221884</v>
+        <v>44103123757</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>342</v>
+      </c>
+      <c r="E48" s="33">
+        <v>28380104</v>
       </c>
       <c r="F48" s="28" t="s">
-        <v>385</v>
+        <v>343</v>
       </c>
       <c r="G48" s="34" t="s">
-        <v>386</v>
+        <v>344</v>
       </c>
       <c r="H48" s="28" t="s">
-        <v>1019</v>
+        <v>342</v>
       </c>
       <c r="I48" s="30" t="s">
-        <v>878</v>
+        <v>793</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>878</v>
+        <v>794</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L48" s="28" t="s">
-        <v>1020</v>
+        <v>783</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>1021</v>
-[...1 lines deleted...]
-      <c r="N48" s="30"/>
+        <v>721</v>
+      </c>
+      <c r="N48" s="30" t="s">
+        <v>791</v>
+      </c>
       <c r="O48" s="5" t="s">
-        <v>887</v>
+        <v>792</v>
       </c>
       <c r="P48" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q48" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R48" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S48" s="36" t="s">
-        <v>1398</v>
+        <v>1220</v>
       </c>
       <c r="T48" s="28"/>
       <c r="U48" s="28"/>
       <c r="V48" s="28"/>
       <c r="W48" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X48" s="29" t="s">
-        <v>1399</v>
+        <v>1221</v>
       </c>
       <c r="Y48" s="32">
-        <v>43718</v>
+        <v>43725</v>
       </c>
       <c r="Z48" s="37">
-        <v>43720</v>
+        <v>43727</v>
       </c>
       <c r="AA48" s="28" t="s">
-        <v>1400</v>
+        <v>1121</v>
       </c>
       <c r="AB48" s="29" t="s">
-        <v>1401</v>
+        <v>1128</v>
       </c>
       <c r="AC48" s="37">
-        <v>45911</v>
+        <v>45973</v>
       </c>
       <c r="AD48" s="37">
-        <v>45915</v>
+        <v>45975</v>
       </c>
       <c r="AE48" s="38"/>
       <c r="AF48" s="39"/>
       <c r="AG48" s="40"/>
       <c r="AH48" s="39"/>
       <c r="AI48" s="40"/>
       <c r="AJ48" s="39"/>
       <c r="AK48" s="11"/>
     </row>
-    <row r="49" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="27">
         <v>43</v>
       </c>
       <c r="B49" s="28" t="s">
         <v>91</v>
       </c>
       <c r="C49" s="29">
-        <v>44103123757</v>
+        <v>40203224607</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>345</v>
+      </c>
+      <c r="E49" s="33">
+        <v>25636303</v>
       </c>
       <c r="F49" s="28" t="s">
-        <v>389</v>
+        <v>346</v>
       </c>
       <c r="G49" s="34" t="s">
-        <v>390</v>
+        <v>347</v>
       </c>
       <c r="H49" s="28" t="s">
-        <v>387</v>
+        <v>345</v>
       </c>
       <c r="I49" s="30" t="s">
-        <v>972</v>
+        <v>702</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>973</v>
+        <v>702</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L49" s="28" t="s">
-        <v>962</v>
+        <v>703</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>897</v>
+        <v>704</v>
       </c>
       <c r="N49" s="30" t="s">
-        <v>970</v>
+        <v>775</v>
       </c>
       <c r="O49" s="5" t="s">
-        <v>971</v>
+        <v>776</v>
       </c>
       <c r="P49" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q49" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R49" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S49" s="36" t="s">
-        <v>1402</v>
+        <v>1222</v>
       </c>
       <c r="T49" s="28"/>
       <c r="U49" s="28"/>
       <c r="V49" s="28"/>
       <c r="W49" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X49" s="29" t="s">
-        <v>1403</v>
+        <v>1223</v>
       </c>
       <c r="Y49" s="32">
-        <v>43725</v>
+        <v>43745</v>
       </c>
       <c r="Z49" s="37">
-        <v>43727</v>
+        <v>43747</v>
       </c>
       <c r="AA49" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB49" s="29" t="s">
-        <v>1308</v>
+        <v>1163</v>
       </c>
       <c r="AC49" s="37">
-        <v>45973</v>
+        <v>45896</v>
       </c>
       <c r="AD49" s="37">
-        <v>45975</v>
+        <v>45898</v>
       </c>
       <c r="AE49" s="38"/>
       <c r="AF49" s="39"/>
       <c r="AG49" s="40"/>
       <c r="AH49" s="39"/>
       <c r="AI49" s="40"/>
       <c r="AJ49" s="39"/>
       <c r="AK49" s="11"/>
     </row>
-    <row r="50" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="27">
         <v>44</v>
       </c>
       <c r="B50" s="28" t="s">
         <v>92</v>
       </c>
       <c r="C50" s="29">
-        <v>40203224607</v>
+        <v>40003486841</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>348</v>
+      </c>
+      <c r="E50" s="33">
+        <v>27788150</v>
       </c>
       <c r="F50" s="28" t="s">
-        <v>393</v>
+        <v>349</v>
       </c>
       <c r="G50" s="34" t="s">
-        <v>394</v>
+        <v>350</v>
       </c>
       <c r="H50" s="28" t="s">
-        <v>391</v>
+        <v>348</v>
       </c>
       <c r="I50" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L50" s="28" t="s">
-        <v>879</v>
+        <v>843</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>844</v>
+      </c>
+      <c r="N50" s="30"/>
       <c r="O50" s="5" t="s">
-        <v>955</v>
+        <v>711</v>
       </c>
       <c r="P50" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q50" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R50" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S50" s="36" t="s">
-        <v>1404</v>
+        <v>1224</v>
       </c>
       <c r="T50" s="28"/>
       <c r="U50" s="28"/>
       <c r="V50" s="28"/>
       <c r="W50" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X50" s="29" t="s">
-        <v>1405</v>
+        <v>1225</v>
       </c>
       <c r="Y50" s="32">
-        <v>43745</v>
+        <v>43774</v>
       </c>
       <c r="Z50" s="37">
-        <v>43747</v>
+        <v>43776</v>
       </c>
       <c r="AA50" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB50" s="29" t="s">
-        <v>1345</v>
+        <v>1128</v>
       </c>
       <c r="AC50" s="37">
-        <v>45896</v>
+        <v>45973</v>
       </c>
       <c r="AD50" s="37">
-        <v>45898</v>
+        <v>45975</v>
       </c>
       <c r="AE50" s="38"/>
       <c r="AF50" s="39"/>
       <c r="AG50" s="40"/>
       <c r="AH50" s="39"/>
       <c r="AI50" s="40"/>
       <c r="AJ50" s="39"/>
       <c r="AK50" s="11"/>
     </row>
-    <row r="51" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="27">
         <v>45</v>
       </c>
       <c r="B51" s="28" t="s">
         <v>93</v>
       </c>
       <c r="C51" s="29">
-        <v>40003486841</v>
+        <v>44103128186</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>351</v>
+      </c>
+      <c r="E51" s="33">
+        <v>26678662</v>
       </c>
       <c r="F51" s="28" t="s">
-        <v>397</v>
+        <v>352</v>
       </c>
       <c r="G51" s="34" t="s">
-        <v>398</v>
+        <v>353</v>
       </c>
       <c r="H51" s="28" t="s">
-        <v>395</v>
+        <v>845</v>
       </c>
       <c r="I51" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L51" s="28" t="s">
-        <v>1022</v>
+        <v>846</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="N51" s="30"/>
+        <v>847</v>
+      </c>
+      <c r="N51" s="30" t="s">
+        <v>703</v>
+      </c>
       <c r="O51" s="5" t="s">
-        <v>887</v>
+        <v>704</v>
       </c>
       <c r="P51" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q51" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R51" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S51" s="36" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="T51" s="28"/>
+        <v>1226</v>
+      </c>
+      <c r="T51" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="U51" s="28"/>
       <c r="V51" s="28"/>
       <c r="W51" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X51" s="29" t="s">
-        <v>1407</v>
+        <v>1227</v>
       </c>
       <c r="Y51" s="32">
         <v>43774</v>
       </c>
       <c r="Z51" s="37">
         <v>43776</v>
       </c>
       <c r="AA51" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB51" s="29" t="s">
-        <v>1308</v>
+        <v>1204</v>
       </c>
       <c r="AC51" s="37">
-        <v>45973</v>
+        <v>45856</v>
       </c>
       <c r="AD51" s="37">
-        <v>45975</v>
-[...4 lines deleted...]
-      <c r="AH51" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE51" s="38">
+        <v>39599.49</v>
+      </c>
+      <c r="AF51" s="39">
+        <v>45566</v>
+      </c>
+      <c r="AG51" s="40">
+        <v>39599.17</v>
+      </c>
+      <c r="AH51" s="39">
+        <v>45910</v>
+      </c>
       <c r="AI51" s="40"/>
       <c r="AJ51" s="39"/>
       <c r="AK51" s="11"/>
     </row>
-    <row r="52" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="27">
         <v>46</v>
       </c>
       <c r="B52" s="28" t="s">
         <v>94</v>
       </c>
       <c r="C52" s="29">
-        <v>44103128186</v>
+        <v>41203062733</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>354</v>
+      </c>
+      <c r="E52" s="33">
+        <v>28663646</v>
       </c>
       <c r="F52" s="28" t="s">
-        <v>401</v>
+        <v>355</v>
       </c>
       <c r="G52" s="34" t="s">
-        <v>402</v>
+        <v>356</v>
       </c>
       <c r="H52" s="28" t="s">
-        <v>1024</v>
+        <v>848</v>
       </c>
       <c r="I52" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L52" s="28" t="s">
-        <v>1025</v>
+        <v>830</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>1026</v>
+        <v>831</v>
       </c>
       <c r="N52" s="30" t="s">
-        <v>879</v>
+        <v>754</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>880</v>
+        <v>755</v>
       </c>
       <c r="P52" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q52" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R52" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S52" s="36" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>1228</v>
+      </c>
+      <c r="T52" s="28"/>
       <c r="U52" s="28"/>
       <c r="V52" s="28"/>
       <c r="W52" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X52" s="29" t="s">
-        <v>1409</v>
+        <v>1229</v>
       </c>
       <c r="Y52" s="32">
-        <v>43774</v>
+        <v>43789</v>
       </c>
       <c r="Z52" s="37">
-        <v>43776</v>
+        <v>43791</v>
       </c>
       <c r="AA52" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB52" s="29" t="s">
-        <v>1386</v>
+        <v>1122</v>
       </c>
       <c r="AC52" s="37">
-        <v>45856</v>
+        <v>45912</v>
       </c>
       <c r="AD52" s="37">
-        <v>45860</v>
+        <v>45916</v>
       </c>
       <c r="AE52" s="38">
-        <v>39599.49</v>
+        <v>130513.98</v>
       </c>
       <c r="AF52" s="39">
         <v>45566</v>
       </c>
-      <c r="AG52" s="40">
-[...4 lines deleted...]
-      </c>
+      <c r="AG52" s="40"/>
+      <c r="AH52" s="39"/>
       <c r="AI52" s="40"/>
       <c r="AJ52" s="39"/>
       <c r="AK52" s="11"/>
     </row>
-    <row r="53" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="27">
         <v>47</v>
       </c>
       <c r="B53" s="28" t="s">
         <v>95</v>
       </c>
       <c r="C53" s="29">
-        <v>41203062733</v>
+        <v>40103164759</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>357</v>
+      </c>
+      <c r="E53" s="33">
+        <v>20010800</v>
       </c>
       <c r="F53" s="28" t="s">
-        <v>405</v>
+        <v>358</v>
       </c>
       <c r="G53" s="34" t="s">
-        <v>406</v>
+        <v>359</v>
       </c>
       <c r="H53" s="28" t="s">
-        <v>1027</v>
+        <v>357</v>
       </c>
       <c r="I53" s="30" t="s">
-        <v>878</v>
+        <v>849</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>878</v>
+        <v>729</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L53" s="28" t="s">
-        <v>1009</v>
+        <v>850</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>1010</v>
+        <v>851</v>
       </c>
       <c r="N53" s="30" t="s">
-        <v>930</v>
+        <v>805</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>931</v>
+        <v>806</v>
       </c>
       <c r="P53" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q53" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R53" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S53" s="36" t="s">
-        <v>1410</v>
-[...1 lines deleted...]
-      <c r="T53" s="28"/>
+        <v>1230</v>
+      </c>
+      <c r="T53" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="U53" s="28"/>
       <c r="V53" s="28"/>
       <c r="W53" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X53" s="29" t="s">
-        <v>1411</v>
+        <v>1231</v>
       </c>
       <c r="Y53" s="32">
-        <v>43789</v>
+        <v>43783</v>
       </c>
       <c r="Z53" s="37">
-        <v>43791</v>
+        <v>43788</v>
       </c>
       <c r="AA53" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB53" s="29" t="s">
-        <v>1302</v>
+        <v>1125</v>
       </c>
       <c r="AC53" s="37">
-        <v>45912</v>
+        <v>45869</v>
       </c>
       <c r="AD53" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45873</v>
+      </c>
+      <c r="AE53" s="38"/>
+      <c r="AF53" s="39"/>
       <c r="AG53" s="40"/>
       <c r="AH53" s="39"/>
       <c r="AI53" s="40"/>
       <c r="AJ53" s="39"/>
       <c r="AK53" s="11"/>
     </row>
-    <row r="54" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="27">
         <v>48</v>
       </c>
       <c r="B54" s="28" t="s">
         <v>96</v>
       </c>
       <c r="C54" s="29">
-        <v>40103164759</v>
+        <v>44103128237</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>360</v>
+      </c>
+      <c r="E54" s="33">
+        <v>29407780</v>
       </c>
       <c r="F54" s="28" t="s">
-        <v>409</v>
+        <v>361</v>
       </c>
       <c r="G54" s="34" t="s">
-        <v>410</v>
+        <v>362</v>
       </c>
       <c r="H54" s="28" t="s">
-        <v>407</v>
+        <v>852</v>
       </c>
       <c r="I54" s="30" t="s">
-        <v>1028</v>
+        <v>798</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>905</v>
+        <v>799</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>895</v>
+        <v>780</v>
       </c>
       <c r="L54" s="28" t="s">
-        <v>1029</v>
+        <v>703</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>1030</v>
+        <v>704</v>
       </c>
       <c r="N54" s="30" t="s">
-        <v>984</v>
+        <v>783</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>985</v>
+        <v>721</v>
       </c>
       <c r="P54" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q54" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R54" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S54" s="36" t="s">
-        <v>1412</v>
-[...3 lines deleted...]
-      </c>
+        <v>1232</v>
+      </c>
+      <c r="T54" s="28"/>
       <c r="U54" s="28"/>
       <c r="V54" s="28"/>
       <c r="W54" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X54" s="29" t="s">
-        <v>1413</v>
+        <v>1233</v>
       </c>
       <c r="Y54" s="32">
-        <v>43783</v>
+        <v>43790</v>
       </c>
       <c r="Z54" s="37">
-        <v>43788</v>
+        <v>43794</v>
       </c>
       <c r="AA54" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB54" s="29" t="s">
-        <v>1305</v>
+        <v>1134</v>
       </c>
       <c r="AC54" s="37">
-        <v>45869</v>
+        <v>45825</v>
       </c>
       <c r="AD54" s="37">
-        <v>45873</v>
+        <v>45827</v>
       </c>
       <c r="AE54" s="38"/>
       <c r="AF54" s="39"/>
       <c r="AG54" s="40"/>
       <c r="AH54" s="39"/>
       <c r="AI54" s="40"/>
       <c r="AJ54" s="39"/>
       <c r="AK54" s="11"/>
     </row>
-    <row r="55" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="27">
         <v>49</v>
       </c>
       <c r="B55" s="28" t="s">
         <v>97</v>
       </c>
       <c r="C55" s="29">
-        <v>44103128237</v>
+        <v>50103261261</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>357</v>
+      </c>
+      <c r="E55" s="33">
+        <v>20010800</v>
       </c>
       <c r="F55" s="28" t="s">
-        <v>413</v>
+        <v>358</v>
       </c>
       <c r="G55" s="34" t="s">
-        <v>414</v>
+        <v>363</v>
       </c>
       <c r="H55" s="28" t="s">
-        <v>1031</v>
+        <v>357</v>
       </c>
       <c r="I55" s="30" t="s">
-        <v>977</v>
+        <v>849</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>978</v>
+        <v>729</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>959</v>
+        <v>719</v>
       </c>
       <c r="L55" s="28" t="s">
-        <v>879</v>
+        <v>853</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>880</v>
+        <v>854</v>
       </c>
       <c r="N55" s="30" t="s">
-        <v>962</v>
+        <v>855</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>897</v>
+        <v>856</v>
       </c>
       <c r="P55" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q55" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R55" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S55" s="36" t="s">
-        <v>1414</v>
-[...1 lines deleted...]
-      <c r="T55" s="28"/>
+        <v>1234</v>
+      </c>
+      <c r="T55" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="U55" s="28"/>
       <c r="V55" s="28"/>
       <c r="W55" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X55" s="29" t="s">
-        <v>1415</v>
+        <v>1235</v>
       </c>
       <c r="Y55" s="32">
-        <v>43790</v>
+        <v>43798</v>
       </c>
       <c r="Z55" s="37">
-        <v>43794</v>
+        <v>43802</v>
       </c>
       <c r="AA55" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB55" s="29" t="s">
-        <v>1314</v>
+        <v>1204</v>
       </c>
       <c r="AC55" s="37">
-        <v>45825</v>
+        <v>45856</v>
       </c>
       <c r="AD55" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF55" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE55" s="38">
+        <v>39890.910000000003</v>
+      </c>
+      <c r="AF55" s="39">
+        <v>45896</v>
+      </c>
       <c r="AG55" s="40"/>
       <c r="AH55" s="39"/>
       <c r="AI55" s="40"/>
       <c r="AJ55" s="39"/>
       <c r="AK55" s="11"/>
     </row>
-    <row r="56" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="27">
         <v>50</v>
       </c>
       <c r="B56" s="28" t="s">
         <v>98</v>
       </c>
       <c r="C56" s="29">
-        <v>50103261261</v>
+        <v>44103132603</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>364</v>
+      </c>
+      <c r="E56" s="33">
+        <v>22422602</v>
       </c>
       <c r="F56" s="28" t="s">
-        <v>409</v>
+        <v>365</v>
       </c>
       <c r="G56" s="34" t="s">
-        <v>415</v>
+        <v>231</v>
       </c>
       <c r="H56" s="28" t="s">
-        <v>407</v>
+        <v>364</v>
       </c>
       <c r="I56" s="30" t="s">
-        <v>1028</v>
+        <v>857</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>905</v>
+        <v>735</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>895</v>
+        <v>709</v>
       </c>
       <c r="L56" s="28" t="s">
-        <v>1032</v>
+        <v>858</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>1033</v>
-[...3 lines deleted...]
-      </c>
+        <v>859</v>
+      </c>
+      <c r="N56" s="30"/>
       <c r="O56" s="5" t="s">
-        <v>1035</v>
+        <v>711</v>
       </c>
       <c r="P56" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q56" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R56" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S56" s="36" t="s">
-        <v>1416</v>
-[...3 lines deleted...]
-      </c>
+        <v>1236</v>
+      </c>
+      <c r="T56" s="28"/>
       <c r="U56" s="28"/>
       <c r="V56" s="28"/>
       <c r="W56" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X56" s="29" t="s">
-        <v>1417</v>
+        <v>1167</v>
       </c>
       <c r="Y56" s="32">
-        <v>43798</v>
+        <v>43851</v>
       </c>
       <c r="Z56" s="37">
-        <v>43802</v>
+        <v>43853</v>
       </c>
       <c r="AA56" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB56" s="29" t="s">
-        <v>1386</v>
+        <v>1125</v>
       </c>
       <c r="AC56" s="37">
-        <v>45856</v>
+        <v>45869</v>
       </c>
       <c r="AD56" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45873</v>
+      </c>
+      <c r="AE56" s="38"/>
+      <c r="AF56" s="39"/>
       <c r="AG56" s="40"/>
       <c r="AH56" s="39"/>
       <c r="AI56" s="40"/>
       <c r="AJ56" s="39"/>
       <c r="AK56" s="11"/>
     </row>
-    <row r="57" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="27">
         <v>51</v>
       </c>
       <c r="B57" s="28" t="s">
         <v>99</v>
       </c>
       <c r="C57" s="29">
-        <v>44103132603</v>
+        <v>52403046821</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>417</v>
+        <v>366</v>
+      </c>
+      <c r="E57" s="33">
+        <v>29400079</v>
       </c>
       <c r="F57" s="28" t="s">
-        <v>418</v>
+        <v>367</v>
       </c>
       <c r="G57" s="34" t="s">
-        <v>234</v>
+        <v>368</v>
       </c>
       <c r="H57" s="28" t="s">
-        <v>416</v>
+        <v>860</v>
       </c>
       <c r="I57" s="30" t="s">
-        <v>1036</v>
+        <v>861</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>911</v>
+        <v>862</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>885</v>
+        <v>764</v>
       </c>
       <c r="L57" s="28" t="s">
-        <v>1037</v>
+        <v>863</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>1038</v>
+        <v>864</v>
       </c>
       <c r="N57" s="30"/>
       <c r="O57" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P57" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q57" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R57" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S57" s="36" t="s">
-        <v>1418</v>
+        <v>1237</v>
       </c>
       <c r="T57" s="28"/>
       <c r="U57" s="28"/>
       <c r="V57" s="28"/>
       <c r="W57" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X57" s="29" t="s">
-        <v>1349</v>
+        <v>1169</v>
       </c>
       <c r="Y57" s="32">
-        <v>43851</v>
+        <v>43852</v>
       </c>
       <c r="Z57" s="37">
-        <v>43853</v>
+        <v>43854</v>
       </c>
       <c r="AA57" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB57" s="29" t="s">
-        <v>1305</v>
+        <v>1125</v>
       </c>
       <c r="AC57" s="37">
         <v>45869</v>
       </c>
       <c r="AD57" s="37">
         <v>45873</v>
       </c>
       <c r="AE57" s="38"/>
       <c r="AF57" s="39"/>
       <c r="AG57" s="40"/>
       <c r="AH57" s="39"/>
       <c r="AI57" s="40"/>
       <c r="AJ57" s="39"/>
       <c r="AK57" s="11"/>
     </row>
-    <row r="58" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="27">
         <v>52</v>
       </c>
       <c r="B58" s="28" t="s">
         <v>100</v>
       </c>
       <c r="C58" s="29">
-        <v>52403046821</v>
+        <v>53601028151</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>369</v>
+      </c>
+      <c r="E58" s="33">
+        <v>29422990</v>
       </c>
       <c r="F58" s="28" t="s">
-        <v>421</v>
+        <v>370</v>
       </c>
       <c r="G58" s="34" t="s">
-        <v>422</v>
+        <v>371</v>
       </c>
       <c r="H58" s="28" t="s">
-        <v>1039</v>
+        <v>369</v>
       </c>
       <c r="I58" s="30" t="s">
-        <v>1040</v>
+        <v>865</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>1041</v>
+        <v>866</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>943</v>
+        <v>709</v>
       </c>
       <c r="L58" s="28" t="s">
-        <v>1042</v>
+        <v>867</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>1043</v>
+        <v>868</v>
       </c>
       <c r="N58" s="30"/>
       <c r="O58" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P58" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q58" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R58" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S58" s="36" t="s">
-        <v>1419</v>
-[...1 lines deleted...]
-      <c r="T58" s="28"/>
+        <v>1238</v>
+      </c>
+      <c r="T58" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="U58" s="28"/>
       <c r="V58" s="28"/>
       <c r="W58" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X58" s="29" t="s">
-        <v>1351</v>
+        <v>1239</v>
       </c>
       <c r="Y58" s="32">
         <v>43852</v>
       </c>
       <c r="Z58" s="37">
         <v>43854</v>
       </c>
       <c r="AA58" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB58" s="29" t="s">
-        <v>1305</v>
+        <v>1122</v>
       </c>
       <c r="AC58" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD58" s="37">
-        <v>45873</v>
-[...2 lines deleted...]
-      <c r="AF58" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE58" s="38">
+        <v>39977.35</v>
+      </c>
+      <c r="AF58" s="39">
+        <v>45835</v>
+      </c>
       <c r="AG58" s="40"/>
       <c r="AH58" s="39"/>
       <c r="AI58" s="40"/>
       <c r="AJ58" s="39"/>
       <c r="AK58" s="11"/>
     </row>
-    <row r="59" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="27">
         <v>53</v>
       </c>
       <c r="B59" s="28" t="s">
         <v>101</v>
       </c>
       <c r="C59" s="29">
-        <v>53601028151</v>
+        <v>56103003571</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>372</v>
+      </c>
+      <c r="E59" s="33">
+        <v>26199056</v>
       </c>
       <c r="F59" s="28" t="s">
-        <v>425</v>
+        <v>373</v>
       </c>
       <c r="G59" s="34" t="s">
-        <v>426</v>
+        <v>374</v>
       </c>
       <c r="H59" s="28" t="s">
-        <v>423</v>
+        <v>869</v>
       </c>
       <c r="I59" s="30" t="s">
-        <v>1044</v>
+        <v>737</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>1045</v>
+        <v>737</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>885</v>
+        <v>709</v>
       </c>
       <c r="L59" s="28" t="s">
-        <v>1046</v>
+        <v>870</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>1047</v>
+        <v>871</v>
       </c>
       <c r="N59" s="30"/>
       <c r="O59" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P59" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q59" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R59" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S59" s="36" t="s">
-        <v>1420</v>
-[...3 lines deleted...]
-      </c>
+        <v>1240</v>
+      </c>
+      <c r="T59" s="28"/>
       <c r="U59" s="28"/>
       <c r="V59" s="28"/>
       <c r="W59" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X59" s="29" t="s">
-        <v>1421</v>
+        <v>1241</v>
       </c>
       <c r="Y59" s="32">
-        <v>43852</v>
+        <v>43859</v>
       </c>
       <c r="Z59" s="37">
-        <v>43854</v>
+        <v>43861</v>
       </c>
       <c r="AA59" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB59" s="29" t="s">
-        <v>1302</v>
+        <v>1157</v>
       </c>
       <c r="AC59" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD59" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE59" s="38">
-        <v>39977.35</v>
+        <v>75192</v>
       </c>
       <c r="AF59" s="39">
-        <v>45835</v>
-[...2 lines deleted...]
-      <c r="AH59" s="39"/>
+        <v>45547</v>
+      </c>
+      <c r="AG59" s="40">
+        <v>105414</v>
+      </c>
+      <c r="AH59" s="39">
+        <v>45968</v>
+      </c>
       <c r="AI59" s="40"/>
       <c r="AJ59" s="39"/>
       <c r="AK59" s="11"/>
     </row>
-    <row r="60" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="27">
         <v>54</v>
       </c>
       <c r="B60" s="28" t="s">
         <v>102</v>
       </c>
       <c r="C60" s="29">
-        <v>56103003571</v>
+        <v>40203139372</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>375</v>
+      </c>
+      <c r="E60" s="33">
+        <v>29804336</v>
       </c>
       <c r="F60" s="28" t="s">
-        <v>429</v>
+        <v>376</v>
       </c>
       <c r="G60" s="34" t="s">
-        <v>430</v>
+        <v>231</v>
       </c>
       <c r="H60" s="28" t="s">
-        <v>1048</v>
+        <v>375</v>
       </c>
       <c r="I60" s="30" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L60" s="28" t="s">
-        <v>1049</v>
+        <v>855</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>1050</v>
-[...1 lines deleted...]
-      <c r="N60" s="30"/>
+        <v>856</v>
+      </c>
+      <c r="N60" s="30" t="s">
+        <v>872</v>
+      </c>
       <c r="O60" s="5" t="s">
-        <v>887</v>
+        <v>873</v>
       </c>
       <c r="P60" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q60" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R60" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S60" s="36" t="s">
-        <v>1422</v>
+        <v>1242</v>
       </c>
       <c r="T60" s="28"/>
       <c r="U60" s="28"/>
       <c r="V60" s="28"/>
       <c r="W60" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X60" s="29" t="s">
-        <v>1423</v>
+        <v>1243</v>
       </c>
       <c r="Y60" s="32">
-        <v>43859</v>
+        <v>43867</v>
       </c>
       <c r="Z60" s="37">
-        <v>43861</v>
+        <v>43874</v>
       </c>
       <c r="AA60" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB60" s="29" t="s">
-        <v>1337</v>
+        <v>1184</v>
       </c>
       <c r="AC60" s="37">
-        <v>45940</v>
+        <v>46013</v>
       </c>
       <c r="AD60" s="37">
-        <v>45944</v>
-[...12 lines deleted...]
-      </c>
+        <v>46020</v>
+      </c>
+      <c r="AE60" s="38"/>
+      <c r="AF60" s="39"/>
+      <c r="AG60" s="40"/>
+      <c r="AH60" s="39"/>
       <c r="AI60" s="40"/>
       <c r="AJ60" s="39"/>
-      <c r="AK60" s="41"/>
+      <c r="AK60" s="11"/>
     </row>
-    <row r="61" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="27">
         <v>55</v>
       </c>
       <c r="B61" s="28" t="s">
         <v>103</v>
       </c>
       <c r="C61" s="29">
-        <v>40203139372</v>
+        <v>54103131741</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>377</v>
+      </c>
+      <c r="E61" s="33">
+        <v>29149533</v>
       </c>
       <c r="F61" s="28" t="s">
-        <v>433</v>
+        <v>378</v>
       </c>
       <c r="G61" s="34" t="s">
-        <v>234</v>
+        <v>379</v>
       </c>
       <c r="H61" s="28" t="s">
-        <v>431</v>
+        <v>874</v>
       </c>
       <c r="I61" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L61" s="28" t="s">
-        <v>1034</v>
+        <v>791</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>1035</v>
+        <v>792</v>
       </c>
       <c r="N61" s="30" t="s">
-        <v>1051</v>
+        <v>783</v>
       </c>
       <c r="O61" s="5" t="s">
-        <v>1052</v>
+        <v>721</v>
       </c>
       <c r="P61" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q61" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R61" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S61" s="36" t="s">
-        <v>1424</v>
+        <v>1244</v>
       </c>
       <c r="T61" s="28"/>
       <c r="U61" s="28"/>
       <c r="V61" s="28"/>
       <c r="W61" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X61" s="29" t="s">
-        <v>1425</v>
+        <v>1245</v>
       </c>
       <c r="Y61" s="32">
-        <v>43867</v>
+        <v>43885</v>
       </c>
       <c r="Z61" s="37">
-        <v>43874</v>
+        <v>43887</v>
       </c>
       <c r="AA61" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB61" s="29" t="s">
-        <v>1366</v>
+        <v>1122</v>
       </c>
       <c r="AC61" s="37">
-        <v>46013</v>
+        <v>45912</v>
       </c>
       <c r="AD61" s="37">
-        <v>46020</v>
+        <v>45916</v>
       </c>
       <c r="AE61" s="38"/>
       <c r="AF61" s="39"/>
       <c r="AG61" s="40"/>
       <c r="AH61" s="39"/>
       <c r="AI61" s="40"/>
       <c r="AJ61" s="39"/>
       <c r="AK61" s="41"/>
     </row>
-    <row r="62" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="27">
         <v>56</v>
       </c>
       <c r="B62" s="28" t="s">
         <v>104</v>
       </c>
       <c r="C62" s="29">
-        <v>54103131741</v>
+        <v>40203192532</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>380</v>
+      </c>
+      <c r="E62" s="33">
+        <v>29347954</v>
       </c>
       <c r="F62" s="28" t="s">
-        <v>436</v>
+        <v>381</v>
       </c>
       <c r="G62" s="34" t="s">
-        <v>437</v>
+        <v>382</v>
       </c>
       <c r="H62" s="28" t="s">
-        <v>1053</v>
+        <v>876</v>
       </c>
       <c r="I62" s="30" t="s">
-        <v>1054</v>
+        <v>702</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L62" s="28" t="s">
-        <v>970</v>
+        <v>877</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>971</v>
-[...3 lines deleted...]
-      </c>
+        <v>878</v>
+      </c>
+      <c r="N62" s="30"/>
       <c r="O62" s="5" t="s">
-        <v>897</v>
+        <v>711</v>
       </c>
       <c r="P62" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q62" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R62" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S62" s="36" t="s">
-        <v>1426</v>
+        <v>1246</v>
       </c>
       <c r="T62" s="28"/>
       <c r="U62" s="28"/>
       <c r="V62" s="28"/>
       <c r="W62" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X62" s="29" t="s">
-        <v>1427</v>
+        <v>1177</v>
       </c>
       <c r="Y62" s="32">
-        <v>43885</v>
+        <v>44239</v>
       </c>
       <c r="Z62" s="37">
-        <v>43887</v>
+        <v>44243</v>
       </c>
       <c r="AA62" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB62" s="29" t="s">
-        <v>1302</v>
+        <v>1128</v>
       </c>
       <c r="AC62" s="37">
-        <v>45912</v>
+        <v>45973</v>
       </c>
       <c r="AD62" s="37">
-        <v>45916</v>
+        <v>45975</v>
       </c>
       <c r="AE62" s="38"/>
       <c r="AF62" s="39"/>
       <c r="AG62" s="40"/>
       <c r="AH62" s="39"/>
       <c r="AI62" s="40"/>
       <c r="AJ62" s="39"/>
-      <c r="AK62" s="11"/>
+      <c r="AK62" s="41"/>
     </row>
-    <row r="63" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:37" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="27">
         <v>57</v>
       </c>
       <c r="B63" s="28" t="s">
         <v>105</v>
       </c>
       <c r="C63" s="29">
-        <v>40203192532</v>
+        <v>44103122060</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>383</v>
+      </c>
+      <c r="E63" s="33">
+        <v>29610186</v>
       </c>
       <c r="F63" s="28" t="s">
-        <v>440</v>
+        <v>384</v>
       </c>
       <c r="G63" s="34" t="s">
-        <v>441</v>
+        <v>385</v>
       </c>
       <c r="H63" s="28" t="s">
-        <v>1055</v>
+        <v>879</v>
       </c>
       <c r="I63" s="30" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>878</v>
+        <v>779</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L63" s="28" t="s">
-        <v>1056</v>
+        <v>710</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="N63" s="30"/>
+        <v>706</v>
+      </c>
+      <c r="N63" s="30" t="s">
+        <v>703</v>
+      </c>
       <c r="O63" s="5" t="s">
-        <v>887</v>
+        <v>704</v>
       </c>
       <c r="P63" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q63" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R63" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S63" s="36" t="s">
-        <v>1428</v>
+        <v>1247</v>
       </c>
       <c r="T63" s="28"/>
       <c r="U63" s="28"/>
       <c r="V63" s="28"/>
       <c r="W63" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X63" s="29" t="s">
-        <v>1359</v>
+        <v>1175</v>
       </c>
       <c r="Y63" s="32">
-        <v>44239</v>
+        <v>43885</v>
       </c>
       <c r="Z63" s="37">
-        <v>44243</v>
+        <v>43887</v>
       </c>
       <c r="AA63" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB63" s="29" t="s">
-        <v>1308</v>
+        <v>1157</v>
       </c>
       <c r="AC63" s="37">
-        <v>45973</v>
+        <v>45940</v>
       </c>
       <c r="AD63" s="37">
-        <v>45975</v>
+        <v>45944</v>
       </c>
       <c r="AE63" s="38"/>
       <c r="AF63" s="39"/>
       <c r="AG63" s="40"/>
       <c r="AH63" s="39"/>
       <c r="AI63" s="40"/>
       <c r="AJ63" s="39"/>
-      <c r="AK63" s="41"/>
+      <c r="AK63" s="11"/>
     </row>
-    <row r="64" spans="1:37" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="27">
         <v>58</v>
       </c>
       <c r="B64" s="28" t="s">
         <v>106</v>
       </c>
       <c r="C64" s="29">
-        <v>44103122060</v>
+        <v>40203229657</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>386</v>
+      </c>
+      <c r="E64" s="33">
+        <v>27071333</v>
       </c>
       <c r="F64" s="28" t="s">
-        <v>444</v>
+        <v>387</v>
       </c>
       <c r="G64" s="34" t="s">
-        <v>445</v>
+        <v>231</v>
       </c>
       <c r="H64" s="28" t="s">
-        <v>1058</v>
+        <v>881</v>
       </c>
       <c r="I64" s="30" t="s">
-        <v>1059</v>
+        <v>785</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>958</v>
+        <v>785</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>959</v>
+        <v>786</v>
       </c>
       <c r="L64" s="28" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="N64" s="30"/>
       <c r="O64" s="5" t="s">
-        <v>880</v>
+        <v>711</v>
       </c>
       <c r="P64" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q64" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R64" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S64" s="36" t="s">
-        <v>1429</v>
+        <v>1248</v>
       </c>
       <c r="T64" s="28"/>
       <c r="U64" s="28"/>
       <c r="V64" s="28"/>
       <c r="W64" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X64" s="29" t="s">
-        <v>1357</v>
+        <v>1249</v>
       </c>
       <c r="Y64" s="32">
         <v>43885</v>
       </c>
       <c r="Z64" s="37">
         <v>43887</v>
       </c>
       <c r="AA64" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB64" s="29" t="s">
-        <v>1337</v>
+        <v>1163</v>
       </c>
       <c r="AC64" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD64" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE64" s="38"/>
       <c r="AF64" s="39"/>
       <c r="AG64" s="40"/>
       <c r="AH64" s="39"/>
       <c r="AI64" s="40"/>
       <c r="AJ64" s="39"/>
       <c r="AK64" s="41"/>
     </row>
-    <row r="65" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="27">
         <v>59</v>
       </c>
       <c r="B65" s="28" t="s">
         <v>107</v>
       </c>
       <c r="C65" s="29">
-        <v>40203229657</v>
+        <v>42403017591</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>447</v>
+        <v>388</v>
+      </c>
+      <c r="E65" s="33">
+        <v>29123749</v>
       </c>
       <c r="F65" s="28" t="s">
-        <v>448</v>
+        <v>389</v>
       </c>
       <c r="G65" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H65" s="28" t="s">
-        <v>1060</v>
+        <v>388</v>
       </c>
       <c r="I65" s="30" t="s">
-        <v>964</v>
+        <v>884</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>964</v>
+        <v>885</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>965</v>
+        <v>764</v>
       </c>
       <c r="L65" s="28" t="s">
-        <v>1061</v>
+        <v>795</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>1062</v>
-[...1 lines deleted...]
-      <c r="N65" s="30"/>
+        <v>796</v>
+      </c>
+      <c r="N65" s="30" t="s">
+        <v>886</v>
+      </c>
       <c r="O65" s="5" t="s">
         <v>887</v>
       </c>
       <c r="P65" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q65" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R65" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S65" s="36" t="s">
-        <v>1430</v>
+        <v>1250</v>
       </c>
       <c r="T65" s="28"/>
       <c r="U65" s="28"/>
       <c r="V65" s="28"/>
       <c r="W65" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X65" s="29" t="s">
-        <v>1431</v>
+        <v>1179</v>
       </c>
       <c r="Y65" s="32">
-        <v>43885</v>
+        <v>43917</v>
       </c>
       <c r="Z65" s="37">
-        <v>43887</v>
+        <v>43921</v>
       </c>
       <c r="AA65" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB65" s="29" t="s">
-        <v>1345</v>
+        <v>1157</v>
       </c>
       <c r="AC65" s="37">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="AD65" s="37">
-        <v>45898</v>
+        <v>45944</v>
       </c>
       <c r="AE65" s="38"/>
       <c r="AF65" s="39"/>
       <c r="AG65" s="40"/>
       <c r="AH65" s="39"/>
       <c r="AI65" s="40"/>
       <c r="AJ65" s="39"/>
       <c r="AK65" s="41"/>
     </row>
-    <row r="66" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="27">
         <v>60</v>
       </c>
       <c r="B66" s="28" t="s">
         <v>108</v>
       </c>
       <c r="C66" s="29">
-        <v>42403017591</v>
+        <v>40003255869</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>390</v>
+      </c>
+      <c r="E66" s="33">
+        <v>29412565</v>
       </c>
       <c r="F66" s="28" t="s">
-        <v>451</v>
+        <v>391</v>
       </c>
       <c r="G66" s="34" t="s">
-        <v>234</v>
+        <v>392</v>
       </c>
       <c r="H66" s="28" t="s">
-        <v>449</v>
+        <v>390</v>
       </c>
       <c r="I66" s="30" t="s">
-        <v>1063</v>
+        <v>888</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>1064</v>
+        <v>811</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>943</v>
+        <v>786</v>
       </c>
       <c r="L66" s="28" t="s">
-        <v>974</v>
+        <v>781</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>975</v>
+        <v>782</v>
       </c>
       <c r="N66" s="30" t="s">
-        <v>1065</v>
+        <v>703</v>
       </c>
       <c r="O66" s="5" t="s">
-        <v>1066</v>
+        <v>704</v>
       </c>
       <c r="P66" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q66" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R66" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S66" s="36" t="s">
-        <v>1432</v>
+        <v>1251</v>
       </c>
       <c r="T66" s="28"/>
       <c r="U66" s="28"/>
       <c r="V66" s="28"/>
       <c r="W66" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X66" s="29" t="s">
-        <v>1361</v>
+        <v>1252</v>
       </c>
       <c r="Y66" s="32">
-        <v>43917</v>
+        <v>43949</v>
       </c>
       <c r="Z66" s="37">
-        <v>43921</v>
+        <v>43951</v>
       </c>
       <c r="AA66" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB66" s="29" t="s">
-        <v>1337</v>
+        <v>1163</v>
       </c>
       <c r="AC66" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD66" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE66" s="38"/>
       <c r="AF66" s="39"/>
       <c r="AG66" s="40"/>
       <c r="AH66" s="39"/>
       <c r="AI66" s="40"/>
       <c r="AJ66" s="39"/>
       <c r="AK66" s="41"/>
     </row>
-    <row r="67" spans="1:39" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="27">
         <v>61</v>
       </c>
       <c r="B67" s="28" t="s">
         <v>109</v>
       </c>
       <c r="C67" s="29">
-        <v>40003255869</v>
+        <v>41203069534</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>393</v>
+      </c>
+      <c r="E67" s="33">
+        <v>20203333</v>
       </c>
       <c r="F67" s="28" t="s">
-        <v>454</v>
+        <v>394</v>
       </c>
       <c r="G67" s="34" t="s">
-        <v>455</v>
+        <v>395</v>
       </c>
       <c r="H67" s="28" t="s">
-        <v>452</v>
+        <v>889</v>
       </c>
       <c r="I67" s="30" t="s">
-        <v>1067</v>
+        <v>890</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>990</v>
+        <v>891</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>965</v>
+        <v>719</v>
       </c>
       <c r="L67" s="28" t="s">
-        <v>960</v>
+        <v>841</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>961</v>
+        <v>842</v>
       </c>
       <c r="N67" s="30" t="s">
-        <v>879</v>
+        <v>892</v>
       </c>
       <c r="O67" s="5" t="s">
-        <v>880</v>
+        <v>893</v>
       </c>
       <c r="P67" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q67" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R67" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S67" s="36" t="s">
-        <v>1433</v>
+        <v>1253</v>
       </c>
       <c r="T67" s="28"/>
       <c r="U67" s="28"/>
       <c r="V67" s="28"/>
       <c r="W67" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X67" s="29" t="s">
-        <v>1434</v>
+        <v>1254</v>
       </c>
       <c r="Y67" s="32">
         <v>43949</v>
       </c>
       <c r="Z67" s="37">
         <v>43951</v>
       </c>
       <c r="AA67" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB67" s="29" t="s">
-        <v>1345</v>
+        <v>1204</v>
       </c>
       <c r="AC67" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD67" s="37">
-        <v>45898</v>
+        <v>45860</v>
       </c>
       <c r="AE67" s="38"/>
       <c r="AF67" s="39"/>
       <c r="AG67" s="40"/>
       <c r="AH67" s="39"/>
       <c r="AI67" s="40"/>
       <c r="AJ67" s="39"/>
       <c r="AK67" s="41"/>
     </row>
-    <row r="68" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:39" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="27">
         <v>62</v>
       </c>
       <c r="B68" s="28" t="s">
         <v>110</v>
       </c>
       <c r="C68" s="29">
-        <v>41203069534</v>
+        <v>40203232163</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>396</v>
+      </c>
+      <c r="E68" s="33">
+        <v>26181182</v>
       </c>
       <c r="F68" s="28" t="s">
-        <v>458</v>
+        <v>397</v>
       </c>
       <c r="G68" s="34" t="s">
-        <v>459</v>
+        <v>398</v>
       </c>
       <c r="H68" s="28" t="s">
-        <v>1068</v>
+        <v>894</v>
       </c>
       <c r="I68" s="30" t="s">
-        <v>1069</v>
+        <v>702</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>1070</v>
+        <v>702</v>
       </c>
       <c r="K68" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="L68" s="28" t="s">
         <v>895</v>
       </c>
-      <c r="L68" s="28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M68" s="5" t="s">
-        <v>1021</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="N68" s="30"/>
       <c r="O68" s="5" t="s">
-        <v>1072</v>
+        <v>711</v>
       </c>
       <c r="P68" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q68" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R68" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S68" s="36" t="s">
-        <v>1435</v>
+        <v>1255</v>
       </c>
       <c r="T68" s="28"/>
       <c r="U68" s="28"/>
       <c r="V68" s="28"/>
       <c r="W68" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X68" s="29" t="s">
-        <v>1436</v>
+        <v>1256</v>
       </c>
       <c r="Y68" s="32">
-        <v>43949</v>
+        <v>43957</v>
       </c>
       <c r="Z68" s="37">
-        <v>43951</v>
+        <v>43959</v>
       </c>
       <c r="AA68" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB68" s="29" t="s">
-        <v>1386</v>
+        <v>1134</v>
       </c>
       <c r="AC68" s="37">
-        <v>45856</v>
+        <v>45825</v>
       </c>
       <c r="AD68" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF68" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE68" s="38">
+        <v>42187.53</v>
+      </c>
+      <c r="AF68" s="39">
+        <v>45698</v>
+      </c>
       <c r="AG68" s="40"/>
       <c r="AH68" s="39"/>
       <c r="AI68" s="40"/>
       <c r="AJ68" s="39"/>
       <c r="AK68" s="41"/>
     </row>
-    <row r="69" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="27">
         <v>63</v>
       </c>
       <c r="B69" s="28" t="s">
         <v>111</v>
       </c>
       <c r="C69" s="29">
-        <v>40203232163</v>
+        <v>40103348563</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>399</v>
+      </c>
+      <c r="E69" s="33">
+        <v>26324864</v>
       </c>
       <c r="F69" s="28" t="s">
-        <v>462</v>
+        <v>400</v>
       </c>
       <c r="G69" s="34" t="s">
-        <v>463</v>
+        <v>401</v>
       </c>
       <c r="H69" s="28" t="s">
-        <v>1073</v>
+        <v>897</v>
       </c>
       <c r="I69" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L69" s="28" t="s">
-        <v>1074</v>
+        <v>898</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>1075</v>
-[...1 lines deleted...]
-      <c r="N69" s="30"/>
+        <v>899</v>
+      </c>
+      <c r="N69" s="30" t="s">
+        <v>791</v>
+      </c>
       <c r="O69" s="5" t="s">
-        <v>887</v>
+        <v>792</v>
       </c>
       <c r="P69" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q69" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R69" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S69" s="36" t="s">
-        <v>1437</v>
+        <v>1257</v>
       </c>
       <c r="T69" s="28"/>
       <c r="U69" s="28"/>
       <c r="V69" s="28"/>
       <c r="W69" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X69" s="29" t="s">
-        <v>1438</v>
+        <v>1196</v>
       </c>
       <c r="Y69" s="32">
-        <v>43957</v>
+        <v>43978</v>
       </c>
       <c r="Z69" s="37">
-        <v>43959</v>
+        <v>43980</v>
       </c>
       <c r="AA69" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB69" s="29" t="s">
-        <v>1314</v>
+        <v>1128</v>
       </c>
       <c r="AC69" s="37">
-        <v>45825</v>
+        <v>45973</v>
       </c>
       <c r="AD69" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE69" s="38"/>
+      <c r="AF69" s="39"/>
       <c r="AG69" s="40"/>
       <c r="AH69" s="39"/>
       <c r="AI69" s="40"/>
       <c r="AJ69" s="39"/>
       <c r="AK69" s="41"/>
     </row>
-    <row r="70" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="27">
         <v>64</v>
       </c>
       <c r="B70" s="28" t="s">
         <v>112</v>
       </c>
       <c r="C70" s="29">
-        <v>40103348563</v>
+        <v>41203071539</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>402</v>
+      </c>
+      <c r="E70" s="33">
+        <v>26440279</v>
       </c>
       <c r="F70" s="28" t="s">
-        <v>466</v>
+        <v>403</v>
       </c>
       <c r="G70" s="34" t="s">
-        <v>467</v>
+        <v>231</v>
       </c>
       <c r="H70" s="28" t="s">
-        <v>1076</v>
+        <v>900</v>
       </c>
       <c r="I70" s="30" t="s">
-        <v>878</v>
+        <v>901</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>878</v>
+        <v>811</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>878</v>
+        <v>786</v>
       </c>
       <c r="L70" s="28" t="s">
-        <v>1077</v>
+        <v>902</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>1078</v>
+        <v>903</v>
       </c>
       <c r="N70" s="30" t="s">
-        <v>970</v>
+        <v>904</v>
       </c>
       <c r="O70" s="5" t="s">
-        <v>971</v>
+        <v>706</v>
       </c>
       <c r="P70" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q70" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R70" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S70" s="36" t="s">
-        <v>1439</v>
+        <v>1258</v>
       </c>
       <c r="T70" s="28"/>
       <c r="U70" s="28"/>
       <c r="V70" s="28"/>
       <c r="W70" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X70" s="29" t="s">
-        <v>1378</v>
+        <v>1259</v>
       </c>
       <c r="Y70" s="32">
-        <v>43978</v>
+        <v>43999</v>
       </c>
       <c r="Z70" s="37">
-        <v>43980</v>
+        <v>44001</v>
       </c>
       <c r="AA70" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB70" s="29" t="s">
-        <v>1308</v>
+        <v>1260</v>
       </c>
       <c r="AC70" s="37">
-        <v>45973</v>
+        <v>45667</v>
       </c>
       <c r="AD70" s="37">
-        <v>45975</v>
+        <v>45671</v>
       </c>
       <c r="AE70" s="38"/>
       <c r="AF70" s="39"/>
       <c r="AG70" s="40"/>
       <c r="AH70" s="39"/>
       <c r="AI70" s="40"/>
       <c r="AJ70" s="39"/>
       <c r="AK70" s="41"/>
     </row>
-    <row r="71" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="27">
         <v>65</v>
       </c>
       <c r="B71" s="28" t="s">
         <v>113</v>
       </c>
       <c r="C71" s="29">
-        <v>41203071539</v>
+        <v>41203070853</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>404</v>
+      </c>
+      <c r="E71" s="33">
+        <v>26480162</v>
       </c>
       <c r="F71" s="28" t="s">
-        <v>470</v>
+        <v>405</v>
       </c>
       <c r="G71" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H71" s="28" t="s">
-        <v>1079</v>
+        <v>905</v>
       </c>
       <c r="I71" s="30" t="s">
-        <v>1080</v>
+        <v>824</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>990</v>
+        <v>824</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>965</v>
+        <v>786</v>
       </c>
       <c r="L71" s="28" t="s">
-        <v>1081</v>
+        <v>906</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>1082</v>
+        <v>715</v>
       </c>
       <c r="N71" s="30" t="s">
-        <v>1083</v>
+        <v>710</v>
       </c>
       <c r="O71" s="5" t="s">
-        <v>882</v>
+        <v>706</v>
       </c>
       <c r="P71" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q71" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R71" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S71" s="36" t="s">
-        <v>1440</v>
+        <v>1261</v>
       </c>
       <c r="T71" s="28"/>
       <c r="U71" s="28"/>
       <c r="V71" s="28"/>
       <c r="W71" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X71" s="29" t="s">
-        <v>1441</v>
+        <v>1262</v>
       </c>
       <c r="Y71" s="32">
-        <v>43999</v>
+        <v>44000</v>
       </c>
       <c r="Z71" s="37">
-        <v>44001</v>
+        <v>44007</v>
       </c>
       <c r="AA71" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB71" s="29" t="s">
-        <v>1442</v>
+        <v>1204</v>
       </c>
       <c r="AC71" s="37">
-        <v>45667</v>
+        <v>45856</v>
       </c>
       <c r="AD71" s="37">
-        <v>45671</v>
+        <v>45860</v>
       </c>
       <c r="AE71" s="38"/>
       <c r="AF71" s="39"/>
       <c r="AG71" s="40"/>
       <c r="AH71" s="39"/>
       <c r="AI71" s="40"/>
       <c r="AJ71" s="39"/>
       <c r="AK71" s="41"/>
     </row>
-    <row r="72" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="27">
         <v>66</v>
       </c>
       <c r="B72" s="28" t="s">
         <v>114</v>
       </c>
       <c r="C72" s="29">
-        <v>41203070853</v>
+        <v>40103377331</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>406</v>
+      </c>
+      <c r="E72" s="33">
+        <v>29330370</v>
       </c>
       <c r="F72" s="28" t="s">
-        <v>473</v>
+        <v>407</v>
       </c>
       <c r="G72" s="34" t="s">
-        <v>234</v>
+        <v>408</v>
       </c>
       <c r="H72" s="28" t="s">
-        <v>1084</v>
+        <v>406</v>
       </c>
       <c r="I72" s="30" t="s">
-        <v>1003</v>
+        <v>907</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>1003</v>
+        <v>729</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>965</v>
+        <v>719</v>
       </c>
       <c r="L72" s="28" t="s">
-        <v>1085</v>
+        <v>846</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>891</v>
-[...3 lines deleted...]
-      </c>
+        <v>847</v>
+      </c>
+      <c r="N72" s="30"/>
       <c r="O72" s="5" t="s">
-        <v>882</v>
+        <v>711</v>
       </c>
       <c r="P72" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q72" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R72" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S72" s="36" t="s">
-        <v>1443</v>
+        <v>1263</v>
       </c>
       <c r="T72" s="28"/>
       <c r="U72" s="28"/>
       <c r="V72" s="28"/>
       <c r="W72" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X72" s="29" t="s">
-        <v>1444</v>
+        <v>1264</v>
       </c>
       <c r="Y72" s="32">
-        <v>44000</v>
+        <v>44019</v>
       </c>
       <c r="Z72" s="37">
-        <v>44007</v>
+        <v>44021</v>
       </c>
       <c r="AA72" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB72" s="29" t="s">
-        <v>1386</v>
+        <v>1142</v>
       </c>
       <c r="AC72" s="37">
-        <v>45856</v>
+        <v>45954</v>
       </c>
       <c r="AD72" s="37">
-        <v>45860</v>
+        <v>45958</v>
       </c>
       <c r="AE72" s="38"/>
       <c r="AF72" s="39"/>
       <c r="AG72" s="40"/>
       <c r="AH72" s="39"/>
       <c r="AI72" s="40"/>
       <c r="AJ72" s="39"/>
       <c r="AK72" s="41"/>
     </row>
-    <row r="73" spans="1:39" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="27">
         <v>67</v>
       </c>
       <c r="B73" s="28" t="s">
         <v>115</v>
       </c>
       <c r="C73" s="29">
-        <v>40103377331</v>
+        <v>40103824945</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>409</v>
+      </c>
+      <c r="E73" s="33">
+        <v>29438866</v>
       </c>
       <c r="F73" s="28" t="s">
-        <v>476</v>
+        <v>410</v>
       </c>
       <c r="G73" s="34" t="s">
-        <v>477</v>
+        <v>411</v>
       </c>
       <c r="H73" s="28" t="s">
-        <v>474</v>
+        <v>409</v>
       </c>
       <c r="I73" s="30" t="s">
-        <v>1086</v>
+        <v>702</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>905</v>
+        <v>702</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L73" s="28" t="s">
-        <v>1025</v>
+        <v>732</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>1026</v>
+        <v>733</v>
       </c>
       <c r="N73" s="30"/>
       <c r="O73" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P73" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q73" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R73" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S73" s="36" t="s">
-        <v>1445</v>
+        <v>1265</v>
       </c>
       <c r="T73" s="28"/>
       <c r="U73" s="28"/>
       <c r="V73" s="28"/>
       <c r="W73" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X73" s="29" t="s">
-        <v>1446</v>
+        <v>1208</v>
       </c>
       <c r="Y73" s="32">
-        <v>44019</v>
+        <v>44034</v>
       </c>
       <c r="Z73" s="37">
-        <v>44021</v>
+        <v>44036</v>
       </c>
       <c r="AA73" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB73" s="29" t="s">
-        <v>1322</v>
+        <v>1134</v>
       </c>
       <c r="AC73" s="37">
-        <v>45954</v>
+        <v>45825</v>
       </c>
       <c r="AD73" s="37">
-        <v>45958</v>
+        <v>45827</v>
       </c>
       <c r="AE73" s="38"/>
       <c r="AF73" s="39"/>
       <c r="AG73" s="40"/>
       <c r="AH73" s="39"/>
       <c r="AI73" s="40"/>
       <c r="AJ73" s="39"/>
-      <c r="AK73" s="47"/>
+      <c r="AK73" s="41"/>
     </row>
-    <row r="74" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:39" s="25" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="27">
         <v>68</v>
       </c>
       <c r="B74" s="28" t="s">
         <v>116</v>
       </c>
       <c r="C74" s="29">
-        <v>40103824945</v>
+        <v>50203234861</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>412</v>
+      </c>
+      <c r="E74" s="33">
+        <v>29215518</v>
       </c>
       <c r="F74" s="28" t="s">
-        <v>480</v>
+        <v>413</v>
       </c>
       <c r="G74" s="34" t="s">
-        <v>481</v>
+        <v>414</v>
       </c>
       <c r="H74" s="28" t="s">
-        <v>478</v>
+        <v>908</v>
       </c>
       <c r="I74" s="30" t="s">
-        <v>878</v>
+        <v>909</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>878</v>
+        <v>910</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L74" s="28" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>909</v>
-[...1 lines deleted...]
-      <c r="N74" s="30"/>
+        <v>912</v>
+      </c>
+      <c r="N74" s="30" t="s">
+        <v>913</v>
+      </c>
       <c r="O74" s="5" t="s">
-        <v>887</v>
+        <v>914</v>
       </c>
       <c r="P74" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q74" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R74" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S74" s="36" t="s">
-        <v>1447</v>
+        <v>1266</v>
       </c>
       <c r="T74" s="28"/>
       <c r="U74" s="28"/>
       <c r="V74" s="28"/>
       <c r="W74" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X74" s="29" t="s">
-        <v>1390</v>
+        <v>1267</v>
       </c>
       <c r="Y74" s="32">
-        <v>44034</v>
+        <v>44035</v>
       </c>
       <c r="Z74" s="37">
-        <v>44036</v>
+        <v>44039</v>
       </c>
       <c r="AA74" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB74" s="29" t="s">
-        <v>1314</v>
+        <v>1134</v>
       </c>
       <c r="AC74" s="37">
         <v>45825</v>
       </c>
       <c r="AD74" s="37">
         <v>45827</v>
       </c>
       <c r="AE74" s="38"/>
       <c r="AF74" s="39"/>
       <c r="AG74" s="40"/>
       <c r="AH74" s="39"/>
       <c r="AI74" s="40"/>
       <c r="AJ74" s="39"/>
-      <c r="AK74" s="46"/>
-[...1 lines deleted...]
-      <c r="AM74" s="41"/>
+      <c r="AK74" s="47"/>
     </row>
-    <row r="75" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="27">
         <v>69</v>
       </c>
       <c r="B75" s="28" t="s">
         <v>117</v>
       </c>
       <c r="C75" s="29">
-        <v>50203234861</v>
+        <v>44103127528</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>415</v>
+      </c>
+      <c r="E75" s="33">
+        <v>29477372</v>
       </c>
       <c r="F75" s="28" t="s">
-        <v>484</v>
+        <v>416</v>
       </c>
       <c r="G75" s="34" t="s">
-        <v>485</v>
+        <v>231</v>
       </c>
       <c r="H75" s="28" t="s">
-        <v>1087</v>
+        <v>915</v>
       </c>
       <c r="I75" s="30" t="s">
-        <v>1088</v>
+        <v>810</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>1089</v>
+        <v>811</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>895</v>
+        <v>786</v>
       </c>
       <c r="L75" s="28" t="s">
-        <v>1090</v>
+        <v>892</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>1091</v>
+        <v>893</v>
       </c>
       <c r="N75" s="30" t="s">
-        <v>1092</v>
+        <v>872</v>
       </c>
       <c r="O75" s="5" t="s">
-        <v>1093</v>
+        <v>873</v>
       </c>
       <c r="P75" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q75" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R75" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S75" s="36" t="s">
-        <v>1448</v>
-[...1 lines deleted...]
-      <c r="T75" s="28"/>
+        <v>1268</v>
+      </c>
+      <c r="T75" s="28" t="s">
+        <v>1159</v>
+      </c>
       <c r="U75" s="28"/>
       <c r="V75" s="28"/>
       <c r="W75" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X75" s="29" t="s">
-        <v>1449</v>
+        <v>1212</v>
       </c>
       <c r="Y75" s="32">
-        <v>44035</v>
+        <v>44061</v>
       </c>
       <c r="Z75" s="37">
-        <v>44039</v>
+        <v>44063</v>
       </c>
       <c r="AA75" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB75" s="29" t="s">
-        <v>1314</v>
+        <v>1163</v>
       </c>
       <c r="AC75" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD75" s="37">
-        <v>45827</v>
+        <v>45898</v>
       </c>
       <c r="AE75" s="38"/>
       <c r="AF75" s="39"/>
       <c r="AG75" s="40"/>
       <c r="AH75" s="39"/>
       <c r="AI75" s="40"/>
       <c r="AJ75" s="39"/>
-      <c r="AK75" s="32"/>
-      <c r="AL75" s="32"/>
+      <c r="AK75" s="46"/>
+      <c r="AL75" s="46"/>
       <c r="AM75" s="41"/>
     </row>
-    <row r="76" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="27">
         <v>70</v>
       </c>
       <c r="B76" s="28" t="s">
         <v>118</v>
       </c>
       <c r="C76" s="29">
-        <v>44103127528</v>
+        <v>40103739884</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>417</v>
+      </c>
+      <c r="E76" s="33">
+        <v>20001942</v>
       </c>
       <c r="F76" s="28" t="s">
-        <v>488</v>
+        <v>418</v>
       </c>
       <c r="G76" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H76" s="28" t="s">
-        <v>1094</v>
+        <v>916</v>
       </c>
       <c r="I76" s="30" t="s">
-        <v>989</v>
+        <v>702</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>990</v>
+        <v>702</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L76" s="28" t="s">
-        <v>1071</v>
+        <v>783</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>1072</v>
+        <v>721</v>
       </c>
       <c r="N76" s="30" t="s">
-        <v>1051</v>
+        <v>703</v>
       </c>
       <c r="O76" s="5" t="s">
-        <v>1052</v>
+        <v>704</v>
       </c>
       <c r="P76" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q76" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R76" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S76" s="36" t="s">
-        <v>1450</v>
-[...3 lines deleted...]
-      </c>
+        <v>1269</v>
+      </c>
+      <c r="T76" s="28"/>
       <c r="U76" s="28"/>
       <c r="V76" s="28"/>
       <c r="W76" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X76" s="29" t="s">
-        <v>1394</v>
+        <v>1270</v>
       </c>
       <c r="Y76" s="32">
         <v>44061</v>
       </c>
       <c r="Z76" s="37">
         <v>44063</v>
       </c>
       <c r="AA76" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB76" s="29" t="s">
-        <v>1345</v>
+        <v>1271</v>
       </c>
       <c r="AC76" s="37">
-        <v>45896</v>
+        <v>45555</v>
       </c>
       <c r="AD76" s="37">
-        <v>45898</v>
+        <v>45559</v>
       </c>
       <c r="AE76" s="38"/>
       <c r="AF76" s="39"/>
       <c r="AG76" s="40"/>
       <c r="AH76" s="39"/>
       <c r="AI76" s="40"/>
       <c r="AJ76" s="39"/>
       <c r="AK76" s="32"/>
       <c r="AL76" s="32"/>
       <c r="AM76" s="41"/>
     </row>
-    <row r="77" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="27">
         <v>71</v>
       </c>
       <c r="B77" s="28" t="s">
         <v>119</v>
       </c>
       <c r="C77" s="29">
-        <v>40103739884</v>
+        <v>40203109645</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>419</v>
+      </c>
+      <c r="E77" s="33">
+        <v>27004299</v>
       </c>
       <c r="F77" s="28" t="s">
-        <v>491</v>
+        <v>420</v>
       </c>
       <c r="G77" s="34" t="s">
-        <v>234</v>
+        <v>421</v>
       </c>
       <c r="H77" s="28" t="s">
-        <v>1095</v>
+        <v>917</v>
       </c>
       <c r="I77" s="30" t="s">
-        <v>878</v>
+        <v>918</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>878</v>
+        <v>919</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L77" s="28" t="s">
-        <v>962</v>
+        <v>712</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>897</v>
+        <v>713</v>
       </c>
       <c r="N77" s="30" t="s">
-        <v>879</v>
+        <v>920</v>
       </c>
       <c r="O77" s="5" t="s">
-        <v>880</v>
+        <v>921</v>
       </c>
       <c r="P77" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q77" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R77" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S77" s="36" t="s">
-        <v>1451</v>
+        <v>1272</v>
       </c>
       <c r="T77" s="28"/>
       <c r="U77" s="28"/>
       <c r="V77" s="28"/>
       <c r="W77" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X77" s="29" t="s">
-        <v>1452</v>
+        <v>1273</v>
       </c>
       <c r="Y77" s="32">
         <v>44061</v>
       </c>
       <c r="Z77" s="37">
         <v>44063</v>
       </c>
       <c r="AA77" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB77" s="29" t="s">
-        <v>1453</v>
+        <v>1142</v>
       </c>
       <c r="AC77" s="37">
-        <v>45555</v>
+        <v>45954</v>
       </c>
       <c r="AD77" s="37">
-        <v>45559</v>
-[...2 lines deleted...]
-      <c r="AF77" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE77" s="38">
+        <v>84458.42</v>
+      </c>
+      <c r="AF77" s="39">
+        <v>45743</v>
+      </c>
       <c r="AG77" s="40"/>
       <c r="AH77" s="39"/>
       <c r="AI77" s="40"/>
       <c r="AJ77" s="39"/>
-      <c r="AK77" s="31"/>
-      <c r="AL77" s="31"/>
+      <c r="AK77" s="32"/>
+      <c r="AL77" s="32"/>
       <c r="AM77" s="41"/>
     </row>
-    <row r="78" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="27">
         <v>72</v>
       </c>
       <c r="B78" s="28" t="s">
         <v>120</v>
       </c>
       <c r="C78" s="29">
-        <v>40203109645</v>
+        <v>40003720895</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>422</v>
+      </c>
+      <c r="E78" s="33">
+        <v>28010404</v>
       </c>
       <c r="F78" s="28" t="s">
-        <v>494</v>
+        <v>423</v>
       </c>
       <c r="G78" s="34" t="s">
-        <v>495</v>
+        <v>424</v>
       </c>
       <c r="H78" s="28" t="s">
-        <v>1096</v>
+        <v>922</v>
       </c>
       <c r="I78" s="30" t="s">
-        <v>1097</v>
+        <v>702</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>1098</v>
+        <v>702</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L78" s="28" t="s">
-        <v>888</v>
+        <v>923</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>889</v>
+        <v>924</v>
       </c>
       <c r="N78" s="30" t="s">
-        <v>1099</v>
+        <v>732</v>
       </c>
       <c r="O78" s="5" t="s">
-        <v>1100</v>
+        <v>733</v>
       </c>
       <c r="P78" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q78" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R78" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S78" s="36" t="s">
-        <v>1454</v>
+        <v>1274</v>
       </c>
       <c r="T78" s="28"/>
       <c r="U78" s="28"/>
       <c r="V78" s="28"/>
       <c r="W78" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X78" s="29" t="s">
-        <v>1455</v>
+        <v>1275</v>
       </c>
       <c r="Y78" s="32">
-        <v>44061</v>
+        <v>44062</v>
       </c>
       <c r="Z78" s="37">
-        <v>44063</v>
+        <v>44064</v>
       </c>
       <c r="AA78" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB78" s="29" t="s">
-        <v>1322</v>
+        <v>1157</v>
       </c>
       <c r="AC78" s="37">
-        <v>45954</v>
+        <v>45940</v>
       </c>
       <c r="AD78" s="37">
-        <v>45958</v>
+        <v>45944</v>
       </c>
       <c r="AE78" s="38">
-        <v>84458.42</v>
+        <v>197642.28</v>
       </c>
       <c r="AF78" s="39">
-        <v>45743</v>
+        <v>45621</v>
       </c>
       <c r="AG78" s="40"/>
       <c r="AH78" s="39"/>
       <c r="AI78" s="40"/>
       <c r="AJ78" s="39"/>
-      <c r="AK78" s="32"/>
-      <c r="AL78" s="32"/>
+      <c r="AK78" s="31"/>
+      <c r="AL78" s="31"/>
       <c r="AM78" s="41"/>
     </row>
-    <row r="79" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="27">
         <v>73</v>
       </c>
       <c r="B79" s="28" t="s">
         <v>121</v>
       </c>
       <c r="C79" s="29">
-        <v>40003720895</v>
+        <v>40003812070</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>425</v>
+      </c>
+      <c r="E79" s="33">
+        <v>67315000</v>
       </c>
       <c r="F79" s="28" t="s">
-        <v>498</v>
+        <v>426</v>
       </c>
       <c r="G79" s="34" t="s">
-        <v>499</v>
+        <v>427</v>
       </c>
       <c r="H79" s="28" t="s">
-        <v>1101</v>
+        <v>925</v>
       </c>
       <c r="I79" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L79" s="28" t="s">
-        <v>1102</v>
+        <v>923</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>1103</v>
+        <v>924</v>
       </c>
       <c r="N79" s="30" t="s">
-        <v>908</v>
+        <v>730</v>
       </c>
       <c r="O79" s="5" t="s">
-        <v>909</v>
+        <v>731</v>
       </c>
       <c r="P79" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q79" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R79" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S79" s="36" t="s">
-        <v>1456</v>
+        <v>1276</v>
       </c>
       <c r="T79" s="28"/>
       <c r="U79" s="28"/>
       <c r="V79" s="28"/>
       <c r="W79" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X79" s="29" t="s">
-        <v>1457</v>
+        <v>1277</v>
       </c>
       <c r="Y79" s="32">
-        <v>44062</v>
+        <v>44082</v>
       </c>
       <c r="Z79" s="37">
-        <v>44064</v>
+        <v>44084</v>
       </c>
       <c r="AA79" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB79" s="29" t="s">
-        <v>1337</v>
+        <v>1157</v>
       </c>
       <c r="AC79" s="37">
         <v>45940</v>
       </c>
       <c r="AD79" s="37">
         <v>45944</v>
       </c>
       <c r="AE79" s="38">
-        <v>197642.28</v>
+        <v>35109.360000000001</v>
       </c>
       <c r="AF79" s="39">
-        <v>45621</v>
-[...2 lines deleted...]
-      <c r="AH79" s="39"/>
+        <v>45565</v>
+      </c>
+      <c r="AG79" s="40">
+        <v>40800</v>
+      </c>
+      <c r="AH79" s="39">
+        <v>45958</v>
+      </c>
       <c r="AI79" s="40"/>
       <c r="AJ79" s="39"/>
       <c r="AK79" s="32"/>
       <c r="AL79" s="32"/>
       <c r="AM79" s="41"/>
     </row>
-    <row r="80" spans="1:39" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:39" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="27">
         <v>74</v>
       </c>
       <c r="B80" s="28" t="s">
         <v>122</v>
       </c>
       <c r="C80" s="29">
-        <v>40003812070</v>
+        <v>52103105971</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>501</v>
+        <v>428</v>
+      </c>
+      <c r="E80" s="33">
+        <v>28374952</v>
       </c>
       <c r="F80" s="28" t="s">
-        <v>502</v>
+        <v>429</v>
       </c>
       <c r="G80" s="34" t="s">
-        <v>503</v>
+        <v>430</v>
       </c>
       <c r="H80" s="28" t="s">
-        <v>1104</v>
+        <v>428</v>
       </c>
       <c r="I80" s="30" t="s">
-        <v>878</v>
+        <v>907</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>878</v>
+        <v>729</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L80" s="28" t="s">
-        <v>1102</v>
+        <v>710</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="N80" s="30"/>
       <c r="O80" s="5" t="s">
-        <v>907</v>
+        <v>711</v>
       </c>
       <c r="P80" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q80" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R80" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S80" s="36" t="s">
-        <v>1458</v>
+        <v>1278</v>
       </c>
       <c r="T80" s="28"/>
       <c r="U80" s="28"/>
       <c r="V80" s="28"/>
       <c r="W80" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X80" s="29" t="s">
-        <v>1459</v>
+        <v>1279</v>
       </c>
       <c r="Y80" s="32">
-        <v>44082</v>
+        <v>44084</v>
       </c>
       <c r="Z80" s="37">
-        <v>44084</v>
+        <v>44088</v>
       </c>
       <c r="AA80" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB80" s="29" t="s">
-        <v>1337</v>
+        <v>1134</v>
       </c>
       <c r="AC80" s="37">
-        <v>45940</v>
+        <v>45825</v>
       </c>
       <c r="AD80" s="37">
-        <v>45944</v>
-[...12 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE80" s="38"/>
+      <c r="AF80" s="39"/>
+      <c r="AG80" s="40"/>
+      <c r="AH80" s="39"/>
       <c r="AI80" s="40"/>
       <c r="AJ80" s="39"/>
       <c r="AK80" s="32"/>
       <c r="AL80" s="32"/>
       <c r="AM80" s="41"/>
     </row>
-    <row r="81" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="27">
         <v>75</v>
       </c>
       <c r="B81" s="28" t="s">
         <v>123</v>
       </c>
       <c r="C81" s="29">
-        <v>52103105971</v>
+        <v>42103111406</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>431</v>
+      </c>
+      <c r="E81" s="33">
+        <v>20273147</v>
       </c>
       <c r="F81" s="28" t="s">
-        <v>506</v>
+        <v>432</v>
       </c>
       <c r="G81" s="34" t="s">
-        <v>507</v>
+        <v>231</v>
       </c>
       <c r="H81" s="28" t="s">
-        <v>504</v>
+        <v>926</v>
       </c>
       <c r="I81" s="30" t="s">
-        <v>1086</v>
+        <v>763</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>905</v>
+        <v>763</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>895</v>
+        <v>764</v>
       </c>
       <c r="L81" s="28" t="s">
-        <v>886</v>
+        <v>730</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>882</v>
+        <v>731</v>
       </c>
       <c r="N81" s="30"/>
       <c r="O81" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P81" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q81" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R81" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S81" s="36" t="s">
-        <v>1460</v>
+        <v>1280</v>
       </c>
       <c r="T81" s="28"/>
       <c r="U81" s="28"/>
       <c r="V81" s="28"/>
       <c r="W81" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X81" s="29" t="s">
-        <v>1461</v>
+        <v>1281</v>
       </c>
       <c r="Y81" s="32">
-        <v>44084</v>
+        <v>44096</v>
       </c>
       <c r="Z81" s="37">
-        <v>44088</v>
+        <v>44098</v>
       </c>
       <c r="AA81" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB81" s="29" t="s">
-        <v>1314</v>
+        <v>1204</v>
       </c>
       <c r="AC81" s="37">
-        <v>45825</v>
+        <v>45856</v>
       </c>
       <c r="AD81" s="37">
-        <v>45827</v>
+        <v>45860</v>
       </c>
       <c r="AE81" s="38"/>
       <c r="AF81" s="39"/>
       <c r="AG81" s="40"/>
       <c r="AH81" s="39"/>
       <c r="AI81" s="40"/>
       <c r="AJ81" s="39"/>
       <c r="AK81" s="32"/>
       <c r="AL81" s="32"/>
       <c r="AM81" s="41"/>
     </row>
-    <row r="82" spans="1:40" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="27">
         <v>76</v>
       </c>
       <c r="B82" s="28" t="s">
         <v>124</v>
       </c>
       <c r="C82" s="29">
-        <v>42103111406</v>
+        <v>42403024964</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>433</v>
+      </c>
+      <c r="E82" s="33">
+        <v>26430483</v>
       </c>
       <c r="F82" s="28" t="s">
-        <v>510</v>
+        <v>434</v>
       </c>
       <c r="G82" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H82" s="28" t="s">
-        <v>1105</v>
+        <v>927</v>
       </c>
       <c r="I82" s="30" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>943</v>
+        <v>764</v>
       </c>
       <c r="L82" s="28" t="s">
-        <v>906</v>
+        <v>703</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>907</v>
-[...1 lines deleted...]
-      <c r="N82" s="30"/>
+        <v>704</v>
+      </c>
+      <c r="N82" s="30" t="s">
+        <v>929</v>
+      </c>
       <c r="O82" s="5" t="s">
-        <v>887</v>
+        <v>930</v>
       </c>
       <c r="P82" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q82" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R82" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S82" s="36" t="s">
-        <v>1462</v>
+        <v>1282</v>
       </c>
       <c r="T82" s="28"/>
       <c r="U82" s="28"/>
       <c r="V82" s="28"/>
       <c r="W82" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X82" s="29" t="s">
-        <v>1463</v>
+        <v>1283</v>
       </c>
       <c r="Y82" s="32">
-        <v>44096</v>
+        <v>44097</v>
       </c>
       <c r="Z82" s="37">
-        <v>44098</v>
+        <v>44099</v>
       </c>
       <c r="AA82" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB82" s="29" t="s">
-        <v>1386</v>
+        <v>1204</v>
       </c>
       <c r="AC82" s="37">
         <v>45856</v>
       </c>
       <c r="AD82" s="37">
         <v>45860</v>
       </c>
       <c r="AE82" s="38"/>
       <c r="AF82" s="39"/>
       <c r="AG82" s="40"/>
       <c r="AH82" s="39"/>
       <c r="AI82" s="40"/>
       <c r="AJ82" s="39"/>
-      <c r="AK82" s="46"/>
-[...1 lines deleted...]
-      <c r="AM82" s="47"/>
+      <c r="AK82" s="32"/>
+      <c r="AL82" s="32"/>
+      <c r="AM82" s="41"/>
     </row>
-    <row r="83" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:40" s="25" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="27">
         <v>77</v>
       </c>
       <c r="B83" s="28" t="s">
         <v>125</v>
       </c>
       <c r="C83" s="29">
-        <v>42403024964</v>
+        <v>40203252846</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>435</v>
+      </c>
+      <c r="E83" s="33">
+        <v>29498857</v>
       </c>
       <c r="F83" s="28" t="s">
-        <v>513</v>
+        <v>436</v>
       </c>
       <c r="G83" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H83" s="28" t="s">
-        <v>1106</v>
+        <v>931</v>
       </c>
       <c r="I83" s="30" t="s">
-        <v>1107</v>
+        <v>932</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>1107</v>
+        <v>933</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>943</v>
+        <v>786</v>
       </c>
       <c r="L83" s="28" t="s">
-        <v>879</v>
+        <v>934</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>880</v>
+        <v>935</v>
       </c>
       <c r="N83" s="30" t="s">
-        <v>1108</v>
+        <v>872</v>
       </c>
       <c r="O83" s="5" t="s">
-        <v>1109</v>
+        <v>873</v>
       </c>
       <c r="P83" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q83" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R83" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S83" s="36" t="s">
-        <v>1464</v>
+        <v>1284</v>
       </c>
       <c r="T83" s="28"/>
       <c r="U83" s="28"/>
       <c r="V83" s="28"/>
       <c r="W83" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X83" s="29" t="s">
-        <v>1465</v>
+        <v>1221</v>
       </c>
       <c r="Y83" s="32">
-        <v>44097</v>
+        <v>44105</v>
       </c>
       <c r="Z83" s="37">
-        <v>44099</v>
+        <v>44109</v>
       </c>
       <c r="AA83" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB83" s="29" t="s">
-        <v>1386</v>
+        <v>1285</v>
       </c>
       <c r="AC83" s="37">
-        <v>45856</v>
+        <v>45621</v>
       </c>
       <c r="AD83" s="37">
-        <v>45860</v>
+        <v>45623</v>
       </c>
       <c r="AE83" s="38"/>
       <c r="AF83" s="39"/>
       <c r="AG83" s="40"/>
       <c r="AH83" s="39"/>
       <c r="AI83" s="40"/>
       <c r="AJ83" s="39"/>
-      <c r="AK83" s="31"/>
-[...1 lines deleted...]
-      <c r="AM83" s="41"/>
+      <c r="AK83" s="46"/>
+      <c r="AL83" s="46"/>
+      <c r="AM83" s="47"/>
     </row>
-    <row r="84" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="27">
         <v>78</v>
       </c>
       <c r="B84" s="28" t="s">
         <v>126</v>
       </c>
       <c r="C84" s="29">
-        <v>40203252846</v>
+        <v>40103397450</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>437</v>
+      </c>
+      <c r="E84" s="33">
+        <v>67614322</v>
       </c>
       <c r="F84" s="28" t="s">
-        <v>516</v>
+        <v>438</v>
       </c>
       <c r="G84" s="34" t="s">
-        <v>234</v>
+        <v>439</v>
       </c>
       <c r="H84" s="28" t="s">
-        <v>1110</v>
+        <v>936</v>
       </c>
       <c r="I84" s="30" t="s">
-        <v>1111</v>
+        <v>702</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>1112</v>
+        <v>702</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L84" s="28" t="s">
-        <v>1113</v>
+        <v>846</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>1114</v>
+        <v>847</v>
       </c>
       <c r="N84" s="30" t="s">
-        <v>1051</v>
+        <v>807</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>1052</v>
+        <v>808</v>
       </c>
       <c r="P84" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q84" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R84" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S84" s="36" t="s">
-        <v>1466</v>
+        <v>1286</v>
       </c>
       <c r="T84" s="28"/>
       <c r="U84" s="28"/>
       <c r="V84" s="28"/>
       <c r="W84" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X84" s="29" t="s">
-        <v>1403</v>
+        <v>1287</v>
       </c>
       <c r="Y84" s="32">
-        <v>44105</v>
+        <v>44124</v>
       </c>
       <c r="Z84" s="37">
-        <v>44109</v>
+        <v>44126</v>
       </c>
       <c r="AA84" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB84" s="29" t="s">
-        <v>1467</v>
+        <v>1125</v>
       </c>
       <c r="AC84" s="37">
-        <v>45621</v>
+        <v>45869</v>
       </c>
       <c r="AD84" s="37">
-        <v>45623</v>
-[...2 lines deleted...]
-      <c r="AF84" s="39"/>
+        <v>45873</v>
+      </c>
+      <c r="AE84" s="38">
+        <v>185575.92</v>
+      </c>
+      <c r="AF84" s="39">
+        <v>45835</v>
+      </c>
       <c r="AG84" s="40"/>
       <c r="AH84" s="39"/>
       <c r="AI84" s="40"/>
       <c r="AJ84" s="39"/>
-      <c r="AK84" s="32"/>
-      <c r="AL84" s="32"/>
+      <c r="AK84" s="31"/>
+      <c r="AL84" s="31"/>
       <c r="AM84" s="41"/>
     </row>
-    <row r="85" spans="1:40" s="45" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="27">
         <v>79</v>
       </c>
       <c r="B85" s="28" t="s">
         <v>127</v>
       </c>
       <c r="C85" s="29">
-        <v>40103397450</v>
+        <v>42103100883</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>440</v>
+      </c>
+      <c r="E85" s="33">
+        <v>29661205</v>
       </c>
       <c r="F85" s="28" t="s">
-        <v>519</v>
+        <v>441</v>
       </c>
       <c r="G85" s="34" t="s">
-        <v>520</v>
+        <v>231</v>
       </c>
       <c r="H85" s="28" t="s">
-        <v>1115</v>
+        <v>937</v>
       </c>
       <c r="I85" s="30" t="s">
-        <v>878</v>
+        <v>938</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>878</v>
+        <v>939</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>878</v>
+        <v>786</v>
       </c>
       <c r="L85" s="28" t="s">
-        <v>1025</v>
+        <v>940</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>1026</v>
+        <v>941</v>
       </c>
       <c r="N85" s="30" t="s">
-        <v>986</v>
+        <v>843</v>
       </c>
       <c r="O85" s="5" t="s">
-        <v>987</v>
+        <v>844</v>
       </c>
       <c r="P85" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q85" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R85" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S85" s="36" t="s">
-        <v>1468</v>
-[...1 lines deleted...]
-      <c r="T85" s="28"/>
+        <v>1288</v>
+      </c>
+      <c r="T85" s="28" t="s">
+        <v>1159</v>
+      </c>
       <c r="U85" s="28"/>
       <c r="V85" s="28"/>
       <c r="W85" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X85" s="29" t="s">
-        <v>1469</v>
+        <v>1289</v>
       </c>
       <c r="Y85" s="32">
         <v>44124</v>
       </c>
       <c r="Z85" s="37">
         <v>44126</v>
       </c>
       <c r="AA85" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB85" s="29" t="s">
-        <v>1305</v>
+        <v>1163</v>
       </c>
       <c r="AC85" s="37">
-        <v>45869</v>
+        <v>45896</v>
       </c>
       <c r="AD85" s="37">
-        <v>45873</v>
-[...6 lines deleted...]
-      </c>
+        <v>45898</v>
+      </c>
+      <c r="AE85" s="38"/>
+      <c r="AF85" s="39"/>
       <c r="AG85" s="40"/>
       <c r="AH85" s="39"/>
       <c r="AI85" s="40"/>
       <c r="AJ85" s="39"/>
       <c r="AK85" s="32"/>
       <c r="AL85" s="32"/>
       <c r="AM85" s="41"/>
-      <c r="AN85" s="48"/>
     </row>
-    <row r="86" spans="1:40" s="45" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:40" s="45" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="27">
         <v>80</v>
       </c>
       <c r="B86" s="28" t="s">
         <v>128</v>
       </c>
       <c r="C86" s="29">
-        <v>42103100883</v>
+        <v>40203261355</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>442</v>
+      </c>
+      <c r="E86" s="33">
+        <v>22084084</v>
       </c>
       <c r="F86" s="28" t="s">
-        <v>523</v>
+        <v>443</v>
       </c>
       <c r="G86" s="34" t="s">
-        <v>234</v>
+        <v>444</v>
       </c>
       <c r="H86" s="28" t="s">
-        <v>1116</v>
+        <v>942</v>
       </c>
       <c r="I86" s="30" t="s">
+        <v>890</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="L86" s="28" t="s">
+        <v>710</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="N86" s="30"/>
+      <c r="O86" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="P86" s="35" t="s">
+        <v>1116</v>
+      </c>
+      <c r="Q86" s="35" t="s">
         <v>1117</v>
       </c>
-      <c r="J86" s="5" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="R86" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S86" s="36" t="s">
-        <v>1470</v>
-[...3 lines deleted...]
-      </c>
+        <v>1290</v>
+      </c>
+      <c r="T86" s="28"/>
       <c r="U86" s="28"/>
       <c r="V86" s="28"/>
       <c r="W86" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X86" s="29" t="s">
-        <v>1471</v>
+        <v>1291</v>
       </c>
       <c r="Y86" s="32">
-        <v>44124</v>
+        <v>44138</v>
       </c>
       <c r="Z86" s="37">
-        <v>44126</v>
+        <v>44140</v>
       </c>
       <c r="AA86" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB86" s="29" t="s">
-        <v>1345</v>
+        <v>1157</v>
       </c>
       <c r="AC86" s="37">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="AD86" s="37">
-        <v>45898</v>
+        <v>45944</v>
       </c>
       <c r="AE86" s="38"/>
       <c r="AF86" s="39"/>
       <c r="AG86" s="40"/>
       <c r="AH86" s="39"/>
       <c r="AI86" s="40"/>
       <c r="AJ86" s="39"/>
-      <c r="AK86" s="41"/>
-      <c r="AL86" s="48"/>
+      <c r="AK86" s="32"/>
+      <c r="AL86" s="32"/>
+      <c r="AM86" s="41"/>
+      <c r="AN86" s="48"/>
     </row>
-    <row r="87" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:40" s="45" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="27">
         <v>81</v>
       </c>
       <c r="B87" s="28" t="s">
         <v>129</v>
       </c>
       <c r="C87" s="29">
-        <v>40203261355</v>
+        <v>40203262609</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>235</v>
+      </c>
+      <c r="E87" s="33">
+        <v>29463326</v>
       </c>
       <c r="F87" s="28" t="s">
-        <v>526</v>
+        <v>445</v>
       </c>
       <c r="G87" s="34" t="s">
-        <v>527</v>
+        <v>231</v>
       </c>
       <c r="H87" s="28" t="s">
-        <v>1121</v>
+        <v>943</v>
       </c>
       <c r="I87" s="30" t="s">
-        <v>1069</v>
+        <v>702</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>1070</v>
+        <v>702</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L87" s="28" t="s">
-        <v>886</v>
+        <v>710</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="N87" s="30"/>
+        <v>706</v>
+      </c>
+      <c r="N87" s="30" t="s">
+        <v>703</v>
+      </c>
       <c r="O87" s="5" t="s">
-        <v>887</v>
+        <v>704</v>
       </c>
       <c r="P87" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q87" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R87" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S87" s="36" t="s">
-        <v>1472</v>
+        <v>1292</v>
       </c>
       <c r="T87" s="28"/>
       <c r="U87" s="28"/>
       <c r="V87" s="28"/>
       <c r="W87" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X87" s="29" t="s">
-        <v>1473</v>
+        <v>1235</v>
       </c>
       <c r="Y87" s="32">
         <v>44138</v>
       </c>
       <c r="Z87" s="37">
         <v>44140</v>
       </c>
       <c r="AA87" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB87" s="29" t="s">
-        <v>1337</v>
+        <v>1131</v>
       </c>
       <c r="AC87" s="37">
-        <v>45940</v>
+        <v>45803</v>
       </c>
       <c r="AD87" s="37">
-        <v>45944</v>
+        <v>45805</v>
       </c>
       <c r="AE87" s="38"/>
       <c r="AF87" s="39"/>
       <c r="AG87" s="40"/>
       <c r="AH87" s="39"/>
       <c r="AI87" s="40"/>
       <c r="AJ87" s="39"/>
       <c r="AK87" s="41"/>
+      <c r="AL87" s="48"/>
     </row>
-    <row r="88" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="27">
         <v>82</v>
       </c>
       <c r="B88" s="28" t="s">
         <v>130</v>
       </c>
       <c r="C88" s="29">
-        <v>40203262609</v>
+        <v>42103082164</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>446</v>
+      </c>
+      <c r="E88" s="33">
+        <v>29446098</v>
       </c>
       <c r="F88" s="28" t="s">
-        <v>528</v>
+        <v>447</v>
       </c>
       <c r="G88" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H88" s="28" t="s">
-        <v>1122</v>
+        <v>944</v>
       </c>
       <c r="I88" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L88" s="28" t="s">
-        <v>886</v>
+        <v>945</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>882</v>
+        <v>733</v>
       </c>
       <c r="N88" s="30" t="s">
-        <v>879</v>
+        <v>710</v>
       </c>
       <c r="O88" s="5" t="s">
-        <v>880</v>
+        <v>706</v>
       </c>
       <c r="P88" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q88" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R88" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S88" s="36" t="s">
-        <v>1474</v>
+        <v>1293</v>
       </c>
       <c r="T88" s="28"/>
       <c r="U88" s="28"/>
       <c r="V88" s="28"/>
       <c r="W88" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X88" s="29" t="s">
-        <v>1417</v>
+        <v>1294</v>
       </c>
       <c r="Y88" s="32">
-        <v>44138</v>
+        <v>44140</v>
       </c>
       <c r="Z88" s="37">
-        <v>44140</v>
+        <v>44144</v>
       </c>
       <c r="AA88" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB88" s="29" t="s">
-        <v>1311</v>
+        <v>1157</v>
       </c>
       <c r="AC88" s="37">
-        <v>45803</v>
+        <v>45940</v>
       </c>
       <c r="AD88" s="37">
-        <v>45805</v>
+        <v>45944</v>
       </c>
       <c r="AE88" s="38"/>
       <c r="AF88" s="39"/>
       <c r="AG88" s="40"/>
       <c r="AH88" s="39"/>
       <c r="AI88" s="40"/>
       <c r="AJ88" s="39"/>
       <c r="AK88" s="41"/>
     </row>
-    <row r="89" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="27">
         <v>83</v>
       </c>
       <c r="B89" s="28" t="s">
         <v>131</v>
       </c>
       <c r="C89" s="29">
-        <v>42103082164</v>
+        <v>42103113271</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>448</v>
+      </c>
+      <c r="E89" s="33">
+        <v>29158059</v>
       </c>
       <c r="F89" s="28" t="s">
-        <v>531</v>
+        <v>449</v>
       </c>
       <c r="G89" s="34" t="s">
-        <v>234</v>
+        <v>450</v>
       </c>
       <c r="H89" s="28" t="s">
-        <v>1123</v>
+        <v>946</v>
       </c>
       <c r="I89" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L89" s="28" t="s">
-        <v>1124</v>
+        <v>710</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="N89" s="30"/>
       <c r="O89" s="5" t="s">
-        <v>882</v>
+        <v>711</v>
       </c>
       <c r="P89" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q89" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R89" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S89" s="36" t="s">
-        <v>1475</v>
+        <v>1295</v>
       </c>
       <c r="T89" s="28"/>
       <c r="U89" s="28"/>
       <c r="V89" s="28"/>
       <c r="W89" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X89" s="29" t="s">
-        <v>1476</v>
+        <v>1296</v>
       </c>
       <c r="Y89" s="32">
         <v>44140</v>
       </c>
       <c r="Z89" s="37">
         <v>44144</v>
       </c>
       <c r="AA89" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB89" s="29" t="s">
-        <v>1337</v>
+        <v>1163</v>
       </c>
       <c r="AC89" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD89" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE89" s="38"/>
       <c r="AF89" s="39"/>
       <c r="AG89" s="40"/>
       <c r="AH89" s="39"/>
       <c r="AI89" s="40"/>
       <c r="AJ89" s="39"/>
       <c r="AK89" s="41"/>
     </row>
-    <row r="90" spans="1:40" s="25" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="27">
         <v>84</v>
       </c>
       <c r="B90" s="28" t="s">
         <v>132</v>
       </c>
       <c r="C90" s="29">
-        <v>42103113271</v>
+        <v>40203264366</v>
       </c>
       <c r="D90" s="28" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>451</v>
+      </c>
+      <c r="E90" s="33">
+        <v>26820905</v>
       </c>
       <c r="F90" s="28" t="s">
-        <v>534</v>
+        <v>452</v>
       </c>
       <c r="G90" s="34" t="s">
-        <v>535</v>
+        <v>453</v>
       </c>
       <c r="H90" s="28" t="s">
-        <v>1125</v>
+        <v>451</v>
       </c>
       <c r="I90" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L90" s="28" t="s">
-        <v>886</v>
+        <v>947</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>882</v>
+        <v>948</v>
       </c>
       <c r="N90" s="30"/>
       <c r="O90" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P90" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q90" s="35" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R90" s="35" t="s">
+        <v>1117</v>
+      </c>
+      <c r="S90" s="36" t="s">
         <v>1297</v>
-      </c>
-[...4 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="T90" s="28"/>
       <c r="U90" s="28"/>
       <c r="V90" s="28"/>
       <c r="W90" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X90" s="29" t="s">
-        <v>1478</v>
+        <v>1298</v>
       </c>
       <c r="Y90" s="32">
         <v>44140</v>
       </c>
       <c r="Z90" s="37">
         <v>44144</v>
       </c>
       <c r="AA90" s="28" t="s">
-        <v>1301</v>
+        <v>1218</v>
       </c>
       <c r="AB90" s="29" t="s">
-        <v>1345</v>
+        <v>1299</v>
       </c>
       <c r="AC90" s="37">
-        <v>45896</v>
+        <v>45940</v>
       </c>
       <c r="AD90" s="37">
-        <v>45898</v>
+        <v>45944</v>
       </c>
       <c r="AE90" s="38"/>
       <c r="AF90" s="39"/>
       <c r="AG90" s="40"/>
       <c r="AH90" s="39"/>
       <c r="AI90" s="40"/>
       <c r="AJ90" s="39"/>
-      <c r="AK90" s="47"/>
+      <c r="AK90" s="41"/>
     </row>
-    <row r="91" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:40" s="25" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="27">
         <v>85</v>
       </c>
       <c r="B91" s="28" t="s">
         <v>133</v>
       </c>
       <c r="C91" s="29">
-        <v>40203264366</v>
+        <v>40003553254</v>
       </c>
       <c r="D91" s="28" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>454</v>
+      </c>
+      <c r="E91" s="33">
+        <v>67456612</v>
       </c>
       <c r="F91" s="28" t="s">
-        <v>538</v>
+        <v>455</v>
       </c>
       <c r="G91" s="34" t="s">
-        <v>539</v>
+        <v>456</v>
       </c>
       <c r="H91" s="28" t="s">
-        <v>536</v>
+        <v>949</v>
       </c>
       <c r="I91" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L91" s="28" t="s">
-        <v>1126</v>
+        <v>710</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="N91" s="30"/>
+        <v>706</v>
+      </c>
+      <c r="N91" s="30" t="s">
+        <v>920</v>
+      </c>
       <c r="O91" s="5" t="s">
-        <v>887</v>
+        <v>921</v>
       </c>
       <c r="P91" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q91" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R91" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S91" s="36" t="s">
-        <v>1479</v>
+        <v>1300</v>
       </c>
       <c r="T91" s="28"/>
       <c r="U91" s="28"/>
       <c r="V91" s="28"/>
       <c r="W91" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X91" s="29" t="s">
-        <v>1480</v>
+        <v>1301</v>
       </c>
       <c r="Y91" s="32">
-        <v>44140</v>
+        <v>44151</v>
       </c>
       <c r="Z91" s="37">
-        <v>44144</v>
+        <v>44154</v>
       </c>
       <c r="AA91" s="28" t="s">
-        <v>1400</v>
+        <v>1121</v>
       </c>
       <c r="AB91" s="29" t="s">
-        <v>1481</v>
+        <v>1125</v>
       </c>
       <c r="AC91" s="37">
-        <v>45940</v>
+        <v>45869</v>
       </c>
       <c r="AD91" s="37">
-        <v>45944</v>
+        <v>45873</v>
       </c>
       <c r="AE91" s="38"/>
       <c r="AF91" s="39"/>
       <c r="AG91" s="40"/>
       <c r="AH91" s="39"/>
       <c r="AI91" s="40"/>
       <c r="AJ91" s="39"/>
-      <c r="AK91" s="41"/>
+      <c r="AK91" s="47"/>
     </row>
-    <row r="92" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="27">
         <v>86</v>
       </c>
       <c r="B92" s="28" t="s">
         <v>134</v>
       </c>
       <c r="C92" s="29">
-        <v>40003553254</v>
+        <v>40203149084</v>
       </c>
       <c r="D92" s="28" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>457</v>
+      </c>
+      <c r="E92" s="33">
+        <v>29515672</v>
       </c>
       <c r="F92" s="28" t="s">
-        <v>542</v>
+        <v>458</v>
       </c>
       <c r="G92" s="34" t="s">
-        <v>543</v>
+        <v>459</v>
       </c>
       <c r="H92" s="28" t="s">
-        <v>1128</v>
+        <v>950</v>
       </c>
       <c r="I92" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L92" s="28" t="s">
-        <v>886</v>
+        <v>783</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="N92" s="30"/>
       <c r="O92" s="5" t="s">
-        <v>1100</v>
+        <v>711</v>
       </c>
       <c r="P92" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q92" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R92" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S92" s="36" t="s">
-        <v>1482</v>
+        <v>1302</v>
       </c>
       <c r="T92" s="28"/>
       <c r="U92" s="28"/>
       <c r="V92" s="28"/>
       <c r="W92" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X92" s="29" t="s">
-        <v>1483</v>
+        <v>1303</v>
       </c>
       <c r="Y92" s="32">
-        <v>44151</v>
+        <v>44167</v>
       </c>
       <c r="Z92" s="37">
-        <v>44154</v>
+        <v>44169</v>
       </c>
       <c r="AA92" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB92" s="29" t="s">
-        <v>1305</v>
+        <v>1204</v>
       </c>
       <c r="AC92" s="37">
-        <v>45869</v>
+        <v>45856</v>
       </c>
       <c r="AD92" s="37">
-        <v>45873</v>
+        <v>45860</v>
       </c>
       <c r="AE92" s="38"/>
       <c r="AF92" s="39"/>
       <c r="AG92" s="40"/>
       <c r="AH92" s="39"/>
       <c r="AI92" s="40"/>
       <c r="AJ92" s="39"/>
       <c r="AK92" s="41"/>
     </row>
-    <row r="93" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="27">
         <v>87</v>
       </c>
       <c r="B93" s="28" t="s">
         <v>135</v>
       </c>
       <c r="C93" s="29">
-        <v>40203149084</v>
+        <v>44103101529</v>
       </c>
       <c r="D93" s="28" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>460</v>
+      </c>
+      <c r="E93" s="33">
+        <v>22020071</v>
       </c>
       <c r="F93" s="28" t="s">
-        <v>546</v>
+        <v>461</v>
       </c>
       <c r="G93" s="34" t="s">
-        <v>547</v>
+        <v>231</v>
       </c>
       <c r="H93" s="28" t="s">
-        <v>1129</v>
+        <v>951</v>
       </c>
       <c r="I93" s="30" t="s">
-        <v>1054</v>
+        <v>793</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>978</v>
+        <v>794</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>959</v>
+        <v>780</v>
       </c>
       <c r="L93" s="28" t="s">
-        <v>962</v>
+        <v>952</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>897</v>
+        <v>953</v>
       </c>
       <c r="N93" s="30"/>
       <c r="O93" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P93" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q93" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R93" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S93" s="36" t="s">
-        <v>1484</v>
-[...2 lines deleted...]
-      <c r="U93" s="28"/>
+        <v>1304</v>
+      </c>
+      <c r="T93" s="28" t="s">
+        <v>1305</v>
+      </c>
+      <c r="U93" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="V93" s="28"/>
       <c r="W93" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X93" s="29" t="s">
-        <v>1485</v>
+        <v>1306</v>
       </c>
       <c r="Y93" s="32">
         <v>44167</v>
       </c>
       <c r="Z93" s="37">
         <v>44169</v>
       </c>
       <c r="AA93" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB93" s="29" t="s">
-        <v>1386</v>
+        <v>1125</v>
       </c>
       <c r="AC93" s="37">
-        <v>45856</v>
+        <v>45869</v>
       </c>
       <c r="AD93" s="37">
-        <v>45860</v>
+        <v>45873</v>
       </c>
       <c r="AE93" s="38"/>
       <c r="AF93" s="39"/>
       <c r="AG93" s="40"/>
       <c r="AH93" s="39"/>
       <c r="AI93" s="40"/>
       <c r="AJ93" s="39"/>
       <c r="AK93" s="41"/>
     </row>
-    <row r="94" spans="1:40" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="27">
         <v>88</v>
       </c>
       <c r="B94" s="28" t="s">
         <v>136</v>
       </c>
       <c r="C94" s="29">
-        <v>44103101529</v>
+        <v>50203268181</v>
       </c>
       <c r="D94" s="28" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>462</v>
+      </c>
+      <c r="E94" s="33">
+        <v>22124560</v>
       </c>
       <c r="F94" s="28" t="s">
-        <v>550</v>
+        <v>463</v>
       </c>
       <c r="G94" s="34" t="s">
-        <v>234</v>
+        <v>464</v>
       </c>
       <c r="H94" s="28" t="s">
-        <v>1130</v>
+        <v>954</v>
       </c>
       <c r="I94" s="30" t="s">
-        <v>972</v>
+        <v>702</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>973</v>
+        <v>702</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L94" s="28" t="s">
-        <v>1131</v>
+        <v>740</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>1132</v>
-[...1 lines deleted...]
-      <c r="N94" s="30"/>
+        <v>741</v>
+      </c>
+      <c r="N94" s="30" t="s">
+        <v>710</v>
+      </c>
       <c r="O94" s="5" t="s">
-        <v>887</v>
+        <v>706</v>
       </c>
       <c r="P94" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q94" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R94" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S94" s="36" t="s">
-        <v>1486</v>
-[...6 lines deleted...]
-      </c>
+        <v>1307</v>
+      </c>
+      <c r="T94" s="28"/>
+      <c r="U94" s="28"/>
       <c r="V94" s="28"/>
       <c r="W94" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X94" s="29" t="s">
-        <v>1488</v>
+        <v>1308</v>
       </c>
       <c r="Y94" s="32">
         <v>44167</v>
       </c>
       <c r="Z94" s="37">
         <v>44169</v>
       </c>
       <c r="AA94" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB94" s="29" t="s">
-        <v>1305</v>
+        <v>1122</v>
       </c>
       <c r="AC94" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD94" s="37">
-        <v>45873</v>
-[...2 lines deleted...]
-      <c r="AF94" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE94" s="38">
+        <v>106764.94</v>
+      </c>
+      <c r="AF94" s="39">
+        <v>45700</v>
+      </c>
       <c r="AG94" s="40"/>
       <c r="AH94" s="39"/>
       <c r="AI94" s="40"/>
       <c r="AJ94" s="39"/>
       <c r="AK94" s="41"/>
     </row>
-    <row r="95" spans="1:40" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:40" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="27">
         <v>89</v>
       </c>
       <c r="B95" s="28" t="s">
         <v>137</v>
       </c>
       <c r="C95" s="29">
-        <v>50203268181</v>
+        <v>40203260909</v>
       </c>
       <c r="D95" s="28" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>465</v>
+      </c>
+      <c r="E95" s="33">
+        <v>26600439</v>
       </c>
       <c r="F95" s="28" t="s">
-        <v>553</v>
+        <v>466</v>
       </c>
       <c r="G95" s="34" t="s">
-        <v>554</v>
+        <v>231</v>
       </c>
       <c r="H95" s="28" t="s">
-        <v>1133</v>
+        <v>955</v>
       </c>
       <c r="I95" s="30" t="s">
-        <v>878</v>
+        <v>956</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>878</v>
+        <v>957</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L95" s="28" t="s">
-        <v>916</v>
+        <v>710</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>917</v>
+        <v>706</v>
       </c>
       <c r="N95" s="30" t="s">
-        <v>886</v>
+        <v>920</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>882</v>
+        <v>921</v>
       </c>
       <c r="P95" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q95" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R95" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S95" s="36" t="s">
-        <v>1489</v>
+        <v>1309</v>
       </c>
       <c r="T95" s="28"/>
       <c r="U95" s="28"/>
       <c r="V95" s="28"/>
       <c r="W95" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X95" s="29" t="s">
-        <v>1490</v>
+        <v>1310</v>
       </c>
       <c r="Y95" s="32">
         <v>44167</v>
       </c>
       <c r="Z95" s="37">
         <v>44169</v>
       </c>
       <c r="AA95" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB95" s="29" t="s">
-        <v>1302</v>
+        <v>1157</v>
       </c>
       <c r="AC95" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD95" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE95" s="38"/>
+      <c r="AF95" s="39"/>
       <c r="AG95" s="40"/>
       <c r="AH95" s="39"/>
       <c r="AI95" s="40"/>
       <c r="AJ95" s="39"/>
       <c r="AK95" s="41"/>
     </row>
-    <row r="96" spans="1:40" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:40" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="27">
         <v>90</v>
       </c>
       <c r="B96" s="28" t="s">
         <v>138</v>
       </c>
       <c r="C96" s="29">
-        <v>40203260909</v>
+        <v>40203267644</v>
       </c>
       <c r="D96" s="28" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>556</v>
+        <v>467</v>
+      </c>
+      <c r="E96" s="33">
+        <v>29953030</v>
       </c>
       <c r="F96" s="28" t="s">
-        <v>557</v>
+        <v>468</v>
       </c>
       <c r="G96" s="34" t="s">
-        <v>234</v>
+        <v>469</v>
       </c>
       <c r="H96" s="28" t="s">
-        <v>1134</v>
+        <v>958</v>
       </c>
       <c r="I96" s="30" t="s">
-        <v>1135</v>
+        <v>702</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>1136</v>
+        <v>702</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L96" s="28" t="s">
-        <v>886</v>
+        <v>703</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>882</v>
+        <v>704</v>
       </c>
       <c r="N96" s="30" t="s">
-        <v>1099</v>
+        <v>911</v>
       </c>
       <c r="O96" s="5" t="s">
-        <v>1100</v>
+        <v>912</v>
       </c>
       <c r="P96" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q96" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R96" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S96" s="36" t="s">
-        <v>1491</v>
+        <v>1311</v>
       </c>
       <c r="T96" s="28"/>
       <c r="U96" s="28"/>
       <c r="V96" s="28"/>
       <c r="W96" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X96" s="29" t="s">
-        <v>1492</v>
+        <v>1312</v>
       </c>
       <c r="Y96" s="32">
-        <v>44167</v>
+        <v>44168</v>
       </c>
       <c r="Z96" s="37">
-        <v>44169</v>
+        <v>44172</v>
       </c>
       <c r="AA96" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB96" s="29" t="s">
-        <v>1337</v>
+        <v>1134</v>
       </c>
       <c r="AC96" s="37">
-        <v>45940</v>
+        <v>45825</v>
       </c>
       <c r="AD96" s="37">
-        <v>45944</v>
+        <v>45827</v>
       </c>
       <c r="AE96" s="38"/>
       <c r="AF96" s="39"/>
       <c r="AG96" s="40"/>
       <c r="AH96" s="39"/>
       <c r="AI96" s="40"/>
       <c r="AJ96" s="39"/>
       <c r="AK96" s="41"/>
     </row>
-    <row r="97" spans="1:37" s="6" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="27">
         <v>91</v>
       </c>
       <c r="B97" s="28" t="s">
         <v>139</v>
       </c>
       <c r="C97" s="29">
-        <v>40203267644</v>
+        <v>54103148201</v>
       </c>
       <c r="D97" s="28" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>470</v>
+      </c>
+      <c r="E97" s="33">
+        <v>20259623</v>
       </c>
       <c r="F97" s="28" t="s">
-        <v>560</v>
+        <v>471</v>
       </c>
       <c r="G97" s="34" t="s">
-        <v>561</v>
+        <v>231</v>
       </c>
       <c r="H97" s="28" t="s">
-        <v>1137</v>
+        <v>959</v>
       </c>
       <c r="I97" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L97" s="28" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c r="N97" s="30" t="s">
-        <v>1090</v>
+        <v>846</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>1091</v>
+        <v>847</v>
       </c>
       <c r="P97" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q97" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R97" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S97" s="36" t="s">
-        <v>1493</v>
+        <v>1313</v>
       </c>
       <c r="T97" s="28"/>
       <c r="U97" s="28"/>
       <c r="V97" s="28"/>
       <c r="W97" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X97" s="29" t="s">
-        <v>1494</v>
+        <v>1314</v>
       </c>
       <c r="Y97" s="32">
         <v>44168</v>
       </c>
       <c r="Z97" s="37">
         <v>44172</v>
       </c>
       <c r="AA97" s="28" t="s">
-        <v>1301</v>
+        <v>1218</v>
       </c>
       <c r="AB97" s="29" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="AC97" s="37">
-        <v>45825</v>
+        <v>45940</v>
       </c>
       <c r="AD97" s="37">
-        <v>45827</v>
+        <v>45944</v>
       </c>
       <c r="AE97" s="38"/>
       <c r="AF97" s="39"/>
       <c r="AG97" s="40"/>
       <c r="AH97" s="39"/>
       <c r="AI97" s="40"/>
       <c r="AJ97" s="39"/>
-      <c r="AK97" s="47"/>
+      <c r="AK97" s="41"/>
     </row>
-    <row r="98" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:37" s="6" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="27">
         <v>92</v>
       </c>
       <c r="B98" s="28" t="s">
         <v>140</v>
       </c>
       <c r="C98" s="29">
-        <v>54103148201</v>
+        <v>40203269147</v>
       </c>
       <c r="D98" s="28" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>472</v>
+      </c>
+      <c r="E98" s="33">
+        <v>28330904</v>
       </c>
       <c r="F98" s="28" t="s">
-        <v>564</v>
+        <v>473</v>
       </c>
       <c r="G98" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H98" s="28" t="s">
-        <v>1138</v>
+        <v>472</v>
       </c>
       <c r="I98" s="30" t="s">
-        <v>1054</v>
+        <v>960</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>978</v>
+        <v>862</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>959</v>
+        <v>764</v>
       </c>
       <c r="L98" s="28" t="s">
-        <v>1042</v>
+        <v>732</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>1043</v>
+        <v>733</v>
       </c>
       <c r="N98" s="30" t="s">
-        <v>1025</v>
+        <v>738</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>1026</v>
+        <v>739</v>
       </c>
       <c r="P98" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q98" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R98" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S98" s="36" t="s">
-        <v>1495</v>
+        <v>1316</v>
       </c>
       <c r="T98" s="28"/>
       <c r="U98" s="28"/>
       <c r="V98" s="28"/>
       <c r="W98" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X98" s="29" t="s">
-        <v>1496</v>
+        <v>1317</v>
       </c>
       <c r="Y98" s="32">
         <v>44168</v>
       </c>
       <c r="Z98" s="37">
         <v>44172</v>
       </c>
       <c r="AA98" s="28" t="s">
-        <v>1400</v>
+        <v>1121</v>
       </c>
       <c r="AB98" s="29" t="s">
-        <v>1497</v>
+        <v>1134</v>
       </c>
       <c r="AC98" s="37">
-        <v>45940</v>
+        <v>45825</v>
       </c>
       <c r="AD98" s="37">
-        <v>45944</v>
+        <v>45827</v>
       </c>
       <c r="AE98" s="38"/>
       <c r="AF98" s="39"/>
       <c r="AG98" s="40"/>
       <c r="AH98" s="39"/>
       <c r="AI98" s="40"/>
       <c r="AJ98" s="39"/>
-      <c r="AK98" s="41"/>
+      <c r="AK98" s="47"/>
     </row>
-    <row r="99" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="27">
         <v>93</v>
       </c>
       <c r="B99" s="28" t="s">
         <v>141</v>
       </c>
       <c r="C99" s="29">
-        <v>40203269147</v>
+        <v>43603089055</v>
       </c>
       <c r="D99" s="28" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>474</v>
+      </c>
+      <c r="E99" s="33">
+        <v>28382308</v>
       </c>
       <c r="F99" s="28" t="s">
-        <v>567</v>
+        <v>475</v>
       </c>
       <c r="G99" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H99" s="28" t="s">
-        <v>565</v>
+        <v>961</v>
       </c>
       <c r="I99" s="30" t="s">
-        <v>1139</v>
+        <v>962</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>1041</v>
+        <v>866</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>943</v>
+        <v>709</v>
       </c>
       <c r="L99" s="28" t="s">
-        <v>908</v>
+        <v>703</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>909</v>
+        <v>704</v>
       </c>
       <c r="N99" s="30" t="s">
-        <v>914</v>
+        <v>740</v>
       </c>
       <c r="O99" s="5" t="s">
-        <v>915</v>
+        <v>741</v>
       </c>
       <c r="P99" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q99" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R99" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S99" s="36" t="s">
-        <v>1498</v>
+        <v>1318</v>
       </c>
       <c r="T99" s="28"/>
       <c r="U99" s="28"/>
       <c r="V99" s="28"/>
       <c r="W99" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X99" s="29" t="s">
-        <v>1499</v>
+        <v>1319</v>
       </c>
       <c r="Y99" s="32">
-        <v>44168</v>
+        <v>44181</v>
       </c>
       <c r="Z99" s="37">
-        <v>44172</v>
+        <v>44183</v>
       </c>
       <c r="AA99" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB99" s="29" t="s">
-        <v>1314</v>
+        <v>1163</v>
       </c>
       <c r="AC99" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD99" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF99" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE99" s="38">
+        <v>35852.81</v>
+      </c>
+      <c r="AF99" s="39">
+        <v>45819</v>
+      </c>
       <c r="AG99" s="40"/>
       <c r="AH99" s="39"/>
       <c r="AI99" s="40"/>
       <c r="AJ99" s="39"/>
       <c r="AK99" s="41"/>
     </row>
-    <row r="100" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="27">
         <v>94</v>
       </c>
       <c r="B100" s="28" t="s">
         <v>142</v>
       </c>
       <c r="C100" s="29">
-        <v>43603089055</v>
+        <v>43603066353</v>
       </c>
       <c r="D100" s="28" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>569</v>
+        <v>476</v>
+      </c>
+      <c r="E100" s="33">
+        <v>29107665</v>
       </c>
       <c r="F100" s="28" t="s">
-        <v>570</v>
+        <v>477</v>
       </c>
       <c r="G100" s="34" t="s">
-        <v>234</v>
+        <v>478</v>
       </c>
       <c r="H100" s="28" t="s">
-        <v>1140</v>
+        <v>963</v>
       </c>
       <c r="I100" s="30" t="s">
-        <v>1141</v>
+        <v>702</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>1045</v>
+        <v>702</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L100" s="28" t="s">
-        <v>879</v>
+        <v>952</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>880</v>
+        <v>953</v>
       </c>
       <c r="N100" s="30" t="s">
-        <v>916</v>
+        <v>732</v>
       </c>
       <c r="O100" s="5" t="s">
-        <v>917</v>
+        <v>733</v>
       </c>
       <c r="P100" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q100" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R100" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S100" s="36" t="s">
-        <v>1500</v>
+        <v>1320</v>
       </c>
       <c r="T100" s="28"/>
       <c r="U100" s="28"/>
       <c r="V100" s="28"/>
       <c r="W100" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X100" s="29" t="s">
-        <v>1501</v>
+        <v>1321</v>
       </c>
       <c r="Y100" s="32">
         <v>44181</v>
       </c>
       <c r="Z100" s="37">
         <v>44183</v>
       </c>
       <c r="AA100" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB100" s="29" t="s">
-        <v>1345</v>
+        <v>1142</v>
       </c>
       <c r="AC100" s="37">
-        <v>45896</v>
+        <v>45954</v>
       </c>
       <c r="AD100" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45958</v>
+      </c>
+      <c r="AE100" s="38"/>
+      <c r="AF100" s="39"/>
       <c r="AG100" s="40"/>
       <c r="AH100" s="39"/>
       <c r="AI100" s="40"/>
       <c r="AJ100" s="39"/>
       <c r="AK100" s="41"/>
     </row>
-    <row r="101" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="27">
         <v>95</v>
       </c>
       <c r="B101" s="28" t="s">
         <v>143</v>
       </c>
       <c r="C101" s="29">
-        <v>43603066353</v>
+        <v>40203266668</v>
       </c>
       <c r="D101" s="28" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-        <v>572</v>
+        <v>479</v>
+      </c>
+      <c r="E101" s="33">
+        <v>29197141</v>
       </c>
       <c r="F101" s="28" t="s">
-        <v>573</v>
+        <v>480</v>
       </c>
       <c r="G101" s="34" t="s">
-        <v>574</v>
+        <v>231</v>
       </c>
       <c r="H101" s="28" t="s">
-        <v>1142</v>
+        <v>964</v>
       </c>
       <c r="I101" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L101" s="28" t="s">
-        <v>1131</v>
+        <v>710</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="N101" s="30"/>
       <c r="O101" s="5" t="s">
-        <v>909</v>
+        <v>711</v>
       </c>
       <c r="P101" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q101" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R101" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S101" s="36" t="s">
-        <v>1502</v>
+        <v>1322</v>
       </c>
       <c r="T101" s="28"/>
       <c r="U101" s="28"/>
       <c r="V101" s="28"/>
       <c r="W101" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X101" s="29" t="s">
-        <v>1503</v>
+        <v>1323</v>
       </c>
       <c r="Y101" s="32">
-        <v>44181</v>
+        <v>44182</v>
       </c>
       <c r="Z101" s="37">
-        <v>44183</v>
+        <v>44186</v>
       </c>
       <c r="AA101" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB101" s="29" t="s">
-        <v>1322</v>
+        <v>1157</v>
       </c>
       <c r="AC101" s="37">
-        <v>45954</v>
+        <v>45940</v>
       </c>
       <c r="AD101" s="37">
-        <v>45958</v>
+        <v>45944</v>
       </c>
       <c r="AE101" s="38"/>
       <c r="AF101" s="39"/>
       <c r="AG101" s="40"/>
       <c r="AH101" s="39"/>
       <c r="AI101" s="40"/>
       <c r="AJ101" s="39"/>
       <c r="AK101" s="41"/>
     </row>
-    <row r="102" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="27">
         <v>96</v>
       </c>
       <c r="B102" s="28" t="s">
         <v>144</v>
       </c>
       <c r="C102" s="29">
-        <v>40203266668</v>
+        <v>40203276223</v>
       </c>
       <c r="D102" s="28" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>481</v>
+      </c>
+      <c r="E102" s="33">
+        <v>29465545</v>
       </c>
       <c r="F102" s="28" t="s">
-        <v>577</v>
+        <v>482</v>
       </c>
       <c r="G102" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H102" s="28" t="s">
-        <v>1143</v>
+        <v>481</v>
       </c>
       <c r="I102" s="30" t="s">
-        <v>878</v>
+        <v>965</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>878</v>
+        <v>735</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L102" s="28" t="s">
-        <v>886</v>
+        <v>724</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="N102" s="30"/>
+        <v>725</v>
+      </c>
+      <c r="N102" s="30" t="s">
+        <v>710</v>
+      </c>
       <c r="O102" s="5" t="s">
-        <v>887</v>
+        <v>706</v>
       </c>
       <c r="P102" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q102" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R102" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S102" s="36" t="s">
-        <v>1504</v>
+        <v>1324</v>
       </c>
       <c r="T102" s="28"/>
       <c r="U102" s="28"/>
       <c r="V102" s="28"/>
       <c r="W102" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X102" s="29" t="s">
-        <v>1505</v>
+        <v>1325</v>
       </c>
       <c r="Y102" s="32">
-        <v>44182</v>
+        <v>44200</v>
       </c>
       <c r="Z102" s="37">
-        <v>44186</v>
+        <v>44202</v>
       </c>
       <c r="AA102" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB102" s="29" t="s">
-        <v>1337</v>
+        <v>1204</v>
       </c>
       <c r="AC102" s="37">
-        <v>45940</v>
+        <v>45856</v>
       </c>
       <c r="AD102" s="37">
-        <v>45944</v>
-[...2 lines deleted...]
-      <c r="AF102" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE102" s="38">
+        <v>39979.32</v>
+      </c>
+      <c r="AF102" s="39">
+        <v>45576</v>
+      </c>
       <c r="AG102" s="40"/>
       <c r="AH102" s="39"/>
       <c r="AI102" s="40"/>
       <c r="AJ102" s="39"/>
       <c r="AK102" s="41"/>
     </row>
-    <row r="103" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="27">
         <v>97</v>
       </c>
       <c r="B103" s="28" t="s">
         <v>145</v>
       </c>
       <c r="C103" s="29">
-        <v>40203276223</v>
+        <v>40203267589</v>
       </c>
       <c r="D103" s="28" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>579</v>
+        <v>483</v>
+      </c>
+      <c r="E103" s="33">
+        <v>29221006</v>
       </c>
       <c r="F103" s="28" t="s">
-        <v>580</v>
+        <v>484</v>
       </c>
       <c r="G103" s="34" t="s">
-        <v>234</v>
+        <v>485</v>
       </c>
       <c r="H103" s="28" t="s">
-        <v>578</v>
+        <v>966</v>
       </c>
       <c r="I103" s="30" t="s">
-        <v>1144</v>
+        <v>702</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>911</v>
+        <v>702</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L103" s="28" t="s">
-        <v>900</v>
+        <v>703</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>901</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N103" s="30"/>
       <c r="O103" s="5" t="s">
-        <v>882</v>
+        <v>711</v>
       </c>
       <c r="P103" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q103" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R103" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S103" s="36" t="s">
-        <v>1506</v>
+        <v>1326</v>
       </c>
       <c r="T103" s="28"/>
       <c r="U103" s="28"/>
       <c r="V103" s="28"/>
       <c r="W103" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X103" s="29" t="s">
-        <v>1507</v>
+        <v>1327</v>
       </c>
       <c r="Y103" s="32">
-        <v>44200</v>
+        <v>44215</v>
       </c>
       <c r="Z103" s="37">
-        <v>44202</v>
+        <v>44217</v>
       </c>
       <c r="AA103" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB103" s="29" t="s">
-        <v>1386</v>
+        <v>1125</v>
       </c>
       <c r="AC103" s="37">
-        <v>45856</v>
+        <v>45869</v>
       </c>
       <c r="AD103" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45873</v>
+      </c>
+      <c r="AE103" s="38"/>
+      <c r="AF103" s="39"/>
       <c r="AG103" s="40"/>
       <c r="AH103" s="39"/>
       <c r="AI103" s="40"/>
       <c r="AJ103" s="39"/>
       <c r="AK103" s="41"/>
     </row>
-    <row r="104" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="27">
         <v>98</v>
       </c>
       <c r="B104" s="28" t="s">
         <v>146</v>
       </c>
       <c r="C104" s="29">
-        <v>40203267589</v>
+        <v>40003756591</v>
       </c>
       <c r="D104" s="28" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>582</v>
+        <v>486</v>
+      </c>
+      <c r="E104" s="33">
+        <v>26683189</v>
       </c>
       <c r="F104" s="28" t="s">
-        <v>583</v>
+        <v>487</v>
       </c>
       <c r="G104" s="34" t="s">
-        <v>584</v>
+        <v>488</v>
       </c>
       <c r="H104" s="28" t="s">
-        <v>1145</v>
+        <v>967</v>
       </c>
       <c r="I104" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L104" s="28" t="s">
-        <v>879</v>
+        <v>730</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>880</v>
+        <v>731</v>
       </c>
       <c r="N104" s="30"/>
       <c r="O104" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P104" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q104" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R104" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S104" s="36" t="s">
-        <v>1508</v>
+        <v>1328</v>
       </c>
       <c r="T104" s="28"/>
       <c r="U104" s="28"/>
       <c r="V104" s="28"/>
       <c r="W104" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X104" s="29" t="s">
-        <v>1342</v>
+        <v>1162</v>
       </c>
       <c r="Y104" s="32">
         <v>44215</v>
       </c>
       <c r="Z104" s="37">
         <v>44217</v>
       </c>
       <c r="AA104" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB104" s="29" t="s">
-        <v>1305</v>
+        <v>1128</v>
       </c>
       <c r="AC104" s="37">
-        <v>45869</v>
+        <v>45973</v>
       </c>
       <c r="AD104" s="37">
-        <v>45873</v>
+        <v>45975</v>
       </c>
       <c r="AE104" s="38"/>
       <c r="AF104" s="39"/>
       <c r="AG104" s="40"/>
       <c r="AH104" s="39"/>
       <c r="AI104" s="40"/>
       <c r="AJ104" s="39"/>
       <c r="AK104" s="41"/>
     </row>
-    <row r="105" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="27">
         <v>99</v>
       </c>
       <c r="B105" s="28" t="s">
         <v>147</v>
       </c>
       <c r="C105" s="29">
-        <v>40003756591</v>
+        <v>40203269081</v>
       </c>
       <c r="D105" s="28" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>586</v>
+        <v>489</v>
+      </c>
+      <c r="E105" s="33">
+        <v>67732317</v>
       </c>
       <c r="F105" s="28" t="s">
-        <v>587</v>
+        <v>490</v>
       </c>
       <c r="G105" s="34" t="s">
-        <v>588</v>
+        <v>231</v>
       </c>
       <c r="H105" s="28" t="s">
-        <v>1146</v>
+        <v>968</v>
       </c>
       <c r="I105" s="30" t="s">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L105" s="28" t="s">
-        <v>906</v>
+        <v>952</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>907</v>
+        <v>953</v>
       </c>
       <c r="N105" s="30"/>
       <c r="O105" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P105" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q105" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R105" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S105" s="36" t="s">
-        <v>1509</v>
+        <v>1329</v>
       </c>
       <c r="T105" s="28"/>
       <c r="U105" s="28"/>
       <c r="V105" s="28"/>
       <c r="W105" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X105" s="29" t="s">
-        <v>1344</v>
+        <v>1330</v>
       </c>
       <c r="Y105" s="32">
         <v>44215</v>
       </c>
       <c r="Z105" s="37">
         <v>44217</v>
       </c>
       <c r="AA105" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB105" s="29" t="s">
-        <v>1308</v>
+        <v>1125</v>
       </c>
       <c r="AC105" s="37">
-        <v>45973</v>
+        <v>45869</v>
       </c>
       <c r="AD105" s="37">
-        <v>45975</v>
+        <v>45873</v>
       </c>
       <c r="AE105" s="38"/>
       <c r="AF105" s="39"/>
       <c r="AG105" s="40"/>
       <c r="AH105" s="39"/>
       <c r="AI105" s="40"/>
       <c r="AJ105" s="39"/>
       <c r="AK105" s="41"/>
     </row>
-    <row r="106" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="27">
         <v>100</v>
       </c>
       <c r="B106" s="28" t="s">
         <v>148</v>
       </c>
       <c r="C106" s="29">
-        <v>40203269081</v>
+        <v>40103457139</v>
       </c>
       <c r="D106" s="28" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>590</v>
+        <v>491</v>
+      </c>
+      <c r="E106" s="33">
+        <v>28652969</v>
       </c>
       <c r="F106" s="28" t="s">
-        <v>591</v>
+        <v>492</v>
       </c>
       <c r="G106" s="34" t="s">
-        <v>234</v>
+        <v>493</v>
       </c>
       <c r="H106" s="28" t="s">
-        <v>1147</v>
+        <v>969</v>
       </c>
       <c r="I106" s="30" t="s">
-        <v>952</v>
+        <v>702</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>952</v>
+        <v>702</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L106" s="28" t="s">
-        <v>1131</v>
+        <v>970</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>1132</v>
+        <v>971</v>
       </c>
       <c r="N106" s="30"/>
       <c r="O106" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P106" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q106" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R106" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S106" s="36" t="s">
-        <v>1510</v>
+        <v>1331</v>
       </c>
       <c r="T106" s="28"/>
       <c r="U106" s="28"/>
       <c r="V106" s="28"/>
       <c r="W106" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X106" s="29" t="s">
-        <v>1511</v>
+        <v>1165</v>
       </c>
       <c r="Y106" s="32">
         <v>44215</v>
       </c>
       <c r="Z106" s="37">
         <v>44217</v>
       </c>
       <c r="AA106" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB106" s="29" t="s">
-        <v>1305</v>
+        <v>1128</v>
       </c>
       <c r="AC106" s="37">
-        <v>45869</v>
+        <v>45973</v>
       </c>
       <c r="AD106" s="37">
-        <v>45873</v>
+        <v>45975</v>
       </c>
       <c r="AE106" s="38"/>
       <c r="AF106" s="39"/>
       <c r="AG106" s="40"/>
       <c r="AH106" s="39"/>
       <c r="AI106" s="40"/>
       <c r="AJ106" s="39"/>
       <c r="AK106" s="41"/>
     </row>
-    <row r="107" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="27">
         <v>101</v>
       </c>
       <c r="B107" s="28" t="s">
         <v>149</v>
       </c>
       <c r="C107" s="29">
-        <v>40103457139</v>
+        <v>40203279770</v>
       </c>
       <c r="D107" s="28" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>494</v>
+      </c>
+      <c r="E107" s="33">
+        <v>29904637</v>
       </c>
       <c r="F107" s="28" t="s">
-        <v>594</v>
+        <v>495</v>
       </c>
       <c r="G107" s="34" t="s">
-        <v>595</v>
+        <v>231</v>
       </c>
       <c r="H107" s="28" t="s">
-        <v>1148</v>
+        <v>972</v>
       </c>
       <c r="I107" s="30" t="s">
-        <v>878</v>
+        <v>973</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>878</v>
+        <v>933</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>878</v>
+        <v>786</v>
       </c>
       <c r="L107" s="28" t="s">
-        <v>1149</v>
+        <v>974</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>1150</v>
-[...1 lines deleted...]
-      <c r="N107" s="30"/>
+        <v>975</v>
+      </c>
+      <c r="N107" s="30" t="s">
+        <v>827</v>
+      </c>
       <c r="O107" s="5" t="s">
-        <v>887</v>
+        <v>828</v>
       </c>
       <c r="P107" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q107" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R107" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S107" s="36" t="s">
-        <v>1512</v>
+        <v>1332</v>
       </c>
       <c r="T107" s="28"/>
       <c r="U107" s="28"/>
       <c r="V107" s="28"/>
       <c r="W107" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X107" s="29" t="s">
-        <v>1347</v>
+        <v>1169</v>
       </c>
       <c r="Y107" s="32">
         <v>44215</v>
       </c>
       <c r="Z107" s="37">
         <v>44217</v>
       </c>
       <c r="AA107" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB107" s="29" t="s">
-        <v>1308</v>
+        <v>1163</v>
       </c>
       <c r="AC107" s="37">
-        <v>45973</v>
+        <v>45896</v>
       </c>
       <c r="AD107" s="37">
-        <v>45975</v>
+        <v>45898</v>
       </c>
       <c r="AE107" s="38"/>
       <c r="AF107" s="39"/>
       <c r="AG107" s="40"/>
       <c r="AH107" s="39"/>
       <c r="AI107" s="40"/>
       <c r="AJ107" s="39"/>
       <c r="AK107" s="41"/>
     </row>
-    <row r="108" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="27">
         <v>102</v>
       </c>
       <c r="B108" s="28" t="s">
         <v>150</v>
       </c>
       <c r="C108" s="29">
-        <v>40203279770</v>
+        <v>45403057892</v>
       </c>
       <c r="D108" s="28" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>496</v>
+      </c>
+      <c r="E108" s="33">
+        <v>26441261</v>
       </c>
       <c r="F108" s="28" t="s">
-        <v>598</v>
+        <v>497</v>
       </c>
       <c r="G108" s="34" t="s">
-        <v>234</v>
+        <v>498</v>
       </c>
       <c r="H108" s="28" t="s">
-        <v>1151</v>
+        <v>976</v>
       </c>
       <c r="I108" s="30" t="s">
-        <v>1152</v>
+        <v>702</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>1112</v>
+        <v>702</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L108" s="28" t="s">
-        <v>1153</v>
+        <v>841</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>1154</v>
-[...3 lines deleted...]
-      </c>
+        <v>842</v>
+      </c>
+      <c r="N108" s="30"/>
       <c r="O108" s="5" t="s">
-        <v>1007</v>
+        <v>711</v>
       </c>
       <c r="P108" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q108" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R108" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S108" s="36" t="s">
-        <v>1513</v>
+        <v>1333</v>
       </c>
       <c r="T108" s="28"/>
       <c r="U108" s="28"/>
       <c r="V108" s="28"/>
       <c r="W108" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X108" s="29" t="s">
-        <v>1351</v>
+        <v>1239</v>
       </c>
       <c r="Y108" s="32">
-        <v>44215</v>
+        <v>44216</v>
       </c>
       <c r="Z108" s="37">
-        <v>44217</v>
+        <v>44218</v>
       </c>
       <c r="AA108" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB108" s="29" t="s">
-        <v>1345</v>
+        <v>1122</v>
       </c>
       <c r="AC108" s="37">
-        <v>45896</v>
+        <v>45912</v>
       </c>
       <c r="AD108" s="37">
-        <v>45898</v>
+        <v>45916</v>
       </c>
       <c r="AE108" s="38"/>
       <c r="AF108" s="39"/>
       <c r="AG108" s="40"/>
       <c r="AH108" s="39"/>
       <c r="AI108" s="40"/>
       <c r="AJ108" s="39"/>
       <c r="AK108" s="41"/>
     </row>
-    <row r="109" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="27">
         <v>103</v>
       </c>
       <c r="B109" s="28" t="s">
         <v>151</v>
       </c>
       <c r="C109" s="29">
-        <v>45403057892</v>
+        <v>50203277771</v>
       </c>
       <c r="D109" s="28" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>499</v>
+      </c>
+      <c r="E109" s="33">
+        <v>26606109</v>
       </c>
       <c r="F109" s="28" t="s">
-        <v>601</v>
+        <v>500</v>
       </c>
       <c r="G109" s="34" t="s">
-        <v>602</v>
+        <v>501</v>
       </c>
       <c r="H109" s="28" t="s">
-        <v>1155</v>
+        <v>977</v>
       </c>
       <c r="I109" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L109" s="28" t="s">
-        <v>1020</v>
+        <v>978</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>1021</v>
-[...1 lines deleted...]
-      <c r="N109" s="30"/>
+        <v>739</v>
+      </c>
+      <c r="N109" s="30" t="s">
+        <v>979</v>
+      </c>
       <c r="O109" s="5" t="s">
-        <v>887</v>
+        <v>980</v>
       </c>
       <c r="P109" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q109" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R109" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S109" s="36" t="s">
-        <v>1514</v>
+        <v>1334</v>
       </c>
       <c r="T109" s="28"/>
       <c r="U109" s="28"/>
       <c r="V109" s="28"/>
       <c r="W109" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X109" s="29" t="s">
-        <v>1421</v>
+        <v>1245</v>
       </c>
       <c r="Y109" s="32">
-        <v>44216</v>
+        <v>44239</v>
       </c>
       <c r="Z109" s="37">
-        <v>44218</v>
+        <v>44243</v>
       </c>
       <c r="AA109" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB109" s="29" t="s">
-        <v>1302</v>
+        <v>1335</v>
       </c>
       <c r="AC109" s="37">
-        <v>45912</v>
+        <v>45999</v>
       </c>
       <c r="AD109" s="37">
-        <v>45916</v>
+        <v>46001</v>
       </c>
       <c r="AE109" s="38"/>
       <c r="AF109" s="39"/>
       <c r="AG109" s="40"/>
       <c r="AH109" s="39"/>
       <c r="AI109" s="40"/>
       <c r="AJ109" s="39"/>
       <c r="AK109" s="41"/>
     </row>
-    <row r="110" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="27">
         <v>104</v>
       </c>
       <c r="B110" s="28" t="s">
         <v>152</v>
       </c>
       <c r="C110" s="29">
-        <v>50203277771</v>
+        <v>40203282215</v>
       </c>
       <c r="D110" s="28" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>604</v>
+        <v>502</v>
+      </c>
+      <c r="E110" s="33">
+        <v>26295530</v>
       </c>
       <c r="F110" s="28" t="s">
-        <v>605</v>
+        <v>503</v>
       </c>
       <c r="G110" s="34" t="s">
-        <v>606</v>
+        <v>504</v>
       </c>
       <c r="H110" s="28" t="s">
-        <v>1156</v>
+        <v>981</v>
       </c>
       <c r="I110" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L110" s="28" t="s">
-        <v>1157</v>
+        <v>726</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>915</v>
+        <v>727</v>
       </c>
       <c r="N110" s="30" t="s">
-        <v>1158</v>
+        <v>982</v>
       </c>
       <c r="O110" s="5" t="s">
-        <v>1159</v>
+        <v>983</v>
       </c>
       <c r="P110" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q110" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R110" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S110" s="36" t="s">
-        <v>1515</v>
+        <v>1336</v>
       </c>
       <c r="T110" s="28"/>
       <c r="U110" s="28"/>
       <c r="V110" s="28"/>
       <c r="W110" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X110" s="29" t="s">
-        <v>1427</v>
+        <v>1175</v>
       </c>
       <c r="Y110" s="32">
         <v>44239</v>
       </c>
       <c r="Z110" s="37">
         <v>44243</v>
       </c>
       <c r="AA110" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB110" s="29" t="s">
-        <v>1516</v>
+        <v>1335</v>
       </c>
       <c r="AC110" s="37">
         <v>45999</v>
       </c>
       <c r="AD110" s="37">
         <v>46001</v>
       </c>
       <c r="AE110" s="38"/>
       <c r="AF110" s="39"/>
       <c r="AG110" s="40"/>
       <c r="AH110" s="39"/>
       <c r="AI110" s="40"/>
       <c r="AJ110" s="39"/>
       <c r="AK110" s="41"/>
     </row>
-    <row r="111" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="27">
         <v>105</v>
       </c>
       <c r="B111" s="28" t="s">
         <v>153</v>
       </c>
       <c r="C111" s="29">
-        <v>40203282215</v>
+        <v>40203270381</v>
       </c>
       <c r="D111" s="28" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>505</v>
+      </c>
+      <c r="E111" s="33">
+        <v>29186717</v>
       </c>
       <c r="F111" s="28" t="s">
-        <v>609</v>
+        <v>506</v>
       </c>
       <c r="G111" s="34" t="s">
-        <v>610</v>
+        <v>231</v>
       </c>
       <c r="H111" s="28" t="s">
-        <v>1160</v>
+        <v>505</v>
       </c>
       <c r="I111" s="30" t="s">
-        <v>878</v>
+        <v>984</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>878</v>
+        <v>939</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>878</v>
+        <v>786</v>
       </c>
       <c r="L111" s="28" t="s">
-        <v>902</v>
+        <v>985</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>903</v>
+        <v>986</v>
       </c>
       <c r="N111" s="30" t="s">
-        <v>1161</v>
+        <v>987</v>
       </c>
       <c r="O111" s="5" t="s">
-        <v>1162</v>
-[...3 lines deleted...]
-      </c>
+        <v>988</v>
+      </c>
+      <c r="P111" s="35"/>
       <c r="Q111" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R111" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S111" s="36" t="s">
-        <v>1517</v>
+        <v>1337</v>
       </c>
       <c r="T111" s="28"/>
       <c r="U111" s="28"/>
       <c r="V111" s="28"/>
       <c r="W111" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X111" s="29" t="s">
-        <v>1357</v>
+        <v>1249</v>
       </c>
       <c r="Y111" s="32">
         <v>44239</v>
       </c>
       <c r="Z111" s="37">
         <v>44243</v>
       </c>
       <c r="AA111" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB111" s="29" t="s">
-        <v>1516</v>
+        <v>1128</v>
       </c>
       <c r="AC111" s="37">
-        <v>45999</v>
+        <v>45973</v>
       </c>
       <c r="AD111" s="37">
-        <v>46001</v>
+        <v>45975</v>
       </c>
       <c r="AE111" s="38"/>
       <c r="AF111" s="39"/>
       <c r="AG111" s="40"/>
       <c r="AH111" s="39"/>
       <c r="AI111" s="40"/>
       <c r="AJ111" s="39"/>
       <c r="AK111" s="41"/>
     </row>
-    <row r="112" spans="1:37" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:37" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="27">
         <v>106</v>
       </c>
       <c r="B112" s="28" t="s">
         <v>154</v>
       </c>
       <c r="C112" s="29">
-        <v>40203270381</v>
+        <v>40203262100</v>
       </c>
       <c r="D112" s="28" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>507</v>
+      </c>
+      <c r="E112" s="33">
+        <v>20099693</v>
       </c>
       <c r="F112" s="28" t="s">
-        <v>613</v>
+        <v>508</v>
       </c>
       <c r="G112" s="34" t="s">
-        <v>234</v>
+        <v>509</v>
       </c>
       <c r="H112" s="28" t="s">
-        <v>611</v>
+        <v>989</v>
       </c>
       <c r="I112" s="30" t="s">
-        <v>1163</v>
+        <v>702</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>1118</v>
+        <v>702</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L112" s="28" t="s">
-        <v>1164</v>
+        <v>801</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>1165</v>
-[...3 lines deleted...]
-      </c>
+        <v>802</v>
+      </c>
+      <c r="N112" s="30"/>
       <c r="O112" s="5" t="s">
-        <v>1167</v>
-[...1 lines deleted...]
-      <c r="P112" s="35"/>
+        <v>711</v>
+      </c>
+      <c r="P112" s="35" t="s">
+        <v>1116</v>
+      </c>
       <c r="Q112" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R112" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S112" s="36" t="s">
-        <v>1518</v>
+        <v>1338</v>
       </c>
       <c r="T112" s="28"/>
       <c r="U112" s="28"/>
       <c r="V112" s="28"/>
       <c r="W112" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X112" s="29" t="s">
-        <v>1431</v>
+        <v>1339</v>
       </c>
       <c r="Y112" s="32">
         <v>44239</v>
       </c>
       <c r="Z112" s="37">
         <v>44243</v>
       </c>
       <c r="AA112" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB112" s="29" t="s">
-        <v>1308</v>
+        <v>1122</v>
       </c>
       <c r="AC112" s="37">
-        <v>45973</v>
+        <v>45912</v>
       </c>
       <c r="AD112" s="37">
-        <v>45975</v>
+        <v>45916</v>
       </c>
       <c r="AE112" s="38"/>
       <c r="AF112" s="39"/>
       <c r="AG112" s="40"/>
       <c r="AH112" s="39"/>
       <c r="AI112" s="40"/>
       <c r="AJ112" s="39"/>
       <c r="AK112" s="41"/>
     </row>
-    <row r="113" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="27">
         <v>107</v>
       </c>
       <c r="B113" s="28" t="s">
         <v>155</v>
       </c>
       <c r="C113" s="29">
-        <v>40203262100</v>
+        <v>44103148708</v>
       </c>
       <c r="D113" s="28" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>510</v>
+      </c>
+      <c r="E113" s="33">
+        <v>25912172</v>
       </c>
       <c r="F113" s="28" t="s">
-        <v>616</v>
+        <v>511</v>
       </c>
       <c r="G113" s="34" t="s">
-        <v>617</v>
+        <v>512</v>
       </c>
       <c r="H113" s="28" t="s">
-        <v>1168</v>
+        <v>510</v>
       </c>
       <c r="I113" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L113" s="28" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>981</v>
-[...1 lines deleted...]
-      <c r="N113" s="30"/>
+        <v>991</v>
+      </c>
+      <c r="N113" s="30" t="s">
+        <v>911</v>
+      </c>
       <c r="O113" s="5" t="s">
-        <v>887</v>
+        <v>912</v>
       </c>
       <c r="P113" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q113" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R113" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S113" s="36" t="s">
-        <v>1519</v>
+        <v>1340</v>
       </c>
       <c r="T113" s="28"/>
       <c r="U113" s="28"/>
       <c r="V113" s="28"/>
       <c r="W113" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X113" s="29" t="s">
-        <v>1520</v>
+        <v>1341</v>
       </c>
       <c r="Y113" s="32">
         <v>44239</v>
       </c>
       <c r="Z113" s="37">
         <v>44243</v>
       </c>
       <c r="AA113" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB113" s="29" t="s">
-        <v>1302</v>
+        <v>1134</v>
       </c>
       <c r="AC113" s="37">
-        <v>45912</v>
+        <v>45825</v>
       </c>
       <c r="AD113" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF113" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE113" s="38">
+        <v>37493.29</v>
+      </c>
+      <c r="AF113" s="39">
+        <v>45881</v>
+      </c>
       <c r="AG113" s="40"/>
       <c r="AH113" s="39"/>
       <c r="AI113" s="40"/>
       <c r="AJ113" s="39"/>
       <c r="AK113" s="41"/>
     </row>
-    <row r="114" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="27">
         <v>108</v>
       </c>
       <c r="B114" s="28" t="s">
         <v>156</v>
       </c>
       <c r="C114" s="29">
-        <v>44103148708</v>
+        <v>40103427007</v>
       </c>
       <c r="D114" s="28" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-        <v>619</v>
+        <v>513</v>
+      </c>
+      <c r="E114" s="33">
+        <v>67278008</v>
       </c>
       <c r="F114" s="28" t="s">
-        <v>620</v>
+        <v>514</v>
       </c>
       <c r="G114" s="34" t="s">
-        <v>621</v>
+        <v>515</v>
       </c>
       <c r="H114" s="28" t="s">
-        <v>618</v>
+        <v>992</v>
       </c>
       <c r="I114" s="30" t="s">
-        <v>878</v>
+        <v>993</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L114" s="28" t="s">
-        <v>1169</v>
+        <v>994</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>1170</v>
+        <v>995</v>
       </c>
       <c r="N114" s="30" t="s">
-        <v>1090</v>
+        <v>996</v>
       </c>
       <c r="O114" s="5" t="s">
-        <v>1091</v>
+        <v>997</v>
       </c>
       <c r="P114" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q114" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R114" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S114" s="36" t="s">
-        <v>1521</v>
-[...2 lines deleted...]
-      <c r="U114" s="28"/>
+        <v>1342</v>
+      </c>
+      <c r="T114" s="28" t="s">
+        <v>1159</v>
+      </c>
+      <c r="U114" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="V114" s="28"/>
       <c r="W114" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X114" s="29" t="s">
-        <v>1522</v>
+        <v>1183</v>
       </c>
       <c r="Y114" s="32">
-        <v>44239</v>
+        <v>44243</v>
       </c>
       <c r="Z114" s="37">
-        <v>44243</v>
+        <v>44245</v>
       </c>
       <c r="AA114" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB114" s="29" t="s">
-        <v>1314</v>
+        <v>1122</v>
       </c>
       <c r="AC114" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD114" s="37">
-        <v>45827</v>
+        <v>45916</v>
       </c>
       <c r="AE114" s="38">
-        <v>37493.29</v>
+        <v>39999.26</v>
       </c>
       <c r="AF114" s="39">
-        <v>45881</v>
+        <v>45672</v>
       </c>
       <c r="AG114" s="40"/>
       <c r="AH114" s="39"/>
       <c r="AI114" s="40"/>
       <c r="AJ114" s="39"/>
       <c r="AK114" s="41"/>
     </row>
-    <row r="115" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="27">
         <v>109</v>
       </c>
       <c r="B115" s="28" t="s">
         <v>157</v>
       </c>
       <c r="C115" s="29">
-        <v>40103427007</v>
+        <v>44103098248</v>
       </c>
       <c r="D115" s="28" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-        <v>623</v>
+        <v>516</v>
+      </c>
+      <c r="E115" s="33">
+        <v>29147111</v>
       </c>
       <c r="F115" s="28" t="s">
-        <v>624</v>
+        <v>517</v>
       </c>
       <c r="G115" s="34" t="s">
-        <v>625</v>
+        <v>518</v>
       </c>
       <c r="H115" s="28" t="s">
-        <v>1171</v>
+        <v>998</v>
       </c>
       <c r="I115" s="30" t="s">
-        <v>1172</v>
+        <v>999</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>1070</v>
+        <v>794</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>895</v>
+        <v>780</v>
       </c>
       <c r="L115" s="28" t="s">
-        <v>1173</v>
+        <v>1000</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>1174</v>
+        <v>1001</v>
       </c>
       <c r="N115" s="30" t="s">
-        <v>1175</v>
+        <v>867</v>
       </c>
       <c r="O115" s="5" t="s">
-        <v>1176</v>
+        <v>868</v>
       </c>
       <c r="P115" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q115" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R115" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S115" s="36" t="s">
-        <v>1523</v>
-[...6 lines deleted...]
-      </c>
+        <v>1343</v>
+      </c>
+      <c r="T115" s="28"/>
+      <c r="U115" s="28"/>
       <c r="V115" s="28"/>
       <c r="W115" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X115" s="29" t="s">
-        <v>1365</v>
+        <v>1344</v>
       </c>
       <c r="Y115" s="32">
         <v>44243</v>
       </c>
       <c r="Z115" s="37">
         <v>44245</v>
       </c>
       <c r="AA115" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB115" s="29" t="s">
-        <v>1302</v>
+        <v>1134</v>
       </c>
       <c r="AC115" s="37">
-        <v>45912</v>
+        <v>45825</v>
       </c>
       <c r="AD115" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE115" s="38"/>
+      <c r="AF115" s="39"/>
       <c r="AG115" s="40"/>
       <c r="AH115" s="39"/>
       <c r="AI115" s="40"/>
       <c r="AJ115" s="39"/>
       <c r="AK115" s="41"/>
     </row>
-    <row r="116" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="27">
         <v>110</v>
       </c>
       <c r="B116" s="28" t="s">
         <v>158</v>
       </c>
       <c r="C116" s="29">
-        <v>44103098248</v>
+        <v>40203275317</v>
       </c>
       <c r="D116" s="28" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>519</v>
+      </c>
+      <c r="E116" s="33">
+        <v>27523883</v>
       </c>
       <c r="F116" s="28" t="s">
-        <v>628</v>
+        <v>520</v>
       </c>
       <c r="G116" s="34" t="s">
-        <v>629</v>
+        <v>231</v>
       </c>
       <c r="H116" s="28" t="s">
-        <v>1177</v>
+        <v>1002</v>
       </c>
       <c r="I116" s="30" t="s">
-        <v>1178</v>
+        <v>702</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>973</v>
+        <v>702</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L116" s="28" t="s">
-        <v>1179</v>
+        <v>803</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>1180</v>
-[...3 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="N116" s="30"/>
       <c r="O116" s="5" t="s">
-        <v>1047</v>
+        <v>711</v>
       </c>
       <c r="P116" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q116" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R116" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S116" s="36" t="s">
-        <v>1524</v>
+        <v>1345</v>
       </c>
       <c r="T116" s="28"/>
       <c r="U116" s="28"/>
       <c r="V116" s="28"/>
       <c r="W116" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X116" s="29" t="s">
-        <v>1525</v>
+        <v>1346</v>
       </c>
       <c r="Y116" s="32">
         <v>44243</v>
       </c>
       <c r="Z116" s="37">
         <v>44245</v>
       </c>
       <c r="AA116" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB116" s="29" t="s">
-        <v>1314</v>
+        <v>1125</v>
       </c>
       <c r="AC116" s="37">
-        <v>45825</v>
+        <v>45869</v>
       </c>
       <c r="AD116" s="37">
-        <v>45827</v>
+        <v>45873</v>
       </c>
       <c r="AE116" s="38"/>
       <c r="AF116" s="39"/>
       <c r="AG116" s="40"/>
       <c r="AH116" s="39"/>
       <c r="AI116" s="40"/>
       <c r="AJ116" s="39"/>
       <c r="AK116" s="41"/>
     </row>
-    <row r="117" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A117" s="27">
         <v>111</v>
       </c>
       <c r="B117" s="28" t="s">
         <v>159</v>
       </c>
       <c r="C117" s="29">
-        <v>40203275317</v>
+        <v>42403048125</v>
       </c>
       <c r="D117" s="28" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>521</v>
+      </c>
+      <c r="E117" s="33">
+        <v>26184292</v>
       </c>
       <c r="F117" s="28" t="s">
-        <v>632</v>
+        <v>522</v>
       </c>
       <c r="G117" s="34" t="s">
-        <v>234</v>
+        <v>523</v>
       </c>
       <c r="H117" s="28" t="s">
-        <v>1181</v>
+        <v>1003</v>
       </c>
       <c r="I117" s="30" t="s">
-        <v>878</v>
+        <v>956</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>878</v>
+        <v>957</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L117" s="28" t="s">
-        <v>982</v>
+        <v>710</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>983</v>
-[...1 lines deleted...]
-      <c r="N117" s="30"/>
+        <v>706</v>
+      </c>
+      <c r="N117" s="30" t="s">
+        <v>724</v>
+      </c>
       <c r="O117" s="5" t="s">
-        <v>887</v>
+        <v>725</v>
       </c>
       <c r="P117" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q117" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R117" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S117" s="36" t="s">
-        <v>1526</v>
+        <v>1347</v>
       </c>
       <c r="T117" s="28"/>
       <c r="U117" s="28"/>
       <c r="V117" s="28"/>
       <c r="W117" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X117" s="29" t="s">
-        <v>1527</v>
+        <v>1303</v>
       </c>
       <c r="Y117" s="32">
-        <v>44243</v>
+        <v>44270</v>
       </c>
       <c r="Z117" s="37">
-        <v>44245</v>
+        <v>44272</v>
       </c>
       <c r="AA117" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB117" s="29" t="s">
-        <v>1305</v>
+        <v>1134</v>
       </c>
       <c r="AC117" s="37">
-        <v>45869</v>
+        <v>45825</v>
       </c>
       <c r="AD117" s="37">
-        <v>45873</v>
+        <v>45827</v>
       </c>
       <c r="AE117" s="38"/>
       <c r="AF117" s="39"/>
       <c r="AG117" s="40"/>
       <c r="AH117" s="39"/>
       <c r="AI117" s="40"/>
       <c r="AJ117" s="39"/>
       <c r="AK117" s="41"/>
     </row>
-    <row r="118" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A118" s="27">
         <v>112</v>
       </c>
       <c r="B118" s="28" t="s">
         <v>160</v>
       </c>
       <c r="C118" s="29">
-        <v>42403048125</v>
+        <v>40003565893</v>
       </c>
       <c r="D118" s="28" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>634</v>
+        <v>524</v>
+      </c>
+      <c r="E118" s="33">
+        <v>67553934</v>
       </c>
       <c r="F118" s="28" t="s">
-        <v>635</v>
+        <v>525</v>
       </c>
       <c r="G118" s="34" t="s">
-        <v>636</v>
+        <v>526</v>
       </c>
       <c r="H118" s="28" t="s">
-        <v>1182</v>
+        <v>1004</v>
       </c>
       <c r="I118" s="30" t="s">
-        <v>1135</v>
+        <v>993</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>1136</v>
+        <v>891</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L118" s="28" t="s">
-        <v>886</v>
+        <v>783</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="N118" s="30"/>
       <c r="O118" s="5" t="s">
-        <v>901</v>
+        <v>711</v>
       </c>
       <c r="P118" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q118" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R118" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S118" s="36" t="s">
-        <v>1528</v>
+        <v>1348</v>
       </c>
       <c r="T118" s="28"/>
       <c r="U118" s="28"/>
       <c r="V118" s="28"/>
       <c r="W118" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X118" s="29" t="s">
-        <v>1485</v>
+        <v>1312</v>
       </c>
       <c r="Y118" s="32">
-        <v>44270</v>
+        <v>44271</v>
       </c>
       <c r="Z118" s="37">
-        <v>44272</v>
+        <v>44273</v>
       </c>
       <c r="AA118" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB118" s="29" t="s">
-        <v>1314</v>
+        <v>1204</v>
       </c>
       <c r="AC118" s="37">
-        <v>45825</v>
+        <v>45856</v>
       </c>
       <c r="AD118" s="37">
-        <v>45827</v>
+        <v>45860</v>
       </c>
       <c r="AE118" s="38"/>
       <c r="AF118" s="39"/>
       <c r="AG118" s="40"/>
       <c r="AH118" s="39"/>
       <c r="AI118" s="40"/>
       <c r="AJ118" s="39"/>
       <c r="AK118" s="41"/>
     </row>
-    <row r="119" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="27">
         <v>113</v>
       </c>
       <c r="B119" s="28" t="s">
         <v>161</v>
       </c>
       <c r="C119" s="29">
-        <v>40003565893</v>
+        <v>43603049993</v>
       </c>
       <c r="D119" s="28" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>527</v>
+      </c>
+      <c r="E119" s="33">
+        <v>29160618</v>
       </c>
       <c r="F119" s="28" t="s">
-        <v>639</v>
+        <v>528</v>
       </c>
       <c r="G119" s="34" t="s">
-        <v>640</v>
+        <v>529</v>
       </c>
       <c r="H119" s="28" t="s">
-        <v>1183</v>
+        <v>1005</v>
       </c>
       <c r="I119" s="30" t="s">
-        <v>1172</v>
+        <v>737</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>1070</v>
+        <v>737</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>895</v>
+        <v>709</v>
       </c>
       <c r="L119" s="28" t="s">
-        <v>962</v>
+        <v>726</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="N119" s="30"/>
+        <v>727</v>
+      </c>
+      <c r="N119" s="30" t="s">
+        <v>911</v>
+      </c>
       <c r="O119" s="5" t="s">
-        <v>887</v>
+        <v>912</v>
       </c>
       <c r="P119" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q119" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R119" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S119" s="36" t="s">
-        <v>1529</v>
+        <v>1349</v>
       </c>
       <c r="T119" s="28"/>
       <c r="U119" s="28"/>
       <c r="V119" s="28"/>
       <c r="W119" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X119" s="29" t="s">
-        <v>1494</v>
+        <v>1350</v>
       </c>
       <c r="Y119" s="32">
-        <v>44271</v>
+        <v>44278</v>
       </c>
       <c r="Z119" s="37">
-        <v>44273</v>
+        <v>44280</v>
       </c>
       <c r="AA119" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB119" s="29" t="s">
-        <v>1386</v>
+        <v>1204</v>
       </c>
       <c r="AC119" s="37">
         <v>45856</v>
       </c>
       <c r="AD119" s="37">
         <v>45860</v>
       </c>
-      <c r="AE119" s="38"/>
-      <c r="AF119" s="39"/>
+      <c r="AE119" s="38">
+        <v>39785.800000000003</v>
+      </c>
+      <c r="AF119" s="39">
+        <v>45631</v>
+      </c>
       <c r="AG119" s="40"/>
       <c r="AH119" s="39"/>
       <c r="AI119" s="40"/>
       <c r="AJ119" s="39"/>
       <c r="AK119" s="41"/>
     </row>
-    <row r="120" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A120" s="27">
         <v>114</v>
       </c>
       <c r="B120" s="28" t="s">
         <v>162</v>
       </c>
       <c r="C120" s="29">
-        <v>43603049993</v>
+        <v>40103291086</v>
       </c>
       <c r="D120" s="28" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>530</v>
+      </c>
+      <c r="E120" s="33">
+        <v>29227943</v>
       </c>
       <c r="F120" s="28" t="s">
-        <v>643</v>
+        <v>531</v>
       </c>
       <c r="G120" s="34" t="s">
-        <v>644</v>
+        <v>231</v>
       </c>
       <c r="H120" s="28" t="s">
-        <v>1184</v>
+        <v>1006</v>
       </c>
       <c r="I120" s="30" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L120" s="28" t="s">
-        <v>902</v>
+        <v>730</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>903</v>
+        <v>731</v>
       </c>
       <c r="N120" s="30" t="s">
-        <v>1090</v>
+        <v>732</v>
       </c>
       <c r="O120" s="5" t="s">
-        <v>1091</v>
+        <v>733</v>
       </c>
       <c r="P120" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q120" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R120" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S120" s="36" t="s">
-        <v>1530</v>
+        <v>1351</v>
       </c>
       <c r="T120" s="28"/>
       <c r="U120" s="28"/>
       <c r="V120" s="28"/>
       <c r="W120" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X120" s="29" t="s">
-        <v>1531</v>
+        <v>1319</v>
       </c>
       <c r="Y120" s="32">
-        <v>44278</v>
+        <v>44280</v>
       </c>
       <c r="Z120" s="37">
-        <v>44280</v>
+        <v>44284</v>
       </c>
       <c r="AA120" s="28" t="s">
-        <v>1301</v>
+        <v>1218</v>
       </c>
       <c r="AB120" s="29" t="s">
-        <v>1386</v>
+        <v>1352</v>
       </c>
       <c r="AC120" s="37">
-        <v>45856</v>
+        <v>46014</v>
       </c>
       <c r="AD120" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>46021</v>
+      </c>
+      <c r="AE120" s="38"/>
+      <c r="AF120" s="39"/>
       <c r="AG120" s="40"/>
       <c r="AH120" s="39"/>
       <c r="AI120" s="40"/>
       <c r="AJ120" s="39"/>
       <c r="AK120" s="41"/>
     </row>
-    <row r="121" spans="1:38" s="31" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="27">
         <v>115</v>
       </c>
       <c r="B121" s="28" t="s">
         <v>163</v>
       </c>
       <c r="C121" s="29">
-        <v>40103291086</v>
+        <v>40003692178</v>
       </c>
       <c r="D121" s="28" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>532</v>
+      </c>
+      <c r="E121" s="33">
+        <v>29274938</v>
       </c>
       <c r="F121" s="28" t="s">
-        <v>647</v>
+        <v>533</v>
       </c>
       <c r="G121" s="34" t="s">
-        <v>234</v>
+        <v>534</v>
       </c>
       <c r="H121" s="28" t="s">
-        <v>1185</v>
+        <v>1007</v>
       </c>
       <c r="I121" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L121" s="28" t="s">
-        <v>906</v>
+        <v>1008</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>907</v>
+        <v>820</v>
       </c>
       <c r="N121" s="30" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="O121" s="5" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="P121" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q121" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R121" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S121" s="36" t="s">
-        <v>1532</v>
+        <v>1353</v>
       </c>
       <c r="T121" s="28"/>
       <c r="U121" s="28"/>
       <c r="V121" s="28"/>
       <c r="W121" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X121" s="29" t="s">
-        <v>1501</v>
+        <v>1354</v>
       </c>
       <c r="Y121" s="32">
-        <v>44280</v>
+        <v>44298</v>
       </c>
       <c r="Z121" s="37">
-        <v>44284</v>
+        <v>44300</v>
       </c>
       <c r="AA121" s="28" t="s">
-        <v>1400</v>
+        <v>1121</v>
       </c>
       <c r="AB121" s="29" t="s">
-        <v>1533</v>
+        <v>1142</v>
       </c>
       <c r="AC121" s="37">
-        <v>46014</v>
+        <v>45954</v>
       </c>
       <c r="AD121" s="37">
-        <v>46021</v>
+        <v>45958</v>
       </c>
       <c r="AE121" s="38"/>
       <c r="AF121" s="39"/>
       <c r="AG121" s="40"/>
       <c r="AH121" s="39"/>
       <c r="AI121" s="40"/>
       <c r="AJ121" s="39"/>
       <c r="AK121" s="41"/>
-      <c r="AL121" s="49"/>
     </row>
-    <row r="122" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:38" s="31" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="27">
         <v>116</v>
       </c>
       <c r="B122" s="28" t="s">
         <v>164</v>
       </c>
       <c r="C122" s="29">
-        <v>40003692178</v>
+        <v>40203280197</v>
       </c>
       <c r="D122" s="28" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-        <v>649</v>
+        <v>535</v>
+      </c>
+      <c r="E122" s="33">
+        <v>29177561</v>
       </c>
       <c r="F122" s="28" t="s">
-        <v>650</v>
+        <v>536</v>
       </c>
       <c r="G122" s="34" t="s">
-        <v>651</v>
+        <v>537</v>
       </c>
       <c r="H122" s="28" t="s">
-        <v>1186</v>
+        <v>1009</v>
       </c>
       <c r="I122" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L122" s="28" t="s">
-        <v>1187</v>
+        <v>805</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>806</v>
+      </c>
+      <c r="N122" s="30"/>
       <c r="O122" s="5" t="s">
-        <v>1093</v>
+        <v>711</v>
       </c>
       <c r="P122" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q122" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R122" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S122" s="36" t="s">
-        <v>1534</v>
+        <v>1355</v>
       </c>
       <c r="T122" s="28"/>
       <c r="U122" s="28"/>
       <c r="V122" s="28"/>
       <c r="W122" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X122" s="29" t="s">
-        <v>1535</v>
+        <v>1356</v>
       </c>
       <c r="Y122" s="32">
-        <v>44298</v>
+        <v>44299</v>
       </c>
       <c r="Z122" s="37">
-        <v>44300</v>
+        <v>44301</v>
       </c>
       <c r="AA122" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB122" s="29" t="s">
-        <v>1322</v>
+        <v>1134</v>
       </c>
       <c r="AC122" s="37">
-        <v>45954</v>
+        <v>45825</v>
       </c>
       <c r="AD122" s="37">
-        <v>45958</v>
-[...2 lines deleted...]
-      <c r="AF122" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE122" s="38">
+        <v>39995.65</v>
+      </c>
+      <c r="AF122" s="39">
+        <v>45616</v>
+      </c>
       <c r="AG122" s="40"/>
       <c r="AH122" s="39"/>
       <c r="AI122" s="40"/>
       <c r="AJ122" s="39"/>
       <c r="AK122" s="41"/>
+      <c r="AL122" s="49"/>
     </row>
-    <row r="123" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A123" s="27">
         <v>117</v>
       </c>
       <c r="B123" s="28" t="s">
         <v>165</v>
       </c>
       <c r="C123" s="29">
-        <v>40203280197</v>
+        <v>40203086060</v>
       </c>
       <c r="D123" s="28" t="s">
-        <v>652</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>538</v>
+      </c>
+      <c r="E123" s="33">
+        <v>26559229</v>
       </c>
       <c r="F123" s="28" t="s">
-        <v>654</v>
+        <v>539</v>
       </c>
       <c r="G123" s="34" t="s">
-        <v>655</v>
+        <v>540</v>
       </c>
       <c r="H123" s="28" t="s">
-        <v>1188</v>
+        <v>538</v>
       </c>
       <c r="I123" s="30" t="s">
-        <v>1054</v>
+        <v>702</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L123" s="28" t="s">
-        <v>984</v>
+        <v>730</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>985</v>
-[...1 lines deleted...]
-      <c r="N123" s="30"/>
+        <v>731</v>
+      </c>
+      <c r="N123" s="30" t="s">
+        <v>732</v>
+      </c>
       <c r="O123" s="5" t="s">
-        <v>887</v>
+        <v>733</v>
       </c>
       <c r="P123" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q123" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R123" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S123" s="36" t="s">
-        <v>1536</v>
+        <v>1357</v>
       </c>
       <c r="T123" s="28"/>
       <c r="U123" s="28"/>
       <c r="V123" s="28"/>
       <c r="W123" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X123" s="29" t="s">
-        <v>1537</v>
+        <v>1323</v>
       </c>
       <c r="Y123" s="32">
         <v>44299</v>
       </c>
       <c r="Z123" s="37">
         <v>44301</v>
       </c>
       <c r="AA123" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB123" s="29" t="s">
-        <v>1314</v>
+        <v>1122</v>
       </c>
       <c r="AC123" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD123" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE123" s="38"/>
+      <c r="AF123" s="39"/>
       <c r="AG123" s="40"/>
       <c r="AH123" s="39"/>
       <c r="AI123" s="40"/>
       <c r="AJ123" s="39"/>
-      <c r="AK123" s="47"/>
-      <c r="AL123" s="50"/>
+      <c r="AK123" s="41"/>
     </row>
-    <row r="124" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A124" s="27">
         <v>118</v>
       </c>
       <c r="B124" s="28" t="s">
         <v>166</v>
       </c>
       <c r="C124" s="29">
-        <v>40203086060</v>
+        <v>40103180289</v>
       </c>
       <c r="D124" s="28" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>541</v>
+      </c>
+      <c r="E124" s="33">
+        <v>29269703</v>
       </c>
       <c r="F124" s="28" t="s">
-        <v>658</v>
+        <v>542</v>
       </c>
       <c r="G124" s="34" t="s">
-        <v>659</v>
+        <v>543</v>
       </c>
       <c r="H124" s="28" t="s">
-        <v>656</v>
+        <v>1010</v>
       </c>
       <c r="I124" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L124" s="28" t="s">
-        <v>906</v>
+        <v>710</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>907</v>
+        <v>706</v>
       </c>
       <c r="N124" s="30" t="s">
-        <v>908</v>
+        <v>732</v>
       </c>
       <c r="O124" s="5" t="s">
-        <v>909</v>
+        <v>733</v>
       </c>
       <c r="P124" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q124" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R124" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S124" s="36" t="s">
-        <v>1538</v>
+        <v>1358</v>
       </c>
       <c r="T124" s="28"/>
       <c r="U124" s="28"/>
       <c r="V124" s="28"/>
       <c r="W124" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X124" s="29" t="s">
-        <v>1505</v>
+        <v>1359</v>
       </c>
       <c r="Y124" s="32">
-        <v>44299</v>
+        <v>44312</v>
       </c>
       <c r="Z124" s="37">
-        <v>44301</v>
+        <v>44314</v>
       </c>
       <c r="AA124" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB124" s="29" t="s">
-        <v>1302</v>
+        <v>1134</v>
       </c>
       <c r="AC124" s="37">
-        <v>45912</v>
+        <v>45825</v>
       </c>
       <c r="AD124" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF124" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE124" s="38">
+        <v>103851.42</v>
+      </c>
+      <c r="AF124" s="39">
+        <v>45680</v>
+      </c>
       <c r="AG124" s="40"/>
       <c r="AH124" s="39"/>
       <c r="AI124" s="40"/>
       <c r="AJ124" s="39"/>
       <c r="AK124" s="47"/>
       <c r="AL124" s="50"/>
     </row>
-    <row r="125" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="27">
         <v>119</v>
       </c>
       <c r="B125" s="28" t="s">
         <v>167</v>
       </c>
       <c r="C125" s="29">
-        <v>40103180289</v>
+        <v>40203310059</v>
       </c>
       <c r="D125" s="28" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>661</v>
+        <v>544</v>
+      </c>
+      <c r="E125" s="33">
+        <v>29134421</v>
       </c>
       <c r="F125" s="28" t="s">
-        <v>662</v>
+        <v>545</v>
       </c>
       <c r="G125" s="34" t="s">
-        <v>663</v>
+        <v>231</v>
       </c>
       <c r="H125" s="28" t="s">
-        <v>1189</v>
+        <v>1011</v>
       </c>
       <c r="I125" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L125" s="28" t="s">
-        <v>886</v>
+        <v>714</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>882</v>
+        <v>715</v>
       </c>
       <c r="N125" s="30" t="s">
-        <v>908</v>
+        <v>1012</v>
       </c>
       <c r="O125" s="5" t="s">
-        <v>909</v>
+        <v>1013</v>
       </c>
       <c r="P125" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q125" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R125" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S125" s="36" t="s">
-        <v>1539</v>
+        <v>1360</v>
       </c>
       <c r="T125" s="28"/>
       <c r="U125" s="28"/>
       <c r="V125" s="28"/>
       <c r="W125" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X125" s="29" t="s">
-        <v>1540</v>
+        <v>1361</v>
       </c>
       <c r="Y125" s="32">
         <v>44312</v>
       </c>
       <c r="Z125" s="37">
         <v>44314</v>
       </c>
       <c r="AA125" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB125" s="29" t="s">
-        <v>1314</v>
+        <v>1134</v>
       </c>
       <c r="AC125" s="37">
         <v>45825</v>
       </c>
       <c r="AD125" s="37">
         <v>45827</v>
       </c>
-      <c r="AE125" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE125" s="38"/>
+      <c r="AF125" s="39"/>
       <c r="AG125" s="40"/>
       <c r="AH125" s="39"/>
       <c r="AI125" s="40"/>
       <c r="AJ125" s="39"/>
       <c r="AK125" s="47"/>
       <c r="AL125" s="50"/>
     </row>
-    <row r="126" spans="1:38" s="42" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="27">
         <v>120</v>
       </c>
       <c r="B126" s="28" t="s">
         <v>168</v>
       </c>
       <c r="C126" s="29">
-        <v>40203310059</v>
+        <v>40003769933</v>
       </c>
       <c r="D126" s="28" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>546</v>
+      </c>
+      <c r="E126" s="33">
+        <v>26305171</v>
       </c>
       <c r="F126" s="28" t="s">
-        <v>666</v>
+        <v>547</v>
       </c>
       <c r="G126" s="34" t="s">
-        <v>234</v>
+        <v>548</v>
       </c>
       <c r="H126" s="28" t="s">
-        <v>1190</v>
+        <v>546</v>
       </c>
       <c r="I126" s="30" t="s">
-        <v>1054</v>
+        <v>702</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L126" s="28" t="s">
-        <v>890</v>
+        <v>703</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>891</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N126" s="30"/>
       <c r="O126" s="5" t="s">
-        <v>1192</v>
+        <v>711</v>
       </c>
       <c r="P126" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q126" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R126" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S126" s="36" t="s">
-        <v>1541</v>
+        <v>1362</v>
       </c>
       <c r="T126" s="28"/>
       <c r="U126" s="28"/>
       <c r="V126" s="28"/>
       <c r="W126" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X126" s="29" t="s">
-        <v>1542</v>
+        <v>1363</v>
       </c>
       <c r="Y126" s="32">
-        <v>44312</v>
+        <v>44313</v>
       </c>
       <c r="Z126" s="37">
-        <v>44314</v>
+        <v>44315</v>
       </c>
       <c r="AA126" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB126" s="29" t="s">
-        <v>1314</v>
+        <v>1163</v>
       </c>
       <c r="AC126" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD126" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF126" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE126" s="38">
+        <v>23999.99</v>
+      </c>
+      <c r="AF126" s="39">
+        <v>45959</v>
+      </c>
       <c r="AG126" s="40"/>
       <c r="AH126" s="39"/>
       <c r="AI126" s="40"/>
       <c r="AJ126" s="39"/>
-      <c r="AK126" s="41"/>
+      <c r="AK126" s="47"/>
+      <c r="AL126" s="50"/>
     </row>
-    <row r="127" spans="1:38" s="31" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:38" s="42" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="27">
         <v>121</v>
       </c>
       <c r="B127" s="28" t="s">
         <v>169</v>
       </c>
       <c r="C127" s="29">
-        <v>40003769933</v>
+        <v>40203266672</v>
       </c>
       <c r="D127" s="28" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>549</v>
+      </c>
+      <c r="E127" s="33">
+        <v>29233887</v>
       </c>
       <c r="F127" s="28" t="s">
-        <v>669</v>
+        <v>550</v>
       </c>
       <c r="G127" s="34" t="s">
-        <v>670</v>
+        <v>231</v>
       </c>
       <c r="H127" s="28" t="s">
-        <v>667</v>
+        <v>1014</v>
       </c>
       <c r="I127" s="30" t="s">
-        <v>878</v>
+        <v>1015</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>878</v>
+        <v>866</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L127" s="28" t="s">
-        <v>879</v>
+        <v>1016</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N127" s="30"/>
+        <v>1017</v>
+      </c>
+      <c r="N127" s="30" t="s">
+        <v>952</v>
+      </c>
       <c r="O127" s="5" t="s">
-        <v>887</v>
+        <v>953</v>
       </c>
       <c r="P127" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q127" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R127" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S127" s="36" t="s">
-        <v>1543</v>
-[...1 lines deleted...]
-      <c r="T127" s="28"/>
+        <v>1364</v>
+      </c>
+      <c r="T127" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="U127" s="28"/>
       <c r="V127" s="28"/>
       <c r="W127" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X127" s="29" t="s">
-        <v>1544</v>
+        <v>1365</v>
       </c>
       <c r="Y127" s="32">
         <v>44313</v>
       </c>
       <c r="Z127" s="37">
         <v>44315</v>
       </c>
       <c r="AA127" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB127" s="29" t="s">
-        <v>1345</v>
+        <v>1131</v>
       </c>
       <c r="AC127" s="37">
-        <v>45896</v>
+        <v>45803</v>
       </c>
       <c r="AD127" s="37">
-        <v>45898</v>
+        <v>45805</v>
       </c>
       <c r="AE127" s="38">
-        <v>23999.99</v>
+        <v>39638.519999999997</v>
       </c>
       <c r="AF127" s="39">
-        <v>45959</v>
+        <v>45636</v>
       </c>
       <c r="AG127" s="40"/>
       <c r="AH127" s="39"/>
       <c r="AI127" s="40"/>
       <c r="AJ127" s="39"/>
       <c r="AK127" s="41"/>
-      <c r="AL127" s="49"/>
     </row>
-    <row r="128" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:38" s="31" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="27">
         <v>122</v>
       </c>
       <c r="B128" s="28" t="s">
         <v>170</v>
       </c>
       <c r="C128" s="29">
-        <v>40203266672</v>
+        <v>40203302742</v>
       </c>
       <c r="D128" s="28" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>551</v>
+      </c>
+      <c r="E128" s="33">
+        <v>25669889</v>
       </c>
       <c r="F128" s="28" t="s">
-        <v>673</v>
+        <v>552</v>
       </c>
       <c r="G128" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H128" s="28" t="s">
-        <v>1193</v>
+        <v>551</v>
       </c>
       <c r="I128" s="30" t="s">
-        <v>1194</v>
+        <v>702</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>1045</v>
+        <v>702</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L128" s="28" t="s">
-        <v>1195</v>
+        <v>882</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>1196</v>
+        <v>883</v>
       </c>
       <c r="N128" s="30" t="s">
-        <v>1131</v>
+        <v>732</v>
       </c>
       <c r="O128" s="5" t="s">
-        <v>1132</v>
+        <v>733</v>
       </c>
       <c r="P128" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q128" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R128" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S128" s="36" t="s">
-        <v>1545</v>
-[...3 lines deleted...]
-      </c>
+        <v>1366</v>
+      </c>
+      <c r="T128" s="28"/>
       <c r="U128" s="28"/>
       <c r="V128" s="28"/>
       <c r="W128" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X128" s="29" t="s">
-        <v>1546</v>
+        <v>1367</v>
       </c>
       <c r="Y128" s="32">
-        <v>44313</v>
+        <v>44341</v>
       </c>
       <c r="Z128" s="37">
-        <v>44315</v>
+        <v>44343</v>
       </c>
       <c r="AA128" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB128" s="29" t="s">
-        <v>1311</v>
+        <v>1134</v>
       </c>
       <c r="AC128" s="37">
-        <v>45803</v>
+        <v>45825</v>
       </c>
       <c r="AD128" s="37">
-        <v>45805</v>
+        <v>45827</v>
       </c>
       <c r="AE128" s="38">
-        <v>39638.519999999997</v>
+        <v>50314.94</v>
       </c>
       <c r="AF128" s="39">
-        <v>45636</v>
+        <v>45602</v>
       </c>
       <c r="AG128" s="40"/>
       <c r="AH128" s="39"/>
       <c r="AI128" s="40"/>
       <c r="AJ128" s="39"/>
-      <c r="AK128" s="47"/>
-      <c r="AL128" s="50"/>
+      <c r="AK128" s="41"/>
+      <c r="AL128" s="49"/>
     </row>
-    <row r="129" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="27">
         <v>123</v>
       </c>
       <c r="B129" s="28" t="s">
         <v>171</v>
       </c>
       <c r="C129" s="29">
-        <v>40203302742</v>
+        <v>43603036236</v>
       </c>
       <c r="D129" s="28" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>675</v>
+        <v>553</v>
+      </c>
+      <c r="E129" s="33">
+        <v>29608440</v>
       </c>
       <c r="F129" s="28" t="s">
-        <v>676</v>
+        <v>554</v>
       </c>
       <c r="G129" s="34" t="s">
-        <v>234</v>
+        <v>555</v>
       </c>
       <c r="H129" s="28" t="s">
-        <v>674</v>
+        <v>1018</v>
       </c>
       <c r="I129" s="30" t="s">
-        <v>878</v>
+        <v>737</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>878</v>
+        <v>737</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L129" s="28" t="s">
-        <v>1061</v>
+        <v>726</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>1062</v>
-[...3 lines deleted...]
-      </c>
+        <v>727</v>
+      </c>
+      <c r="N129" s="30"/>
       <c r="O129" s="5" t="s">
-        <v>909</v>
+        <v>711</v>
       </c>
       <c r="P129" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q129" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R129" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S129" s="36" t="s">
-        <v>1547</v>
+        <v>1368</v>
       </c>
       <c r="T129" s="28"/>
       <c r="U129" s="28"/>
       <c r="V129" s="28"/>
       <c r="W129" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X129" s="29" t="s">
-        <v>1548</v>
+        <v>1369</v>
       </c>
       <c r="Y129" s="32">
-        <v>44341</v>
+        <v>44342</v>
       </c>
       <c r="Z129" s="37">
-        <v>44343</v>
+        <v>44344</v>
       </c>
       <c r="AA129" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB129" s="29" t="s">
-        <v>1314</v>
+        <v>1128</v>
       </c>
       <c r="AC129" s="37">
-        <v>45825</v>
+        <v>45973</v>
       </c>
       <c r="AD129" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE129" s="38"/>
+      <c r="AF129" s="39"/>
       <c r="AG129" s="40"/>
       <c r="AH129" s="39"/>
       <c r="AI129" s="40"/>
       <c r="AJ129" s="39"/>
       <c r="AK129" s="47"/>
       <c r="AL129" s="50"/>
     </row>
-    <row r="130" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="27">
         <v>124</v>
       </c>
       <c r="B130" s="28" t="s">
         <v>172</v>
       </c>
       <c r="C130" s="29">
-        <v>43603036236</v>
+        <v>40003289189</v>
       </c>
       <c r="D130" s="28" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>678</v>
+        <v>556</v>
+      </c>
+      <c r="E130" s="33">
+        <v>64127111</v>
       </c>
       <c r="F130" s="28" t="s">
-        <v>679</v>
+        <v>557</v>
       </c>
       <c r="G130" s="34" t="s">
-        <v>680</v>
+        <v>558</v>
       </c>
       <c r="H130" s="28" t="s">
-        <v>1197</v>
+        <v>1019</v>
       </c>
       <c r="I130" s="30" t="s">
-        <v>913</v>
+        <v>778</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>913</v>
+        <v>779</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>885</v>
+        <v>780</v>
       </c>
       <c r="L130" s="28" t="s">
-        <v>902</v>
+        <v>870</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="N130" s="30"/>
+        <v>871</v>
+      </c>
+      <c r="N130" s="30" t="s">
+        <v>703</v>
+      </c>
       <c r="O130" s="5" t="s">
-        <v>887</v>
+        <v>704</v>
       </c>
       <c r="P130" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q130" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R130" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S130" s="36" t="s">
-        <v>1549</v>
+        <v>1370</v>
       </c>
       <c r="T130" s="28"/>
       <c r="U130" s="28"/>
       <c r="V130" s="28"/>
       <c r="W130" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X130" s="29" t="s">
-        <v>1550</v>
+        <v>1136</v>
       </c>
       <c r="Y130" s="32">
-        <v>44342</v>
+        <v>44424</v>
       </c>
       <c r="Z130" s="37">
-        <v>44344</v>
+        <v>44426</v>
       </c>
       <c r="AA130" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB130" s="29" t="s">
-        <v>1308</v>
+        <v>1157</v>
       </c>
       <c r="AC130" s="37">
-        <v>45973</v>
+        <v>45940</v>
       </c>
       <c r="AD130" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF130" s="39"/>
+        <v>45944</v>
+      </c>
+      <c r="AE130" s="38">
+        <v>198600</v>
+      </c>
+      <c r="AF130" s="39">
+        <v>45706</v>
+      </c>
       <c r="AG130" s="40"/>
       <c r="AH130" s="39"/>
       <c r="AI130" s="40"/>
       <c r="AJ130" s="39"/>
       <c r="AK130" s="47"/>
       <c r="AL130" s="50"/>
     </row>
-    <row r="131" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="27">
         <v>125</v>
       </c>
       <c r="B131" s="28" t="s">
         <v>173</v>
       </c>
       <c r="C131" s="29">
-        <v>40003289189</v>
+        <v>40203335438</v>
       </c>
       <c r="D131" s="28" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>682</v>
+        <v>559</v>
+      </c>
+      <c r="E131" s="33">
+        <v>25975128</v>
       </c>
       <c r="F131" s="28" t="s">
-        <v>683</v>
+        <v>560</v>
       </c>
       <c r="G131" s="34" t="s">
-        <v>684</v>
+        <v>231</v>
       </c>
       <c r="H131" s="28" t="s">
-        <v>1198</v>
+        <v>1020</v>
       </c>
       <c r="I131" s="30" t="s">
-        <v>957</v>
+        <v>1021</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>958</v>
+        <v>910</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>959</v>
+        <v>719</v>
       </c>
       <c r="L131" s="28" t="s">
-        <v>1049</v>
+        <v>703</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>1050</v>
+        <v>704</v>
       </c>
       <c r="N131" s="30" t="s">
-        <v>879</v>
+        <v>791</v>
       </c>
       <c r="O131" s="5" t="s">
-        <v>880</v>
+        <v>792</v>
       </c>
       <c r="P131" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q131" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R131" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S131" s="36" t="s">
-        <v>1551</v>
+        <v>1371</v>
       </c>
       <c r="T131" s="28"/>
       <c r="U131" s="28"/>
       <c r="V131" s="28"/>
       <c r="W131" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X131" s="29" t="s">
-        <v>1316</v>
+        <v>1144</v>
       </c>
       <c r="Y131" s="32">
-        <v>44424</v>
+        <v>44445</v>
       </c>
       <c r="Z131" s="37">
-        <v>44426</v>
+        <v>44447</v>
       </c>
       <c r="AA131" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB131" s="29" t="s">
-        <v>1337</v>
+        <v>1157</v>
       </c>
       <c r="AC131" s="37">
         <v>45940</v>
       </c>
       <c r="AD131" s="37">
         <v>45944</v>
       </c>
-      <c r="AE131" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE131" s="38"/>
+      <c r="AF131" s="39"/>
       <c r="AG131" s="40"/>
       <c r="AH131" s="39"/>
       <c r="AI131" s="40"/>
       <c r="AJ131" s="39"/>
       <c r="AK131" s="47"/>
       <c r="AL131" s="50"/>
     </row>
-    <row r="132" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A132" s="27">
         <v>126</v>
       </c>
       <c r="B132" s="28" t="s">
         <v>174</v>
       </c>
       <c r="C132" s="29">
-        <v>40203335438</v>
+        <v>40203320220</v>
       </c>
       <c r="D132" s="28" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>561</v>
+      </c>
+      <c r="E132" s="33">
+        <v>26479941</v>
       </c>
       <c r="F132" s="28" t="s">
-        <v>687</v>
+        <v>562</v>
       </c>
       <c r="G132" s="34" t="s">
-        <v>234</v>
+        <v>563</v>
       </c>
       <c r="H132" s="28" t="s">
-        <v>1199</v>
+        <v>1022</v>
       </c>
       <c r="I132" s="30" t="s">
-        <v>1200</v>
+        <v>707</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>1089</v>
+        <v>708</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>895</v>
+        <v>709</v>
       </c>
       <c r="L132" s="28" t="s">
-        <v>879</v>
+        <v>1023</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>880</v>
+        <v>1024</v>
       </c>
       <c r="N132" s="30" t="s">
-        <v>970</v>
+        <v>760</v>
       </c>
       <c r="O132" s="5" t="s">
-        <v>971</v>
+        <v>761</v>
       </c>
       <c r="P132" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q132" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R132" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S132" s="36" t="s">
-        <v>1552</v>
+        <v>1372</v>
       </c>
       <c r="T132" s="28"/>
       <c r="U132" s="28"/>
       <c r="V132" s="28"/>
       <c r="W132" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X132" s="29" t="s">
-        <v>1324</v>
+        <v>1147</v>
       </c>
       <c r="Y132" s="32">
         <v>44445</v>
       </c>
       <c r="Z132" s="37">
         <v>44447</v>
       </c>
       <c r="AA132" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB132" s="29" t="s">
-        <v>1337</v>
+        <v>1125</v>
       </c>
       <c r="AC132" s="37">
-        <v>45940</v>
+        <v>45869</v>
       </c>
       <c r="AD132" s="37">
-        <v>45944</v>
+        <v>45873</v>
       </c>
       <c r="AE132" s="38"/>
       <c r="AF132" s="39"/>
       <c r="AG132" s="40"/>
       <c r="AH132" s="39"/>
       <c r="AI132" s="40"/>
       <c r="AJ132" s="39"/>
       <c r="AK132" s="47"/>
       <c r="AL132" s="50"/>
     </row>
-    <row r="133" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A133" s="27">
         <v>127</v>
       </c>
       <c r="B133" s="28" t="s">
         <v>175</v>
       </c>
       <c r="C133" s="29">
-        <v>40203320220</v>
+        <v>40203338631</v>
       </c>
       <c r="D133" s="28" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>564</v>
+      </c>
+      <c r="E133" s="33">
+        <v>25982482</v>
       </c>
       <c r="F133" s="28" t="s">
-        <v>690</v>
+        <v>565</v>
       </c>
       <c r="G133" s="34" t="s">
-        <v>691</v>
+        <v>566</v>
       </c>
       <c r="H133" s="28" t="s">
-        <v>1201</v>
+        <v>1025</v>
       </c>
       <c r="I133" s="30" t="s">
-        <v>883</v>
+        <v>702</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>884</v>
+        <v>702</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L133" s="28" t="s">
-        <v>1202</v>
+        <v>751</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>1203</v>
-[...3 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="N133" s="30"/>
       <c r="O133" s="5" t="s">
-        <v>937</v>
+        <v>711</v>
       </c>
       <c r="P133" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q133" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R133" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S133" s="36" t="s">
-        <v>1553</v>
+        <v>1373</v>
       </c>
       <c r="T133" s="28"/>
       <c r="U133" s="28"/>
       <c r="V133" s="28"/>
       <c r="W133" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X133" s="29" t="s">
-        <v>1327</v>
+        <v>1374</v>
       </c>
       <c r="Y133" s="32">
         <v>44445</v>
       </c>
       <c r="Z133" s="37">
         <v>44447</v>
       </c>
       <c r="AA133" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB133" s="29" t="s">
-        <v>1305</v>
+        <v>1184</v>
       </c>
       <c r="AC133" s="37">
-        <v>45869</v>
+        <v>46013</v>
       </c>
       <c r="AD133" s="37">
-        <v>45873</v>
+        <v>46020</v>
       </c>
       <c r="AE133" s="38"/>
       <c r="AF133" s="39"/>
       <c r="AG133" s="40"/>
       <c r="AH133" s="39"/>
       <c r="AI133" s="40"/>
       <c r="AJ133" s="39"/>
       <c r="AK133" s="47"/>
       <c r="AL133" s="50"/>
     </row>
-    <row r="134" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="27">
         <v>128</v>
       </c>
       <c r="B134" s="28" t="s">
         <v>176</v>
       </c>
       <c r="C134" s="29">
-        <v>40203338631</v>
+        <v>40203340689</v>
       </c>
       <c r="D134" s="28" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>567</v>
+      </c>
+      <c r="E134" s="33">
+        <v>28707807</v>
       </c>
       <c r="F134" s="28" t="s">
-        <v>694</v>
+        <v>568</v>
       </c>
       <c r="G134" s="34" t="s">
-        <v>695</v>
+        <v>231</v>
       </c>
       <c r="H134" s="28" t="s">
-        <v>1204</v>
+        <v>1026</v>
       </c>
       <c r="I134" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L134" s="28" t="s">
-        <v>927</v>
+        <v>710</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>928</v>
-[...1 lines deleted...]
-      <c r="N134" s="30"/>
+        <v>706</v>
+      </c>
+      <c r="N134" s="30" t="s">
+        <v>732</v>
+      </c>
       <c r="O134" s="5" t="s">
-        <v>887</v>
+        <v>733</v>
       </c>
       <c r="P134" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q134" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R134" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S134" s="36" t="s">
-        <v>1554</v>
+        <v>1375</v>
       </c>
       <c r="T134" s="28"/>
       <c r="U134" s="28"/>
       <c r="V134" s="28"/>
       <c r="W134" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X134" s="29" t="s">
-        <v>1555</v>
+        <v>1376</v>
       </c>
       <c r="Y134" s="32">
-        <v>44445</v>
+        <v>44466</v>
       </c>
       <c r="Z134" s="37">
-        <v>44447</v>
+        <v>44468</v>
       </c>
       <c r="AA134" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB134" s="29" t="s">
-        <v>1366</v>
+        <v>1131</v>
       </c>
       <c r="AC134" s="37">
-        <v>46013</v>
+        <v>45803</v>
       </c>
       <c r="AD134" s="37">
-        <v>46020</v>
+        <v>45805</v>
       </c>
       <c r="AE134" s="38"/>
       <c r="AF134" s="39"/>
       <c r="AG134" s="40"/>
       <c r="AH134" s="39"/>
       <c r="AI134" s="40"/>
       <c r="AJ134" s="39"/>
       <c r="AK134" s="47"/>
       <c r="AL134" s="50"/>
     </row>
-    <row r="135" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="27">
         <v>129</v>
       </c>
       <c r="B135" s="28" t="s">
         <v>177</v>
       </c>
       <c r="C135" s="29">
-        <v>40203340689</v>
+        <v>40203302865</v>
       </c>
       <c r="D135" s="28" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>569</v>
+      </c>
+      <c r="E135" s="33">
+        <v>29448087</v>
       </c>
       <c r="F135" s="28" t="s">
-        <v>698</v>
+        <v>570</v>
       </c>
       <c r="G135" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H135" s="28" t="s">
-        <v>1205</v>
+        <v>1027</v>
       </c>
       <c r="I135" s="30" t="s">
-        <v>878</v>
+        <v>1028</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>878</v>
+        <v>735</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L135" s="28" t="s">
-        <v>886</v>
+        <v>703</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>882</v>
+        <v>704</v>
       </c>
       <c r="N135" s="30" t="s">
-        <v>908</v>
+        <v>1029</v>
       </c>
       <c r="O135" s="5" t="s">
-        <v>909</v>
+        <v>1030</v>
       </c>
       <c r="P135" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q135" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R135" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S135" s="36" t="s">
-        <v>1556</v>
+        <v>1377</v>
       </c>
       <c r="T135" s="28"/>
       <c r="U135" s="28"/>
       <c r="V135" s="28"/>
       <c r="W135" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X135" s="29" t="s">
-        <v>1557</v>
+        <v>1378</v>
       </c>
       <c r="Y135" s="32">
-        <v>44466</v>
+        <v>44488</v>
       </c>
       <c r="Z135" s="37">
-        <v>44468</v>
+        <v>44490</v>
       </c>
       <c r="AA135" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB135" s="29" t="s">
-        <v>1311</v>
+        <v>1142</v>
       </c>
       <c r="AC135" s="37">
-        <v>45803</v>
+        <v>45954</v>
       </c>
       <c r="AD135" s="37">
-        <v>45805</v>
+        <v>45958</v>
       </c>
       <c r="AE135" s="38"/>
       <c r="AF135" s="39"/>
       <c r="AG135" s="40"/>
       <c r="AH135" s="39"/>
       <c r="AI135" s="40"/>
       <c r="AJ135" s="39"/>
       <c r="AK135" s="47"/>
       <c r="AL135" s="50"/>
     </row>
-    <row r="136" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="27">
         <v>130</v>
       </c>
       <c r="B136" s="28" t="s">
         <v>178</v>
       </c>
       <c r="C136" s="29">
-        <v>40203302865</v>
+        <v>40203347155</v>
       </c>
       <c r="D136" s="28" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>571</v>
+      </c>
+      <c r="E136" s="33">
+        <v>25904065</v>
       </c>
       <c r="F136" s="28" t="s">
-        <v>701</v>
+        <v>572</v>
       </c>
       <c r="G136" s="34" t="s">
-        <v>234</v>
+        <v>573</v>
       </c>
       <c r="H136" s="28" t="s">
-        <v>1206</v>
+        <v>571</v>
       </c>
       <c r="I136" s="30" t="s">
-        <v>1207</v>
+        <v>702</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>911</v>
+        <v>702</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L136" s="28" t="s">
-        <v>879</v>
+        <v>1031</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>1032</v>
+      </c>
+      <c r="N136" s="30"/>
       <c r="O136" s="5" t="s">
-        <v>1209</v>
+        <v>711</v>
       </c>
       <c r="P136" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q136" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R136" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S136" s="36" t="s">
-        <v>1558</v>
+        <v>1379</v>
       </c>
       <c r="T136" s="28"/>
       <c r="U136" s="28"/>
       <c r="V136" s="28"/>
       <c r="W136" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X136" s="29" t="s">
-        <v>1559</v>
+        <v>1380</v>
       </c>
       <c r="Y136" s="32">
-        <v>44488</v>
+        <v>44509</v>
       </c>
       <c r="Z136" s="37">
-        <v>44490</v>
+        <v>44511</v>
       </c>
       <c r="AA136" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB136" s="29" t="s">
-        <v>1322</v>
+        <v>1122</v>
       </c>
       <c r="AC136" s="37">
-        <v>45954</v>
+        <v>45912</v>
       </c>
       <c r="AD136" s="37">
-        <v>45958</v>
+        <v>45916</v>
       </c>
       <c r="AE136" s="38"/>
       <c r="AF136" s="39"/>
       <c r="AG136" s="40"/>
       <c r="AH136" s="39"/>
       <c r="AI136" s="40"/>
       <c r="AJ136" s="39"/>
       <c r="AK136" s="47"/>
       <c r="AL136" s="50"/>
     </row>
-    <row r="137" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A137" s="27">
         <v>131</v>
       </c>
       <c r="B137" s="28" t="s">
         <v>179</v>
       </c>
       <c r="C137" s="29">
-        <v>40203347155</v>
+        <v>40203351860</v>
       </c>
       <c r="D137" s="28" t="s">
+        <v>574</v>
+      </c>
+      <c r="E137" s="33">
+        <v>26304169</v>
+      </c>
+      <c r="F137" s="28" t="s">
+        <v>575</v>
+      </c>
+      <c r="G137" s="34" t="s">
+        <v>576</v>
+      </c>
+      <c r="H137" s="28" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I137" s="30" t="s">
         <v>702</v>
       </c>
-      <c r="E137" s="33" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J137" s="5" t="s">
-        <v>1045</v>
+        <v>702</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L137" s="28" t="s">
-        <v>1212</v>
+        <v>1034</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>1213</v>
-[...1 lines deleted...]
-      <c r="N137" s="30"/>
+        <v>802</v>
+      </c>
+      <c r="N137" s="30" t="s">
+        <v>1035</v>
+      </c>
       <c r="O137" s="5" t="s">
-        <v>887</v>
+        <v>1036</v>
       </c>
       <c r="P137" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q137" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R137" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S137" s="36" t="s">
-        <v>1560</v>
+        <v>1381</v>
       </c>
       <c r="T137" s="28"/>
       <c r="U137" s="28"/>
       <c r="V137" s="28"/>
       <c r="W137" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X137" s="29" t="s">
-        <v>1561</v>
+        <v>1382</v>
       </c>
       <c r="Y137" s="32">
         <v>44509</v>
       </c>
       <c r="Z137" s="37">
         <v>44511</v>
       </c>
       <c r="AA137" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB137" s="29" t="s">
-        <v>1302</v>
+        <v>1131</v>
       </c>
       <c r="AC137" s="37">
-        <v>45912</v>
+        <v>45803</v>
       </c>
       <c r="AD137" s="37">
-        <v>45916</v>
+        <v>45805</v>
       </c>
       <c r="AE137" s="38"/>
       <c r="AF137" s="39"/>
       <c r="AG137" s="40"/>
       <c r="AH137" s="39"/>
       <c r="AI137" s="40"/>
       <c r="AJ137" s="39"/>
       <c r="AK137" s="47"/>
       <c r="AL137" s="50"/>
     </row>
-    <row r="138" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A138" s="27">
         <v>132</v>
       </c>
       <c r="B138" s="28" t="s">
         <v>180</v>
       </c>
       <c r="C138" s="29">
-        <v>40203351860</v>
+        <v>40203353240</v>
       </c>
       <c r="D138" s="28" t="s">
-        <v>706</v>
-[...2 lines deleted...]
-        <v>707</v>
+        <v>577</v>
+      </c>
+      <c r="E138" s="33">
+        <v>29881187</v>
       </c>
       <c r="F138" s="28" t="s">
-        <v>708</v>
+        <v>578</v>
       </c>
       <c r="G138" s="34" t="s">
-        <v>709</v>
+        <v>579</v>
       </c>
       <c r="H138" s="28" t="s">
-        <v>1214</v>
+        <v>577</v>
       </c>
       <c r="I138" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L138" s="28" t="s">
-        <v>1215</v>
+        <v>738</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>981</v>
+        <v>739</v>
       </c>
       <c r="N138" s="30" t="s">
-        <v>1216</v>
+        <v>775</v>
       </c>
       <c r="O138" s="5" t="s">
-        <v>1217</v>
+        <v>776</v>
       </c>
       <c r="P138" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q138" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R138" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S138" s="36" t="s">
-        <v>1562</v>
+        <v>1383</v>
       </c>
       <c r="T138" s="28"/>
       <c r="U138" s="28"/>
       <c r="V138" s="28"/>
       <c r="W138" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X138" s="29" t="s">
-        <v>1563</v>
+        <v>1384</v>
       </c>
       <c r="Y138" s="32">
         <v>44509</v>
       </c>
       <c r="Z138" s="37">
         <v>44511</v>
       </c>
       <c r="AA138" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB138" s="29" t="s">
-        <v>1311</v>
+        <v>1204</v>
       </c>
       <c r="AC138" s="37">
-        <v>45803</v>
+        <v>45856</v>
       </c>
       <c r="AD138" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-      <c r="AF138" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE138" s="38">
+        <v>53406.400000000001</v>
+      </c>
+      <c r="AF138" s="39">
+        <v>45588</v>
+      </c>
       <c r="AG138" s="40"/>
       <c r="AH138" s="39"/>
       <c r="AI138" s="40"/>
       <c r="AJ138" s="39"/>
       <c r="AK138" s="47"/>
       <c r="AL138" s="50"/>
     </row>
-    <row r="139" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="27">
         <v>133</v>
       </c>
       <c r="B139" s="28" t="s">
         <v>181</v>
       </c>
       <c r="C139" s="29">
-        <v>40203353240</v>
+        <v>40003554480</v>
       </c>
       <c r="D139" s="28" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>711</v>
+        <v>580</v>
+      </c>
+      <c r="E139" s="33">
+        <v>29404821</v>
       </c>
       <c r="F139" s="28" t="s">
-        <v>712</v>
+        <v>581</v>
       </c>
       <c r="G139" s="34" t="s">
-        <v>713</v>
+        <v>582</v>
       </c>
       <c r="H139" s="28" t="s">
-        <v>710</v>
+        <v>1037</v>
       </c>
       <c r="I139" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L139" s="28" t="s">
-        <v>914</v>
+        <v>1038</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>915</v>
+        <v>1039</v>
       </c>
       <c r="N139" s="30" t="s">
-        <v>954</v>
+        <v>827</v>
       </c>
       <c r="O139" s="5" t="s">
-        <v>955</v>
+        <v>828</v>
       </c>
       <c r="P139" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q139" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R139" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S139" s="36" t="s">
-        <v>1564</v>
+        <v>1385</v>
       </c>
       <c r="T139" s="28"/>
       <c r="U139" s="28"/>
       <c r="V139" s="28"/>
       <c r="W139" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X139" s="29" t="s">
-        <v>1565</v>
+        <v>1327</v>
       </c>
       <c r="Y139" s="32">
-        <v>44509</v>
+        <v>44579</v>
       </c>
       <c r="Z139" s="37">
-        <v>44511</v>
+        <v>44581</v>
       </c>
       <c r="AA139" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB139" s="29" t="s">
-        <v>1386</v>
+        <v>1134</v>
       </c>
       <c r="AC139" s="37">
-        <v>45856</v>
+        <v>45825</v>
       </c>
       <c r="AD139" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE139" s="38"/>
+      <c r="AF139" s="39"/>
       <c r="AG139" s="40"/>
       <c r="AH139" s="39"/>
       <c r="AI139" s="40"/>
       <c r="AJ139" s="39"/>
       <c r="AK139" s="47"/>
       <c r="AL139" s="50"/>
     </row>
-    <row r="140" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A140" s="27">
         <v>134</v>
       </c>
       <c r="B140" s="28" t="s">
         <v>182</v>
       </c>
       <c r="C140" s="29">
-        <v>40003554480</v>
+        <v>40203361661</v>
       </c>
       <c r="D140" s="28" t="s">
-        <v>714</v>
+        <v>583</v>
       </c>
       <c r="E140" s="33" t="s">
-        <v>715</v>
+        <v>584</v>
       </c>
       <c r="F140" s="28" t="s">
-        <v>716</v>
+        <v>585</v>
       </c>
       <c r="G140" s="34" t="s">
-        <v>717</v>
+        <v>586</v>
       </c>
       <c r="H140" s="28" t="s">
-        <v>1218</v>
+        <v>1040</v>
       </c>
       <c r="I140" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L140" s="28" t="s">
-        <v>1219</v>
+        <v>833</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1220</v>
+        <v>834</v>
       </c>
       <c r="N140" s="30" t="s">
-        <v>1006</v>
+        <v>1041</v>
       </c>
       <c r="O140" s="5" t="s">
-        <v>1007</v>
+        <v>1042</v>
       </c>
       <c r="P140" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q140" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R140" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S140" s="36" t="s">
-        <v>1566</v>
+        <v>1386</v>
       </c>
       <c r="T140" s="28"/>
       <c r="U140" s="28"/>
       <c r="V140" s="28"/>
       <c r="W140" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X140" s="29" t="s">
-        <v>1342</v>
+        <v>1162</v>
       </c>
       <c r="Y140" s="32">
         <v>44579</v>
       </c>
       <c r="Z140" s="37">
         <v>44581</v>
       </c>
       <c r="AA140" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB140" s="29" t="s">
-        <v>1314</v>
+        <v>1134</v>
       </c>
       <c r="AC140" s="37">
         <v>45825</v>
       </c>
       <c r="AD140" s="37">
         <v>45827</v>
       </c>
       <c r="AE140" s="38"/>
       <c r="AF140" s="39"/>
       <c r="AG140" s="40"/>
       <c r="AH140" s="39"/>
       <c r="AI140" s="40"/>
       <c r="AJ140" s="39"/>
       <c r="AK140" s="47"/>
       <c r="AL140" s="50"/>
     </row>
-    <row r="141" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A141" s="27">
         <v>135</v>
       </c>
       <c r="B141" s="28" t="s">
         <v>183</v>
       </c>
       <c r="C141" s="29">
-        <v>40203361661</v>
+        <v>50203372421</v>
       </c>
       <c r="D141" s="28" t="s">
-        <v>718</v>
-[...2 lines deleted...]
-        <v>719</v>
+        <v>587</v>
+      </c>
+      <c r="E141" s="33">
+        <v>28838993</v>
       </c>
       <c r="F141" s="28" t="s">
-        <v>720</v>
+        <v>588</v>
       </c>
       <c r="G141" s="34" t="s">
-        <v>721</v>
+        <v>589</v>
       </c>
       <c r="H141" s="28" t="s">
-        <v>1221</v>
+        <v>1043</v>
       </c>
       <c r="I141" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L141" s="28" t="s">
-        <v>1012</v>
+        <v>978</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1013</v>
+        <v>739</v>
       </c>
       <c r="N141" s="30" t="s">
-        <v>1222</v>
+        <v>1044</v>
       </c>
       <c r="O141" s="5" t="s">
-        <v>1223</v>
+        <v>1045</v>
       </c>
       <c r="P141" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q141" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R141" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S141" s="36" t="s">
-        <v>1567</v>
+        <v>1387</v>
       </c>
       <c r="T141" s="28"/>
       <c r="U141" s="28"/>
       <c r="V141" s="28"/>
       <c r="W141" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X141" s="29" t="s">
-        <v>1344</v>
+        <v>1167</v>
       </c>
       <c r="Y141" s="32">
-        <v>44579</v>
+        <v>44599</v>
       </c>
       <c r="Z141" s="37">
-        <v>44581</v>
+        <v>44601</v>
       </c>
       <c r="AA141" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB141" s="29" t="s">
-        <v>1314</v>
+        <v>1163</v>
       </c>
       <c r="AC141" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD141" s="37">
-        <v>45827</v>
+        <v>45898</v>
       </c>
       <c r="AE141" s="38"/>
       <c r="AF141" s="39"/>
       <c r="AG141" s="40"/>
       <c r="AH141" s="39"/>
       <c r="AI141" s="40"/>
       <c r="AJ141" s="39"/>
       <c r="AK141" s="47"/>
       <c r="AL141" s="50"/>
     </row>
-    <row r="142" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="27">
         <v>136</v>
       </c>
       <c r="B142" s="28" t="s">
         <v>184</v>
       </c>
       <c r="C142" s="29">
-        <v>50203372421</v>
+        <v>43603075657</v>
       </c>
       <c r="D142" s="28" t="s">
-        <v>722</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>590</v>
+      </c>
+      <c r="E142" s="33">
+        <v>29186682</v>
       </c>
       <c r="F142" s="28" t="s">
-        <v>724</v>
+        <v>591</v>
       </c>
       <c r="G142" s="34" t="s">
-        <v>725</v>
+        <v>592</v>
       </c>
       <c r="H142" s="28" t="s">
-        <v>1224</v>
+        <v>590</v>
       </c>
       <c r="I142" s="30" t="s">
-        <v>878</v>
+        <v>1046</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>878</v>
+        <v>866</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L142" s="28" t="s">
-        <v>1157</v>
+        <v>827</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>915</v>
-[...3 lines deleted...]
-      </c>
+        <v>828</v>
+      </c>
+      <c r="N142" s="30"/>
       <c r="O142" s="5" t="s">
-        <v>1226</v>
+        <v>711</v>
       </c>
       <c r="P142" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q142" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R142" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S142" s="36" t="s">
-        <v>1568</v>
+        <v>1388</v>
       </c>
       <c r="T142" s="28"/>
       <c r="U142" s="28"/>
       <c r="V142" s="28"/>
       <c r="W142" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X142" s="29" t="s">
-        <v>1349</v>
+        <v>1175</v>
       </c>
       <c r="Y142" s="32">
-        <v>44599</v>
+        <v>44600</v>
       </c>
       <c r="Z142" s="37">
-        <v>44601</v>
+        <v>44602</v>
       </c>
       <c r="AA142" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB142" s="29" t="s">
-        <v>1345</v>
+        <v>1125</v>
       </c>
       <c r="AC142" s="37">
-        <v>45896</v>
+        <v>45869</v>
       </c>
       <c r="AD142" s="37">
-        <v>45898</v>
+        <v>45873</v>
       </c>
       <c r="AE142" s="38"/>
       <c r="AF142" s="39"/>
       <c r="AG142" s="40"/>
       <c r="AH142" s="39"/>
       <c r="AI142" s="40"/>
       <c r="AJ142" s="39"/>
       <c r="AK142" s="47"/>
       <c r="AL142" s="50"/>
     </row>
-    <row r="143" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="27">
         <v>137</v>
       </c>
       <c r="B143" s="28" t="s">
         <v>185</v>
       </c>
       <c r="C143" s="29">
-        <v>43603075657</v>
+        <v>40003254740</v>
       </c>
       <c r="D143" s="28" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-        <v>727</v>
+        <v>593</v>
+      </c>
+      <c r="E143" s="33">
+        <v>67272490</v>
       </c>
       <c r="F143" s="28" t="s">
-        <v>728</v>
+        <v>594</v>
       </c>
       <c r="G143" s="34" t="s">
-        <v>729</v>
+        <v>595</v>
       </c>
       <c r="H143" s="28" t="s">
-        <v>726</v>
+        <v>1047</v>
       </c>
       <c r="I143" s="30" t="s">
-        <v>1211</v>
+        <v>702</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>1045</v>
+        <v>702</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L143" s="28" t="s">
-        <v>1006</v>
+        <v>714</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1007</v>
-[...1 lines deleted...]
-      <c r="N143" s="30"/>
+        <v>715</v>
+      </c>
+      <c r="N143" s="30" t="s">
+        <v>1048</v>
+      </c>
       <c r="O143" s="5" t="s">
-        <v>887</v>
+        <v>1049</v>
       </c>
       <c r="P143" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q143" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R143" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S143" s="36" t="s">
-        <v>1569</v>
+        <v>1389</v>
       </c>
       <c r="T143" s="28"/>
       <c r="U143" s="28"/>
       <c r="V143" s="28"/>
       <c r="W143" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X143" s="29" t="s">
-        <v>1357</v>
+        <v>1171</v>
       </c>
       <c r="Y143" s="32">
         <v>44600</v>
       </c>
       <c r="Z143" s="37">
         <v>44602</v>
       </c>
       <c r="AA143" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB143" s="29" t="s">
-        <v>1305</v>
+        <v>1122</v>
       </c>
       <c r="AC143" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD143" s="37">
-        <v>45873</v>
+        <v>45916</v>
       </c>
       <c r="AE143" s="38"/>
       <c r="AF143" s="39"/>
       <c r="AG143" s="40"/>
       <c r="AH143" s="39"/>
       <c r="AI143" s="40"/>
       <c r="AJ143" s="39"/>
       <c r="AK143" s="47"/>
       <c r="AL143" s="50"/>
     </row>
-    <row r="144" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A144" s="27">
         <v>138</v>
       </c>
       <c r="B144" s="28" t="s">
         <v>186</v>
       </c>
       <c r="C144" s="29">
-        <v>40003254740</v>
+        <v>44103137988</v>
       </c>
       <c r="D144" s="28" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>596</v>
+      </c>
+      <c r="E144" s="33">
+        <v>29490785</v>
       </c>
       <c r="F144" s="28" t="s">
-        <v>732</v>
+        <v>597</v>
       </c>
       <c r="G144" s="34" t="s">
-        <v>733</v>
+        <v>598</v>
       </c>
       <c r="H144" s="28" t="s">
-        <v>1227</v>
+        <v>658</v>
       </c>
       <c r="I144" s="30" t="s">
-        <v>878</v>
+        <v>1050</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>878</v>
+        <v>1051</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L144" s="28" t="s">
-        <v>890</v>
+        <v>703</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>891</v>
+        <v>704</v>
       </c>
       <c r="N144" s="30" t="s">
-        <v>1228</v>
+        <v>738</v>
       </c>
       <c r="O144" s="5" t="s">
-        <v>1229</v>
+        <v>739</v>
       </c>
       <c r="P144" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q144" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R144" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S144" s="36" t="s">
-        <v>1570</v>
+        <v>1390</v>
       </c>
       <c r="T144" s="28"/>
       <c r="U144" s="28"/>
       <c r="V144" s="28"/>
       <c r="W144" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X144" s="29" t="s">
-        <v>1353</v>
+        <v>1190</v>
       </c>
       <c r="Y144" s="32">
-        <v>44600</v>
+        <v>44624</v>
       </c>
       <c r="Z144" s="37">
-        <v>44602</v>
+        <v>44628</v>
       </c>
       <c r="AA144" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB144" s="29" t="s">
-        <v>1302</v>
+        <v>1131</v>
       </c>
       <c r="AC144" s="37">
-        <v>45912</v>
+        <v>45803</v>
       </c>
       <c r="AD144" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF144" s="39"/>
+        <v>45805</v>
+      </c>
+      <c r="AE144" s="38">
+        <v>48111.9</v>
+      </c>
+      <c r="AF144" s="39">
+        <v>45566</v>
+      </c>
       <c r="AG144" s="40"/>
       <c r="AH144" s="39"/>
       <c r="AI144" s="40"/>
       <c r="AJ144" s="39"/>
       <c r="AK144" s="47"/>
       <c r="AL144" s="50"/>
     </row>
-    <row r="145" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="27">
         <v>139</v>
       </c>
       <c r="B145" s="28" t="s">
         <v>187</v>
       </c>
       <c r="C145" s="29">
-        <v>44103137988</v>
+        <v>44103011615</v>
       </c>
       <c r="D145" s="28" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>599</v>
+      </c>
+      <c r="E145" s="33">
+        <v>29241583</v>
       </c>
       <c r="F145" s="28" t="s">
-        <v>736</v>
+        <v>600</v>
       </c>
       <c r="G145" s="34" t="s">
-        <v>737</v>
+        <v>601</v>
       </c>
       <c r="H145" s="28" t="s">
-        <v>819</v>
+        <v>1052</v>
       </c>
       <c r="I145" s="30" t="s">
-        <v>1230</v>
+        <v>793</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>1231</v>
+        <v>794</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>895</v>
+        <v>780</v>
       </c>
       <c r="L145" s="28" t="s">
-        <v>879</v>
+        <v>923</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>880</v>
+        <v>924</v>
       </c>
       <c r="N145" s="30" t="s">
-        <v>914</v>
+        <v>1053</v>
       </c>
       <c r="O145" s="5" t="s">
-        <v>915</v>
+        <v>1054</v>
       </c>
       <c r="P145" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q145" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R145" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S145" s="36" t="s">
-        <v>1571</v>
+        <v>1391</v>
       </c>
       <c r="T145" s="28"/>
       <c r="U145" s="28"/>
       <c r="V145" s="28"/>
       <c r="W145" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X145" s="29" t="s">
-        <v>1372</v>
+        <v>1392</v>
       </c>
       <c r="Y145" s="32">
-        <v>44624</v>
+        <v>44649</v>
       </c>
       <c r="Z145" s="37">
-        <v>44628</v>
+        <v>44651</v>
       </c>
       <c r="AA145" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB145" s="29" t="s">
-        <v>1311</v>
+        <v>1134</v>
       </c>
       <c r="AC145" s="37">
-        <v>45803</v>
+        <v>45825</v>
       </c>
       <c r="AD145" s="37">
-        <v>45805</v>
+        <v>45827</v>
       </c>
       <c r="AE145" s="38">
-        <v>48111.9</v>
+        <v>146340</v>
       </c>
       <c r="AF145" s="39">
-        <v>45566</v>
+        <v>45720</v>
       </c>
       <c r="AG145" s="40"/>
       <c r="AH145" s="39"/>
       <c r="AI145" s="40"/>
       <c r="AJ145" s="39"/>
       <c r="AK145" s="47"/>
       <c r="AL145" s="50"/>
     </row>
-    <row r="146" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A146" s="27">
         <v>140</v>
       </c>
       <c r="B146" s="28" t="s">
         <v>188</v>
       </c>
       <c r="C146" s="29">
-        <v>44103011615</v>
+        <v>40103802331</v>
       </c>
       <c r="D146" s="28" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>739</v>
+        <v>602</v>
+      </c>
+      <c r="E146" s="33">
+        <v>28375780</v>
       </c>
       <c r="F146" s="28" t="s">
-        <v>740</v>
+        <v>603</v>
       </c>
       <c r="G146" s="34" t="s">
-        <v>741</v>
+        <v>604</v>
       </c>
       <c r="H146" s="28" t="s">
-        <v>1232</v>
+        <v>1055</v>
       </c>
       <c r="I146" s="30" t="s">
-        <v>972</v>
+        <v>702</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>973</v>
+        <v>702</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L146" s="28" t="s">
-        <v>1102</v>
+        <v>783</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="N146" s="30"/>
       <c r="O146" s="5" t="s">
-        <v>1234</v>
+        <v>711</v>
       </c>
       <c r="P146" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q146" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R146" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S146" s="36" t="s">
-        <v>1572</v>
+        <v>1393</v>
       </c>
       <c r="T146" s="28"/>
       <c r="U146" s="28"/>
       <c r="V146" s="28"/>
       <c r="W146" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X146" s="29" t="s">
-        <v>1573</v>
+        <v>1183</v>
       </c>
       <c r="Y146" s="32">
-        <v>44649</v>
+        <v>44665</v>
       </c>
       <c r="Z146" s="37">
-        <v>44651</v>
+        <v>44671</v>
       </c>
       <c r="AA146" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB146" s="29" t="s">
-        <v>1314</v>
+        <v>1163</v>
       </c>
       <c r="AC146" s="37">
-        <v>45825</v>
+        <v>45896</v>
       </c>
       <c r="AD146" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45898</v>
+      </c>
+      <c r="AE146" s="38"/>
+      <c r="AF146" s="39"/>
       <c r="AG146" s="40"/>
       <c r="AH146" s="39"/>
       <c r="AI146" s="40"/>
       <c r="AJ146" s="39"/>
       <c r="AK146" s="47"/>
       <c r="AL146" s="50"/>
     </row>
-    <row r="147" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A147" s="27">
         <v>141</v>
       </c>
       <c r="B147" s="28" t="s">
         <v>189</v>
       </c>
       <c r="C147" s="29">
-        <v>40103802331</v>
+        <v>40003426537</v>
       </c>
       <c r="D147" s="28" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>605</v>
+      </c>
+      <c r="E147" s="33">
+        <v>25464644</v>
       </c>
       <c r="F147" s="28" t="s">
-        <v>744</v>
+        <v>606</v>
       </c>
       <c r="G147" s="34" t="s">
-        <v>745</v>
+        <v>607</v>
       </c>
       <c r="H147" s="28" t="s">
-        <v>1235</v>
+        <v>605</v>
       </c>
       <c r="I147" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L147" s="28" t="s">
-        <v>962</v>
+        <v>886</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="N147" s="30"/>
+        <v>887</v>
+      </c>
+      <c r="N147" s="30" t="s">
+        <v>1056</v>
+      </c>
       <c r="O147" s="5" t="s">
-        <v>887</v>
+        <v>1057</v>
       </c>
       <c r="P147" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q147" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R147" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S147" s="36" t="s">
-        <v>1574</v>
-[...2 lines deleted...]
-      <c r="U147" s="28"/>
+        <v>1394</v>
+      </c>
+      <c r="T147" s="28" t="s">
+        <v>1159</v>
+      </c>
+      <c r="U147" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="V147" s="28"/>
       <c r="W147" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X147" s="29" t="s">
-        <v>1365</v>
+        <v>1344</v>
       </c>
       <c r="Y147" s="32">
         <v>44665</v>
       </c>
       <c r="Z147" s="37">
         <v>44671</v>
       </c>
       <c r="AA147" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB147" s="29" t="s">
-        <v>1345</v>
+        <v>1163</v>
       </c>
       <c r="AC147" s="37">
         <v>45896</v>
       </c>
       <c r="AD147" s="37">
         <v>45898</v>
       </c>
-      <c r="AE147" s="38"/>
-      <c r="AF147" s="39"/>
+      <c r="AE147" s="38">
+        <v>134030.82</v>
+      </c>
+      <c r="AF147" s="39">
+        <v>45688</v>
+      </c>
       <c r="AG147" s="40"/>
       <c r="AH147" s="39"/>
       <c r="AI147" s="40"/>
       <c r="AJ147" s="39"/>
       <c r="AK147" s="47"/>
       <c r="AL147" s="50"/>
     </row>
-    <row r="148" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A148" s="27">
         <v>142</v>
       </c>
       <c r="B148" s="28" t="s">
         <v>190</v>
       </c>
       <c r="C148" s="29">
-        <v>40003426537</v>
+        <v>40203342340</v>
       </c>
       <c r="D148" s="28" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>608</v>
+      </c>
+      <c r="E148" s="33">
+        <v>24950889</v>
       </c>
       <c r="F148" s="28" t="s">
-        <v>748</v>
+        <v>609</v>
       </c>
       <c r="G148" s="34" t="s">
-        <v>749</v>
+        <v>610</v>
       </c>
       <c r="H148" s="28" t="s">
-        <v>746</v>
+        <v>608</v>
       </c>
       <c r="I148" s="30" t="s">
-        <v>878</v>
+        <v>1050</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>878</v>
+        <v>1051</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L148" s="28" t="s">
-        <v>1065</v>
+        <v>830</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="N148" s="30"/>
       <c r="O148" s="5" t="s">
-        <v>1237</v>
+        <v>711</v>
       </c>
       <c r="P148" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q148" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R148" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S148" s="36" t="s">
-        <v>1575</v>
-[...6 lines deleted...]
-      </c>
+        <v>1395</v>
+      </c>
+      <c r="T148" s="28"/>
+      <c r="U148" s="28"/>
       <c r="V148" s="28"/>
       <c r="W148" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X148" s="29" t="s">
-        <v>1525</v>
+        <v>1252</v>
       </c>
       <c r="Y148" s="32">
-        <v>44665</v>
+        <v>44690</v>
       </c>
       <c r="Z148" s="37">
-        <v>44671</v>
+        <v>44692</v>
       </c>
       <c r="AA148" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB148" s="29" t="s">
-        <v>1345</v>
+        <v>1204</v>
       </c>
       <c r="AC148" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD148" s="37">
-        <v>45898</v>
-[...6 lines deleted...]
-      </c>
+        <v>45860</v>
+      </c>
+      <c r="AE148" s="38"/>
+      <c r="AF148" s="39"/>
       <c r="AG148" s="40"/>
       <c r="AH148" s="39"/>
       <c r="AI148" s="40"/>
       <c r="AJ148" s="39"/>
       <c r="AK148" s="47"/>
       <c r="AL148" s="50"/>
     </row>
-    <row r="149" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A149" s="27">
         <v>143</v>
       </c>
       <c r="B149" s="28" t="s">
         <v>191</v>
       </c>
       <c r="C149" s="29">
-        <v>40203342340</v>
+        <v>40203083789</v>
       </c>
       <c r="D149" s="28" t="s">
-        <v>750</v>
-[...2 lines deleted...]
-        <v>751</v>
+        <v>611</v>
+      </c>
+      <c r="E149" s="33">
+        <v>2616645</v>
       </c>
       <c r="F149" s="28" t="s">
-        <v>752</v>
+        <v>612</v>
       </c>
       <c r="G149" s="34" t="s">
-        <v>753</v>
+        <v>613</v>
       </c>
       <c r="H149" s="28" t="s">
-        <v>750</v>
+        <v>1058</v>
       </c>
       <c r="I149" s="30" t="s">
-        <v>1230</v>
+        <v>1050</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>1231</v>
+        <v>1051</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L149" s="28" t="s">
-        <v>1009</v>
+        <v>1059</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1010</v>
-[...1 lines deleted...]
-      <c r="N149" s="30"/>
+        <v>1060</v>
+      </c>
+      <c r="N149" s="30" t="s">
+        <v>1061</v>
+      </c>
       <c r="O149" s="5" t="s">
-        <v>887</v>
+        <v>1062</v>
       </c>
       <c r="P149" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q149" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R149" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S149" s="36" t="s">
-        <v>1576</v>
-[...1 lines deleted...]
-      <c r="T149" s="28"/>
+        <v>1396</v>
+      </c>
+      <c r="T149" s="28" t="s">
+        <v>1397</v>
+      </c>
       <c r="U149" s="28"/>
       <c r="V149" s="28"/>
       <c r="W149" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X149" s="29" t="s">
-        <v>1434</v>
+        <v>1273</v>
       </c>
       <c r="Y149" s="32">
-        <v>44690</v>
+        <v>44718</v>
       </c>
       <c r="Z149" s="37">
-        <v>44692</v>
+        <v>44600</v>
       </c>
       <c r="AA149" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB149" s="29" t="s">
-        <v>1386</v>
+        <v>1128</v>
       </c>
       <c r="AC149" s="37">
-        <v>45856</v>
+        <v>45973</v>
       </c>
       <c r="AD149" s="37">
-        <v>45860</v>
+        <v>45975</v>
       </c>
       <c r="AE149" s="38"/>
       <c r="AF149" s="39"/>
       <c r="AG149" s="40"/>
       <c r="AH149" s="39"/>
       <c r="AI149" s="40"/>
       <c r="AJ149" s="39"/>
       <c r="AK149" s="47"/>
       <c r="AL149" s="50"/>
     </row>
-    <row r="150" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A150" s="27">
         <v>144</v>
       </c>
       <c r="B150" s="28" t="s">
         <v>192</v>
       </c>
       <c r="C150" s="29">
-        <v>40203083789</v>
+        <v>50203393391</v>
       </c>
       <c r="D150" s="28" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>614</v>
+      </c>
+      <c r="E150" s="33">
+        <v>29212985</v>
       </c>
       <c r="F150" s="28" t="s">
-        <v>756</v>
+        <v>231</v>
       </c>
       <c r="G150" s="34" t="s">
-        <v>757</v>
+        <v>231</v>
       </c>
       <c r="H150" s="28" t="s">
-        <v>1238</v>
+        <v>614</v>
       </c>
       <c r="I150" s="30" t="s">
-        <v>1230</v>
+        <v>932</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>1231</v>
+        <v>933</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>895</v>
+        <v>786</v>
       </c>
       <c r="L150" s="28" t="s">
-        <v>1239</v>
+        <v>1063</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1240</v>
+        <v>1064</v>
       </c>
       <c r="N150" s="30" t="s">
-        <v>1241</v>
+        <v>1065</v>
       </c>
       <c r="O150" s="5" t="s">
-        <v>1242</v>
+        <v>1066</v>
       </c>
       <c r="P150" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q150" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R150" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S150" s="36" t="s">
-        <v>1577</v>
-[...3 lines deleted...]
-      </c>
+        <v>1398</v>
+      </c>
+      <c r="T150" s="28"/>
       <c r="U150" s="28"/>
       <c r="V150" s="28"/>
       <c r="W150" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X150" s="29" t="s">
-        <v>1455</v>
+        <v>1275</v>
       </c>
       <c r="Y150" s="32">
         <v>44718</v>
       </c>
       <c r="Z150" s="37">
-        <v>44600</v>
+        <v>44720</v>
       </c>
       <c r="AA150" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB150" s="29" t="s">
-        <v>1308</v>
+        <v>1122</v>
       </c>
       <c r="AC150" s="37">
-        <v>45973</v>
+        <v>45912</v>
       </c>
       <c r="AD150" s="37">
-        <v>45975</v>
+        <v>45916</v>
       </c>
       <c r="AE150" s="38"/>
       <c r="AF150" s="39"/>
       <c r="AG150" s="40"/>
       <c r="AH150" s="39"/>
       <c r="AI150" s="40"/>
       <c r="AJ150" s="39"/>
       <c r="AK150" s="47"/>
       <c r="AL150" s="50"/>
     </row>
-    <row r="151" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A151" s="27">
         <v>145</v>
       </c>
       <c r="B151" s="28" t="s">
         <v>193</v>
       </c>
       <c r="C151" s="29">
-        <v>50203393391</v>
+        <v>50203396951</v>
       </c>
       <c r="D151" s="28" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>615</v>
+      </c>
+      <c r="E151" s="33">
+        <v>29495959</v>
       </c>
       <c r="F151" s="28" t="s">
-        <v>234</v>
+        <v>616</v>
       </c>
       <c r="G151" s="34" t="s">
-        <v>234</v>
+        <v>617</v>
       </c>
       <c r="H151" s="28" t="s">
-        <v>758</v>
+        <v>1067</v>
       </c>
       <c r="I151" s="30" t="s">
-        <v>1111</v>
+        <v>702</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>1112</v>
+        <v>702</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L151" s="28" t="s">
-        <v>1243</v>
+        <v>703</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1244</v>
+        <v>704</v>
       </c>
       <c r="N151" s="30" t="s">
-        <v>1245</v>
+        <v>1034</v>
       </c>
       <c r="O151" s="5" t="s">
-        <v>1246</v>
+        <v>802</v>
       </c>
       <c r="P151" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q151" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R151" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S151" s="36" t="s">
-        <v>1579</v>
+        <v>1399</v>
       </c>
       <c r="T151" s="28"/>
       <c r="U151" s="28"/>
       <c r="V151" s="28"/>
       <c r="W151" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X151" s="29" t="s">
-        <v>1457</v>
+        <v>1400</v>
       </c>
       <c r="Y151" s="32">
         <v>44718</v>
       </c>
       <c r="Z151" s="37">
         <v>44720</v>
       </c>
       <c r="AA151" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB151" s="29" t="s">
-        <v>1302</v>
+        <v>1128</v>
       </c>
       <c r="AC151" s="37">
-        <v>45912</v>
+        <v>45973</v>
       </c>
       <c r="AD151" s="37">
-        <v>45916</v>
+        <v>45975</v>
       </c>
       <c r="AE151" s="38"/>
       <c r="AF151" s="39"/>
       <c r="AG151" s="40"/>
       <c r="AH151" s="39"/>
       <c r="AI151" s="40"/>
       <c r="AJ151" s="39"/>
       <c r="AK151" s="47"/>
       <c r="AL151" s="50"/>
     </row>
-    <row r="152" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A152" s="27">
         <v>146</v>
       </c>
       <c r="B152" s="28" t="s">
         <v>194</v>
       </c>
       <c r="C152" s="29">
-        <v>50203396951</v>
+        <v>40203373586</v>
       </c>
       <c r="D152" s="28" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>618</v>
+      </c>
+      <c r="E152" s="33">
+        <v>29556680</v>
       </c>
       <c r="F152" s="28" t="s">
-        <v>762</v>
+        <v>619</v>
       </c>
       <c r="G152" s="34" t="s">
-        <v>763</v>
+        <v>620</v>
       </c>
       <c r="H152" s="28" t="s">
-        <v>1247</v>
+        <v>1068</v>
       </c>
       <c r="I152" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L152" s="28" t="s">
-        <v>879</v>
+        <v>710</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="N152" s="30"/>
       <c r="O152" s="5" t="s">
-        <v>981</v>
+        <v>711</v>
       </c>
       <c r="P152" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q152" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R152" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S152" s="36" t="s">
-        <v>1580</v>
+        <v>1401</v>
       </c>
       <c r="T152" s="28"/>
       <c r="U152" s="28"/>
       <c r="V152" s="28"/>
       <c r="W152" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X152" s="29" t="s">
-        <v>1581</v>
+        <v>1215</v>
       </c>
       <c r="Y152" s="32">
-        <v>44718</v>
+        <v>44719</v>
       </c>
       <c r="Z152" s="37">
-        <v>44720</v>
+        <v>44721</v>
       </c>
       <c r="AA152" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB152" s="29" t="s">
-        <v>1308</v>
+        <v>1131</v>
       </c>
       <c r="AC152" s="37">
-        <v>45973</v>
+        <v>45803</v>
       </c>
       <c r="AD152" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF152" s="39"/>
+        <v>45805</v>
+      </c>
+      <c r="AE152" s="38">
+        <v>37921.040000000001</v>
+      </c>
+      <c r="AF152" s="39">
+        <v>45873</v>
+      </c>
       <c r="AG152" s="40"/>
       <c r="AH152" s="39"/>
       <c r="AI152" s="40"/>
       <c r="AJ152" s="39"/>
       <c r="AK152" s="47"/>
       <c r="AL152" s="50"/>
     </row>
-    <row r="153" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A153" s="27">
         <v>147</v>
       </c>
       <c r="B153" s="28" t="s">
         <v>195</v>
       </c>
       <c r="C153" s="29">
-        <v>40203373586</v>
+        <v>40103793753</v>
       </c>
       <c r="D153" s="28" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>621</v>
+      </c>
+      <c r="E153" s="33">
+        <v>29433853</v>
       </c>
       <c r="F153" s="28" t="s">
-        <v>766</v>
+        <v>622</v>
       </c>
       <c r="G153" s="34" t="s">
-        <v>767</v>
+        <v>231</v>
       </c>
       <c r="H153" s="28" t="s">
-        <v>1248</v>
+        <v>1069</v>
       </c>
       <c r="I153" s="30" t="s">
-        <v>878</v>
+        <v>793</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>878</v>
+        <v>794</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L153" s="28" t="s">
-        <v>886</v>
+        <v>934</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>882</v>
+        <v>935</v>
       </c>
       <c r="N153" s="30"/>
       <c r="O153" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P153" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q153" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R153" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S153" s="36" t="s">
-        <v>1582</v>
-[...1 lines deleted...]
-      <c r="T153" s="28"/>
+        <v>1402</v>
+      </c>
+      <c r="T153" s="28" t="s">
+        <v>1403</v>
+      </c>
       <c r="U153" s="28"/>
       <c r="V153" s="28"/>
       <c r="W153" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X153" s="29" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="Y153" s="32">
         <v>44719</v>
       </c>
       <c r="Z153" s="37">
         <v>44721</v>
       </c>
       <c r="AA153" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB153" s="29" t="s">
-        <v>1311</v>
+        <v>1122</v>
       </c>
       <c r="AC153" s="37">
-        <v>45803</v>
+        <v>45912</v>
       </c>
       <c r="AD153" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-        <v>1636</v>
+        <v>45916</v>
+      </c>
+      <c r="AE153" s="38">
+        <v>130260.1</v>
       </c>
       <c r="AF153" s="39">
-        <v>45873</v>
+        <v>45580</v>
       </c>
       <c r="AG153" s="40"/>
       <c r="AH153" s="39"/>
       <c r="AI153" s="40"/>
       <c r="AJ153" s="39"/>
       <c r="AK153" s="47"/>
       <c r="AL153" s="50"/>
     </row>
-    <row r="154" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A154" s="27">
         <v>148</v>
       </c>
       <c r="B154" s="28" t="s">
         <v>196</v>
       </c>
       <c r="C154" s="29">
-        <v>40103793753</v>
+        <v>40203147670</v>
       </c>
       <c r="D154" s="28" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>623</v>
+      </c>
+      <c r="E154" s="33">
+        <v>25108268</v>
       </c>
       <c r="F154" s="28" t="s">
-        <v>770</v>
+        <v>624</v>
       </c>
       <c r="G154" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H154" s="28" t="s">
-        <v>1249</v>
+        <v>623</v>
       </c>
       <c r="I154" s="30" t="s">
-        <v>972</v>
+        <v>1070</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>973</v>
+        <v>891</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>959</v>
+        <v>719</v>
       </c>
       <c r="L154" s="28" t="s">
-        <v>1113</v>
+        <v>1071</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="N154" s="30"/>
+        <v>1072</v>
+      </c>
+      <c r="N154" s="30" t="s">
+        <v>1073</v>
+      </c>
       <c r="O154" s="5" t="s">
-        <v>887</v>
+        <v>1074</v>
       </c>
       <c r="P154" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q154" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R154" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S154" s="36" t="s">
-        <v>1583</v>
-[...3 lines deleted...]
-      </c>
+        <v>1405</v>
+      </c>
+      <c r="T154" s="28"/>
       <c r="U154" s="28"/>
       <c r="V154" s="28"/>
       <c r="W154" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X154" s="29" t="s">
-        <v>1585</v>
+        <v>1406</v>
       </c>
       <c r="Y154" s="32">
-        <v>44719</v>
+        <v>44734</v>
       </c>
       <c r="Z154" s="37">
-        <v>44721</v>
+        <v>44740</v>
       </c>
       <c r="AA154" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB154" s="29" t="s">
-        <v>1302</v>
+        <v>1157</v>
       </c>
       <c r="AC154" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD154" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE154" s="38"/>
+      <c r="AF154" s="39"/>
       <c r="AG154" s="40"/>
       <c r="AH154" s="39"/>
       <c r="AI154" s="40"/>
       <c r="AJ154" s="39"/>
       <c r="AK154" s="47"/>
       <c r="AL154" s="50"/>
     </row>
-    <row r="155" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A155" s="27">
         <v>149</v>
       </c>
       <c r="B155" s="28" t="s">
         <v>197</v>
       </c>
       <c r="C155" s="29">
-        <v>40203147670</v>
+        <v>40103541389</v>
       </c>
       <c r="D155" s="28" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>625</v>
+      </c>
+      <c r="E155" s="33">
+        <v>28704865</v>
       </c>
       <c r="F155" s="28" t="s">
-        <v>773</v>
+        <v>626</v>
       </c>
       <c r="G155" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H155" s="28" t="s">
-        <v>771</v>
+        <v>1075</v>
       </c>
       <c r="I155" s="30" t="s">
-        <v>1250</v>
+        <v>702</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>1070</v>
+        <v>702</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L155" s="28" t="s">
-        <v>1251</v>
+        <v>726</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1252</v>
+        <v>727</v>
       </c>
       <c r="N155" s="30" t="s">
-        <v>1253</v>
+        <v>819</v>
       </c>
       <c r="O155" s="5" t="s">
-        <v>1254</v>
+        <v>820</v>
       </c>
       <c r="P155" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q155" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R155" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S155" s="36" t="s">
-        <v>1586</v>
+        <v>1407</v>
       </c>
       <c r="T155" s="28"/>
       <c r="U155" s="28"/>
       <c r="V155" s="28"/>
       <c r="W155" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X155" s="29" t="s">
-        <v>1587</v>
+        <v>1408</v>
       </c>
       <c r="Y155" s="32">
-        <v>44734</v>
+        <v>44767</v>
       </c>
       <c r="Z155" s="37">
-        <v>44740</v>
+        <v>44769</v>
       </c>
       <c r="AA155" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB155" s="29" t="s">
-        <v>1337</v>
+        <v>1142</v>
       </c>
       <c r="AC155" s="37">
-        <v>45940</v>
+        <v>45954</v>
       </c>
       <c r="AD155" s="37">
-        <v>45944</v>
+        <v>45958</v>
       </c>
       <c r="AE155" s="38"/>
       <c r="AF155" s="39"/>
       <c r="AG155" s="40"/>
       <c r="AH155" s="39"/>
       <c r="AI155" s="40"/>
       <c r="AJ155" s="39"/>
       <c r="AK155" s="47"/>
       <c r="AL155" s="50"/>
     </row>
-    <row r="156" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A156" s="27">
         <v>150</v>
       </c>
       <c r="B156" s="28" t="s">
         <v>198</v>
       </c>
       <c r="C156" s="29">
-        <v>40103541389</v>
+        <v>52103095071</v>
       </c>
       <c r="D156" s="28" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>627</v>
+      </c>
+      <c r="E156" s="33">
+        <v>29366654</v>
       </c>
       <c r="F156" s="28" t="s">
-        <v>776</v>
+        <v>628</v>
       </c>
       <c r="G156" s="34" t="s">
-        <v>234</v>
+        <v>629</v>
       </c>
       <c r="H156" s="28" t="s">
-        <v>1255</v>
+        <v>1076</v>
       </c>
       <c r="I156" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L156" s="28" t="s">
-        <v>902</v>
+        <v>846</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>903</v>
-[...3 lines deleted...]
-      </c>
+        <v>847</v>
+      </c>
+      <c r="N156" s="30"/>
       <c r="O156" s="5" t="s">
-        <v>999</v>
+        <v>711</v>
       </c>
       <c r="P156" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q156" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R156" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S156" s="36" t="s">
-        <v>1588</v>
+        <v>1409</v>
       </c>
       <c r="T156" s="28"/>
       <c r="U156" s="28"/>
       <c r="V156" s="28"/>
       <c r="W156" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X156" s="29" t="s">
-        <v>1589</v>
+        <v>1225</v>
       </c>
       <c r="Y156" s="32">
         <v>44767</v>
       </c>
       <c r="Z156" s="37">
         <v>44769</v>
       </c>
       <c r="AA156" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB156" s="29" t="s">
-        <v>1322</v>
+        <v>1163</v>
       </c>
       <c r="AC156" s="37">
-        <v>45954</v>
+        <v>45896</v>
       </c>
       <c r="AD156" s="37">
-        <v>45958</v>
+        <v>45898</v>
       </c>
       <c r="AE156" s="38"/>
       <c r="AF156" s="39"/>
       <c r="AG156" s="40"/>
       <c r="AH156" s="39"/>
       <c r="AI156" s="40"/>
       <c r="AJ156" s="39"/>
       <c r="AK156" s="47"/>
       <c r="AL156" s="50"/>
     </row>
-    <row r="157" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A157" s="27">
         <v>151</v>
       </c>
       <c r="B157" s="28" t="s">
         <v>199</v>
       </c>
       <c r="C157" s="29">
-        <v>52103095071</v>
+        <v>40203405631</v>
       </c>
       <c r="D157" s="28" t="s">
-        <v>777</v>
+        <v>630</v>
       </c>
       <c r="E157" s="33">
-        <v>29366654</v>
+        <v>28360166</v>
       </c>
       <c r="F157" s="28" t="s">
-        <v>778</v>
+        <v>631</v>
       </c>
       <c r="G157" s="34" t="s">
-        <v>779</v>
+        <v>632</v>
       </c>
       <c r="H157" s="28" t="s">
-        <v>1256</v>
+        <v>1077</v>
       </c>
       <c r="I157" s="30" t="s">
-        <v>1054</v>
+        <v>702</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L157" s="28" t="s">
-        <v>1025</v>
+        <v>1078</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="N157" s="30"/>
+        <v>1079</v>
+      </c>
+      <c r="N157" s="30" t="s">
+        <v>911</v>
+      </c>
       <c r="O157" s="5" t="s">
-        <v>887</v>
+        <v>912</v>
       </c>
       <c r="P157" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q157" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R157" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S157" s="36" t="s">
-        <v>1590</v>
+        <v>1410</v>
       </c>
       <c r="T157" s="28"/>
       <c r="U157" s="28"/>
       <c r="V157" s="28"/>
       <c r="W157" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X157" s="29" t="s">
-        <v>1407</v>
+        <v>1227</v>
       </c>
       <c r="Y157" s="32">
         <v>44767</v>
       </c>
       <c r="Z157" s="37">
         <v>44769</v>
       </c>
       <c r="AA157" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB157" s="29" t="s">
-        <v>1345</v>
+        <v>1128</v>
       </c>
       <c r="AC157" s="37">
-        <v>45896</v>
+        <v>45973</v>
       </c>
       <c r="AD157" s="37">
-        <v>45898</v>
-[...2 lines deleted...]
-      <c r="AF157" s="39"/>
+        <v>45975</v>
+      </c>
+      <c r="AE157" s="38">
+        <v>40000</v>
+      </c>
+      <c r="AF157" s="39">
+        <v>45715</v>
+      </c>
       <c r="AG157" s="40"/>
       <c r="AH157" s="39"/>
       <c r="AI157" s="40"/>
       <c r="AJ157" s="39"/>
       <c r="AK157" s="47"/>
       <c r="AL157" s="50"/>
     </row>
-    <row r="158" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A158" s="27">
         <v>152</v>
       </c>
       <c r="B158" s="28" t="s">
         <v>200</v>
       </c>
       <c r="C158" s="29">
-        <v>40203405631</v>
+        <v>40203415485</v>
       </c>
       <c r="D158" s="28" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>781</v>
+        <v>633</v>
+      </c>
+      <c r="E158" s="33">
+        <v>29577669</v>
       </c>
       <c r="F158" s="28" t="s">
-        <v>782</v>
+        <v>634</v>
       </c>
       <c r="G158" s="34" t="s">
-        <v>783</v>
+        <v>231</v>
       </c>
       <c r="H158" s="28" t="s">
-        <v>1257</v>
+        <v>633</v>
       </c>
       <c r="I158" s="30" t="s">
-        <v>878</v>
+        <v>717</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>878</v>
+        <v>718</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L158" s="28" t="s">
-        <v>1258</v>
+        <v>815</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1259</v>
+        <v>816</v>
       </c>
       <c r="N158" s="30" t="s">
-        <v>1090</v>
+        <v>795</v>
       </c>
       <c r="O158" s="5" t="s">
-        <v>1091</v>
+        <v>796</v>
       </c>
       <c r="P158" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q158" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R158" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S158" s="36" t="s">
-        <v>1591</v>
+        <v>1411</v>
       </c>
       <c r="T158" s="28"/>
       <c r="U158" s="28"/>
       <c r="V158" s="28"/>
       <c r="W158" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X158" s="29" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="Y158" s="32">
-        <v>44767</v>
+        <v>44785</v>
       </c>
       <c r="Z158" s="37">
-        <v>44769</v>
+        <v>44789</v>
       </c>
       <c r="AA158" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB158" s="29" t="s">
-        <v>1308</v>
+        <v>1157</v>
       </c>
       <c r="AC158" s="37">
-        <v>45973</v>
+        <v>45940</v>
       </c>
       <c r="AD158" s="37">
-        <v>45975</v>
-[...6 lines deleted...]
-      </c>
+        <v>45944</v>
+      </c>
+      <c r="AE158" s="38"/>
+      <c r="AF158" s="39"/>
       <c r="AG158" s="40"/>
       <c r="AH158" s="39"/>
       <c r="AI158" s="40"/>
       <c r="AJ158" s="39"/>
       <c r="AK158" s="47"/>
       <c r="AL158" s="50"/>
     </row>
-    <row r="159" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A159" s="27">
         <v>153</v>
       </c>
       <c r="B159" s="28" t="s">
         <v>201</v>
       </c>
       <c r="C159" s="29">
-        <v>40203415485</v>
+        <v>50203364551</v>
       </c>
       <c r="D159" s="28" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>635</v>
+      </c>
+      <c r="E159" s="33">
+        <v>29466966</v>
       </c>
       <c r="F159" s="28" t="s">
-        <v>786</v>
+        <v>636</v>
       </c>
       <c r="G159" s="34" t="s">
-        <v>234</v>
+        <v>637</v>
       </c>
       <c r="H159" s="28" t="s">
-        <v>784</v>
+        <v>635</v>
       </c>
       <c r="I159" s="30" t="s">
-        <v>893</v>
+        <v>702</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>894</v>
+        <v>702</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L159" s="28" t="s">
-        <v>994</v>
+        <v>710</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>995</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="N159" s="30"/>
       <c r="O159" s="5" t="s">
-        <v>975</v>
+        <v>711</v>
       </c>
       <c r="P159" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q159" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R159" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S159" s="36" t="s">
-        <v>1592</v>
-[...1 lines deleted...]
-      <c r="T159" s="28"/>
+        <v>1413</v>
+      </c>
+      <c r="T159" s="28" t="s">
+        <v>1414</v>
+      </c>
       <c r="U159" s="28"/>
       <c r="V159" s="28"/>
       <c r="W159" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X159" s="29" t="s">
-        <v>1593</v>
+        <v>1229</v>
       </c>
       <c r="Y159" s="32">
         <v>44785</v>
       </c>
       <c r="Z159" s="37">
         <v>44789</v>
       </c>
       <c r="AA159" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB159" s="29" t="s">
-        <v>1337</v>
+        <v>1415</v>
       </c>
       <c r="AC159" s="37">
-        <v>45940</v>
+        <v>45973</v>
       </c>
       <c r="AD159" s="37">
-        <v>45944</v>
+        <v>45975</v>
       </c>
       <c r="AE159" s="38"/>
       <c r="AF159" s="39"/>
       <c r="AG159" s="40"/>
       <c r="AH159" s="39"/>
       <c r="AI159" s="40"/>
       <c r="AJ159" s="39"/>
       <c r="AK159" s="47"/>
       <c r="AL159" s="50"/>
     </row>
-    <row r="160" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A160" s="27">
         <v>154</v>
       </c>
       <c r="B160" s="28" t="s">
         <v>202</v>
       </c>
       <c r="C160" s="29">
-        <v>50203364551</v>
+        <v>40203410774</v>
       </c>
       <c r="D160" s="28" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>788</v>
+        <v>638</v>
+      </c>
+      <c r="E160" s="33">
+        <v>29414158</v>
       </c>
       <c r="F160" s="28" t="s">
-        <v>789</v>
+        <v>639</v>
       </c>
       <c r="G160" s="34" t="s">
-        <v>790</v>
+        <v>231</v>
       </c>
       <c r="H160" s="28" t="s">
-        <v>787</v>
+        <v>638</v>
       </c>
       <c r="I160" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L160" s="28" t="s">
-        <v>886</v>
+        <v>775</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>882</v>
+        <v>776</v>
       </c>
       <c r="N160" s="30"/>
       <c r="O160" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P160" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q160" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R160" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S160" s="36" t="s">
-        <v>1594</v>
-[...3 lines deleted...]
-      </c>
+        <v>1416</v>
+      </c>
+      <c r="T160" s="28"/>
       <c r="U160" s="28"/>
       <c r="V160" s="28"/>
       <c r="W160" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X160" s="29" t="s">
-        <v>1411</v>
+        <v>1233</v>
       </c>
       <c r="Y160" s="32">
         <v>44785</v>
       </c>
       <c r="Z160" s="37">
         <v>44789</v>
       </c>
       <c r="AA160" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB160" s="29" t="s">
-        <v>1596</v>
+        <v>1131</v>
       </c>
       <c r="AC160" s="37">
-        <v>45973</v>
+        <v>45803</v>
       </c>
       <c r="AD160" s="37">
-        <v>45975</v>
+        <v>45805</v>
       </c>
       <c r="AE160" s="38"/>
       <c r="AF160" s="39"/>
       <c r="AG160" s="40"/>
       <c r="AH160" s="39"/>
       <c r="AI160" s="40"/>
       <c r="AJ160" s="39"/>
       <c r="AK160" s="47"/>
       <c r="AL160" s="50"/>
     </row>
-    <row r="161" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A161" s="27">
         <v>155</v>
       </c>
       <c r="B161" s="28" t="s">
         <v>203</v>
       </c>
       <c r="C161" s="29">
-        <v>40203410774</v>
+        <v>40203408303</v>
       </c>
       <c r="D161" s="28" t="s">
-        <v>791</v>
-[...1 lines deleted...]
-      <c r="E161" s="33" t="s">
+        <v>640</v>
+      </c>
+      <c r="E161" s="33">
+        <v>29104280</v>
+      </c>
+      <c r="F161" s="28" t="s">
+        <v>641</v>
+      </c>
+      <c r="G161" s="34" t="s">
+        <v>231</v>
+      </c>
+      <c r="H161" s="28" t="s">
+        <v>640</v>
+      </c>
+      <c r="I161" s="30" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="K161" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="L161" s="28" t="s">
+        <v>783</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="N161" s="30" t="s">
+        <v>1081</v>
+      </c>
+      <c r="O161" s="5" t="s">
         <v>792</v>
       </c>
-      <c r="F161" s="28" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="P161" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q161" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R161" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S161" s="36" t="s">
-        <v>1597</v>
+        <v>1417</v>
       </c>
       <c r="T161" s="28"/>
       <c r="U161" s="28"/>
       <c r="V161" s="28"/>
       <c r="W161" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X161" s="29" t="s">
-        <v>1415</v>
+        <v>1296</v>
       </c>
       <c r="Y161" s="32">
-        <v>44785</v>
+        <v>44803</v>
       </c>
       <c r="Z161" s="37">
-        <v>44789</v>
+        <v>44805</v>
       </c>
       <c r="AA161" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB161" s="29" t="s">
-        <v>1311</v>
+        <v>1125</v>
       </c>
       <c r="AC161" s="37">
-        <v>45803</v>
+        <v>45869</v>
       </c>
       <c r="AD161" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-      <c r="AF161" s="39"/>
+        <v>45873</v>
+      </c>
+      <c r="AE161" s="38">
+        <v>39999.599999999999</v>
+      </c>
+      <c r="AF161" s="39">
+        <v>45840</v>
+      </c>
       <c r="AG161" s="40"/>
       <c r="AH161" s="39"/>
       <c r="AI161" s="40"/>
       <c r="AJ161" s="39"/>
       <c r="AK161" s="47"/>
       <c r="AL161" s="50"/>
     </row>
-    <row r="162" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A162" s="27">
         <v>156</v>
       </c>
       <c r="B162" s="28" t="s">
         <v>204</v>
       </c>
       <c r="C162" s="29">
-        <v>40203408303</v>
+        <v>40203275158</v>
       </c>
       <c r="D162" s="28" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>642</v>
+      </c>
+      <c r="E162" s="33">
+        <v>29621741</v>
       </c>
       <c r="F162" s="28" t="s">
-        <v>796</v>
+        <v>643</v>
       </c>
       <c r="G162" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H162" s="28" t="s">
-        <v>794</v>
+        <v>1082</v>
       </c>
       <c r="I162" s="30" t="s">
-        <v>1260</v>
+        <v>890</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L162" s="28" t="s">
-        <v>962</v>
+        <v>1083</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>897</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="N162" s="30"/>
       <c r="O162" s="5" t="s">
-        <v>971</v>
+        <v>711</v>
       </c>
       <c r="P162" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q162" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R162" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S162" s="36" t="s">
-        <v>1598</v>
+        <v>1418</v>
       </c>
       <c r="T162" s="28"/>
       <c r="U162" s="28"/>
       <c r="V162" s="28"/>
       <c r="W162" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X162" s="29" t="s">
-        <v>1478</v>
+        <v>1419</v>
       </c>
       <c r="Y162" s="32">
-        <v>44803</v>
+        <v>44804</v>
       </c>
       <c r="Z162" s="37">
-        <v>44805</v>
+        <v>44806</v>
       </c>
       <c r="AA162" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB162" s="29" t="s">
-        <v>1305</v>
+        <v>1122</v>
       </c>
       <c r="AC162" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD162" s="37">
-        <v>45873</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE162" s="38"/>
+      <c r="AF162" s="39"/>
       <c r="AG162" s="40"/>
       <c r="AH162" s="39"/>
       <c r="AI162" s="40"/>
       <c r="AJ162" s="39"/>
       <c r="AK162" s="47"/>
       <c r="AL162" s="50"/>
     </row>
-    <row r="163" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A163" s="27">
         <v>157</v>
       </c>
       <c r="B163" s="28" t="s">
         <v>205</v>
       </c>
       <c r="C163" s="29">
-        <v>40203275158</v>
+        <v>40203414846</v>
       </c>
       <c r="D163" s="28" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="E163" s="33" t="s">
+        <v>644</v>
+      </c>
+      <c r="E163" s="33">
+        <v>25195421</v>
+      </c>
+      <c r="F163" s="28" t="s">
+        <v>645</v>
+      </c>
+      <c r="G163" s="34" t="s">
+        <v>646</v>
+      </c>
+      <c r="H163" s="28" t="s">
+        <v>644</v>
+      </c>
+      <c r="I163" s="30" t="s">
         <v>798</v>
       </c>
-      <c r="F163" s="28" t="s">
+      <c r="J163" s="5" t="s">
         <v>799</v>
       </c>
-      <c r="G163" s="34" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K163" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="L163" s="28" t="s">
+        <v>978</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="N163" s="30" t="s">
         <v>895</v>
       </c>
-      <c r="L163" s="28" t="s">
-[...5 lines deleted...]
-      <c r="N163" s="30"/>
       <c r="O163" s="5" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="P163" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q163" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R163" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S163" s="36" t="s">
-        <v>1599</v>
+        <v>1420</v>
       </c>
       <c r="T163" s="28"/>
       <c r="U163" s="28"/>
       <c r="V163" s="28"/>
       <c r="W163" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X163" s="29" t="s">
-        <v>1600</v>
+        <v>1421</v>
       </c>
       <c r="Y163" s="32">
-        <v>44804</v>
+        <v>44813</v>
       </c>
       <c r="Z163" s="37">
-        <v>44806</v>
+        <v>44817</v>
       </c>
       <c r="AA163" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB163" s="29" t="s">
-        <v>1302</v>
+        <v>1125</v>
       </c>
       <c r="AC163" s="37">
-        <v>45912</v>
+        <v>45869</v>
       </c>
       <c r="AD163" s="37">
-        <v>45916</v>
+        <v>45873</v>
       </c>
       <c r="AE163" s="38"/>
       <c r="AF163" s="39"/>
       <c r="AG163" s="40"/>
       <c r="AH163" s="39"/>
       <c r="AI163" s="40"/>
       <c r="AJ163" s="39"/>
       <c r="AK163" s="47"/>
       <c r="AL163" s="50"/>
     </row>
-    <row r="164" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A164" s="27">
         <v>158</v>
       </c>
       <c r="B164" s="28" t="s">
         <v>206</v>
       </c>
       <c r="C164" s="29">
-        <v>40203414846</v>
+        <v>40203308694</v>
       </c>
       <c r="D164" s="28" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>801</v>
+        <v>647</v>
+      </c>
+      <c r="E164" s="33">
+        <v>29218092</v>
       </c>
       <c r="F164" s="28" t="s">
-        <v>802</v>
+        <v>648</v>
       </c>
       <c r="G164" s="34" t="s">
-        <v>803</v>
+        <v>649</v>
       </c>
       <c r="H164" s="28" t="s">
-        <v>800</v>
+        <v>1085</v>
       </c>
       <c r="I164" s="30" t="s">
-        <v>977</v>
+        <v>793</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>978</v>
+        <v>794</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>959</v>
+        <v>780</v>
       </c>
       <c r="L164" s="28" t="s">
-        <v>1157</v>
+        <v>720</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>915</v>
+        <v>721</v>
       </c>
       <c r="N164" s="30" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="O164" s="5" t="s">
-        <v>1075</v>
+        <v>792</v>
       </c>
       <c r="P164" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q164" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R164" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S164" s="36" t="s">
-        <v>1601</v>
+        <v>1422</v>
       </c>
       <c r="T164" s="28"/>
       <c r="U164" s="28"/>
       <c r="V164" s="28"/>
       <c r="W164" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X164" s="29" t="s">
-        <v>1602</v>
+        <v>1423</v>
       </c>
       <c r="Y164" s="32">
-        <v>44813</v>
+        <v>44830</v>
       </c>
       <c r="Z164" s="37">
-        <v>44817</v>
+        <v>44832</v>
       </c>
       <c r="AA164" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB164" s="29" t="s">
-        <v>1305</v>
+        <v>1142</v>
       </c>
       <c r="AC164" s="37">
-        <v>45869</v>
+        <v>45954</v>
       </c>
       <c r="AD164" s="37">
-        <v>45873</v>
+        <v>45958</v>
       </c>
       <c r="AE164" s="38"/>
       <c r="AF164" s="39"/>
       <c r="AG164" s="40"/>
       <c r="AH164" s="39"/>
       <c r="AI164" s="40"/>
       <c r="AJ164" s="39"/>
       <c r="AK164" s="47"/>
       <c r="AL164" s="50"/>
     </row>
-    <row r="165" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A165" s="27">
         <v>159</v>
       </c>
       <c r="B165" s="28" t="s">
         <v>207</v>
       </c>
       <c r="C165" s="29">
-        <v>40203308694</v>
+        <v>40203415663</v>
       </c>
       <c r="D165" s="28" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>650</v>
+      </c>
+      <c r="E165" s="33">
+        <v>26630954</v>
       </c>
       <c r="F165" s="28" t="s">
-        <v>806</v>
+        <v>651</v>
       </c>
       <c r="G165" s="34" t="s">
-        <v>807</v>
+        <v>652</v>
       </c>
       <c r="H165" s="28" t="s">
-        <v>1265</v>
+        <v>650</v>
       </c>
       <c r="I165" s="30" t="s">
-        <v>972</v>
+        <v>702</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>973</v>
+        <v>702</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L165" s="28" t="s">
-        <v>896</v>
+        <v>712</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>897</v>
+        <v>713</v>
       </c>
       <c r="N165" s="30" t="s">
-        <v>1266</v>
+        <v>913</v>
       </c>
       <c r="O165" s="5" t="s">
-        <v>971</v>
+        <v>914</v>
       </c>
       <c r="P165" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q165" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R165" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S165" s="36" t="s">
-        <v>1603</v>
+        <v>1424</v>
       </c>
       <c r="T165" s="28"/>
       <c r="U165" s="28"/>
       <c r="V165" s="28"/>
       <c r="W165" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X165" s="29" t="s">
-        <v>1604</v>
+        <v>1425</v>
       </c>
       <c r="Y165" s="32">
-        <v>44830</v>
+        <v>44831</v>
       </c>
       <c r="Z165" s="37">
-        <v>44832</v>
+        <v>44833</v>
       </c>
       <c r="AA165" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB165" s="29" t="s">
-        <v>1322</v>
+        <v>1128</v>
       </c>
       <c r="AC165" s="37">
-        <v>45954</v>
+        <v>45973</v>
       </c>
       <c r="AD165" s="37">
-        <v>45958</v>
+        <v>45975</v>
       </c>
       <c r="AE165" s="38"/>
       <c r="AF165" s="39"/>
       <c r="AG165" s="40"/>
       <c r="AH165" s="39"/>
       <c r="AI165" s="40"/>
       <c r="AJ165" s="39"/>
       <c r="AK165" s="47"/>
       <c r="AL165" s="50"/>
     </row>
-    <row r="166" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="27">
         <v>160</v>
       </c>
       <c r="B166" s="28" t="s">
         <v>208</v>
       </c>
       <c r="C166" s="29">
-        <v>40203415663</v>
+        <v>40203184677</v>
       </c>
       <c r="D166" s="28" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>653</v>
+      </c>
+      <c r="E166" s="33">
+        <v>29326662</v>
       </c>
       <c r="F166" s="28" t="s">
-        <v>810</v>
+        <v>654</v>
       </c>
       <c r="G166" s="34" t="s">
-        <v>811</v>
+        <v>655</v>
       </c>
       <c r="H166" s="28" t="s">
-        <v>808</v>
+        <v>1087</v>
       </c>
       <c r="I166" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L166" s="28" t="s">
-        <v>888</v>
+        <v>712</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>889</v>
+        <v>713</v>
       </c>
       <c r="N166" s="30" t="s">
-        <v>1092</v>
+        <v>911</v>
       </c>
       <c r="O166" s="5" t="s">
-        <v>1093</v>
+        <v>912</v>
       </c>
       <c r="P166" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q166" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R166" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S166" s="36" t="s">
-        <v>1605</v>
+        <v>1426</v>
       </c>
       <c r="T166" s="28"/>
       <c r="U166" s="28"/>
       <c r="V166" s="28"/>
       <c r="W166" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X166" s="29" t="s">
-        <v>1606</v>
+        <v>1361</v>
       </c>
       <c r="Y166" s="32">
-        <v>44831</v>
+        <v>44848</v>
       </c>
       <c r="Z166" s="37">
-        <v>44833</v>
+        <v>44852</v>
       </c>
       <c r="AA166" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB166" s="29" t="s">
-        <v>1308</v>
+        <v>1142</v>
       </c>
       <c r="AC166" s="37">
-        <v>45973</v>
+        <v>45954</v>
       </c>
       <c r="AD166" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF166" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE166" s="38">
+        <v>39569.01</v>
+      </c>
+      <c r="AF166" s="39">
+        <v>45621</v>
+      </c>
       <c r="AG166" s="40"/>
       <c r="AH166" s="39"/>
       <c r="AI166" s="40"/>
       <c r="AJ166" s="39"/>
       <c r="AK166" s="47"/>
       <c r="AL166" s="50"/>
     </row>
-    <row r="167" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A167" s="27">
         <v>161</v>
       </c>
       <c r="B167" s="28" t="s">
         <v>209</v>
       </c>
       <c r="C167" s="29">
-        <v>40203184677</v>
+        <v>40203359652</v>
       </c>
       <c r="D167" s="28" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>656</v>
+      </c>
+      <c r="E167" s="33">
+        <v>29226092</v>
       </c>
       <c r="F167" s="28" t="s">
-        <v>814</v>
+        <v>657</v>
       </c>
       <c r="G167" s="34" t="s">
-        <v>815</v>
+        <v>231</v>
       </c>
       <c r="H167" s="28" t="s">
-        <v>1267</v>
+        <v>1088</v>
       </c>
       <c r="I167" s="30" t="s">
-        <v>878</v>
+        <v>1089</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L167" s="28" t="s">
-        <v>888</v>
+        <v>1090</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>1091</v>
+      </c>
+      <c r="N167" s="30"/>
       <c r="O167" s="5" t="s">
-        <v>1091</v>
+        <v>711</v>
       </c>
       <c r="P167" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q167" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R167" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S167" s="36" t="s">
-        <v>1607</v>
+        <v>1427</v>
       </c>
       <c r="T167" s="28"/>
       <c r="U167" s="28"/>
       <c r="V167" s="28"/>
       <c r="W167" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X167" s="29" t="s">
-        <v>1542</v>
+        <v>1428</v>
       </c>
       <c r="Y167" s="32">
-        <v>44848</v>
+        <v>44868</v>
       </c>
       <c r="Z167" s="37">
-        <v>44852</v>
+        <v>44872</v>
       </c>
       <c r="AA167" s="28" t="s">
-        <v>1301</v>
+        <v>1218</v>
       </c>
       <c r="AB167" s="29" t="s">
-        <v>1322</v>
+        <v>1429</v>
       </c>
       <c r="AC167" s="37">
-        <v>45954</v>
+        <v>46014</v>
       </c>
       <c r="AD167" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>46021</v>
+      </c>
+      <c r="AE167" s="38"/>
+      <c r="AF167" s="39"/>
       <c r="AG167" s="40"/>
       <c r="AH167" s="39"/>
       <c r="AI167" s="40"/>
       <c r="AJ167" s="39"/>
       <c r="AK167" s="47"/>
       <c r="AL167" s="50"/>
     </row>
-    <row r="168" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A168" s="27">
         <v>162</v>
       </c>
       <c r="B168" s="28" t="s">
         <v>210</v>
       </c>
       <c r="C168" s="29">
-        <v>40203359652</v>
+        <v>40203399000</v>
       </c>
       <c r="D168" s="28" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>658</v>
+      </c>
+      <c r="E168" s="33">
+        <v>29490785</v>
       </c>
       <c r="F168" s="28" t="s">
-        <v>818</v>
+        <v>659</v>
       </c>
       <c r="G168" s="34" t="s">
-        <v>234</v>
+        <v>660</v>
       </c>
       <c r="H168" s="28" t="s">
-        <v>1268</v>
+        <v>658</v>
       </c>
       <c r="I168" s="30" t="s">
-        <v>1269</v>
+        <v>1050</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>978</v>
+        <v>1051</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>959</v>
+        <v>719</v>
       </c>
       <c r="L168" s="28" t="s">
-        <v>1270</v>
+        <v>781</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1271</v>
-[...1 lines deleted...]
-      <c r="N168" s="30"/>
+        <v>782</v>
+      </c>
+      <c r="N168" s="30" t="s">
+        <v>703</v>
+      </c>
       <c r="O168" s="5" t="s">
-        <v>887</v>
+        <v>704</v>
       </c>
       <c r="P168" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q168" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R168" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S168" s="36" t="s">
-        <v>1608</v>
+        <v>1430</v>
       </c>
       <c r="T168" s="28"/>
       <c r="U168" s="28"/>
       <c r="V168" s="28"/>
       <c r="W168" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X168" s="29" t="s">
-        <v>1609</v>
+        <v>1431</v>
       </c>
       <c r="Y168" s="32">
-        <v>44868</v>
+        <v>44890</v>
       </c>
       <c r="Z168" s="37">
-        <v>44872</v>
+        <v>44894</v>
       </c>
       <c r="AA168" s="28" t="s">
-        <v>1400</v>
+        <v>1121</v>
       </c>
       <c r="AB168" s="29" t="s">
-        <v>1610</v>
+        <v>1204</v>
       </c>
       <c r="AC168" s="37">
-        <v>46014</v>
+        <v>45856</v>
       </c>
       <c r="AD168" s="37">
-        <v>46021</v>
+        <v>45860</v>
       </c>
       <c r="AE168" s="38"/>
       <c r="AF168" s="39"/>
       <c r="AG168" s="40"/>
       <c r="AH168" s="39"/>
       <c r="AI168" s="40"/>
       <c r="AJ168" s="39"/>
       <c r="AK168" s="47"/>
       <c r="AL168" s="50"/>
     </row>
-    <row r="169" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A169" s="27">
         <v>163</v>
       </c>
       <c r="B169" s="28" t="s">
         <v>211</v>
       </c>
       <c r="C169" s="29">
-        <v>40203399000</v>
+        <v>40203385161</v>
       </c>
       <c r="D169" s="28" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>661</v>
+      </c>
+      <c r="E169" s="33">
+        <v>29446400</v>
       </c>
       <c r="F169" s="28" t="s">
-        <v>820</v>
+        <v>662</v>
       </c>
       <c r="G169" s="34" t="s">
-        <v>821</v>
+        <v>663</v>
       </c>
       <c r="H169" s="28" t="s">
-        <v>819</v>
+        <v>640</v>
       </c>
       <c r="I169" s="30" t="s">
-        <v>1230</v>
+        <v>702</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1231</v>
+        <v>702</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L169" s="28" t="s">
-        <v>960</v>
+        <v>710</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>961</v>
+        <v>706</v>
       </c>
       <c r="N169" s="30" t="s">
-        <v>879</v>
+        <v>740</v>
       </c>
       <c r="O169" s="5" t="s">
-        <v>880</v>
+        <v>741</v>
       </c>
       <c r="P169" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q169" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R169" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S169" s="36" t="s">
-        <v>1611</v>
+        <v>1432</v>
       </c>
       <c r="T169" s="28"/>
       <c r="U169" s="28"/>
       <c r="V169" s="28"/>
       <c r="W169" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X169" s="29" t="s">
-        <v>1612</v>
+        <v>1154</v>
       </c>
       <c r="Y169" s="32">
-        <v>44890</v>
+        <v>44915</v>
       </c>
       <c r="Z169" s="37">
-        <v>44894</v>
+        <v>44917</v>
       </c>
       <c r="AA169" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB169" s="29" t="s">
-        <v>1386</v>
+        <v>1204</v>
       </c>
       <c r="AC169" s="37">
         <v>45856</v>
       </c>
       <c r="AD169" s="37">
         <v>45860</v>
       </c>
-      <c r="AE169" s="38"/>
-      <c r="AF169" s="39"/>
+      <c r="AE169" s="38">
+        <v>39999.29</v>
+      </c>
+      <c r="AF169" s="39">
+        <v>45729</v>
+      </c>
       <c r="AG169" s="40"/>
       <c r="AH169" s="39"/>
       <c r="AI169" s="40"/>
       <c r="AJ169" s="39"/>
       <c r="AK169" s="47"/>
       <c r="AL169" s="50"/>
     </row>
-    <row r="170" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A170" s="27">
         <v>164</v>
       </c>
       <c r="B170" s="28" t="s">
         <v>212</v>
       </c>
       <c r="C170" s="29">
-        <v>40203385161</v>
+        <v>40203438454</v>
       </c>
       <c r="D170" s="28" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>664</v>
+      </c>
+      <c r="E170" s="33">
+        <v>26613948</v>
       </c>
       <c r="F170" s="28" t="s">
-        <v>824</v>
+        <v>665</v>
       </c>
       <c r="G170" s="34" t="s">
-        <v>825</v>
+        <v>231</v>
       </c>
       <c r="H170" s="28" t="s">
-        <v>794</v>
+        <v>1092</v>
       </c>
       <c r="I170" s="30" t="s">
-        <v>878</v>
+        <v>890</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L170" s="28" t="s">
-        <v>886</v>
+        <v>1093</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>882</v>
+        <v>1094</v>
       </c>
       <c r="N170" s="30" t="s">
-        <v>916</v>
+        <v>940</v>
       </c>
       <c r="O170" s="5" t="s">
-        <v>917</v>
+        <v>941</v>
       </c>
       <c r="P170" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q170" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R170" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S170" s="36" t="s">
-        <v>1613</v>
+        <v>1433</v>
       </c>
       <c r="T170" s="28"/>
       <c r="U170" s="28"/>
       <c r="V170" s="28"/>
       <c r="W170" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X170" s="29" t="s">
-        <v>1334</v>
+        <v>1160</v>
       </c>
       <c r="Y170" s="32">
-        <v>44915</v>
+        <v>44916</v>
       </c>
       <c r="Z170" s="37">
-        <v>44917</v>
-[...18 lines deleted...]
-      </c>
+        <v>44918</v>
+      </c>
+      <c r="AA170" s="28"/>
+      <c r="AB170" s="29"/>
+      <c r="AC170" s="37"/>
+      <c r="AD170" s="37"/>
+      <c r="AE170" s="38"/>
+      <c r="AF170" s="39"/>
       <c r="AG170" s="40"/>
       <c r="AH170" s="39"/>
       <c r="AI170" s="40"/>
       <c r="AJ170" s="39"/>
       <c r="AK170" s="47"/>
       <c r="AL170" s="50"/>
     </row>
-    <row r="171" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A171" s="27">
         <v>165</v>
       </c>
       <c r="B171" s="28" t="s">
         <v>213</v>
       </c>
       <c r="C171" s="29">
-        <v>40203438454</v>
+        <v>43603065837</v>
       </c>
       <c r="D171" s="28" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>666</v>
+      </c>
+      <c r="E171" s="33">
+        <v>29418190</v>
       </c>
       <c r="F171" s="28" t="s">
-        <v>828</v>
+        <v>667</v>
       </c>
       <c r="G171" s="34" t="s">
-        <v>234</v>
+        <v>668</v>
       </c>
       <c r="H171" s="28" t="s">
-        <v>1272</v>
+        <v>1095</v>
       </c>
       <c r="I171" s="30" t="s">
-        <v>1069</v>
+        <v>737</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>1070</v>
+        <v>737</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>895</v>
+        <v>709</v>
       </c>
       <c r="L171" s="28" t="s">
-        <v>1273</v>
+        <v>703</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1274</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N171" s="30"/>
       <c r="O171" s="5" t="s">
-        <v>1120</v>
+        <v>711</v>
       </c>
       <c r="P171" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q171" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R171" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S171" s="36" t="s">
-        <v>1614</v>
+        <v>1434</v>
       </c>
       <c r="T171" s="28"/>
       <c r="U171" s="28"/>
       <c r="V171" s="28"/>
       <c r="W171" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X171" s="29" t="s">
-        <v>1340</v>
+        <v>1435</v>
       </c>
       <c r="Y171" s="32">
-        <v>44916</v>
+        <v>45009</v>
       </c>
       <c r="Z171" s="37">
-        <v>44918</v>
-[...4 lines deleted...]
-      <c r="AD171" s="37"/>
+        <v>45013</v>
+      </c>
+      <c r="AA171" s="28" t="s">
+        <v>1121</v>
+      </c>
+      <c r="AB171" s="29" t="s">
+        <v>1131</v>
+      </c>
+      <c r="AC171" s="37">
+        <v>45803</v>
+      </c>
+      <c r="AD171" s="37">
+        <v>45805</v>
+      </c>
       <c r="AE171" s="38"/>
       <c r="AF171" s="39"/>
       <c r="AG171" s="40"/>
       <c r="AH171" s="39"/>
       <c r="AI171" s="40"/>
       <c r="AJ171" s="39"/>
       <c r="AK171" s="47"/>
       <c r="AL171" s="50"/>
     </row>
-    <row r="172" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A172" s="27">
         <v>166</v>
       </c>
       <c r="B172" s="28" t="s">
         <v>214</v>
       </c>
       <c r="C172" s="29">
-        <v>43603065837</v>
+        <v>40203466513</v>
       </c>
       <c r="D172" s="28" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>830</v>
+        <v>669</v>
+      </c>
+      <c r="E172" s="33">
+        <v>29341073</v>
       </c>
       <c r="F172" s="28" t="s">
-        <v>831</v>
+        <v>670</v>
       </c>
       <c r="G172" s="34" t="s">
-        <v>832</v>
+        <v>671</v>
       </c>
       <c r="H172" s="28" t="s">
-        <v>1275</v>
+        <v>1096</v>
       </c>
       <c r="I172" s="30" t="s">
-        <v>913</v>
+        <v>1097</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>913</v>
+        <v>933</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>885</v>
+        <v>786</v>
       </c>
       <c r="L172" s="28" t="s">
-        <v>879</v>
+        <v>974</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N172" s="30"/>
+        <v>975</v>
+      </c>
+      <c r="N172" s="30" t="s">
+        <v>1012</v>
+      </c>
       <c r="O172" s="5" t="s">
-        <v>887</v>
+        <v>1013</v>
       </c>
       <c r="P172" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q172" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R172" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S172" s="36" t="s">
-        <v>1615</v>
+        <v>1436</v>
       </c>
       <c r="T172" s="28"/>
       <c r="U172" s="28"/>
       <c r="V172" s="28"/>
       <c r="W172" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X172" s="29" t="s">
-        <v>1616</v>
+        <v>1210</v>
       </c>
       <c r="Y172" s="32">
-        <v>45009</v>
+        <v>45035</v>
       </c>
       <c r="Z172" s="37">
-        <v>45013</v>
+        <v>45037</v>
       </c>
       <c r="AA172" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB172" s="29" t="s">
-        <v>1311</v>
+        <v>1142</v>
       </c>
       <c r="AC172" s="37">
-        <v>45803</v>
+        <v>45954</v>
       </c>
       <c r="AD172" s="37">
-        <v>45805</v>
-[...2 lines deleted...]
-      <c r="AF172" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE172" s="38">
+        <v>35999.99</v>
+      </c>
+      <c r="AF172" s="39">
+        <v>45840</v>
+      </c>
       <c r="AG172" s="40"/>
       <c r="AH172" s="39"/>
       <c r="AI172" s="40"/>
       <c r="AJ172" s="39"/>
       <c r="AK172" s="47"/>
       <c r="AL172" s="50"/>
     </row>
-    <row r="173" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A173" s="27">
         <v>167</v>
       </c>
       <c r="B173" s="28" t="s">
         <v>215</v>
       </c>
       <c r="C173" s="29">
-        <v>40203466513</v>
+        <v>40203473854</v>
       </c>
       <c r="D173" s="28" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>672</v>
+      </c>
+      <c r="E173" s="33">
+        <v>26826839</v>
       </c>
       <c r="F173" s="28" t="s">
-        <v>835</v>
+        <v>673</v>
       </c>
       <c r="G173" s="34" t="s">
-        <v>836</v>
+        <v>231</v>
       </c>
       <c r="H173" s="28" t="s">
-        <v>1276</v>
+        <v>1098</v>
       </c>
       <c r="I173" s="30" t="s">
-        <v>1277</v>
+        <v>1099</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>1112</v>
+        <v>1100</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>965</v>
+        <v>786</v>
       </c>
       <c r="L173" s="28" t="s">
-        <v>1153</v>
+        <v>1101</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1154</v>
+        <v>1102</v>
       </c>
       <c r="N173" s="30" t="s">
-        <v>1191</v>
+        <v>714</v>
       </c>
       <c r="O173" s="5" t="s">
-        <v>1192</v>
+        <v>715</v>
       </c>
       <c r="P173" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q173" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R173" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S173" s="36" t="s">
-        <v>1617</v>
+        <v>1437</v>
       </c>
       <c r="T173" s="28"/>
       <c r="U173" s="28"/>
       <c r="V173" s="28"/>
       <c r="W173" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X173" s="29" t="s">
-        <v>1392</v>
+        <v>1438</v>
       </c>
       <c r="Y173" s="32">
-        <v>45035</v>
+        <v>45065</v>
       </c>
       <c r="Z173" s="37">
-        <v>45037</v>
+        <v>45068</v>
       </c>
       <c r="AA173" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB173" s="29" t="s">
-        <v>1322</v>
+        <v>1134</v>
       </c>
       <c r="AC173" s="37">
-        <v>45954</v>
+        <v>45825</v>
       </c>
       <c r="AD173" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE173" s="38"/>
+      <c r="AF173" s="39"/>
       <c r="AG173" s="40"/>
       <c r="AH173" s="39"/>
       <c r="AI173" s="40"/>
       <c r="AJ173" s="39"/>
       <c r="AK173" s="47"/>
       <c r="AL173" s="50"/>
     </row>
-    <row r="174" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A174" s="27">
         <v>168</v>
       </c>
       <c r="B174" s="28" t="s">
         <v>216</v>
       </c>
       <c r="C174" s="29">
-        <v>40203473854</v>
+        <v>40203441026</v>
       </c>
       <c r="D174" s="28" t="s">
-        <v>837</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>674</v>
+      </c>
+      <c r="E174" s="33">
+        <v>26597277</v>
       </c>
       <c r="F174" s="28" t="s">
-        <v>839</v>
+        <v>675</v>
       </c>
       <c r="G174" s="34" t="s">
-        <v>234</v>
+        <v>676</v>
       </c>
       <c r="H174" s="28" t="s">
-        <v>1278</v>
+        <v>1103</v>
       </c>
       <c r="I174" s="30" t="s">
-        <v>1279</v>
+        <v>702</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>1280</v>
+        <v>702</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L174" s="28" t="s">
-        <v>1281</v>
+        <v>781</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1282</v>
+        <v>782</v>
       </c>
       <c r="N174" s="30" t="s">
-        <v>890</v>
+        <v>791</v>
       </c>
       <c r="O174" s="5" t="s">
-        <v>891</v>
+        <v>792</v>
       </c>
       <c r="P174" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q174" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R174" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S174" s="36" t="s">
-        <v>1618</v>
+        <v>1439</v>
       </c>
       <c r="T174" s="28"/>
       <c r="U174" s="28"/>
       <c r="V174" s="28"/>
       <c r="W174" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X174" s="29" t="s">
-        <v>1619</v>
+        <v>1267</v>
       </c>
       <c r="Y174" s="32">
-        <v>45065</v>
+        <v>45085</v>
       </c>
       <c r="Z174" s="37">
-        <v>45068</v>
+        <v>45089</v>
       </c>
       <c r="AA174" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB174" s="29" t="s">
-        <v>1314</v>
+        <v>1142</v>
       </c>
       <c r="AC174" s="37">
-        <v>45825</v>
+        <v>45954</v>
       </c>
       <c r="AD174" s="37">
-        <v>45827</v>
-[...2 lines deleted...]
-      <c r="AF174" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE174" s="38">
+        <v>39996</v>
+      </c>
+      <c r="AF174" s="39">
+        <v>45762</v>
+      </c>
       <c r="AG174" s="40"/>
       <c r="AH174" s="39"/>
       <c r="AI174" s="40"/>
       <c r="AJ174" s="39"/>
       <c r="AK174" s="47"/>
       <c r="AL174" s="50"/>
     </row>
-    <row r="175" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A175" s="27">
         <v>169</v>
       </c>
       <c r="B175" s="28" t="s">
         <v>217</v>
       </c>
       <c r="C175" s="29">
-        <v>40203441026</v>
+        <v>43603071566</v>
       </c>
       <c r="D175" s="28" t="s">
-        <v>840</v>
-[...2 lines deleted...]
-        <v>841</v>
+        <v>677</v>
+      </c>
+      <c r="E175" s="33">
+        <v>29116210</v>
       </c>
       <c r="F175" s="28" t="s">
-        <v>842</v>
+        <v>678</v>
       </c>
       <c r="G175" s="34" t="s">
-        <v>843</v>
+        <v>679</v>
       </c>
       <c r="H175" s="28" t="s">
-        <v>1283</v>
+        <v>1104</v>
       </c>
       <c r="I175" s="30" t="s">
-        <v>878</v>
+        <v>737</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>878</v>
+        <v>737</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L175" s="28" t="s">
-        <v>960</v>
+        <v>815</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>961</v>
+        <v>816</v>
       </c>
       <c r="N175" s="30" t="s">
-        <v>970</v>
+        <v>822</v>
       </c>
       <c r="O175" s="5" t="s">
-        <v>971</v>
+        <v>823</v>
       </c>
       <c r="P175" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q175" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R175" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S175" s="36" t="s">
-        <v>1620</v>
+        <v>1440</v>
       </c>
       <c r="T175" s="28"/>
       <c r="U175" s="28"/>
       <c r="V175" s="28"/>
       <c r="W175" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X175" s="29" t="s">
-        <v>1449</v>
+        <v>1225</v>
       </c>
       <c r="Y175" s="32">
-        <v>45085</v>
+        <v>45182</v>
       </c>
       <c r="Z175" s="37">
-        <v>45089</v>
+        <v>45184</v>
       </c>
       <c r="AA175" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB175" s="29" t="s">
-        <v>1322</v>
+        <v>1204</v>
       </c>
       <c r="AC175" s="37">
-        <v>45954</v>
+        <v>45856</v>
       </c>
       <c r="AD175" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>45860</v>
+      </c>
+      <c r="AE175" s="38"/>
+      <c r="AF175" s="39"/>
       <c r="AG175" s="40"/>
       <c r="AH175" s="39"/>
       <c r="AI175" s="40"/>
       <c r="AJ175" s="39"/>
       <c r="AK175" s="47"/>
       <c r="AL175" s="50"/>
     </row>
-    <row r="176" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A176" s="27">
         <v>170</v>
       </c>
       <c r="B176" s="28" t="s">
         <v>218</v>
       </c>
       <c r="C176" s="29">
-        <v>43603071566</v>
+        <v>40203491991</v>
       </c>
       <c r="D176" s="28" t="s">
-        <v>844</v>
-[...2 lines deleted...]
-        <v>845</v>
+        <v>680</v>
+      </c>
+      <c r="E176" s="33">
+        <v>28384829</v>
       </c>
       <c r="F176" s="28" t="s">
-        <v>846</v>
+        <v>681</v>
       </c>
       <c r="G176" s="34" t="s">
-        <v>847</v>
+        <v>231</v>
       </c>
       <c r="H176" s="28" t="s">
-        <v>1284</v>
+        <v>680</v>
       </c>
       <c r="I176" s="30" t="s">
-        <v>913</v>
+        <v>737</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>913</v>
+        <v>737</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>885</v>
+        <v>709</v>
       </c>
       <c r="L176" s="28" t="s">
-        <v>994</v>
+        <v>703</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>995</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N176" s="30"/>
       <c r="O176" s="5" t="s">
-        <v>1002</v>
+        <v>711</v>
       </c>
       <c r="P176" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q176" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R176" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S176" s="36" t="s">
-        <v>1621</v>
+        <v>1441</v>
       </c>
       <c r="T176" s="28"/>
       <c r="U176" s="28"/>
       <c r="V176" s="28"/>
       <c r="W176" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X176" s="29" t="s">
-        <v>1407</v>
+        <v>1442</v>
       </c>
       <c r="Y176" s="32">
-        <v>45182</v>
+        <v>45204</v>
       </c>
       <c r="Z176" s="37">
-        <v>45184</v>
+        <v>45208</v>
       </c>
       <c r="AA176" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB176" s="29" t="s">
-        <v>1386</v>
+        <v>1122</v>
       </c>
       <c r="AC176" s="37">
-        <v>45856</v>
+        <v>45912</v>
       </c>
       <c r="AD176" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF176" s="39"/>
+        <v>45916</v>
+      </c>
+      <c r="AE176" s="38">
+        <v>39712.6</v>
+      </c>
+      <c r="AF176" s="39">
+        <v>45593</v>
+      </c>
       <c r="AG176" s="40"/>
       <c r="AH176" s="39"/>
       <c r="AI176" s="40"/>
       <c r="AJ176" s="39"/>
       <c r="AK176" s="47"/>
       <c r="AL176" s="50"/>
     </row>
-    <row r="177" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A177" s="27">
         <v>171</v>
       </c>
       <c r="B177" s="28" t="s">
         <v>219</v>
       </c>
       <c r="C177" s="29">
-        <v>40203491991</v>
+        <v>40003859298</v>
       </c>
       <c r="D177" s="28" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>849</v>
+        <v>682</v>
+      </c>
+      <c r="E177" s="33">
+        <v>29491639</v>
       </c>
       <c r="F177" s="28" t="s">
-        <v>850</v>
+        <v>683</v>
       </c>
       <c r="G177" s="34" t="s">
-        <v>234</v>
+        <v>684</v>
       </c>
       <c r="H177" s="28" t="s">
-        <v>848</v>
+        <v>1105</v>
       </c>
       <c r="I177" s="30" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L177" s="28" t="s">
-        <v>879</v>
+        <v>783</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>880</v>
+        <v>721</v>
       </c>
       <c r="N177" s="30"/>
-      <c r="O177" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P177" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q177" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R177" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S177" s="36" t="s">
-        <v>1622</v>
+        <v>1443</v>
       </c>
       <c r="T177" s="28"/>
       <c r="U177" s="28"/>
       <c r="V177" s="28"/>
       <c r="W177" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X177" s="29" t="s">
-        <v>1623</v>
+        <v>1444</v>
       </c>
       <c r="Y177" s="32">
-        <v>45204</v>
+        <v>45271</v>
       </c>
       <c r="Z177" s="37">
-        <v>45208</v>
+        <v>45273</v>
       </c>
       <c r="AA177" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB177" s="29" t="s">
-        <v>1302</v>
+        <v>1128</v>
       </c>
       <c r="AC177" s="37">
-        <v>45912</v>
+        <v>45973</v>
       </c>
       <c r="AD177" s="37">
-        <v>45916</v>
-[...6 lines deleted...]
-      </c>
+        <v>45975</v>
+      </c>
+      <c r="AE177" s="38"/>
+      <c r="AF177" s="39"/>
       <c r="AG177" s="40"/>
       <c r="AH177" s="39"/>
       <c r="AI177" s="40"/>
       <c r="AJ177" s="39"/>
       <c r="AK177" s="47"/>
       <c r="AL177" s="50"/>
     </row>
-    <row r="178" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="178" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A178" s="27">
         <v>172</v>
       </c>
       <c r="B178" s="28" t="s">
         <v>220</v>
       </c>
       <c r="C178" s="29">
-        <v>40003859298</v>
+        <v>40203404208</v>
       </c>
       <c r="D178" s="28" t="s">
-        <v>851</v>
-[...2 lines deleted...]
-        <v>852</v>
+        <v>685</v>
+      </c>
+      <c r="E178" s="33">
+        <v>25629847</v>
       </c>
       <c r="F178" s="28" t="s">
-        <v>853</v>
+        <v>686</v>
       </c>
       <c r="G178" s="34" t="s">
-        <v>854</v>
+        <v>687</v>
       </c>
       <c r="H178" s="28" t="s">
-        <v>1285</v>
+        <v>1106</v>
       </c>
       <c r="I178" s="30" t="s">
-        <v>878</v>
+        <v>1070</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L178" s="28" t="s">
-        <v>962</v>
+        <v>839</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="N178" s="30"/>
+        <v>733</v>
+      </c>
+      <c r="N178" s="30" t="s">
+        <v>703</v>
+      </c>
+      <c r="O178" s="5" t="s">
+        <v>704</v>
+      </c>
       <c r="P178" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q178" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R178" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S178" s="36" t="s">
-        <v>1624</v>
+        <v>1445</v>
       </c>
       <c r="T178" s="28"/>
       <c r="U178" s="28"/>
       <c r="V178" s="28"/>
       <c r="W178" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X178" s="29" t="s">
-        <v>1625</v>
+        <v>1361</v>
       </c>
       <c r="Y178" s="32">
         <v>45271</v>
       </c>
       <c r="Z178" s="37">
         <v>45273</v>
       </c>
       <c r="AA178" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB178" s="29" t="s">
-        <v>1308</v>
+        <v>1134</v>
       </c>
       <c r="AC178" s="37">
-        <v>45973</v>
+        <v>45825</v>
       </c>
       <c r="AD178" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF178" s="39"/>
+        <v>45827</v>
+      </c>
+      <c r="AE178" s="38">
+        <v>21420</v>
+      </c>
+      <c r="AF178" s="39">
+        <v>45713</v>
+      </c>
       <c r="AG178" s="40"/>
       <c r="AH178" s="39"/>
       <c r="AI178" s="40"/>
       <c r="AJ178" s="39"/>
       <c r="AK178" s="47"/>
       <c r="AL178" s="50"/>
     </row>
-    <row r="179" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A179" s="27">
         <v>173</v>
       </c>
       <c r="B179" s="28" t="s">
         <v>221</v>
       </c>
       <c r="C179" s="29">
-        <v>40203404208</v>
+        <v>40203517487</v>
       </c>
       <c r="D179" s="28" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>688</v>
+      </c>
+      <c r="E179" s="33">
+        <v>29342475</v>
       </c>
       <c r="F179" s="28" t="s">
-        <v>857</v>
+        <v>689</v>
       </c>
       <c r="G179" s="34" t="s">
-        <v>858</v>
+        <v>231</v>
       </c>
       <c r="H179" s="28" t="s">
-        <v>1286</v>
+        <v>1107</v>
       </c>
       <c r="I179" s="30" t="s">
-        <v>1250</v>
+        <v>717</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>1070</v>
+        <v>718</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L179" s="28" t="s">
-        <v>1018</v>
+        <v>751</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="N179" s="30"/>
       <c r="O179" s="5" t="s">
-        <v>880</v>
+        <v>711</v>
       </c>
       <c r="P179" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q179" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R179" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S179" s="36" t="s">
-        <v>1626</v>
+        <v>1446</v>
       </c>
       <c r="T179" s="28"/>
       <c r="U179" s="28"/>
       <c r="V179" s="28"/>
       <c r="W179" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X179" s="29" t="s">
-        <v>1542</v>
+        <v>1447</v>
       </c>
       <c r="Y179" s="32">
         <v>45271</v>
       </c>
       <c r="Z179" s="37">
         <v>45273</v>
       </c>
       <c r="AA179" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB179" s="29" t="s">
-        <v>1314</v>
+        <v>1122</v>
       </c>
       <c r="AC179" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD179" s="37">
-        <v>45827</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE179" s="38"/>
+      <c r="AF179" s="39"/>
       <c r="AG179" s="40"/>
       <c r="AH179" s="39"/>
       <c r="AI179" s="40"/>
       <c r="AJ179" s="39"/>
       <c r="AK179" s="47"/>
       <c r="AL179" s="50"/>
     </row>
-    <row r="180" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A180" s="27">
         <v>174</v>
       </c>
       <c r="B180" s="28" t="s">
         <v>222</v>
       </c>
       <c r="C180" s="29">
-        <v>40203517487</v>
+        <v>40203496715</v>
       </c>
       <c r="D180" s="28" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>690</v>
+      </c>
+      <c r="E180" s="33">
+        <v>28149479</v>
       </c>
       <c r="F180" s="28" t="s">
-        <v>861</v>
+        <v>691</v>
       </c>
       <c r="G180" s="34" t="s">
-        <v>234</v>
+        <v>692</v>
       </c>
       <c r="H180" s="28" t="s">
-        <v>1287</v>
+        <v>1108</v>
       </c>
       <c r="I180" s="30" t="s">
-        <v>893</v>
+        <v>909</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>894</v>
+        <v>910</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L180" s="28" t="s">
-        <v>927</v>
+        <v>982</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>928</v>
+        <v>983</v>
       </c>
       <c r="N180" s="30"/>
       <c r="O180" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P180" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q180" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R180" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S180" s="36" t="s">
-        <v>1627</v>
+        <v>1448</v>
       </c>
       <c r="T180" s="28"/>
       <c r="U180" s="28"/>
       <c r="V180" s="28"/>
       <c r="W180" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X180" s="29" t="s">
-        <v>1628</v>
+        <v>1449</v>
       </c>
       <c r="Y180" s="32">
-        <v>45271</v>
+        <v>45281</v>
       </c>
       <c r="Z180" s="37">
-        <v>45273</v>
+        <v>45287</v>
       </c>
       <c r="AA180" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB180" s="29" t="s">
-        <v>1302</v>
+        <v>1157</v>
       </c>
       <c r="AC180" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD180" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE180" s="38"/>
       <c r="AF180" s="39"/>
       <c r="AG180" s="40"/>
       <c r="AH180" s="39"/>
       <c r="AI180" s="40"/>
       <c r="AJ180" s="39"/>
       <c r="AK180" s="47"/>
       <c r="AL180" s="50"/>
     </row>
-    <row r="181" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A181" s="27">
         <v>175</v>
       </c>
       <c r="B181" s="28" t="s">
         <v>223</v>
       </c>
       <c r="C181" s="29">
-        <v>40203496715</v>
+        <v>40203188024</v>
       </c>
       <c r="D181" s="28" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>693</v>
+      </c>
+      <c r="E181" s="33">
+        <v>24881288</v>
       </c>
       <c r="F181" s="28" t="s">
-        <v>864</v>
+        <v>694</v>
       </c>
       <c r="G181" s="34" t="s">
-        <v>865</v>
+        <v>695</v>
       </c>
       <c r="H181" s="28" t="s">
-        <v>1288</v>
+        <v>1109</v>
       </c>
       <c r="I181" s="30" t="s">
-        <v>1088</v>
+        <v>702</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1089</v>
+        <v>702</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L181" s="28" t="s">
-        <v>1161</v>
+        <v>1023</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1162</v>
+        <v>1024</v>
       </c>
       <c r="N181" s="30"/>
-      <c r="O181" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P181" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q181" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R181" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S181" s="36" t="s">
-        <v>1629</v>
+        <v>1450</v>
       </c>
       <c r="T181" s="28"/>
       <c r="U181" s="28"/>
       <c r="V181" s="28"/>
       <c r="W181" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X181" s="29" t="s">
-        <v>1630</v>
+        <v>1451</v>
       </c>
       <c r="Y181" s="32">
-        <v>45281</v>
+        <v>45310</v>
       </c>
       <c r="Z181" s="37">
-        <v>45287</v>
+        <v>45314</v>
       </c>
       <c r="AA181" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB181" s="29" t="s">
-        <v>1337</v>
+        <v>1125</v>
       </c>
       <c r="AC181" s="37">
-        <v>45940</v>
+        <v>45869</v>
       </c>
       <c r="AD181" s="37">
-        <v>45944</v>
+        <v>45873</v>
       </c>
       <c r="AE181" s="38"/>
       <c r="AF181" s="39"/>
       <c r="AG181" s="40"/>
       <c r="AH181" s="39"/>
       <c r="AI181" s="40"/>
       <c r="AJ181" s="39"/>
       <c r="AK181" s="47"/>
       <c r="AL181" s="50"/>
     </row>
-    <row r="182" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A182" s="27">
         <v>176</v>
       </c>
       <c r="B182" s="28" t="s">
         <v>224</v>
       </c>
       <c r="C182" s="29">
-        <v>40203188024</v>
+        <v>40203369932</v>
       </c>
       <c r="D182" s="28" t="s">
-        <v>866</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>696</v>
+      </c>
+      <c r="E182" s="33">
+        <v>26316413</v>
       </c>
       <c r="F182" s="28" t="s">
-        <v>868</v>
+        <v>697</v>
       </c>
       <c r="G182" s="34" t="s">
-        <v>869</v>
+        <v>698</v>
       </c>
       <c r="H182" s="28" t="s">
-        <v>1289</v>
+        <v>1110</v>
       </c>
       <c r="I182" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L182" s="28" t="s">
-        <v>1202</v>
+        <v>703</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1203</v>
+        <v>704</v>
       </c>
       <c r="N182" s="30"/>
       <c r="P182" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q182" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R182" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S182" s="36" t="s">
-        <v>1631</v>
+        <v>1452</v>
       </c>
       <c r="T182" s="28"/>
       <c r="U182" s="28"/>
       <c r="V182" s="28"/>
       <c r="W182" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X182" s="29" t="s">
-        <v>1632</v>
+        <v>1453</v>
       </c>
       <c r="Y182" s="32">
         <v>45310</v>
       </c>
       <c r="Z182" s="37">
         <v>45314</v>
       </c>
       <c r="AA182" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB182" s="29" t="s">
-        <v>1305</v>
+        <v>1204</v>
       </c>
       <c r="AC182" s="37">
-        <v>45869</v>
+        <v>45856</v>
       </c>
       <c r="AD182" s="37">
-        <v>45873</v>
-[...2 lines deleted...]
-      <c r="AF182" s="39"/>
+        <v>45860</v>
+      </c>
+      <c r="AE182" s="38">
+        <v>34221.68</v>
+      </c>
+      <c r="AF182" s="39">
+        <v>45791</v>
+      </c>
       <c r="AG182" s="40"/>
       <c r="AH182" s="39"/>
       <c r="AI182" s="40"/>
       <c r="AJ182" s="39"/>
       <c r="AK182" s="47"/>
       <c r="AL182" s="50"/>
     </row>
-    <row r="183" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A183" s="27">
         <v>177</v>
       </c>
       <c r="B183" s="28" t="s">
         <v>225</v>
       </c>
       <c r="C183" s="29">
-        <v>40203369932</v>
+        <v>40203525889</v>
       </c>
       <c r="D183" s="28" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>699</v>
+      </c>
+      <c r="E183" s="33">
+        <v>25651516</v>
       </c>
       <c r="F183" s="28" t="s">
-        <v>872</v>
+        <v>700</v>
       </c>
       <c r="G183" s="34" t="s">
-        <v>873</v>
+        <v>231</v>
       </c>
       <c r="H183" s="28" t="s">
-        <v>1290</v>
+        <v>1111</v>
       </c>
       <c r="I183" s="30" t="s">
-        <v>878</v>
+        <v>1112</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>878</v>
+        <v>1113</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L183" s="28" t="s">
-        <v>879</v>
+        <v>1114</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N183" s="30"/>
+        <v>749</v>
+      </c>
+      <c r="N183" s="30" t="s">
+        <v>783</v>
+      </c>
+      <c r="O183" s="5" t="s">
+        <v>1115</v>
+      </c>
       <c r="P183" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q183" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R183" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S183" s="36" t="s">
-        <v>1633</v>
+        <v>1454</v>
       </c>
       <c r="T183" s="28"/>
       <c r="U183" s="28"/>
       <c r="V183" s="28"/>
       <c r="W183" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X183" s="29" t="s">
-        <v>1634</v>
+        <v>1150</v>
       </c>
       <c r="Y183" s="32">
-        <v>45310</v>
+        <v>45341</v>
       </c>
       <c r="Z183" s="37">
-        <v>45314</v>
+        <v>45343</v>
       </c>
       <c r="AA183" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB183" s="29" t="s">
-        <v>1386</v>
+        <v>1134</v>
       </c>
       <c r="AC183" s="37">
-        <v>45856</v>
+        <v>45825</v>
       </c>
       <c r="AD183" s="37">
-        <v>45860</v>
-[...6 lines deleted...]
-      </c>
+        <v>45827</v>
+      </c>
+      <c r="AE183" s="38"/>
+      <c r="AF183" s="39"/>
       <c r="AG183" s="40"/>
       <c r="AH183" s="39"/>
       <c r="AI183" s="40"/>
       <c r="AJ183" s="39"/>
       <c r="AK183" s="47"/>
       <c r="AL183" s="50"/>
     </row>
-    <row r="184" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A184" s="27">
         <v>178</v>
       </c>
       <c r="B184" s="28" t="s">
-        <v>226</v>
+        <v>1455</v>
       </c>
       <c r="C184" s="29">
-        <v>40203525889</v>
+        <v>44103123371</v>
       </c>
       <c r="D184" s="28" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>875</v>
+        <v>1461</v>
+      </c>
+      <c r="E184" s="33">
+        <v>28804545</v>
       </c>
       <c r="F184" s="28" t="s">
-        <v>876</v>
+        <v>1462</v>
       </c>
       <c r="G184" s="34" t="s">
-        <v>234</v>
+        <v>1463</v>
       </c>
       <c r="H184" s="28" t="s">
-        <v>1291</v>
+        <v>1477</v>
       </c>
       <c r="I184" s="30" t="s">
-        <v>1292</v>
+        <v>778</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1293</v>
+        <v>779</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>959</v>
+        <v>780</v>
       </c>
       <c r="L184" s="28" t="s">
-        <v>1294</v>
+        <v>807</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>925</v>
+        <v>808</v>
       </c>
       <c r="N184" s="30" t="s">
-        <v>962</v>
+        <v>895</v>
       </c>
       <c r="O184" s="5" t="s">
-        <v>1295</v>
+        <v>896</v>
       </c>
       <c r="P184" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q184" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R184" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S184" s="36" t="s">
-        <v>1635</v>
+        <v>1483</v>
       </c>
       <c r="T184" s="28"/>
       <c r="U184" s="28"/>
       <c r="V184" s="28"/>
       <c r="W184" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X184" s="29" t="s">
-        <v>1330</v>
+        <v>1484</v>
       </c>
       <c r="Y184" s="32">
-        <v>45341</v>
+        <v>45378</v>
       </c>
       <c r="Z184" s="37">
-        <v>45343</v>
+        <v>45384</v>
       </c>
       <c r="AA184" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB184" s="29" t="s">
-        <v>1314</v>
+        <v>1134</v>
       </c>
       <c r="AC184" s="37">
         <v>45825</v>
       </c>
       <c r="AD184" s="37">
         <v>45827</v>
       </c>
-      <c r="AE184" s="38"/>
-      <c r="AF184" s="39"/>
+      <c r="AE184" s="38">
+        <v>39599.42</v>
+      </c>
+      <c r="AF184" s="39">
+        <v>45604</v>
+      </c>
       <c r="AG184" s="40"/>
       <c r="AH184" s="39"/>
       <c r="AI184" s="40"/>
       <c r="AJ184" s="39"/>
       <c r="AK184" s="47"/>
       <c r="AL184" s="50"/>
     </row>
-    <row r="185" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A185" s="27">
         <v>179</v>
       </c>
       <c r="B185" s="28" t="s">
-        <v>1637</v>
+        <v>1456</v>
       </c>
       <c r="C185" s="29">
-        <v>44103123371</v>
+        <v>40103532672</v>
       </c>
       <c r="D185" s="28" t="s">
-        <v>1643</v>
-[...2 lines deleted...]
-        <v>1644</v>
+        <v>1464</v>
+      </c>
+      <c r="E185" s="33">
+        <v>29563360</v>
       </c>
       <c r="F185" s="28" t="s">
-        <v>1645</v>
+        <v>1465</v>
       </c>
       <c r="G185" s="34" t="s">
-        <v>1646</v>
+        <v>231</v>
       </c>
       <c r="H185" s="28" t="s">
-        <v>1665</v>
+        <v>1069</v>
       </c>
       <c r="I185" s="30" t="s">
-        <v>957</v>
+        <v>793</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>958</v>
+        <v>794</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>959</v>
+        <v>780</v>
       </c>
       <c r="L185" s="28" t="s">
-        <v>986</v>
+        <v>952</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>987</v>
-[...6 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="N185" s="30"/>
       <c r="P185" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q185" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R185" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S185" s="36" t="s">
-        <v>1671</v>
-[...1 lines deleted...]
-      <c r="T185" s="28"/>
+        <v>1485</v>
+      </c>
+      <c r="T185" s="28" t="s">
+        <v>1403</v>
+      </c>
       <c r="U185" s="28"/>
       <c r="V185" s="28"/>
       <c r="W185" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X185" s="29" t="s">
-        <v>1672</v>
+        <v>1486</v>
       </c>
       <c r="Y185" s="32">
         <v>45378</v>
       </c>
       <c r="Z185" s="37">
         <v>45384</v>
       </c>
       <c r="AA185" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB185" s="29" t="s">
-        <v>1314</v>
+        <v>1122</v>
       </c>
       <c r="AC185" s="37">
-        <v>45825</v>
+        <v>45912</v>
       </c>
       <c r="AD185" s="37">
-        <v>45827</v>
+        <v>45916</v>
       </c>
       <c r="AE185" s="38">
-        <v>39599.42</v>
+        <v>196959.13</v>
       </c>
       <c r="AF185" s="39">
-        <v>45604</v>
+        <v>45558</v>
       </c>
       <c r="AG185" s="40"/>
       <c r="AH185" s="39"/>
       <c r="AI185" s="40"/>
       <c r="AJ185" s="39"/>
       <c r="AK185" s="47"/>
       <c r="AL185" s="50"/>
     </row>
-    <row r="186" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A186" s="27">
         <v>180</v>
       </c>
       <c r="B186" s="28" t="s">
-        <v>1638</v>
+        <v>1457</v>
       </c>
       <c r="C186" s="29">
-        <v>40103532672</v>
+        <v>43603050348</v>
       </c>
       <c r="D186" s="28" t="s">
-        <v>1647</v>
-[...2 lines deleted...]
-        <v>1648</v>
+        <v>1466</v>
+      </c>
+      <c r="E186" s="33">
+        <v>22055329</v>
       </c>
       <c r="F186" s="28" t="s">
-        <v>1649</v>
+        <v>1467</v>
       </c>
       <c r="G186" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H186" s="28" t="s">
-        <v>1249</v>
+        <v>1466</v>
       </c>
       <c r="I186" s="30" t="s">
-        <v>972</v>
+        <v>962</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>973</v>
+        <v>866</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>959</v>
+        <v>709</v>
       </c>
       <c r="L186" s="28" t="s">
-        <v>1131</v>
+        <v>1478</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1132</v>
-[...1 lines deleted...]
-      <c r="N186" s="30"/>
+        <v>1479</v>
+      </c>
+      <c r="N186" s="30" t="s">
+        <v>710</v>
+      </c>
+      <c r="O186" s="5" t="s">
+        <v>706</v>
+      </c>
       <c r="P186" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q186" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R186" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S186" s="36" t="s">
-        <v>1673</v>
-[...3 lines deleted...]
-      </c>
+        <v>1487</v>
+      </c>
+      <c r="T186" s="28"/>
       <c r="U186" s="28"/>
       <c r="V186" s="28"/>
       <c r="W186" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X186" s="29" t="s">
-        <v>1674</v>
+        <v>1488</v>
       </c>
       <c r="Y186" s="32">
-        <v>45378</v>
+        <v>45426</v>
       </c>
       <c r="Z186" s="37">
-        <v>45384</v>
+        <v>45428</v>
       </c>
       <c r="AA186" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB186" s="29" t="s">
-        <v>1302</v>
+        <v>1335</v>
       </c>
       <c r="AC186" s="37">
-        <v>45912</v>
+        <v>45999</v>
       </c>
       <c r="AD186" s="37">
-        <v>45916</v>
+        <v>46001</v>
       </c>
       <c r="AE186" s="38">
-        <v>196959.13</v>
+        <v>39999.599999999999</v>
       </c>
       <c r="AF186" s="39">
-        <v>45558</v>
+        <v>45764</v>
       </c>
       <c r="AG186" s="40"/>
       <c r="AH186" s="39"/>
       <c r="AI186" s="40"/>
       <c r="AJ186" s="39"/>
       <c r="AK186" s="47"/>
       <c r="AL186" s="50"/>
     </row>
-    <row r="187" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A187" s="27">
         <v>181</v>
       </c>
       <c r="B187" s="28" t="s">
-        <v>1639</v>
+        <v>1458</v>
       </c>
       <c r="C187" s="29">
-        <v>43603050348</v>
+        <v>40203420912</v>
       </c>
       <c r="D187" s="28" t="s">
-        <v>1650</v>
-[...2 lines deleted...]
-        <v>1651</v>
+        <v>1468</v>
+      </c>
+      <c r="E187" s="33">
+        <v>20019808</v>
       </c>
       <c r="F187" s="28" t="s">
-        <v>1652</v>
+        <v>1469</v>
       </c>
       <c r="G187" s="34" t="s">
-        <v>234</v>
+        <v>1470</v>
       </c>
       <c r="H187" s="28" t="s">
-        <v>1650</v>
+        <v>1480</v>
       </c>
       <c r="I187" s="30" t="s">
-        <v>1141</v>
+        <v>702</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1045</v>
+        <v>702</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L187" s="28" t="s">
-        <v>1666</v>
+        <v>732</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1667</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="N187" s="30"/>
       <c r="O187" s="5" t="s">
-        <v>882</v>
+        <v>711</v>
       </c>
       <c r="P187" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q187" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R187" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S187" s="36" t="s">
-        <v>1675</v>
+        <v>1489</v>
       </c>
       <c r="T187" s="28"/>
       <c r="U187" s="28"/>
       <c r="V187" s="28"/>
       <c r="W187" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X187" s="29" t="s">
-        <v>1676</v>
+        <v>1490</v>
       </c>
       <c r="Y187" s="32">
-        <v>45426</v>
+        <v>45462</v>
       </c>
       <c r="Z187" s="37">
-        <v>45428</v>
+        <v>45464</v>
       </c>
       <c r="AA187" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB187" s="29" t="s">
-        <v>1516</v>
+        <v>1157</v>
       </c>
       <c r="AC187" s="37">
-        <v>45999</v>
+        <v>45940</v>
       </c>
       <c r="AD187" s="37">
-        <v>46001</v>
+        <v>45944</v>
       </c>
       <c r="AE187" s="38">
-        <v>39999.599999999999</v>
+        <v>31724.14</v>
       </c>
       <c r="AF187" s="39">
-        <v>45764</v>
+        <v>45975</v>
       </c>
       <c r="AG187" s="40"/>
       <c r="AH187" s="39"/>
       <c r="AI187" s="40"/>
       <c r="AJ187" s="39"/>
       <c r="AK187" s="47"/>
       <c r="AL187" s="50"/>
     </row>
-    <row r="188" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="188" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A188" s="27">
         <v>182</v>
       </c>
       <c r="B188" s="28" t="s">
-        <v>1640</v>
+        <v>1459</v>
       </c>
       <c r="C188" s="29">
-        <v>40203420912</v>
+        <v>40203526649</v>
       </c>
       <c r="D188" s="28" t="s">
-        <v>1653</v>
-[...2 lines deleted...]
-        <v>1654</v>
+        <v>1471</v>
+      </c>
+      <c r="E188" s="33">
+        <v>23553444</v>
       </c>
       <c r="F188" s="28" t="s">
-        <v>1655</v>
+        <v>1472</v>
       </c>
       <c r="G188" s="34" t="s">
-        <v>1656</v>
+        <v>1473</v>
       </c>
       <c r="H188" s="28" t="s">
-        <v>1668</v>
+        <v>1471</v>
       </c>
       <c r="I188" s="30" t="s">
-        <v>878</v>
+        <v>1481</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L188" s="28" t="s">
-        <v>908</v>
+        <v>815</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>909</v>
+        <v>816</v>
       </c>
       <c r="N188" s="30"/>
       <c r="O188" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P188" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q188" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R188" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S188" s="36" t="s">
-        <v>1677</v>
+        <v>1491</v>
       </c>
       <c r="T188" s="28"/>
       <c r="U188" s="28"/>
       <c r="V188" s="28"/>
       <c r="W188" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X188" s="29" t="s">
-        <v>1678</v>
+        <v>1492</v>
       </c>
       <c r="Y188" s="32">
-        <v>45462</v>
+        <v>45469</v>
       </c>
       <c r="Z188" s="37">
-        <v>45464</v>
+        <v>45471</v>
       </c>
       <c r="AA188" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB188" s="29" t="s">
-        <v>1337</v>
+        <v>1122</v>
       </c>
       <c r="AC188" s="37">
-        <v>45940</v>
+        <v>45912</v>
       </c>
       <c r="AD188" s="37">
-        <v>45944</v>
+        <v>45916</v>
       </c>
       <c r="AE188" s="38">
-        <v>31724.14</v>
+        <v>39999.96</v>
       </c>
       <c r="AF188" s="39">
-        <v>45975</v>
+        <v>45737</v>
       </c>
       <c r="AG188" s="40"/>
       <c r="AH188" s="39"/>
       <c r="AI188" s="40"/>
       <c r="AJ188" s="39"/>
       <c r="AK188" s="47"/>
       <c r="AL188" s="50"/>
     </row>
-    <row r="189" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A189" s="27">
         <v>183</v>
       </c>
       <c r="B189" s="28" t="s">
-        <v>1641</v>
+        <v>1460</v>
       </c>
       <c r="C189" s="29">
-        <v>40203526649</v>
+        <v>40203234408</v>
       </c>
       <c r="D189" s="28" t="s">
-        <v>1657</v>
-[...2 lines deleted...]
-        <v>1658</v>
+        <v>1474</v>
+      </c>
+      <c r="E189" s="33">
+        <v>20003463</v>
       </c>
       <c r="F189" s="28" t="s">
-        <v>1659</v>
+        <v>1475</v>
       </c>
       <c r="G189" s="34" t="s">
-        <v>1660</v>
+        <v>1476</v>
       </c>
       <c r="H189" s="28" t="s">
-        <v>1657</v>
+        <v>1482</v>
       </c>
       <c r="I189" s="30" t="s">
-        <v>1669</v>
+        <v>702</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>1070</v>
+        <v>702</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L189" s="28" t="s">
-        <v>994</v>
+        <v>703</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>995</v>
+        <v>704</v>
       </c>
       <c r="N189" s="30"/>
       <c r="O189" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P189" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q189" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R189" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S189" s="36" t="s">
-        <v>1679</v>
+        <v>1493</v>
       </c>
       <c r="T189" s="28"/>
       <c r="U189" s="28"/>
       <c r="V189" s="28"/>
       <c r="W189" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X189" s="29" t="s">
-        <v>1680</v>
+        <v>1494</v>
       </c>
       <c r="Y189" s="32">
-        <v>45469</v>
+        <v>45470</v>
       </c>
       <c r="Z189" s="37">
-        <v>45471</v>
+        <v>45474</v>
       </c>
       <c r="AA189" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB189" s="29" t="s">
-        <v>1302</v>
+        <v>1125</v>
       </c>
       <c r="AC189" s="37">
-        <v>45912</v>
+        <v>45869</v>
       </c>
       <c r="AD189" s="37">
-        <v>45916</v>
+        <v>45873</v>
       </c>
       <c r="AE189" s="38">
-        <v>39999.96</v>
+        <v>34293.47</v>
       </c>
       <c r="AF189" s="39">
-        <v>45737</v>
+        <v>45693</v>
       </c>
       <c r="AG189" s="40"/>
       <c r="AH189" s="39"/>
       <c r="AI189" s="40"/>
       <c r="AJ189" s="39"/>
       <c r="AK189" s="47"/>
       <c r="AL189" s="50"/>
     </row>
-    <row r="190" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A190" s="27">
         <v>184</v>
       </c>
       <c r="B190" s="28" t="s">
-        <v>1642</v>
+        <v>1495</v>
       </c>
       <c r="C190" s="29">
-        <v>40203234408</v>
+        <v>40203565415</v>
       </c>
       <c r="D190" s="28" t="s">
-        <v>1661</v>
-[...2 lines deleted...]
-        <v>1662</v>
+        <v>1525</v>
+      </c>
+      <c r="E190" s="33">
+        <v>29234545</v>
       </c>
       <c r="F190" s="28" t="s">
-        <v>1663</v>
+        <v>1526</v>
       </c>
       <c r="G190" s="34" t="s">
-        <v>1664</v>
+        <v>1527</v>
       </c>
       <c r="H190" s="28" t="s">
-        <v>1670</v>
+        <v>1605</v>
       </c>
       <c r="I190" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L190" s="28" t="s">
-        <v>879</v>
+        <v>1114</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N190" s="30"/>
+        <v>749</v>
+      </c>
+      <c r="N190" s="30" t="s">
+        <v>783</v>
+      </c>
       <c r="O190" s="5" t="s">
-        <v>887</v>
+        <v>1115</v>
       </c>
       <c r="P190" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q190" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R190" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S190" s="36" t="s">
-        <v>1681</v>
+        <v>1665</v>
       </c>
       <c r="T190" s="28"/>
       <c r="U190" s="28"/>
       <c r="V190" s="28"/>
       <c r="W190" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X190" s="29" t="s">
-        <v>1682</v>
+        <v>1666</v>
       </c>
       <c r="Y190" s="32">
-        <v>45470</v>
+        <v>45492</v>
       </c>
       <c r="Z190" s="37">
-        <v>45474</v>
+        <v>45496</v>
       </c>
       <c r="AA190" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB190" s="29" t="s">
-        <v>1305</v>
+        <v>1122</v>
       </c>
       <c r="AC190" s="37">
-        <v>45869</v>
+        <v>45912</v>
       </c>
       <c r="AD190" s="37">
-        <v>45873</v>
+        <v>45916</v>
       </c>
       <c r="AE190" s="38">
-        <v>34293.47</v>
+        <v>35640</v>
       </c>
       <c r="AF190" s="39">
-        <v>45693</v>
+        <v>45726</v>
       </c>
       <c r="AG190" s="40"/>
       <c r="AH190" s="39"/>
       <c r="AI190" s="40"/>
       <c r="AJ190" s="39"/>
       <c r="AK190" s="47"/>
       <c r="AL190" s="50"/>
     </row>
-    <row r="191" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="191" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A191" s="27">
         <v>185</v>
       </c>
       <c r="B191" s="28" t="s">
-        <v>1683</v>
+        <v>1496</v>
       </c>
       <c r="C191" s="29">
-        <v>40203565415</v>
+        <v>40103595841</v>
       </c>
       <c r="D191" s="28" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-        <v>1714</v>
+        <v>1528</v>
+      </c>
+      <c r="E191" s="33">
+        <v>29212904</v>
       </c>
       <c r="F191" s="28" t="s">
-        <v>1715</v>
+        <v>1529</v>
       </c>
       <c r="G191" s="34" t="s">
-        <v>1716</v>
+        <v>1530</v>
       </c>
       <c r="H191" s="28" t="s">
-        <v>1823</v>
+        <v>1528</v>
       </c>
       <c r="I191" s="30" t="s">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L191" s="28" t="s">
-        <v>1294</v>
+        <v>1606</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>925</v>
+        <v>1607</v>
       </c>
       <c r="N191" s="30" t="s">
-        <v>962</v>
+        <v>1114</v>
       </c>
       <c r="O191" s="5" t="s">
-        <v>1295</v>
+        <v>749</v>
       </c>
       <c r="P191" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q191" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R191" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S191" s="36" t="s">
-        <v>1882</v>
+        <v>1667</v>
       </c>
       <c r="T191" s="28"/>
       <c r="U191" s="28"/>
       <c r="V191" s="28"/>
       <c r="W191" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X191" s="29" t="s">
-        <v>1883</v>
+        <v>1668</v>
       </c>
       <c r="Y191" s="32">
         <v>45492</v>
       </c>
       <c r="Z191" s="37">
         <v>45496</v>
       </c>
       <c r="AA191" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB191" s="29" t="s">
-        <v>1302</v>
+        <v>1122</v>
       </c>
       <c r="AC191" s="37">
         <v>45912</v>
       </c>
       <c r="AD191" s="37">
         <v>45916</v>
       </c>
       <c r="AE191" s="38">
-        <v>35640</v>
+        <v>32232.1</v>
       </c>
       <c r="AF191" s="39">
-        <v>45726</v>
+        <v>45653</v>
       </c>
       <c r="AG191" s="40"/>
       <c r="AH191" s="39"/>
       <c r="AI191" s="40"/>
       <c r="AJ191" s="39"/>
       <c r="AK191" s="47"/>
       <c r="AL191" s="50"/>
     </row>
-    <row r="192" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="192" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A192" s="27">
         <v>186</v>
       </c>
       <c r="B192" s="28" t="s">
-        <v>1684</v>
+        <v>1497</v>
       </c>
       <c r="C192" s="29">
-        <v>40103595841</v>
+        <v>40203555135</v>
       </c>
       <c r="D192" s="28" t="s">
-        <v>1717</v>
-[...2 lines deleted...]
-        <v>1718</v>
+        <v>1531</v>
+      </c>
+      <c r="E192" s="33">
+        <v>28295192</v>
       </c>
       <c r="F192" s="28" t="s">
-        <v>1719</v>
+        <v>1532</v>
       </c>
       <c r="G192" s="34" t="s">
-        <v>1720</v>
+        <v>1533</v>
       </c>
       <c r="H192" s="28" t="s">
-        <v>1717</v>
+        <v>1608</v>
       </c>
       <c r="I192" s="30" t="s">
-        <v>952</v>
+        <v>737</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>952</v>
+        <v>737</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>895</v>
+        <v>709</v>
       </c>
       <c r="L192" s="28" t="s">
-        <v>1824</v>
+        <v>855</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1825</v>
+        <v>856</v>
       </c>
       <c r="N192" s="30" t="s">
-        <v>1294</v>
+        <v>1609</v>
       </c>
       <c r="O192" s="5" t="s">
-        <v>925</v>
+        <v>1610</v>
       </c>
       <c r="P192" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q192" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R192" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S192" s="36" t="s">
-        <v>1884</v>
+        <v>1669</v>
       </c>
       <c r="T192" s="28"/>
       <c r="U192" s="28"/>
       <c r="V192" s="28"/>
       <c r="W192" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X192" s="29" t="s">
-        <v>1885</v>
+        <v>1670</v>
       </c>
       <c r="Y192" s="32">
         <v>45492</v>
       </c>
       <c r="Z192" s="37">
         <v>45496</v>
       </c>
       <c r="AA192" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB192" s="29" t="s">
-        <v>1302</v>
+        <v>1157</v>
       </c>
       <c r="AC192" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD192" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE192" s="38">
-        <v>32232.1</v>
+        <v>35935.72</v>
       </c>
       <c r="AF192" s="39">
-        <v>45653</v>
+        <v>45677</v>
       </c>
       <c r="AG192" s="40"/>
       <c r="AH192" s="39"/>
       <c r="AI192" s="40"/>
       <c r="AJ192" s="39"/>
       <c r="AK192" s="47"/>
       <c r="AL192" s="50"/>
     </row>
-    <row r="193" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A193" s="27">
         <v>187</v>
       </c>
       <c r="B193" s="28" t="s">
-        <v>1685</v>
+        <v>1498</v>
       </c>
       <c r="C193" s="29">
-        <v>40203555135</v>
+        <v>40203243025</v>
       </c>
       <c r="D193" s="28" t="s">
-        <v>1721</v>
-[...2 lines deleted...]
-        <v>1722</v>
+        <v>1534</v>
+      </c>
+      <c r="E193" s="33">
+        <v>20006145</v>
       </c>
       <c r="F193" s="28" t="s">
-        <v>1723</v>
+        <v>1535</v>
       </c>
       <c r="G193" s="34" t="s">
-        <v>1724</v>
+        <v>1536</v>
       </c>
       <c r="H193" s="28" t="s">
-        <v>1826</v>
+        <v>1534</v>
       </c>
       <c r="I193" s="30" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>913</v>
+        <v>702</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L193" s="28" t="s">
-        <v>1034</v>
+        <v>791</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1035</v>
+        <v>792</v>
       </c>
       <c r="N193" s="30" t="s">
-        <v>1827</v>
+        <v>783</v>
       </c>
       <c r="O193" s="5" t="s">
-        <v>1828</v>
+        <v>721</v>
       </c>
       <c r="P193" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q193" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R193" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S193" s="36" t="s">
-        <v>1886</v>
+        <v>1671</v>
       </c>
       <c r="T193" s="28"/>
       <c r="U193" s="28"/>
       <c r="V193" s="28"/>
       <c r="W193" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X193" s="29" t="s">
-        <v>1887</v>
+        <v>1672</v>
       </c>
       <c r="Y193" s="32">
-        <v>45492</v>
+        <v>45511</v>
       </c>
       <c r="Z193" s="37">
-        <v>45496</v>
+        <v>45513</v>
       </c>
       <c r="AA193" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB193" s="29" t="s">
-        <v>1337</v>
+        <v>1163</v>
       </c>
       <c r="AC193" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD193" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE193" s="38">
-        <v>35935.72</v>
+        <v>39991.75</v>
       </c>
       <c r="AF193" s="39">
-        <v>45677</v>
+        <v>45708</v>
       </c>
       <c r="AG193" s="40"/>
       <c r="AH193" s="39"/>
       <c r="AI193" s="40"/>
       <c r="AJ193" s="39"/>
       <c r="AK193" s="47"/>
       <c r="AL193" s="50"/>
     </row>
-    <row r="194" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A194" s="27">
         <v>188</v>
       </c>
       <c r="B194" s="28" t="s">
-        <v>1686</v>
+        <v>1499</v>
       </c>
       <c r="C194" s="29">
-        <v>40203243025</v>
+        <v>40203543329</v>
       </c>
       <c r="D194" s="28" t="s">
-        <v>1725</v>
-[...2 lines deleted...]
-        <v>1726</v>
+        <v>1537</v>
+      </c>
+      <c r="E194" s="33">
+        <v>25445272</v>
       </c>
       <c r="F194" s="28" t="s">
-        <v>1727</v>
+        <v>1538</v>
       </c>
       <c r="G194" s="34" t="s">
-        <v>1728</v>
+        <v>231</v>
       </c>
       <c r="H194" s="28" t="s">
-        <v>1725</v>
+        <v>1611</v>
       </c>
       <c r="I194" s="30" t="s">
-        <v>878</v>
+        <v>1070</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L194" s="28" t="s">
-        <v>970</v>
+        <v>1078</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>971</v>
-[...3 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="N194" s="30"/>
       <c r="O194" s="5" t="s">
-        <v>897</v>
+        <v>711</v>
       </c>
       <c r="P194" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q194" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R194" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S194" s="36" t="s">
-        <v>1888</v>
+        <v>1673</v>
       </c>
       <c r="T194" s="28"/>
       <c r="U194" s="28"/>
       <c r="V194" s="28"/>
       <c r="W194" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X194" s="29" t="s">
-        <v>1889</v>
+        <v>1674</v>
       </c>
       <c r="Y194" s="32">
         <v>45511</v>
       </c>
       <c r="Z194" s="37">
         <v>45513</v>
       </c>
       <c r="AA194" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB194" s="29" t="s">
-        <v>1345</v>
+        <v>1142</v>
       </c>
       <c r="AC194" s="37">
-        <v>45896</v>
+        <v>45954</v>
       </c>
       <c r="AD194" s="37">
-        <v>45898</v>
+        <v>45958</v>
       </c>
       <c r="AE194" s="38">
-        <v>39991.75</v>
+        <v>39927.74</v>
       </c>
       <c r="AF194" s="39">
-        <v>45708</v>
+        <v>45665</v>
       </c>
       <c r="AG194" s="40"/>
       <c r="AH194" s="39"/>
       <c r="AI194" s="40"/>
       <c r="AJ194" s="39"/>
       <c r="AK194" s="47"/>
       <c r="AL194" s="50"/>
     </row>
-    <row r="195" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="195" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A195" s="27">
         <v>189</v>
       </c>
       <c r="B195" s="28" t="s">
-        <v>1687</v>
+        <v>1500</v>
       </c>
       <c r="C195" s="29">
-        <v>40203543329</v>
+        <v>40103219402</v>
       </c>
       <c r="D195" s="28" t="s">
-        <v>1729</v>
-[...2 lines deleted...]
-        <v>1730</v>
+        <v>1539</v>
+      </c>
+      <c r="E195" s="33">
+        <v>29230745</v>
       </c>
       <c r="F195" s="28" t="s">
-        <v>1731</v>
+        <v>1540</v>
       </c>
       <c r="G195" s="34" t="s">
-        <v>234</v>
+        <v>1541</v>
       </c>
       <c r="H195" s="28" t="s">
-        <v>1829</v>
+        <v>1612</v>
       </c>
       <c r="I195" s="30" t="s">
-        <v>1250</v>
+        <v>702</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>1070</v>
+        <v>702</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L195" s="28" t="s">
-        <v>1258</v>
+        <v>1613</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1259</v>
-[...1 lines deleted...]
-      <c r="N195" s="30"/>
+        <v>1614</v>
+      </c>
+      <c r="N195" s="30" t="s">
+        <v>846</v>
+      </c>
       <c r="O195" s="5" t="s">
-        <v>887</v>
+        <v>847</v>
       </c>
       <c r="P195" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q195" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R195" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S195" s="36" t="s">
-        <v>1890</v>
+        <v>1675</v>
       </c>
       <c r="T195" s="28"/>
       <c r="U195" s="28"/>
       <c r="V195" s="28"/>
       <c r="W195" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X195" s="29" t="s">
-        <v>1891</v>
+        <v>1676</v>
       </c>
       <c r="Y195" s="32">
-        <v>45511</v>
+        <v>45512</v>
       </c>
       <c r="Z195" s="37">
-        <v>45513</v>
+        <v>45516</v>
       </c>
       <c r="AA195" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB195" s="29" t="s">
-        <v>1322</v>
+        <v>1204</v>
       </c>
       <c r="AC195" s="37">
-        <v>45954</v>
+        <v>45856</v>
       </c>
       <c r="AD195" s="37">
-        <v>45958</v>
+        <v>45860</v>
       </c>
       <c r="AE195" s="38">
-        <v>39927.74</v>
+        <v>39676.5</v>
       </c>
       <c r="AF195" s="39">
-        <v>45665</v>
+        <v>45616</v>
       </c>
       <c r="AG195" s="40"/>
       <c r="AH195" s="39"/>
       <c r="AI195" s="40"/>
       <c r="AJ195" s="39"/>
       <c r="AK195" s="47"/>
       <c r="AL195" s="50"/>
     </row>
-    <row r="196" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="196" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A196" s="27">
         <v>190</v>
       </c>
       <c r="B196" s="28" t="s">
-        <v>1688</v>
+        <v>1501</v>
       </c>
       <c r="C196" s="29">
-        <v>40103219402</v>
+        <v>40203414668</v>
       </c>
       <c r="D196" s="28" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>1733</v>
+        <v>1542</v>
+      </c>
+      <c r="E196" s="33">
+        <v>26155664</v>
       </c>
       <c r="F196" s="28" t="s">
-        <v>1734</v>
+        <v>1543</v>
       </c>
       <c r="G196" s="34" t="s">
-        <v>1735</v>
+        <v>1544</v>
       </c>
       <c r="H196" s="28" t="s">
-        <v>1830</v>
+        <v>1615</v>
       </c>
       <c r="I196" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L196" s="28" t="s">
-        <v>1831</v>
+        <v>732</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1832</v>
+        <v>733</v>
       </c>
       <c r="N196" s="30" t="s">
-        <v>1025</v>
+        <v>1078</v>
       </c>
       <c r="O196" s="5" t="s">
-        <v>1026</v>
+        <v>1079</v>
       </c>
       <c r="P196" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q196" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R196" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S196" s="36" t="s">
-        <v>1892</v>
+        <v>1677</v>
       </c>
       <c r="T196" s="28"/>
       <c r="U196" s="28"/>
       <c r="V196" s="28"/>
       <c r="W196" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X196" s="29" t="s">
-        <v>1893</v>
+        <v>1678</v>
       </c>
       <c r="Y196" s="32">
         <v>45512</v>
       </c>
       <c r="Z196" s="37">
         <v>45516</v>
       </c>
       <c r="AA196" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB196" s="29" t="s">
-        <v>1386</v>
+        <v>1157</v>
       </c>
       <c r="AC196" s="37">
-        <v>45856</v>
+        <v>45940</v>
       </c>
       <c r="AD196" s="37">
-        <v>45860</v>
+        <v>45944</v>
       </c>
       <c r="AE196" s="38">
-        <v>39676.5</v>
+        <v>39999.919999999998</v>
       </c>
       <c r="AF196" s="39">
-        <v>45616</v>
+        <v>45828</v>
       </c>
       <c r="AG196" s="40"/>
       <c r="AH196" s="39"/>
       <c r="AI196" s="40"/>
       <c r="AJ196" s="39"/>
       <c r="AK196" s="47"/>
       <c r="AL196" s="50"/>
     </row>
-    <row r="197" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="197" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A197" s="27">
         <v>191</v>
       </c>
       <c r="B197" s="28" t="s">
-        <v>1689</v>
+        <v>1502</v>
       </c>
       <c r="C197" s="29">
-        <v>40203414668</v>
+        <v>40203514419</v>
       </c>
       <c r="D197" s="28" t="s">
-        <v>1736</v>
-[...2 lines deleted...]
-        <v>1737</v>
+        <v>1545</v>
+      </c>
+      <c r="E197" s="33">
+        <v>23111390</v>
       </c>
       <c r="F197" s="28" t="s">
-        <v>1738</v>
+        <v>1546</v>
       </c>
       <c r="G197" s="34" t="s">
-        <v>1739</v>
+        <v>1547</v>
       </c>
       <c r="H197" s="28" t="s">
-        <v>1833</v>
+        <v>1616</v>
       </c>
       <c r="I197" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L197" s="28" t="s">
-        <v>908</v>
+        <v>703</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>909</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N197" s="30"/>
       <c r="O197" s="5" t="s">
-        <v>1259</v>
+        <v>711</v>
       </c>
       <c r="P197" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q197" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R197" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S197" s="36" t="s">
-        <v>1894</v>
+        <v>1679</v>
       </c>
       <c r="T197" s="28"/>
       <c r="U197" s="28"/>
       <c r="V197" s="28"/>
       <c r="W197" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X197" s="29" t="s">
-        <v>1895</v>
+        <v>1680</v>
       </c>
       <c r="Y197" s="32">
-        <v>45512</v>
+        <v>45517</v>
       </c>
       <c r="Z197" s="37">
-        <v>45516</v>
+        <v>45519</v>
       </c>
       <c r="AA197" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB197" s="29" t="s">
-        <v>1337</v>
+        <v>1157</v>
       </c>
       <c r="AC197" s="37">
         <v>45940</v>
       </c>
       <c r="AD197" s="37">
         <v>45944</v>
       </c>
       <c r="AE197" s="38">
-        <v>39999.919999999998</v>
+        <v>39870</v>
       </c>
       <c r="AF197" s="39">
-        <v>45828</v>
+        <v>45638</v>
       </c>
       <c r="AG197" s="40"/>
       <c r="AH197" s="39"/>
       <c r="AI197" s="40"/>
       <c r="AJ197" s="39"/>
       <c r="AK197" s="47"/>
       <c r="AL197" s="50"/>
     </row>
-    <row r="198" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="198" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A198" s="27">
         <v>192</v>
       </c>
       <c r="B198" s="28" t="s">
-        <v>1690</v>
+        <v>1503</v>
       </c>
       <c r="C198" s="29">
-        <v>40203514419</v>
+        <v>44103035350</v>
       </c>
       <c r="D198" s="28" t="s">
-        <v>1740</v>
-[...2 lines deleted...]
-        <v>1741</v>
+        <v>1548</v>
+      </c>
+      <c r="E198" s="33">
+        <v>29333956</v>
       </c>
       <c r="F198" s="28" t="s">
-        <v>1742</v>
+        <v>1549</v>
       </c>
       <c r="G198" s="34" t="s">
-        <v>1743</v>
+        <v>231</v>
       </c>
       <c r="H198" s="28" t="s">
-        <v>1834</v>
+        <v>1617</v>
       </c>
       <c r="I198" s="30" t="s">
-        <v>1054</v>
+        <v>702</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L198" s="28" t="s">
-        <v>879</v>
+        <v>1008</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N198" s="30"/>
+        <v>820</v>
+      </c>
+      <c r="N198" s="30" t="s">
+        <v>990</v>
+      </c>
       <c r="O198" s="5" t="s">
-        <v>887</v>
+        <v>991</v>
       </c>
       <c r="P198" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q198" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R198" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S198" s="36" t="s">
-        <v>1896</v>
+        <v>1681</v>
       </c>
       <c r="T198" s="28"/>
       <c r="U198" s="28"/>
       <c r="V198" s="28"/>
       <c r="W198" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X198" s="29" t="s">
-        <v>1897</v>
+        <v>1682</v>
       </c>
       <c r="Y198" s="32">
-        <v>45517</v>
+        <v>45533</v>
       </c>
       <c r="Z198" s="37">
-        <v>45519</v>
+        <v>45537</v>
       </c>
       <c r="AA198" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB198" s="29" t="s">
-        <v>1337</v>
+        <v>1142</v>
       </c>
       <c r="AC198" s="37">
-        <v>45940</v>
+        <v>45954</v>
       </c>
       <c r="AD198" s="37">
-        <v>45944</v>
+        <v>45958</v>
       </c>
       <c r="AE198" s="38">
-        <v>39870</v>
+        <v>38759.39</v>
       </c>
       <c r="AF198" s="39">
-        <v>45638</v>
+        <v>45665</v>
       </c>
       <c r="AG198" s="40"/>
       <c r="AH198" s="39"/>
       <c r="AI198" s="40"/>
       <c r="AJ198" s="39"/>
       <c r="AK198" s="47"/>
       <c r="AL198" s="50"/>
     </row>
-    <row r="199" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A199" s="27">
         <v>193</v>
       </c>
       <c r="B199" s="28" t="s">
-        <v>1691</v>
+        <v>1504</v>
       </c>
       <c r="C199" s="29">
-        <v>44103035350</v>
+        <v>40203361341</v>
       </c>
       <c r="D199" s="28" t="s">
-        <v>1744</v>
-[...2 lines deleted...]
-        <v>1745</v>
+        <v>1550</v>
+      </c>
+      <c r="E199" s="33">
+        <v>28688464</v>
       </c>
       <c r="F199" s="28" t="s">
-        <v>1746</v>
+        <v>1551</v>
       </c>
       <c r="G199" s="34" t="s">
-        <v>234</v>
+        <v>1552</v>
       </c>
       <c r="H199" s="28" t="s">
-        <v>1835</v>
+        <v>1550</v>
       </c>
       <c r="I199" s="30" t="s">
-        <v>878</v>
+        <v>1618</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>878</v>
+        <v>718</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L199" s="28" t="s">
-        <v>1187</v>
+        <v>703</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>999</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N199" s="30"/>
       <c r="O199" s="5" t="s">
-        <v>1170</v>
+        <v>711</v>
       </c>
       <c r="P199" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q199" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R199" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S199" s="36" t="s">
-        <v>1898</v>
+        <v>1683</v>
       </c>
       <c r="T199" s="28"/>
       <c r="U199" s="28"/>
       <c r="V199" s="28"/>
       <c r="W199" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X199" s="29" t="s">
-        <v>1899</v>
+        <v>1684</v>
       </c>
       <c r="Y199" s="32">
         <v>45533</v>
       </c>
       <c r="Z199" s="37">
         <v>45537</v>
       </c>
       <c r="AA199" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB199" s="29" t="s">
-        <v>1322</v>
+        <v>1122</v>
       </c>
       <c r="AC199" s="37">
-        <v>45954</v>
+        <v>45912</v>
       </c>
       <c r="AD199" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>45916</v>
+      </c>
+      <c r="AE199" s="38"/>
+      <c r="AF199" s="39"/>
       <c r="AG199" s="40"/>
       <c r="AH199" s="39"/>
       <c r="AI199" s="40"/>
       <c r="AJ199" s="39"/>
       <c r="AK199" s="47"/>
       <c r="AL199" s="50"/>
     </row>
-    <row r="200" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A200" s="27">
         <v>194</v>
       </c>
       <c r="B200" s="28" t="s">
-        <v>1692</v>
+        <v>1505</v>
       </c>
       <c r="C200" s="29">
-        <v>40203361341</v>
+        <v>40203480610</v>
       </c>
       <c r="D200" s="28" t="s">
-        <v>1747</v>
-[...2 lines deleted...]
-        <v>1748</v>
+        <v>1553</v>
+      </c>
+      <c r="E200" s="33">
+        <v>29394221</v>
       </c>
       <c r="F200" s="28" t="s">
-        <v>1749</v>
+        <v>1554</v>
       </c>
       <c r="G200" s="34" t="s">
-        <v>1750</v>
+        <v>1555</v>
       </c>
       <c r="H200" s="28" t="s">
-        <v>1747</v>
+        <v>1553</v>
       </c>
       <c r="I200" s="30" t="s">
-        <v>1836</v>
+        <v>993</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L200" s="28" t="s">
-        <v>879</v>
+        <v>732</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N200" s="30"/>
+        <v>733</v>
+      </c>
+      <c r="N200" s="30" t="s">
+        <v>1619</v>
+      </c>
       <c r="O200" s="5" t="s">
-        <v>887</v>
+        <v>1620</v>
       </c>
       <c r="P200" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q200" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R200" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S200" s="36" t="s">
-        <v>1900</v>
+        <v>1685</v>
       </c>
       <c r="T200" s="28"/>
       <c r="U200" s="28"/>
       <c r="V200" s="28"/>
       <c r="W200" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X200" s="29" t="s">
-        <v>1901</v>
+        <v>1686</v>
       </c>
       <c r="Y200" s="32">
         <v>45533</v>
       </c>
       <c r="Z200" s="37">
         <v>45537</v>
       </c>
       <c r="AA200" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB200" s="29" t="s">
-        <v>1302</v>
+        <v>1163</v>
       </c>
       <c r="AC200" s="37">
-        <v>45912</v>
+        <v>45896</v>
       </c>
       <c r="AD200" s="37">
-        <v>45916</v>
-[...2 lines deleted...]
-      <c r="AF200" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE200" s="38">
+        <v>39999.99</v>
+      </c>
+      <c r="AF200" s="39">
+        <v>45775</v>
+      </c>
       <c r="AG200" s="40"/>
       <c r="AH200" s="39"/>
       <c r="AI200" s="40"/>
       <c r="AJ200" s="39"/>
       <c r="AK200" s="47"/>
       <c r="AL200" s="50"/>
     </row>
-    <row r="201" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A201" s="27">
         <v>195</v>
       </c>
       <c r="B201" s="28" t="s">
-        <v>1693</v>
+        <v>1506</v>
       </c>
       <c r="C201" s="29">
-        <v>40203480610</v>
+        <v>50203225981</v>
       </c>
       <c r="D201" s="28" t="s">
-        <v>1751</v>
-[...2 lines deleted...]
-        <v>1752</v>
+        <v>1556</v>
+      </c>
+      <c r="E201" s="33">
+        <v>26181404</v>
       </c>
       <c r="F201" s="28" t="s">
-        <v>1753</v>
+        <v>1557</v>
       </c>
       <c r="G201" s="34" t="s">
-        <v>1754</v>
+        <v>1558</v>
       </c>
       <c r="H201" s="28" t="s">
-        <v>1751</v>
+        <v>1556</v>
       </c>
       <c r="I201" s="30" t="s">
-        <v>1172</v>
+        <v>909</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1070</v>
+        <v>910</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L201" s="28" t="s">
-        <v>908</v>
+        <v>703</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>909</v>
+        <v>704</v>
       </c>
       <c r="N201" s="30" t="s">
-        <v>1837</v>
+        <v>1621</v>
       </c>
       <c r="O201" s="5" t="s">
-        <v>1838</v>
+        <v>1622</v>
       </c>
       <c r="P201" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q201" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R201" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S201" s="36" t="s">
-        <v>1902</v>
+        <v>1687</v>
       </c>
       <c r="T201" s="28"/>
       <c r="U201" s="28"/>
       <c r="V201" s="28"/>
       <c r="W201" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X201" s="29" t="s">
-        <v>1903</v>
+        <v>1688</v>
       </c>
       <c r="Y201" s="32">
-        <v>45533</v>
+        <v>45538</v>
       </c>
       <c r="Z201" s="37">
-        <v>45537</v>
+        <v>45540</v>
       </c>
       <c r="AA201" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB201" s="29" t="s">
-        <v>1345</v>
+        <v>1163</v>
       </c>
       <c r="AC201" s="37">
         <v>45896</v>
       </c>
       <c r="AD201" s="37">
         <v>45898</v>
       </c>
       <c r="AE201" s="38">
-        <v>39999.99</v>
+        <v>35785.440000000002</v>
       </c>
       <c r="AF201" s="39">
-        <v>45775</v>
+        <v>45625</v>
       </c>
       <c r="AG201" s="40"/>
       <c r="AH201" s="39"/>
       <c r="AI201" s="40"/>
       <c r="AJ201" s="39"/>
       <c r="AK201" s="47"/>
       <c r="AL201" s="50"/>
     </row>
-    <row r="202" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="202" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A202" s="27">
         <v>196</v>
       </c>
       <c r="B202" s="28" t="s">
-        <v>1694</v>
+        <v>1507</v>
       </c>
       <c r="C202" s="29">
-        <v>50203225981</v>
+        <v>50203577651</v>
       </c>
       <c r="D202" s="28" t="s">
-        <v>1755</v>
-[...2 lines deleted...]
-        <v>1756</v>
+        <v>1559</v>
+      </c>
+      <c r="E202" s="33">
+        <v>29489606</v>
       </c>
       <c r="F202" s="28" t="s">
-        <v>1757</v>
+        <v>1560</v>
       </c>
       <c r="G202" s="34" t="s">
-        <v>1758</v>
+        <v>1561</v>
       </c>
       <c r="H202" s="28" t="s">
-        <v>1755</v>
+        <v>1623</v>
       </c>
       <c r="I202" s="30" t="s">
-        <v>1088</v>
+        <v>702</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1089</v>
+        <v>702</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L202" s="28" t="s">
-        <v>879</v>
+        <v>732</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>880</v>
-[...6 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="N202" s="30"/>
       <c r="P202" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q202" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R202" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S202" s="36" t="s">
-        <v>1904</v>
+        <v>1689</v>
       </c>
       <c r="T202" s="28"/>
       <c r="U202" s="28"/>
       <c r="V202" s="28"/>
       <c r="W202" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X202" s="29" t="s">
-        <v>1905</v>
+        <v>1690</v>
       </c>
       <c r="Y202" s="32">
-        <v>45538</v>
+        <v>45544</v>
       </c>
       <c r="Z202" s="37">
-        <v>45540</v>
+        <v>45546</v>
       </c>
       <c r="AA202" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB202" s="29" t="s">
-        <v>1345</v>
+        <v>1204</v>
       </c>
       <c r="AC202" s="37">
-        <v>45896</v>
+        <v>45856</v>
       </c>
       <c r="AD202" s="37">
-        <v>45898</v>
+        <v>45860</v>
       </c>
       <c r="AE202" s="38">
-        <v>35785.440000000002</v>
+        <v>35774.199999999997</v>
       </c>
       <c r="AF202" s="39">
-        <v>45625</v>
+        <v>46020</v>
       </c>
       <c r="AG202" s="40"/>
       <c r="AH202" s="39"/>
       <c r="AI202" s="40"/>
       <c r="AJ202" s="39"/>
       <c r="AK202" s="47"/>
       <c r="AL202" s="50"/>
     </row>
-    <row r="203" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="203" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A203" s="27">
         <v>197</v>
       </c>
       <c r="B203" s="28" t="s">
-        <v>1695</v>
+        <v>1508</v>
       </c>
       <c r="C203" s="29">
-        <v>50203577651</v>
+        <v>40203575216</v>
       </c>
       <c r="D203" s="28" t="s">
-        <v>1759</v>
-[...2 lines deleted...]
-        <v>1760</v>
+        <v>1562</v>
+      </c>
+      <c r="E203" s="33">
+        <v>29793078</v>
       </c>
       <c r="F203" s="28" t="s">
-        <v>1761</v>
+        <v>1563</v>
       </c>
       <c r="G203" s="34" t="s">
-        <v>1762</v>
+        <v>231</v>
       </c>
       <c r="H203" s="28" t="s">
-        <v>1759</v>
+        <v>1624</v>
       </c>
       <c r="I203" s="30" t="s">
-        <v>1088</v>
+        <v>928</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1089</v>
+        <v>928</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>895</v>
+        <v>764</v>
       </c>
       <c r="L203" s="28" t="s">
-        <v>908</v>
+        <v>1625</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>909</v>
-[...1 lines deleted...]
-      <c r="N203" s="30"/>
+        <v>1626</v>
+      </c>
+      <c r="N203" s="30" t="s">
+        <v>710</v>
+      </c>
+      <c r="O203" s="5" t="s">
+        <v>706</v>
+      </c>
       <c r="P203" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q203" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R203" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S203" s="36" t="s">
-        <v>1906</v>
+        <v>1691</v>
       </c>
       <c r="T203" s="28"/>
       <c r="U203" s="28"/>
       <c r="V203" s="28"/>
       <c r="W203" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X203" s="29" t="s">
-        <v>1907</v>
+        <v>1692</v>
       </c>
       <c r="Y203" s="32">
         <v>45544</v>
       </c>
       <c r="Z203" s="37">
         <v>45546</v>
       </c>
       <c r="AA203" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB203" s="29" t="s">
-        <v>1386</v>
+        <v>1163</v>
       </c>
       <c r="AC203" s="37">
-        <v>45856</v>
+        <v>45896</v>
       </c>
       <c r="AD203" s="37">
-        <v>45860</v>
-[...2 lines deleted...]
-      <c r="AF203" s="39"/>
+        <v>45898</v>
+      </c>
+      <c r="AE203" s="38">
+        <v>39528.44</v>
+      </c>
+      <c r="AF203" s="39">
+        <v>45757</v>
+      </c>
       <c r="AG203" s="40"/>
       <c r="AH203" s="39"/>
       <c r="AI203" s="40"/>
       <c r="AJ203" s="39"/>
       <c r="AK203" s="47"/>
       <c r="AL203" s="50"/>
     </row>
-    <row r="204" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="204" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A204" s="27">
         <v>198</v>
       </c>
       <c r="B204" s="28" t="s">
-        <v>1696</v>
+        <v>1509</v>
       </c>
       <c r="C204" s="29">
-        <v>40203575216</v>
+        <v>40203578763</v>
       </c>
       <c r="D204" s="28" t="s">
-        <v>1763</v>
-[...2 lines deleted...]
-        <v>1764</v>
+        <v>1564</v>
+      </c>
+      <c r="E204" s="33">
+        <v>26777313</v>
       </c>
       <c r="F204" s="28" t="s">
-        <v>1765</v>
+        <v>1565</v>
       </c>
       <c r="G204" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H204" s="28" t="s">
-        <v>1841</v>
+        <v>1627</v>
       </c>
       <c r="I204" s="30" t="s">
-        <v>1107</v>
+        <v>909</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>1107</v>
+        <v>910</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>943</v>
+        <v>719</v>
       </c>
       <c r="L204" s="28" t="s">
-        <v>1842</v>
+        <v>892</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1843</v>
-[...3 lines deleted...]
-      </c>
+        <v>893</v>
+      </c>
+      <c r="N204" s="30"/>
       <c r="O204" s="5" t="s">
-        <v>882</v>
+        <v>711</v>
       </c>
       <c r="P204" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q204" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R204" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S204" s="36" t="s">
-        <v>1908</v>
+        <v>1693</v>
       </c>
       <c r="T204" s="28"/>
       <c r="U204" s="28"/>
       <c r="V204" s="28"/>
       <c r="W204" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X204" s="29" t="s">
-        <v>1909</v>
+        <v>1125</v>
       </c>
       <c r="Y204" s="32">
-        <v>45544</v>
+        <v>45554</v>
       </c>
       <c r="Z204" s="37">
-        <v>45546</v>
+        <v>45558</v>
       </c>
       <c r="AA204" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB204" s="29" t="s">
-        <v>1345</v>
+        <v>1142</v>
       </c>
       <c r="AC204" s="37">
-        <v>45896</v>
+        <v>45954</v>
       </c>
       <c r="AD204" s="37">
-        <v>45898</v>
+        <v>45958</v>
       </c>
       <c r="AE204" s="38">
-        <v>39528.44</v>
+        <v>28211.759999999998</v>
       </c>
       <c r="AF204" s="39">
-        <v>45757</v>
+        <v>45665</v>
       </c>
       <c r="AG204" s="40"/>
       <c r="AH204" s="39"/>
       <c r="AI204" s="40"/>
       <c r="AJ204" s="39"/>
       <c r="AK204" s="47"/>
       <c r="AL204" s="50"/>
     </row>
-    <row r="205" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="205" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A205" s="27">
         <v>199</v>
       </c>
       <c r="B205" s="28" t="s">
-        <v>1697</v>
+        <v>1510</v>
       </c>
       <c r="C205" s="29">
-        <v>40203578763</v>
+        <v>41203073648</v>
       </c>
       <c r="D205" s="28" t="s">
-        <v>1766</v>
-[...2 lines deleted...]
-        <v>1767</v>
+        <v>1566</v>
+      </c>
+      <c r="E205" s="33">
+        <v>27875793</v>
       </c>
       <c r="F205" s="28" t="s">
-        <v>1768</v>
+        <v>1567</v>
       </c>
       <c r="G205" s="34" t="s">
-        <v>234</v>
+        <v>1568</v>
       </c>
       <c r="H205" s="28" t="s">
-        <v>1844</v>
+        <v>1566</v>
       </c>
       <c r="I205" s="30" t="s">
-        <v>1088</v>
+        <v>702</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1089</v>
+        <v>702</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L205" s="28" t="s">
-        <v>1071</v>
+        <v>1628</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1072</v>
-[...1 lines deleted...]
-      <c r="N205" s="30"/>
+        <v>899</v>
+      </c>
+      <c r="N205" s="30" t="s">
+        <v>982</v>
+      </c>
       <c r="O205" s="5" t="s">
-        <v>887</v>
+        <v>983</v>
       </c>
       <c r="P205" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q205" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R205" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S205" s="36" t="s">
-        <v>1910</v>
+        <v>1694</v>
       </c>
       <c r="T205" s="28"/>
       <c r="U205" s="28"/>
       <c r="V205" s="28"/>
       <c r="W205" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X205" s="29" t="s">
-        <v>1305</v>
+        <v>1213</v>
       </c>
       <c r="Y205" s="32">
         <v>45554</v>
       </c>
       <c r="Z205" s="37">
         <v>45558</v>
       </c>
       <c r="AA205" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB205" s="29" t="s">
-        <v>1322</v>
+        <v>1204</v>
       </c>
       <c r="AC205" s="37">
-        <v>45954</v>
+        <v>45856</v>
       </c>
       <c r="AD205" s="37">
-        <v>45958</v>
+        <v>45860</v>
       </c>
       <c r="AE205" s="38">
-        <v>28211.759999999998</v>
+        <v>35970.019999999997</v>
       </c>
       <c r="AF205" s="39">
-        <v>45665</v>
+        <v>45992</v>
       </c>
       <c r="AG205" s="40"/>
       <c r="AH205" s="39"/>
       <c r="AI205" s="40"/>
       <c r="AJ205" s="39"/>
       <c r="AK205" s="47"/>
       <c r="AL205" s="50"/>
     </row>
-    <row r="206" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="206" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A206" s="27">
         <v>200</v>
       </c>
       <c r="B206" s="28" t="s">
-        <v>1698</v>
+        <v>1511</v>
       </c>
       <c r="C206" s="29">
-        <v>41203073648</v>
+        <v>40203571820</v>
       </c>
       <c r="D206" s="28" t="s">
-        <v>1769</v>
-[...2 lines deleted...]
-        <v>1770</v>
+        <v>1569</v>
+      </c>
+      <c r="E206" s="33">
+        <v>29461172</v>
       </c>
       <c r="F206" s="28" t="s">
-        <v>1771</v>
+        <v>1570</v>
       </c>
       <c r="G206" s="34" t="s">
-        <v>1772</v>
+        <v>1571</v>
       </c>
       <c r="H206" s="28" t="s">
-        <v>1769</v>
+        <v>1629</v>
       </c>
       <c r="I206" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L206" s="28" t="s">
-        <v>1845</v>
+        <v>703</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1078</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N206" s="30"/>
       <c r="O206" s="5" t="s">
-        <v>1162</v>
+        <v>711</v>
       </c>
       <c r="P206" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q206" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R206" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S206" s="36" t="s">
-        <v>1911</v>
+        <v>1695</v>
       </c>
       <c r="T206" s="28"/>
       <c r="U206" s="28"/>
       <c r="V206" s="28"/>
       <c r="W206" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X206" s="29" t="s">
-        <v>1395</v>
+        <v>1696</v>
       </c>
       <c r="Y206" s="32">
-        <v>45554</v>
+        <v>45555</v>
       </c>
       <c r="Z206" s="37">
-        <v>45558</v>
+        <v>45559</v>
       </c>
       <c r="AA206" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB206" s="29" t="s">
-        <v>1386</v>
+        <v>1335</v>
       </c>
       <c r="AC206" s="37">
-        <v>45856</v>
+        <v>45999</v>
       </c>
       <c r="AD206" s="37">
-        <v>45860</v>
+        <v>46001</v>
       </c>
       <c r="AE206" s="38">
-        <v>35970.019999999997</v>
+        <v>39960</v>
       </c>
       <c r="AF206" s="39">
-        <v>45992</v>
+        <v>45804</v>
       </c>
       <c r="AG206" s="40"/>
       <c r="AH206" s="39"/>
       <c r="AI206" s="40"/>
       <c r="AJ206" s="39"/>
       <c r="AK206" s="47"/>
       <c r="AL206" s="50"/>
     </row>
-    <row r="207" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A207" s="27">
         <v>201</v>
       </c>
       <c r="B207" s="28" t="s">
-        <v>1699</v>
+        <v>1512</v>
       </c>
       <c r="C207" s="29">
-        <v>40203571820</v>
+        <v>40203573215</v>
       </c>
       <c r="D207" s="28" t="s">
-        <v>1773</v>
-[...2 lines deleted...]
-        <v>1774</v>
+        <v>1572</v>
+      </c>
+      <c r="E207" s="33">
+        <v>20223194</v>
       </c>
       <c r="F207" s="28" t="s">
-        <v>1775</v>
+        <v>1573</v>
       </c>
       <c r="G207" s="34" t="s">
-        <v>1776</v>
+        <v>231</v>
       </c>
       <c r="H207" s="28" t="s">
-        <v>1846</v>
+        <v>1630</v>
       </c>
       <c r="I207" s="30" t="s">
-        <v>878</v>
+        <v>928</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>878</v>
+        <v>928</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>878</v>
+        <v>764</v>
       </c>
       <c r="L207" s="28" t="s">
-        <v>879</v>
+        <v>911</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N207" s="30"/>
+        <v>912</v>
+      </c>
+      <c r="N207" s="30" t="s">
+        <v>1631</v>
+      </c>
       <c r="O207" s="5" t="s">
-        <v>887</v>
+        <v>1632</v>
       </c>
       <c r="P207" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q207" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R207" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S207" s="36" t="s">
-        <v>1912</v>
+        <v>1697</v>
       </c>
       <c r="T207" s="28"/>
       <c r="U207" s="28"/>
       <c r="V207" s="28"/>
       <c r="W207" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X207" s="29" t="s">
-        <v>1913</v>
+        <v>1698</v>
       </c>
       <c r="Y207" s="32">
         <v>45555</v>
       </c>
       <c r="Z207" s="37">
         <v>45559</v>
       </c>
       <c r="AA207" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB207" s="29" t="s">
-        <v>1516</v>
+        <v>1122</v>
       </c>
       <c r="AC207" s="37">
-        <v>45999</v>
+        <v>45912</v>
       </c>
       <c r="AD207" s="37">
-        <v>46001</v>
+        <v>45916</v>
       </c>
       <c r="AE207" s="38">
-        <v>39960</v>
+        <v>39162.36</v>
       </c>
       <c r="AF207" s="39">
-        <v>45804</v>
+        <v>45755</v>
       </c>
       <c r="AG207" s="40"/>
       <c r="AH207" s="39"/>
       <c r="AI207" s="40"/>
       <c r="AJ207" s="39"/>
       <c r="AK207" s="47"/>
       <c r="AL207" s="50"/>
     </row>
-    <row r="208" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="208" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A208" s="27">
         <v>202</v>
       </c>
       <c r="B208" s="28" t="s">
-        <v>1700</v>
+        <v>1513</v>
       </c>
       <c r="C208" s="29">
-        <v>40203573215</v>
+        <v>40203586332</v>
       </c>
       <c r="D208" s="28" t="s">
-        <v>1777</v>
-[...2 lines deleted...]
-        <v>1778</v>
+        <v>1574</v>
+      </c>
+      <c r="E208" s="33">
+        <v>26545356</v>
       </c>
       <c r="F208" s="28" t="s">
-        <v>1779</v>
+        <v>1575</v>
       </c>
       <c r="G208" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H208" s="28" t="s">
-        <v>1847</v>
+        <v>1633</v>
       </c>
       <c r="I208" s="30" t="s">
-        <v>1107</v>
+        <v>1089</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1107</v>
+        <v>799</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>943</v>
+        <v>780</v>
       </c>
       <c r="L208" s="28" t="s">
-        <v>1090</v>
+        <v>1634</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1091</v>
-[...3 lines deleted...]
-      </c>
+        <v>1635</v>
+      </c>
+      <c r="N208" s="30"/>
       <c r="O208" s="5" t="s">
-        <v>1849</v>
+        <v>711</v>
       </c>
       <c r="P208" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q208" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R208" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S208" s="36" t="s">
-        <v>1914</v>
+        <v>1699</v>
       </c>
       <c r="T208" s="28"/>
       <c r="U208" s="28"/>
       <c r="V208" s="28"/>
       <c r="W208" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X208" s="29" t="s">
-        <v>1915</v>
+        <v>1163</v>
       </c>
       <c r="Y208" s="32">
-        <v>45555</v>
+        <v>45576</v>
       </c>
       <c r="Z208" s="37">
-        <v>45559</v>
+        <v>45580</v>
       </c>
       <c r="AA208" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB208" s="29" t="s">
-        <v>1302</v>
+        <v>1157</v>
       </c>
       <c r="AC208" s="37">
-        <v>45912</v>
+        <v>45940</v>
       </c>
       <c r="AD208" s="37">
-        <v>45916</v>
+        <v>45944</v>
       </c>
       <c r="AE208" s="38">
-        <v>39162.36</v>
+        <v>39952.379999999997</v>
       </c>
       <c r="AF208" s="39">
-        <v>45755</v>
+        <v>45692</v>
       </c>
       <c r="AG208" s="40"/>
       <c r="AH208" s="39"/>
       <c r="AI208" s="40"/>
       <c r="AJ208" s="39"/>
       <c r="AK208" s="47"/>
       <c r="AL208" s="50"/>
     </row>
-    <row r="209" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="209" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A209" s="27">
         <v>203</v>
       </c>
       <c r="B209" s="28" t="s">
-        <v>1701</v>
+        <v>1514</v>
       </c>
       <c r="C209" s="29">
-        <v>40203586332</v>
+        <v>40203459812</v>
       </c>
       <c r="D209" s="28" t="s">
-        <v>1780</v>
-[...2 lines deleted...]
-        <v>1781</v>
+        <v>1576</v>
+      </c>
+      <c r="E209" s="33">
+        <v>29465119</v>
       </c>
       <c r="F209" s="28" t="s">
-        <v>1782</v>
+        <v>1577</v>
       </c>
       <c r="G209" s="34" t="s">
-        <v>234</v>
+        <v>1578</v>
       </c>
       <c r="H209" s="28" t="s">
-        <v>1850</v>
+        <v>1636</v>
       </c>
       <c r="I209" s="30" t="s">
-        <v>1269</v>
+        <v>1618</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>978</v>
+        <v>718</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>959</v>
+        <v>719</v>
       </c>
       <c r="L209" s="28" t="s">
-        <v>1851</v>
+        <v>863</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1852</v>
+        <v>864</v>
       </c>
       <c r="N209" s="30"/>
       <c r="O209" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P209" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q209" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R209" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S209" s="36" t="s">
-        <v>1916</v>
+        <v>1700</v>
       </c>
       <c r="T209" s="28"/>
       <c r="U209" s="28"/>
       <c r="V209" s="28"/>
       <c r="W209" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X209" s="29" t="s">
-        <v>1345</v>
+        <v>1701</v>
       </c>
       <c r="Y209" s="32">
         <v>45576</v>
       </c>
       <c r="Z209" s="37">
         <v>45580</v>
       </c>
       <c r="AA209" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB209" s="29" t="s">
-        <v>1337</v>
+        <v>1204</v>
       </c>
       <c r="AC209" s="37">
-        <v>45940</v>
+        <v>45856</v>
       </c>
       <c r="AD209" s="37">
-        <v>45944</v>
-[...6 lines deleted...]
-      </c>
+        <v>45860</v>
+      </c>
+      <c r="AE209" s="38"/>
+      <c r="AF209" s="39"/>
       <c r="AG209" s="40"/>
       <c r="AH209" s="39"/>
       <c r="AI209" s="40"/>
       <c r="AJ209" s="39"/>
       <c r="AK209" s="47"/>
       <c r="AL209" s="50"/>
     </row>
-    <row r="210" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="210" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A210" s="27">
         <v>204</v>
       </c>
       <c r="B210" s="28" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C210" s="29">
+        <v>40203382517</v>
+      </c>
+      <c r="D210" s="28" t="s">
+        <v>1579</v>
+      </c>
+      <c r="E210" s="33">
+        <v>20386500</v>
+      </c>
+      <c r="F210" s="28" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G210" s="34" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H210" s="28" t="s">
+        <v>1637</v>
+      </c>
+      <c r="I210" s="30" t="s">
+        <v>702</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="K210" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="L210" s="28" t="s">
+        <v>805</v>
+      </c>
+      <c r="M210" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="N210" s="30" t="s">
+        <v>703</v>
+      </c>
+      <c r="O210" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="P210" s="35" t="s">
+        <v>1116</v>
+      </c>
+      <c r="Q210" s="35" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R210" s="35" t="s">
+        <v>1116</v>
+      </c>
+      <c r="S210" s="36" t="s">
         <v>1702</v>
-      </c>
-[...47 lines deleted...]
-        <v>1917</v>
       </c>
       <c r="T210" s="28"/>
       <c r="U210" s="28"/>
       <c r="V210" s="28"/>
       <c r="W210" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X210" s="29" t="s">
-        <v>1918</v>
+        <v>1703</v>
       </c>
       <c r="Y210" s="32">
         <v>45576</v>
       </c>
       <c r="Z210" s="37">
         <v>45580</v>
       </c>
       <c r="AA210" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB210" s="29" t="s">
-        <v>1386</v>
+        <v>1128</v>
       </c>
       <c r="AC210" s="37">
-        <v>45856</v>
+        <v>45973</v>
       </c>
       <c r="AD210" s="37">
-        <v>45860</v>
+        <v>45975</v>
       </c>
       <c r="AE210" s="38"/>
       <c r="AF210" s="39"/>
       <c r="AG210" s="40"/>
       <c r="AH210" s="39"/>
       <c r="AI210" s="40"/>
       <c r="AJ210" s="39"/>
       <c r="AK210" s="47"/>
       <c r="AL210" s="50"/>
     </row>
-    <row r="211" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="211" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A211" s="27">
         <v>205</v>
       </c>
       <c r="B211" s="28" t="s">
-        <v>1703</v>
+        <v>1516</v>
       </c>
       <c r="C211" s="29">
-        <v>40203382517</v>
+        <v>40203589409</v>
       </c>
       <c r="D211" s="28" t="s">
-        <v>1787</v>
-[...2 lines deleted...]
-        <v>1788</v>
+        <v>1582</v>
+      </c>
+      <c r="E211" s="33">
+        <v>27305261</v>
       </c>
       <c r="F211" s="28" t="s">
-        <v>1789</v>
+        <v>1583</v>
       </c>
       <c r="G211" s="34" t="s">
-        <v>1790</v>
+        <v>231</v>
       </c>
       <c r="H211" s="28" t="s">
-        <v>1854</v>
+        <v>1638</v>
       </c>
       <c r="I211" s="30" t="s">
-        <v>878</v>
+        <v>1639</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>878</v>
+        <v>1113</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L211" s="28" t="s">
-        <v>984</v>
+        <v>872</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>985</v>
-[...6 lines deleted...]
-      </c>
+        <v>1640</v>
+      </c>
+      <c r="N211" s="30"/>
       <c r="P211" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q211" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R211" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S211" s="36" t="s">
-        <v>1919</v>
+        <v>1704</v>
       </c>
       <c r="T211" s="28"/>
       <c r="U211" s="28"/>
       <c r="V211" s="28"/>
       <c r="W211" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X211" s="29" t="s">
-        <v>1920</v>
+        <v>1705</v>
       </c>
       <c r="Y211" s="32">
         <v>45576</v>
       </c>
       <c r="Z211" s="37">
         <v>45580</v>
       </c>
       <c r="AA211" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB211" s="29" t="s">
-        <v>1308</v>
+        <v>1142</v>
       </c>
       <c r="AC211" s="37">
-        <v>45973</v>
+        <v>45954</v>
       </c>
       <c r="AD211" s="37">
-        <v>45975</v>
-[...2 lines deleted...]
-      <c r="AF211" s="39"/>
+        <v>45958</v>
+      </c>
+      <c r="AE211" s="38">
+        <v>39678.120000000003</v>
+      </c>
+      <c r="AF211" s="39">
+        <v>45706</v>
+      </c>
       <c r="AG211" s="40"/>
       <c r="AH211" s="39"/>
       <c r="AI211" s="40"/>
       <c r="AJ211" s="39"/>
       <c r="AK211" s="47"/>
       <c r="AL211" s="50"/>
     </row>
-    <row r="212" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="212" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A212" s="27">
         <v>206</v>
       </c>
       <c r="B212" s="28" t="s">
-        <v>1704</v>
+        <v>1517</v>
       </c>
       <c r="C212" s="29">
-        <v>40203589409</v>
+        <v>44103138644</v>
       </c>
       <c r="D212" s="28" t="s">
-        <v>1791</v>
-[...2 lines deleted...]
-        <v>1792</v>
+        <v>1584</v>
+      </c>
+      <c r="E212" s="33">
+        <v>26166277</v>
       </c>
       <c r="F212" s="28" t="s">
-        <v>1793</v>
+        <v>1585</v>
       </c>
       <c r="G212" s="34" t="s">
-        <v>234</v>
+        <v>1586</v>
       </c>
       <c r="H212" s="28" t="s">
-        <v>1855</v>
+        <v>1641</v>
       </c>
       <c r="I212" s="30" t="s">
-        <v>1856</v>
+        <v>1021</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>1293</v>
+        <v>910</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>959</v>
+        <v>719</v>
       </c>
       <c r="L212" s="28" t="s">
-        <v>1051</v>
+        <v>1642</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1857</v>
-[...1 lines deleted...]
-      <c r="N212" s="30"/>
+        <v>1643</v>
+      </c>
+      <c r="N212" s="30" t="s">
+        <v>1644</v>
+      </c>
+      <c r="O212" s="5" t="s">
+        <v>1645</v>
+      </c>
       <c r="P212" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q212" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R212" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S212" s="36" t="s">
-        <v>1921</v>
+        <v>1706</v>
       </c>
       <c r="T212" s="28"/>
       <c r="U212" s="28"/>
       <c r="V212" s="28"/>
       <c r="W212" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X212" s="29" t="s">
-        <v>1922</v>
+        <v>1707</v>
       </c>
       <c r="Y212" s="32">
         <v>45576</v>
       </c>
       <c r="Z212" s="37">
         <v>45580</v>
       </c>
       <c r="AA212" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB212" s="29" t="s">
-        <v>1322</v>
+        <v>1125</v>
       </c>
       <c r="AC212" s="37">
-        <v>45954</v>
+        <v>45869</v>
       </c>
       <c r="AD212" s="37">
-        <v>45958</v>
-[...6 lines deleted...]
-      </c>
+        <v>45873</v>
+      </c>
+      <c r="AE212" s="38"/>
+      <c r="AF212" s="39"/>
       <c r="AG212" s="40"/>
       <c r="AH212" s="39"/>
       <c r="AI212" s="40"/>
       <c r="AJ212" s="39"/>
       <c r="AK212" s="47"/>
       <c r="AL212" s="50"/>
     </row>
-    <row r="213" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="213" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A213" s="27">
         <v>207</v>
       </c>
       <c r="B213" s="28" t="s">
-        <v>1705</v>
+        <v>1518</v>
       </c>
       <c r="C213" s="29">
-        <v>44103138644</v>
+        <v>42103092571</v>
       </c>
       <c r="D213" s="28" t="s">
-        <v>1794</v>
-[...2 lines deleted...]
-        <v>1795</v>
+        <v>1587</v>
+      </c>
+      <c r="E213" s="33">
+        <v>26476284</v>
       </c>
       <c r="F213" s="28" t="s">
-        <v>1796</v>
+        <v>1588</v>
       </c>
       <c r="G213" s="34" t="s">
-        <v>1797</v>
+        <v>1589</v>
       </c>
       <c r="H213" s="28" t="s">
-        <v>1858</v>
+        <v>1646</v>
       </c>
       <c r="I213" s="30" t="s">
-        <v>1200</v>
+        <v>728</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>1089</v>
+        <v>729</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L213" s="28" t="s">
-        <v>1859</v>
+        <v>783</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1860</v>
-[...6 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="N213" s="30"/>
       <c r="P213" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q213" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R213" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S213" s="36" t="s">
-        <v>1923</v>
+        <v>1708</v>
       </c>
       <c r="T213" s="28"/>
       <c r="U213" s="28"/>
       <c r="V213" s="28"/>
       <c r="W213" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X213" s="29" t="s">
-        <v>1924</v>
+        <v>1709</v>
       </c>
       <c r="Y213" s="32">
-        <v>45576</v>
+        <v>45580</v>
       </c>
       <c r="Z213" s="37">
-        <v>45580</v>
+        <v>45582</v>
       </c>
       <c r="AA213" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB213" s="29" t="s">
-        <v>1305</v>
+        <v>1157</v>
       </c>
       <c r="AC213" s="37">
-        <v>45869</v>
+        <v>45940</v>
       </c>
       <c r="AD213" s="37">
-        <v>45873</v>
+        <v>45944</v>
       </c>
       <c r="AE213" s="38"/>
       <c r="AF213" s="39"/>
       <c r="AG213" s="40"/>
       <c r="AH213" s="39"/>
       <c r="AI213" s="40"/>
       <c r="AJ213" s="39"/>
       <c r="AK213" s="47"/>
       <c r="AL213" s="50"/>
     </row>
-    <row r="214" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="214" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A214" s="27">
         <v>208</v>
       </c>
       <c r="B214" s="28" t="s">
-        <v>1706</v>
+        <v>1519</v>
       </c>
       <c r="C214" s="29">
-        <v>42103092571</v>
+        <v>40203143382</v>
       </c>
       <c r="D214" s="28" t="s">
-        <v>1798</v>
-[...2 lines deleted...]
-        <v>1799</v>
+        <v>1590</v>
+      </c>
+      <c r="E214" s="33">
+        <v>29995213</v>
       </c>
       <c r="F214" s="28" t="s">
-        <v>1800</v>
+        <v>1591</v>
       </c>
       <c r="G214" s="34" t="s">
-        <v>1801</v>
+        <v>231</v>
       </c>
       <c r="H214" s="28" t="s">
-        <v>1863</v>
+        <v>1647</v>
       </c>
       <c r="I214" s="30" t="s">
-        <v>904</v>
+        <v>1648</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>905</v>
+        <v>1649</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>895</v>
+        <v>786</v>
       </c>
       <c r="L214" s="28" t="s">
-        <v>962</v>
+        <v>1650</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="N214" s="30"/>
+        <v>1651</v>
+      </c>
+      <c r="N214" s="30" t="s">
+        <v>1652</v>
+      </c>
+      <c r="O214" s="5" t="s">
+        <v>1653</v>
+      </c>
       <c r="P214" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q214" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R214" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S214" s="36" t="s">
-        <v>1925</v>
+        <v>1710</v>
       </c>
       <c r="T214" s="28"/>
       <c r="U214" s="28"/>
       <c r="V214" s="28"/>
       <c r="W214" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X214" s="29" t="s">
-        <v>1926</v>
+        <v>1219</v>
       </c>
       <c r="Y214" s="32">
-        <v>45580</v>
+        <v>45586</v>
       </c>
       <c r="Z214" s="37">
-        <v>45582</v>
+        <v>45588</v>
       </c>
       <c r="AA214" s="28" t="s">
-        <v>1301</v>
+        <v>1121</v>
       </c>
       <c r="AB214" s="29" t="s">
-        <v>1337</v>
+        <v>1163</v>
       </c>
       <c r="AC214" s="37">
-        <v>45940</v>
+        <v>45896</v>
       </c>
       <c r="AD214" s="37">
-        <v>45944</v>
+        <v>45898</v>
       </c>
       <c r="AE214" s="38"/>
       <c r="AF214" s="39"/>
       <c r="AG214" s="40"/>
       <c r="AH214" s="39"/>
       <c r="AI214" s="40"/>
       <c r="AJ214" s="39"/>
       <c r="AK214" s="47"/>
       <c r="AL214" s="50"/>
     </row>
-    <row r="215" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="215" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A215" s="27">
         <v>209</v>
       </c>
       <c r="B215" s="28" t="s">
-        <v>1707</v>
+        <v>1520</v>
       </c>
       <c r="C215" s="29">
-        <v>40203143382</v>
+        <v>40203441401</v>
       </c>
       <c r="D215" s="28" t="s">
-        <v>1802</v>
-[...2 lines deleted...]
-        <v>1803</v>
+        <v>1592</v>
+      </c>
+      <c r="E215" s="33">
+        <v>25342753</v>
       </c>
       <c r="F215" s="28" t="s">
-        <v>1804</v>
+        <v>1593</v>
       </c>
       <c r="G215" s="34" t="s">
-        <v>234</v>
+        <v>1594</v>
       </c>
       <c r="H215" s="28" t="s">
-        <v>1864</v>
+        <v>1654</v>
       </c>
       <c r="I215" s="30" t="s">
-        <v>1865</v>
+        <v>763</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>1866</v>
+        <v>763</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>965</v>
+        <v>764</v>
       </c>
       <c r="L215" s="28" t="s">
-        <v>1867</v>
+        <v>833</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1868</v>
-[...6 lines deleted...]
-      </c>
+        <v>834</v>
+      </c>
+      <c r="N215" s="30"/>
       <c r="P215" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q215" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R215" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S215" s="36" t="s">
-        <v>1927</v>
+        <v>1711</v>
       </c>
       <c r="T215" s="28"/>
       <c r="U215" s="28"/>
       <c r="V215" s="28"/>
       <c r="W215" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X215" s="29" t="s">
-        <v>1401</v>
+        <v>1712</v>
       </c>
       <c r="Y215" s="32">
-        <v>45586</v>
+        <v>45618</v>
       </c>
       <c r="Z215" s="37">
-        <v>45588</v>
-[...12 lines deleted...]
-      </c>
+        <v>45622</v>
+      </c>
+      <c r="AA215" s="28"/>
+      <c r="AB215" s="29"/>
+      <c r="AC215" s="37"/>
+      <c r="AD215" s="37"/>
       <c r="AE215" s="38"/>
       <c r="AF215" s="39"/>
       <c r="AG215" s="40"/>
       <c r="AH215" s="39"/>
       <c r="AI215" s="40"/>
       <c r="AJ215" s="39"/>
       <c r="AK215" s="47"/>
       <c r="AL215" s="50"/>
     </row>
-    <row r="216" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="216" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A216" s="27">
         <v>210</v>
       </c>
       <c r="B216" s="28" t="s">
-        <v>1708</v>
+        <v>1521</v>
       </c>
       <c r="C216" s="29">
-        <v>40203441401</v>
+        <v>40203586972</v>
       </c>
       <c r="D216" s="28" t="s">
-        <v>1805</v>
-[...2 lines deleted...]
-        <v>1806</v>
+        <v>1595</v>
+      </c>
+      <c r="E216" s="33">
+        <v>29922988</v>
       </c>
       <c r="F216" s="28" t="s">
-        <v>1807</v>
+        <v>1596</v>
       </c>
       <c r="G216" s="34" t="s">
-        <v>1808</v>
+        <v>231</v>
       </c>
       <c r="H216" s="28" t="s">
-        <v>1871</v>
+        <v>1655</v>
       </c>
       <c r="I216" s="30" t="s">
-        <v>942</v>
+        <v>773</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>942</v>
+        <v>773</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>943</v>
+        <v>719</v>
       </c>
       <c r="L216" s="28" t="s">
-        <v>1012</v>
+        <v>1656</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1013</v>
+        <v>792</v>
       </c>
       <c r="N216" s="30"/>
       <c r="P216" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q216" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R216" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S216" s="36" t="s">
-        <v>1928</v>
+        <v>1713</v>
       </c>
       <c r="T216" s="28"/>
       <c r="U216" s="28"/>
       <c r="V216" s="28"/>
       <c r="W216" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X216" s="29" t="s">
-        <v>1929</v>
+        <v>1714</v>
       </c>
       <c r="Y216" s="32">
         <v>45618</v>
       </c>
       <c r="Z216" s="37">
         <v>45622</v>
       </c>
       <c r="AA216" s="28"/>
       <c r="AB216" s="29"/>
       <c r="AC216" s="37"/>
       <c r="AD216" s="37"/>
-      <c r="AE216" s="38"/>
-      <c r="AF216" s="39"/>
+      <c r="AE216" s="38">
+        <v>35854.199999999997</v>
+      </c>
+      <c r="AF216" s="39">
+        <v>45776</v>
+      </c>
       <c r="AG216" s="40"/>
       <c r="AH216" s="39"/>
       <c r="AI216" s="40"/>
       <c r="AJ216" s="39"/>
       <c r="AK216" s="47"/>
       <c r="AL216" s="50"/>
     </row>
-    <row r="217" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="217" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A217" s="27">
         <v>211</v>
       </c>
       <c r="B217" s="28" t="s">
-        <v>1709</v>
+        <v>1522</v>
       </c>
       <c r="C217" s="29">
-        <v>40203586972</v>
+        <v>40203591136</v>
       </c>
       <c r="D217" s="28" t="s">
-        <v>1809</v>
-[...2 lines deleted...]
-        <v>1810</v>
+        <v>1597</v>
+      </c>
+      <c r="E217" s="33">
+        <v>27110111</v>
       </c>
       <c r="F217" s="28" t="s">
-        <v>1811</v>
+        <v>1598</v>
       </c>
       <c r="G217" s="34" t="s">
-        <v>234</v>
+        <v>1599</v>
       </c>
       <c r="H217" s="28" t="s">
-        <v>1872</v>
+        <v>1657</v>
       </c>
       <c r="I217" s="30" t="s">
-        <v>952</v>
+        <v>1658</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>952</v>
+        <v>1659</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>895</v>
+        <v>764</v>
       </c>
       <c r="L217" s="28" t="s">
-        <v>1873</v>
+        <v>1660</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>971</v>
-[...1 lines deleted...]
-      <c r="N217" s="30"/>
+        <v>1661</v>
+      </c>
+      <c r="N217" s="30" t="s">
+        <v>760</v>
+      </c>
+      <c r="O217" s="5" t="s">
+        <v>761</v>
+      </c>
       <c r="P217" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q217" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R217" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S217" s="36" t="s">
-        <v>1930</v>
+        <v>1715</v>
       </c>
       <c r="T217" s="28"/>
       <c r="U217" s="28"/>
       <c r="V217" s="28"/>
       <c r="W217" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X217" s="29" t="s">
-        <v>1931</v>
+        <v>1716</v>
       </c>
       <c r="Y217" s="32">
-        <v>45618</v>
+        <v>45637</v>
       </c>
       <c r="Z217" s="37">
-        <v>45622</v>
+        <v>45639</v>
       </c>
       <c r="AA217" s="28"/>
       <c r="AB217" s="29"/>
       <c r="AC217" s="37"/>
       <c r="AD217" s="37"/>
       <c r="AE217" s="38">
-        <v>35854.199999999997</v>
+        <v>35998.410000000003</v>
       </c>
       <c r="AF217" s="39">
-        <v>45776</v>
+        <v>45747</v>
       </c>
       <c r="AG217" s="40"/>
       <c r="AH217" s="39"/>
       <c r="AI217" s="40"/>
       <c r="AJ217" s="39"/>
       <c r="AK217" s="47"/>
       <c r="AL217" s="50"/>
     </row>
-    <row r="218" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="218" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A218" s="27">
         <v>212</v>
       </c>
       <c r="B218" s="28" t="s">
-        <v>1710</v>
+        <v>1523</v>
       </c>
       <c r="C218" s="29">
-        <v>40203591136</v>
+        <v>40203600693</v>
       </c>
       <c r="D218" s="28" t="s">
-        <v>1812</v>
-[...2 lines deleted...]
-        <v>1813</v>
+        <v>1600</v>
+      </c>
+      <c r="E218" s="33">
+        <v>29262698</v>
       </c>
       <c r="F218" s="28" t="s">
-        <v>1814</v>
+        <v>1601</v>
       </c>
       <c r="G218" s="34" t="s">
-        <v>1815</v>
+        <v>231</v>
       </c>
       <c r="H218" s="28" t="s">
-        <v>1874</v>
+        <v>1600</v>
       </c>
       <c r="I218" s="30" t="s">
-        <v>1875</v>
+        <v>909</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>1876</v>
+        <v>910</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>943</v>
+        <v>719</v>
       </c>
       <c r="L218" s="28" t="s">
-        <v>1877</v>
+        <v>1034</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1878</v>
-[...3 lines deleted...]
-      </c>
+        <v>802</v>
+      </c>
+      <c r="N218" s="30"/>
       <c r="O218" s="5" t="s">
-        <v>937</v>
+        <v>711</v>
       </c>
       <c r="P218" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q218" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R218" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S218" s="36" t="s">
-        <v>1932</v>
+        <v>1717</v>
       </c>
       <c r="T218" s="28"/>
       <c r="U218" s="28"/>
       <c r="V218" s="28"/>
       <c r="W218" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X218" s="29" t="s">
-        <v>1933</v>
+        <v>1718</v>
       </c>
       <c r="Y218" s="32">
-        <v>45637</v>
+        <v>45639</v>
       </c>
       <c r="Z218" s="37">
-        <v>45639</v>
+        <v>45642</v>
       </c>
       <c r="AA218" s="28"/>
       <c r="AB218" s="29"/>
       <c r="AC218" s="37"/>
       <c r="AD218" s="37"/>
       <c r="AE218" s="38">
-        <v>35998.410000000003</v>
+        <v>39600</v>
       </c>
       <c r="AF218" s="39">
-        <v>45747</v>
+        <v>45807</v>
       </c>
       <c r="AG218" s="40"/>
       <c r="AH218" s="39"/>
       <c r="AI218" s="40"/>
       <c r="AJ218" s="39"/>
       <c r="AK218" s="47"/>
       <c r="AL218" s="50"/>
     </row>
-    <row r="219" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="219" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A219" s="27">
         <v>213</v>
       </c>
       <c r="B219" s="28" t="s">
-        <v>1711</v>
+        <v>1524</v>
       </c>
       <c r="C219" s="29">
-        <v>40203600693</v>
+        <v>40203432413</v>
       </c>
       <c r="D219" s="28" t="s">
-        <v>1816</v>
-[...2 lines deleted...]
-        <v>1817</v>
+        <v>1602</v>
+      </c>
+      <c r="E219" s="33">
+        <v>29600916</v>
       </c>
       <c r="F219" s="28" t="s">
-        <v>1818</v>
+        <v>1603</v>
       </c>
       <c r="G219" s="34" t="s">
-        <v>234</v>
+        <v>1604</v>
       </c>
       <c r="H219" s="28" t="s">
-        <v>1816</v>
+        <v>1662</v>
       </c>
       <c r="I219" s="30" t="s">
-        <v>1088</v>
+        <v>702</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>1089</v>
+        <v>702</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L219" s="28" t="s">
-        <v>1215</v>
+        <v>1663</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>981</v>
+        <v>1664</v>
       </c>
       <c r="N219" s="30"/>
-      <c r="O219" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P219" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q219" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R219" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S219" s="36" t="s">
-        <v>1934</v>
+        <v>1719</v>
       </c>
       <c r="T219" s="28"/>
       <c r="U219" s="28"/>
       <c r="V219" s="28"/>
       <c r="W219" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X219" s="29" t="s">
-        <v>1935</v>
+        <v>1720</v>
       </c>
       <c r="Y219" s="32">
         <v>45639</v>
       </c>
       <c r="Z219" s="37">
         <v>45642</v>
       </c>
       <c r="AA219" s="28"/>
       <c r="AB219" s="29"/>
       <c r="AC219" s="37"/>
       <c r="AD219" s="37"/>
       <c r="AE219" s="38">
-        <v>39600</v>
+        <v>33711.22</v>
       </c>
       <c r="AF219" s="39">
-        <v>45807</v>
+        <v>45883</v>
       </c>
       <c r="AG219" s="40"/>
       <c r="AH219" s="39"/>
       <c r="AI219" s="40"/>
       <c r="AJ219" s="39"/>
       <c r="AK219" s="47"/>
       <c r="AL219" s="50"/>
     </row>
-    <row r="220" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="220" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A220" s="27">
         <v>214</v>
       </c>
       <c r="B220" s="28" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="C220" s="29">
-        <v>40203432413</v>
+        <v>40103198736</v>
       </c>
       <c r="D220" s="28" t="s">
-        <v>1819</v>
-[...2 lines deleted...]
-        <v>1820</v>
+        <v>1729</v>
+      </c>
+      <c r="E220" s="33">
+        <v>29212018</v>
       </c>
       <c r="F220" s="28" t="s">
-        <v>1821</v>
+        <v>1730</v>
       </c>
       <c r="G220" s="34" t="s">
-        <v>1822</v>
+        <v>231</v>
       </c>
       <c r="H220" s="28" t="s">
-        <v>1879</v>
+        <v>1747</v>
       </c>
       <c r="I220" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L220" s="28" t="s">
-        <v>1880</v>
+        <v>712</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1881</v>
-[...1 lines deleted...]
-      <c r="N220" s="30"/>
+        <v>713</v>
+      </c>
+      <c r="N220" s="30" t="s">
+        <v>911</v>
+      </c>
+      <c r="O220" s="5" t="s">
+        <v>912</v>
+      </c>
       <c r="P220" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q220" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R220" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S220" s="36" t="s">
-        <v>1936</v>
+        <v>1752</v>
       </c>
       <c r="T220" s="28"/>
       <c r="U220" s="28"/>
       <c r="V220" s="28"/>
       <c r="W220" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X220" s="29" t="s">
-        <v>1937</v>
+        <v>1753</v>
       </c>
       <c r="Y220" s="32">
-        <v>45639</v>
+        <v>45688</v>
       </c>
       <c r="Z220" s="37">
-        <v>45642</v>
+        <v>45692</v>
       </c>
       <c r="AA220" s="28"/>
       <c r="AB220" s="29"/>
       <c r="AC220" s="37"/>
       <c r="AD220" s="37"/>
-      <c r="AE220" s="38" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AE220" s="38"/>
+      <c r="AF220" s="39"/>
       <c r="AG220" s="40"/>
       <c r="AH220" s="39"/>
       <c r="AI220" s="40"/>
       <c r="AJ220" s="39"/>
       <c r="AK220" s="47"/>
       <c r="AL220" s="50"/>
     </row>
-    <row r="221" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A221" s="27">
         <v>215</v>
       </c>
       <c r="B221" s="28" t="s">
-        <v>1939</v>
+        <v>1722</v>
       </c>
       <c r="C221" s="29">
-        <v>40103198736</v>
+        <v>40203592767</v>
       </c>
       <c r="D221" s="28" t="s">
-        <v>1947</v>
-[...2 lines deleted...]
-        <v>1948</v>
+        <v>1731</v>
+      </c>
+      <c r="E221" s="33">
+        <v>20004808</v>
       </c>
       <c r="F221" s="28" t="s">
-        <v>1949</v>
+        <v>1732</v>
       </c>
       <c r="G221" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H221" s="28" t="s">
-        <v>1972</v>
+        <v>1731</v>
       </c>
       <c r="I221" s="30" t="s">
-        <v>878</v>
+        <v>1070</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L221" s="28" t="s">
-        <v>888</v>
+        <v>974</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>889</v>
-[...3 lines deleted...]
-      </c>
+        <v>975</v>
+      </c>
+      <c r="N221" s="30"/>
       <c r="O221" s="5" t="s">
-        <v>1091</v>
+        <v>711</v>
       </c>
       <c r="P221" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q221" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R221" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S221" s="36" t="s">
-        <v>1977</v>
+        <v>1754</v>
       </c>
       <c r="T221" s="28"/>
       <c r="U221" s="28"/>
       <c r="V221" s="28"/>
       <c r="W221" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X221" s="29" t="s">
-        <v>1978</v>
+        <v>1453</v>
       </c>
       <c r="Y221" s="32">
-        <v>45688</v>
+        <v>45664</v>
       </c>
       <c r="Z221" s="37">
-        <v>45692</v>
+        <v>45666</v>
       </c>
       <c r="AA221" s="28"/>
       <c r="AB221" s="29"/>
       <c r="AC221" s="37"/>
       <c r="AD221" s="37"/>
-      <c r="AE221" s="38"/>
-      <c r="AF221" s="39"/>
+      <c r="AE221" s="38">
+        <v>34963.69</v>
+      </c>
+      <c r="AF221" s="39">
+        <v>45875</v>
+      </c>
       <c r="AG221" s="40"/>
       <c r="AH221" s="39"/>
       <c r="AI221" s="40"/>
       <c r="AJ221" s="39"/>
       <c r="AK221" s="47"/>
       <c r="AL221" s="50"/>
     </row>
-    <row r="222" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="222" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A222" s="27">
         <v>216</v>
       </c>
       <c r="B222" s="28" t="s">
-        <v>1940</v>
+        <v>1723</v>
       </c>
       <c r="C222" s="29">
-        <v>40203592767</v>
+        <v>40203605510</v>
       </c>
       <c r="D222" s="28" t="s">
-        <v>1950</v>
-[...2 lines deleted...]
-        <v>1951</v>
+        <v>1733</v>
+      </c>
+      <c r="E222" s="33">
+        <v>26045767</v>
       </c>
       <c r="F222" s="28" t="s">
-        <v>1952</v>
+        <v>1734</v>
       </c>
       <c r="G222" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H222" s="28" t="s">
-        <v>1950</v>
+        <v>1733</v>
       </c>
       <c r="I222" s="30" t="s">
-        <v>1250</v>
+        <v>1748</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1070</v>
+        <v>729</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L222" s="28" t="s">
-        <v>1153</v>
+        <v>911</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1154</v>
-[...1 lines deleted...]
-      <c r="N222" s="30"/>
+        <v>912</v>
+      </c>
+      <c r="N222" s="30" t="s">
+        <v>1749</v>
+      </c>
       <c r="O222" s="5" t="s">
-        <v>887</v>
+        <v>930</v>
       </c>
       <c r="P222" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q222" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R222" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S222" s="36" t="s">
-        <v>1979</v>
+        <v>1755</v>
       </c>
       <c r="T222" s="28"/>
       <c r="U222" s="28"/>
       <c r="V222" s="28"/>
       <c r="W222" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X222" s="29" t="s">
-        <v>1634</v>
+        <v>1756</v>
       </c>
       <c r="Y222" s="32">
-        <v>45664</v>
+        <v>45663</v>
       </c>
       <c r="Z222" s="37">
-        <v>45666</v>
+        <v>45665</v>
       </c>
       <c r="AA222" s="28"/>
       <c r="AB222" s="29"/>
       <c r="AC222" s="37"/>
       <c r="AD222" s="37"/>
       <c r="AE222" s="38">
-        <v>34963.69</v>
+        <v>39614.949999999997</v>
       </c>
       <c r="AF222" s="39">
-        <v>45875</v>
+        <v>45758</v>
       </c>
       <c r="AG222" s="40"/>
       <c r="AH222" s="39"/>
       <c r="AI222" s="40"/>
       <c r="AJ222" s="39"/>
       <c r="AK222" s="47"/>
       <c r="AL222" s="50"/>
     </row>
-    <row r="223" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A223" s="27">
         <v>217</v>
       </c>
       <c r="B223" s="28" t="s">
-        <v>1941</v>
+        <v>1724</v>
       </c>
       <c r="C223" s="29">
-        <v>40203605510</v>
+        <v>40203574615</v>
       </c>
       <c r="D223" s="28" t="s">
-        <v>1953</v>
-[...2 lines deleted...]
-        <v>1954</v>
+        <v>1735</v>
+      </c>
+      <c r="E223" s="33">
+        <v>26128451</v>
       </c>
       <c r="F223" s="28" t="s">
-        <v>1955</v>
+        <v>1736</v>
       </c>
       <c r="G223" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H223" s="28" t="s">
-        <v>1953</v>
+        <v>1735</v>
       </c>
       <c r="I223" s="30" t="s">
-        <v>1973</v>
+        <v>702</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>905</v>
+        <v>702</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L223" s="28" t="s">
-        <v>1090</v>
+        <v>760</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1091</v>
+        <v>761</v>
       </c>
       <c r="N223" s="30" t="s">
-        <v>1974</v>
+        <v>952</v>
       </c>
       <c r="O223" s="5" t="s">
-        <v>1109</v>
+        <v>953</v>
       </c>
       <c r="P223" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q223" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R223" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S223" s="36" t="s">
-        <v>1980</v>
+        <v>1757</v>
       </c>
       <c r="T223" s="28"/>
       <c r="U223" s="28"/>
       <c r="V223" s="28"/>
       <c r="W223" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X223" s="29" t="s">
-        <v>1981</v>
+        <v>1758</v>
       </c>
       <c r="Y223" s="32">
         <v>45663</v>
       </c>
       <c r="Z223" s="37">
         <v>45665</v>
       </c>
       <c r="AA223" s="28"/>
       <c r="AB223" s="29"/>
       <c r="AC223" s="37"/>
       <c r="AD223" s="37"/>
-      <c r="AE223" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE223" s="38"/>
+      <c r="AF223" s="39"/>
       <c r="AG223" s="40"/>
       <c r="AH223" s="39"/>
       <c r="AI223" s="40"/>
       <c r="AJ223" s="39"/>
       <c r="AK223" s="47"/>
       <c r="AL223" s="50"/>
     </row>
-    <row r="224" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="224" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A224" s="27">
         <v>218</v>
       </c>
       <c r="B224" s="28" t="s">
-        <v>1942</v>
+        <v>1725</v>
       </c>
       <c r="C224" s="29">
-        <v>40203574615</v>
+        <v>40003583935</v>
       </c>
       <c r="D224" s="28" t="s">
-        <v>1956</v>
-[...2 lines deleted...]
-        <v>1957</v>
+        <v>1737</v>
+      </c>
+      <c r="E224" s="33">
+        <v>29145168</v>
       </c>
       <c r="F224" s="28" t="s">
-        <v>1958</v>
+        <v>1738</v>
       </c>
       <c r="G224" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H224" s="28" t="s">
-        <v>1956</v>
+        <v>1737</v>
       </c>
       <c r="I224" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L224" s="28" t="s">
-        <v>936</v>
+        <v>726</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>937</v>
-[...6 lines deleted...]
-      </c>
+        <v>727</v>
+      </c>
+      <c r="N224" s="30"/>
       <c r="P224" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q224" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R224" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S224" s="36" t="s">
-        <v>1982</v>
+        <v>1759</v>
       </c>
       <c r="T224" s="28"/>
       <c r="U224" s="28"/>
       <c r="V224" s="28"/>
       <c r="W224" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X224" s="29" t="s">
-        <v>1983</v>
+        <v>1760</v>
       </c>
       <c r="Y224" s="32">
-        <v>45663</v>
+        <v>45691</v>
       </c>
       <c r="Z224" s="37">
-        <v>45665</v>
+        <v>45693</v>
       </c>
       <c r="AA224" s="28"/>
       <c r="AB224" s="29"/>
       <c r="AC224" s="37"/>
       <c r="AD224" s="37"/>
       <c r="AE224" s="38"/>
       <c r="AF224" s="39"/>
       <c r="AG224" s="40"/>
       <c r="AH224" s="39"/>
       <c r="AI224" s="40"/>
       <c r="AJ224" s="39"/>
       <c r="AK224" s="47"/>
       <c r="AL224" s="50"/>
     </row>
-    <row r="225" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="225" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A225" s="27">
         <v>219</v>
       </c>
       <c r="B225" s="28" t="s">
-        <v>1943</v>
+        <v>1726</v>
       </c>
       <c r="C225" s="29">
-        <v>40003583935</v>
+        <v>42103092548</v>
       </c>
       <c r="D225" s="28" t="s">
-        <v>1959</v>
-[...2 lines deleted...]
-        <v>1960</v>
+        <v>1739</v>
+      </c>
+      <c r="E225" s="33">
+        <v>29434077</v>
       </c>
       <c r="F225" s="28" t="s">
-        <v>1961</v>
+        <v>1740</v>
       </c>
       <c r="G225" s="34" t="s">
-        <v>234</v>
+        <v>1741</v>
       </c>
       <c r="H225" s="28" t="s">
-        <v>1959</v>
+        <v>1739</v>
       </c>
       <c r="I225" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L225" s="28" t="s">
-        <v>902</v>
+        <v>846</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>903</v>
-[...1 lines deleted...]
-      <c r="N225" s="30"/>
+        <v>847</v>
+      </c>
+      <c r="N225" s="30" t="s">
+        <v>841</v>
+      </c>
+      <c r="O225" s="5" t="s">
+        <v>842</v>
+      </c>
       <c r="P225" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q225" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R225" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S225" s="36" t="s">
-        <v>1984</v>
+        <v>1761</v>
       </c>
       <c r="T225" s="28"/>
       <c r="U225" s="28"/>
       <c r="V225" s="28"/>
       <c r="W225" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X225" s="29" t="s">
-        <v>1985</v>
+        <v>1762</v>
       </c>
       <c r="Y225" s="32">
-        <v>45691</v>
+        <v>45688</v>
       </c>
       <c r="Z225" s="37">
-        <v>45693</v>
+        <v>45692</v>
       </c>
       <c r="AA225" s="28"/>
       <c r="AB225" s="29"/>
       <c r="AC225" s="37"/>
       <c r="AD225" s="37"/>
-      <c r="AE225" s="38"/>
-      <c r="AF225" s="39"/>
+      <c r="AE225" s="38">
+        <v>26819.26</v>
+      </c>
+      <c r="AF225" s="39">
+        <v>45902</v>
+      </c>
       <c r="AG225" s="40"/>
       <c r="AH225" s="39"/>
       <c r="AI225" s="40"/>
       <c r="AJ225" s="39"/>
       <c r="AK225" s="47"/>
       <c r="AL225" s="50"/>
     </row>
-    <row r="226" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="226" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A226" s="27">
         <v>220</v>
       </c>
       <c r="B226" s="28" t="s">
-        <v>1944</v>
+        <v>1727</v>
       </c>
       <c r="C226" s="29">
-        <v>42103092548</v>
+        <v>40203613378</v>
       </c>
       <c r="D226" s="28" t="s">
-        <v>1962</v>
-[...3 lines deleted...]
-      </c>
+        <v>1742</v>
+      </c>
+      <c r="E226" s="33"/>
       <c r="F226" s="28" t="s">
-        <v>1964</v>
+        <v>1743</v>
       </c>
       <c r="G226" s="34" t="s">
-        <v>1965</v>
+        <v>231</v>
       </c>
       <c r="H226" s="28" t="s">
-        <v>1962</v>
+        <v>1750</v>
       </c>
       <c r="I226" s="30" t="s">
-        <v>878</v>
+        <v>763</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>878</v>
+        <v>763</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>878</v>
+        <v>764</v>
       </c>
       <c r="L226" s="28" t="s">
-        <v>1025</v>
+        <v>724</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1026</v>
-[...6 lines deleted...]
-      </c>
+        <v>725</v>
+      </c>
+      <c r="N226" s="30"/>
       <c r="P226" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q226" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R226" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S226" s="36" t="s">
-        <v>1986</v>
+        <v>1763</v>
       </c>
       <c r="T226" s="28"/>
       <c r="U226" s="28"/>
       <c r="V226" s="28"/>
       <c r="W226" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X226" s="29" t="s">
-        <v>1987</v>
+        <v>1764</v>
       </c>
       <c r="Y226" s="32">
         <v>45688</v>
       </c>
       <c r="Z226" s="37">
         <v>45692</v>
       </c>
       <c r="AA226" s="28"/>
       <c r="AB226" s="29"/>
       <c r="AC226" s="37"/>
       <c r="AD226" s="37"/>
       <c r="AE226" s="38">
-        <v>26819.26</v>
+        <v>21929.77</v>
       </c>
       <c r="AF226" s="39">
-        <v>45902</v>
+        <v>45713</v>
       </c>
       <c r="AG226" s="40"/>
       <c r="AH226" s="39"/>
       <c r="AI226" s="40"/>
       <c r="AJ226" s="39"/>
       <c r="AK226" s="47"/>
       <c r="AL226" s="50"/>
     </row>
-    <row r="227" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="227" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A227" s="27">
         <v>221</v>
       </c>
       <c r="B227" s="28" t="s">
-        <v>1945</v>
+        <v>1728</v>
       </c>
       <c r="C227" s="29">
-        <v>40203613378</v>
+        <v>40103540754</v>
       </c>
       <c r="D227" s="28" t="s">
-        <v>1966</v>
-[...1 lines deleted...]
-      <c r="E227" s="33"/>
+        <v>1744</v>
+      </c>
+      <c r="E227" s="33">
+        <v>26181375</v>
+      </c>
       <c r="F227" s="28" t="s">
-        <v>1967</v>
+        <v>1745</v>
       </c>
       <c r="G227" s="34" t="s">
-        <v>234</v>
+        <v>1746</v>
       </c>
       <c r="H227" s="28" t="s">
-        <v>1975</v>
+        <v>1751</v>
       </c>
       <c r="I227" s="30" t="s">
-        <v>942</v>
+        <v>702</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>942</v>
+        <v>702</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>943</v>
+        <v>702</v>
       </c>
       <c r="L227" s="28" t="s">
-        <v>900</v>
+        <v>783</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>901</v>
+        <v>721</v>
       </c>
       <c r="N227" s="30"/>
       <c r="P227" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q227" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R227" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S227" s="36" t="s">
-        <v>1988</v>
+        <v>1765</v>
       </c>
       <c r="T227" s="28"/>
       <c r="U227" s="28"/>
       <c r="V227" s="28"/>
       <c r="W227" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X227" s="29" t="s">
-        <v>1989</v>
+        <v>1766</v>
       </c>
       <c r="Y227" s="32">
-        <v>45688</v>
+        <v>45716</v>
       </c>
       <c r="Z227" s="37">
-        <v>45692</v>
+        <v>45720</v>
       </c>
       <c r="AA227" s="28"/>
       <c r="AB227" s="29"/>
       <c r="AC227" s="37"/>
       <c r="AD227" s="37"/>
-      <c r="AE227" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE227" s="38"/>
+      <c r="AF227" s="39"/>
       <c r="AG227" s="40"/>
       <c r="AH227" s="39"/>
       <c r="AI227" s="40"/>
       <c r="AJ227" s="39"/>
       <c r="AK227" s="47"/>
       <c r="AL227" s="50"/>
     </row>
-    <row r="228" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="228" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A228" s="27">
         <v>222</v>
       </c>
       <c r="B228" s="28" t="s">
-        <v>1946</v>
+        <v>1767</v>
       </c>
       <c r="C228" s="29">
-        <v>40103540754</v>
+        <v>40203473303</v>
       </c>
       <c r="D228" s="28" t="s">
-        <v>1968</v>
-[...2 lines deleted...]
-        <v>1969</v>
+        <v>1771</v>
+      </c>
+      <c r="E228" s="33">
+        <v>26355044</v>
       </c>
       <c r="F228" s="28" t="s">
-        <v>1970</v>
+        <v>1772</v>
       </c>
       <c r="G228" s="34" t="s">
-        <v>1971</v>
+        <v>231</v>
       </c>
       <c r="H228" s="28" t="s">
-        <v>1976</v>
+        <v>1780</v>
       </c>
       <c r="I228" s="30" t="s">
-        <v>878</v>
+        <v>890</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>878</v>
+        <v>891</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L228" s="28" t="s">
-        <v>962</v>
+        <v>732</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>897</v>
+        <v>733</v>
       </c>
       <c r="N228" s="30"/>
+      <c r="O228" s="5" t="s">
+        <v>711</v>
+      </c>
       <c r="P228" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q228" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R228" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S228" s="36" t="s">
-        <v>1990</v>
+        <v>1787</v>
       </c>
       <c r="T228" s="28"/>
       <c r="U228" s="28"/>
       <c r="V228" s="28"/>
       <c r="W228" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X228" s="29" t="s">
-        <v>1991</v>
+        <v>1484</v>
       </c>
       <c r="Y228" s="32">
         <v>45716</v>
       </c>
       <c r="Z228" s="37">
         <v>45720</v>
       </c>
       <c r="AA228" s="28"/>
       <c r="AB228" s="29"/>
       <c r="AC228" s="37"/>
       <c r="AD228" s="37"/>
       <c r="AE228" s="38"/>
       <c r="AF228" s="39"/>
       <c r="AG228" s="40"/>
       <c r="AH228" s="39"/>
       <c r="AI228" s="40"/>
       <c r="AJ228" s="39"/>
       <c r="AK228" s="47"/>
       <c r="AL228" s="50"/>
     </row>
-    <row r="229" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="229" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A229" s="27">
         <v>223</v>
       </c>
       <c r="B229" s="28" t="s">
-        <v>1992</v>
+        <v>1768</v>
       </c>
       <c r="C229" s="29">
-        <v>40203473303</v>
+        <v>40203615881</v>
       </c>
       <c r="D229" s="28" t="s">
-        <v>1996</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>1773</v>
+      </c>
+      <c r="E229" s="33">
+        <v>29891910</v>
       </c>
       <c r="F229" s="28" t="s">
-        <v>1998</v>
+        <v>1774</v>
       </c>
       <c r="G229" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H229" s="28" t="s">
-        <v>2009</v>
+        <v>1773</v>
       </c>
       <c r="I229" s="30" t="s">
-        <v>1069</v>
+        <v>1781</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>1070</v>
+        <v>1782</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>895</v>
+        <v>764</v>
       </c>
       <c r="L229" s="28" t="s">
-        <v>908</v>
+        <v>858</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>909</v>
+        <v>859</v>
       </c>
       <c r="N229" s="30"/>
-      <c r="O229" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P229" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q229" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R229" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S229" s="36" t="s">
-        <v>2015</v>
+        <v>1788</v>
       </c>
       <c r="T229" s="28"/>
       <c r="U229" s="28"/>
       <c r="V229" s="28"/>
       <c r="W229" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X229" s="29" t="s">
-        <v>1672</v>
+        <v>1486</v>
       </c>
       <c r="Y229" s="32">
         <v>45716</v>
       </c>
       <c r="Z229" s="37">
         <v>45720</v>
       </c>
       <c r="AA229" s="28"/>
       <c r="AB229" s="29"/>
       <c r="AC229" s="37"/>
       <c r="AD229" s="37"/>
       <c r="AE229" s="38"/>
       <c r="AF229" s="39"/>
       <c r="AG229" s="40"/>
       <c r="AH229" s="39"/>
       <c r="AI229" s="40"/>
       <c r="AJ229" s="39"/>
       <c r="AK229" s="47"/>
       <c r="AL229" s="50"/>
     </row>
-    <row r="230" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="230" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A230" s="27">
         <v>224</v>
       </c>
       <c r="B230" s="28" t="s">
-        <v>1993</v>
+        <v>1769</v>
       </c>
       <c r="C230" s="29">
-        <v>40203615881</v>
+        <v>40203617079</v>
       </c>
       <c r="D230" s="28" t="s">
-        <v>1999</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>1775</v>
+      </c>
+      <c r="E230" s="33">
+        <v>26383251</v>
       </c>
       <c r="F230" s="28" t="s">
-        <v>2001</v>
+        <v>1776</v>
       </c>
       <c r="G230" s="34" t="s">
-        <v>234</v>
+        <v>1777</v>
       </c>
       <c r="H230" s="28" t="s">
-        <v>1999</v>
+        <v>1783</v>
       </c>
       <c r="I230" s="30" t="s">
-        <v>2010</v>
+        <v>702</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>2011</v>
+        <v>702</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>943</v>
+        <v>702</v>
       </c>
       <c r="L230" s="28" t="s">
-        <v>1037</v>
+        <v>841</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1038</v>
+        <v>842</v>
       </c>
       <c r="N230" s="30"/>
       <c r="P230" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q230" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R230" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S230" s="36" t="s">
-        <v>2016</v>
+        <v>1789</v>
       </c>
       <c r="T230" s="28"/>
       <c r="U230" s="28"/>
       <c r="V230" s="28"/>
       <c r="W230" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X230" s="29" t="s">
-        <v>1674</v>
+        <v>1790</v>
       </c>
       <c r="Y230" s="32">
         <v>45716</v>
       </c>
       <c r="Z230" s="37">
         <v>45720</v>
       </c>
       <c r="AA230" s="28"/>
       <c r="AB230" s="29"/>
       <c r="AC230" s="37"/>
       <c r="AD230" s="37"/>
-      <c r="AE230" s="38"/>
-      <c r="AF230" s="39"/>
+      <c r="AE230" s="38">
+        <v>35999.99</v>
+      </c>
+      <c r="AF230" s="39">
+        <v>45847</v>
+      </c>
       <c r="AG230" s="40"/>
       <c r="AH230" s="39"/>
       <c r="AI230" s="40"/>
       <c r="AJ230" s="39"/>
       <c r="AK230" s="47"/>
       <c r="AL230" s="50"/>
     </row>
-    <row r="231" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="231" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A231" s="27">
         <v>225</v>
       </c>
       <c r="B231" s="28" t="s">
-        <v>1994</v>
+        <v>1770</v>
       </c>
       <c r="C231" s="29">
-        <v>40203617079</v>
+        <v>40203441454</v>
       </c>
       <c r="D231" s="28" t="s">
-        <v>2002</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>1778</v>
+      </c>
+      <c r="E231" s="33">
+        <v>28791362</v>
       </c>
       <c r="F231" s="28" t="s">
-        <v>2004</v>
+        <v>1779</v>
       </c>
       <c r="G231" s="34" t="s">
-        <v>2005</v>
+        <v>231</v>
       </c>
       <c r="H231" s="28" t="s">
-        <v>2012</v>
+        <v>1784</v>
       </c>
       <c r="I231" s="30" t="s">
-        <v>878</v>
+        <v>1785</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>878</v>
+        <v>1786</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>878</v>
+        <v>764</v>
       </c>
       <c r="L231" s="28" t="s">
-        <v>1020</v>
+        <v>970</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1021</v>
+        <v>971</v>
       </c>
       <c r="N231" s="30"/>
       <c r="P231" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q231" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R231" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S231" s="36" t="s">
-        <v>2017</v>
+        <v>1791</v>
       </c>
       <c r="T231" s="28"/>
       <c r="U231" s="28"/>
       <c r="V231" s="28"/>
       <c r="W231" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X231" s="29" t="s">
-        <v>2018</v>
+        <v>1792</v>
       </c>
       <c r="Y231" s="32">
         <v>45716</v>
       </c>
       <c r="Z231" s="37">
         <v>45720</v>
       </c>
       <c r="AA231" s="28"/>
       <c r="AB231" s="29"/>
       <c r="AC231" s="37"/>
       <c r="AD231" s="37"/>
       <c r="AE231" s="38">
-        <v>35999.99</v>
+        <v>29691</v>
       </c>
       <c r="AF231" s="39">
-        <v>45847</v>
+        <v>46029</v>
       </c>
       <c r="AG231" s="40"/>
       <c r="AH231" s="39"/>
       <c r="AI231" s="40"/>
       <c r="AJ231" s="39"/>
       <c r="AK231" s="47"/>
       <c r="AL231" s="50"/>
     </row>
-    <row r="232" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="232" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A232" s="27">
         <v>226</v>
       </c>
       <c r="B232" s="28" t="s">
-        <v>1995</v>
+        <v>1793</v>
       </c>
       <c r="C232" s="29">
-        <v>40203441454</v>
+        <v>40203623357</v>
       </c>
       <c r="D232" s="28" t="s">
-        <v>2006</v>
+        <v>1799</v>
       </c>
       <c r="E232" s="33" t="s">
-        <v>2007</v>
+        <v>1800</v>
       </c>
       <c r="F232" s="28" t="s">
-        <v>2008</v>
+        <v>1801</v>
       </c>
       <c r="G232" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H232" s="28" t="s">
-        <v>2006</v>
+        <v>1799</v>
       </c>
       <c r="I232" s="30" t="s">
-        <v>2013</v>
+        <v>1814</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>2014</v>
+        <v>1649</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>943</v>
+        <v>786</v>
       </c>
       <c r="L232" s="28" t="s">
-        <v>1149</v>
+        <v>886</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1150</v>
+        <v>1815</v>
       </c>
       <c r="N232" s="30"/>
+      <c r="O232" s="5" t="s">
+        <v>711</v>
+      </c>
       <c r="P232" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q232" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R232" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S232" s="36" t="s">
-        <v>2019</v>
+        <v>1828</v>
       </c>
       <c r="T232" s="28"/>
       <c r="U232" s="28"/>
       <c r="V232" s="28"/>
       <c r="W232" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X232" s="29" t="s">
-        <v>2020</v>
+        <v>1829</v>
       </c>
       <c r="Y232" s="32">
-        <v>45716</v>
+        <v>45742</v>
       </c>
       <c r="Z232" s="37">
-        <v>45720</v>
+        <v>45744</v>
       </c>
       <c r="AA232" s="28"/>
       <c r="AB232" s="29"/>
       <c r="AC232" s="37"/>
       <c r="AD232" s="37"/>
-      <c r="AE232" s="38"/>
-      <c r="AF232" s="39"/>
+      <c r="AE232" s="38">
+        <v>39815.49</v>
+      </c>
+      <c r="AF232" s="39">
+        <v>45853</v>
+      </c>
       <c r="AG232" s="40"/>
       <c r="AH232" s="39"/>
       <c r="AI232" s="40"/>
       <c r="AJ232" s="39"/>
       <c r="AK232" s="47"/>
       <c r="AL232" s="50"/>
     </row>
-    <row r="233" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="233" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A233" s="27">
         <v>227</v>
       </c>
       <c r="B233" s="28" t="s">
-        <v>2021</v>
+        <v>1794</v>
       </c>
       <c r="C233" s="29">
-        <v>40203623357</v>
+        <v>40103421023</v>
       </c>
       <c r="D233" s="28" t="s">
-        <v>2027</v>
-[...2 lines deleted...]
-        <v>2028</v>
+        <v>1802</v>
+      </c>
+      <c r="E233" s="33">
+        <v>26672378</v>
       </c>
       <c r="F233" s="28" t="s">
-        <v>2029</v>
+        <v>1803</v>
       </c>
       <c r="G233" s="34" t="s">
-        <v>234</v>
+        <v>1804</v>
       </c>
       <c r="H233" s="28" t="s">
-        <v>2027</v>
+        <v>1802</v>
       </c>
       <c r="I233" s="30" t="s">
-        <v>2046</v>
+        <v>1089</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>1866</v>
+        <v>799</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>965</v>
+        <v>780</v>
       </c>
       <c r="L233" s="28" t="s">
-        <v>1065</v>
+        <v>853</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>2047</v>
-[...1 lines deleted...]
-      <c r="N233" s="30"/>
+        <v>854</v>
+      </c>
+      <c r="N233" s="30" t="s">
+        <v>1816</v>
+      </c>
       <c r="O233" s="5" t="s">
-        <v>887</v>
+        <v>1817</v>
       </c>
       <c r="P233" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q233" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R233" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S233" s="36" t="s">
-        <v>2062</v>
+        <v>1830</v>
       </c>
       <c r="T233" s="28"/>
       <c r="U233" s="28"/>
       <c r="V233" s="28"/>
       <c r="W233" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X233" s="29" t="s">
-        <v>2063</v>
+        <v>1831</v>
       </c>
       <c r="Y233" s="32">
         <v>45742</v>
       </c>
       <c r="Z233" s="37">
         <v>45744</v>
       </c>
       <c r="AA233" s="28"/>
       <c r="AB233" s="29"/>
       <c r="AC233" s="37"/>
       <c r="AD233" s="37"/>
-      <c r="AE233" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE233" s="38"/>
+      <c r="AF233" s="39"/>
       <c r="AG233" s="40"/>
       <c r="AH233" s="39"/>
       <c r="AI233" s="40"/>
       <c r="AJ233" s="39"/>
       <c r="AK233" s="47"/>
       <c r="AL233" s="50"/>
     </row>
-    <row r="234" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="234" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A234" s="27">
         <v>228</v>
       </c>
       <c r="B234" s="28" t="s">
-        <v>2022</v>
+        <v>1795</v>
       </c>
       <c r="C234" s="29">
-        <v>40103421023</v>
+        <v>40203611199</v>
       </c>
       <c r="D234" s="28" t="s">
-        <v>2030</v>
-[...2 lines deleted...]
-        <v>2031</v>
+        <v>1805</v>
+      </c>
+      <c r="E234" s="33">
+        <v>29363171</v>
       </c>
       <c r="F234" s="28" t="s">
-        <v>2032</v>
+        <v>1806</v>
       </c>
       <c r="G234" s="34" t="s">
-        <v>2033</v>
+        <v>231</v>
       </c>
       <c r="H234" s="28" t="s">
-        <v>2030</v>
+        <v>1818</v>
       </c>
       <c r="I234" s="30" t="s">
-        <v>1269</v>
+        <v>702</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L234" s="28" t="s">
-        <v>1032</v>
+        <v>1621</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1033</v>
+        <v>1622</v>
       </c>
       <c r="N234" s="30" t="s">
-        <v>2048</v>
+        <v>1819</v>
       </c>
       <c r="O234" s="5" t="s">
-        <v>2049</v>
+        <v>1820</v>
       </c>
       <c r="P234" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q234" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R234" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S234" s="36" t="s">
-        <v>2064</v>
+        <v>1832</v>
       </c>
       <c r="T234" s="28"/>
       <c r="U234" s="28"/>
       <c r="V234" s="28"/>
       <c r="W234" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X234" s="29" t="s">
-        <v>2065</v>
+        <v>1833</v>
       </c>
       <c r="Y234" s="32">
         <v>45742</v>
       </c>
       <c r="Z234" s="37">
         <v>45744</v>
       </c>
       <c r="AA234" s="28"/>
       <c r="AB234" s="29"/>
       <c r="AC234" s="37"/>
       <c r="AD234" s="37"/>
-      <c r="AE234" s="38"/>
-      <c r="AF234" s="39"/>
+      <c r="AE234" s="38">
+        <v>36022.75</v>
+      </c>
+      <c r="AF234" s="39">
+        <v>45873</v>
+      </c>
       <c r="AG234" s="40"/>
       <c r="AH234" s="39"/>
       <c r="AI234" s="40"/>
       <c r="AJ234" s="39"/>
       <c r="AK234" s="47"/>
       <c r="AL234" s="50"/>
     </row>
-    <row r="235" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="235" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A235" s="27">
         <v>229</v>
       </c>
       <c r="B235" s="28" t="s">
-        <v>2023</v>
+        <v>1796</v>
       </c>
       <c r="C235" s="29">
-        <v>40203611199</v>
+        <v>40203608521</v>
       </c>
       <c r="D235" s="28" t="s">
-        <v>2034</v>
-[...2 lines deleted...]
-        <v>2035</v>
+        <v>1807</v>
+      </c>
+      <c r="E235" s="33">
+        <v>29455773</v>
       </c>
       <c r="F235" s="28" t="s">
-        <v>2036</v>
+        <v>1808</v>
       </c>
       <c r="G235" s="34" t="s">
-        <v>234</v>
+        <v>1809</v>
       </c>
       <c r="H235" s="28" t="s">
-        <v>2034</v>
+        <v>1821</v>
       </c>
       <c r="I235" s="30" t="s">
-        <v>2050</v>
+        <v>702</v>
       </c>
       <c r="J235" s="5" t="s">
-        <v>894</v>
+        <v>702</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L235" s="28" t="s">
-        <v>1839</v>
+        <v>1822</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1840</v>
+        <v>1823</v>
       </c>
       <c r="N235" s="30" t="s">
-        <v>2051</v>
+        <v>990</v>
       </c>
       <c r="O235" s="5" t="s">
-        <v>2052</v>
+        <v>1824</v>
       </c>
       <c r="P235" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q235" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R235" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S235" s="36" t="s">
-        <v>2066</v>
+        <v>1834</v>
       </c>
       <c r="T235" s="28"/>
       <c r="U235" s="28"/>
       <c r="V235" s="28"/>
       <c r="W235" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X235" s="29" t="s">
-        <v>2067</v>
+        <v>1488</v>
       </c>
       <c r="Y235" s="32">
         <v>45742</v>
       </c>
       <c r="Z235" s="37">
         <v>45744</v>
       </c>
       <c r="AA235" s="28"/>
       <c r="AB235" s="29"/>
       <c r="AC235" s="37"/>
       <c r="AD235" s="37"/>
-      <c r="AE235" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE235" s="38"/>
+      <c r="AF235" s="39"/>
       <c r="AG235" s="40"/>
       <c r="AH235" s="39"/>
       <c r="AI235" s="40"/>
       <c r="AJ235" s="39"/>
       <c r="AK235" s="47"/>
       <c r="AL235" s="50"/>
     </row>
-    <row r="236" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="236" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A236" s="27">
         <v>230</v>
       </c>
       <c r="B236" s="28" t="s">
-        <v>2024</v>
+        <v>1797</v>
       </c>
       <c r="C236" s="29">
-        <v>40203608521</v>
+        <v>40203624935</v>
       </c>
       <c r="D236" s="28" t="s">
-        <v>2037</v>
-[...3 lines deleted...]
-      </c>
+        <v>1810</v>
+      </c>
+      <c r="E236" s="33"/>
       <c r="F236" s="28" t="s">
-        <v>2039</v>
+        <v>1811</v>
       </c>
       <c r="G236" s="34" t="s">
-        <v>2040</v>
+        <v>231</v>
       </c>
       <c r="H236" s="28" t="s">
-        <v>2053</v>
+        <v>1810</v>
       </c>
       <c r="I236" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L236" s="28" t="s">
-        <v>2054</v>
+        <v>1825</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>2055</v>
-[...3 lines deleted...]
-      </c>
+        <v>1826</v>
+      </c>
+      <c r="N236" s="30"/>
       <c r="O236" s="5" t="s">
-        <v>2056</v>
+        <v>711</v>
       </c>
       <c r="P236" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q236" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R236" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S236" s="36" t="s">
-        <v>2068</v>
+        <v>1835</v>
       </c>
       <c r="T236" s="28"/>
       <c r="U236" s="28"/>
       <c r="V236" s="28"/>
       <c r="W236" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X236" s="29" t="s">
-        <v>1676</v>
+        <v>1836</v>
       </c>
       <c r="Y236" s="32">
         <v>45742</v>
       </c>
       <c r="Z236" s="37">
         <v>45744</v>
       </c>
       <c r="AA236" s="28"/>
       <c r="AB236" s="29"/>
       <c r="AC236" s="37"/>
       <c r="AD236" s="37"/>
-      <c r="AE236" s="38"/>
-      <c r="AF236" s="39"/>
+      <c r="AE236" s="38">
+        <v>30000.85</v>
+      </c>
+      <c r="AF236" s="39">
+        <v>45762</v>
+      </c>
       <c r="AG236" s="40"/>
       <c r="AH236" s="39"/>
       <c r="AI236" s="40"/>
       <c r="AJ236" s="39"/>
       <c r="AK236" s="47"/>
       <c r="AL236" s="50"/>
     </row>
-    <row r="237" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="237" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A237" s="27">
         <v>231</v>
       </c>
       <c r="B237" s="28" t="s">
-        <v>2025</v>
+        <v>1798</v>
       </c>
       <c r="C237" s="29">
-        <v>40203624935</v>
+        <v>50203225021</v>
       </c>
       <c r="D237" s="28" t="s">
-        <v>2041</v>
-[...1 lines deleted...]
-      <c r="E237" s="33"/>
+        <v>1812</v>
+      </c>
+      <c r="E237" s="33">
+        <v>27156007</v>
+      </c>
       <c r="F237" s="28" t="s">
-        <v>2042</v>
+        <v>1813</v>
       </c>
       <c r="G237" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H237" s="28" t="s">
-        <v>2041</v>
+        <v>1827</v>
       </c>
       <c r="I237" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L237" s="28" t="s">
-        <v>2057</v>
+        <v>1065</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>2058</v>
+        <v>1066</v>
       </c>
       <c r="N237" s="30"/>
       <c r="O237" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P237" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q237" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R237" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S237" s="36" t="s">
-        <v>2069</v>
+        <v>1837</v>
       </c>
       <c r="T237" s="28"/>
       <c r="U237" s="28"/>
       <c r="V237" s="28"/>
       <c r="W237" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X237" s="29" t="s">
-        <v>2070</v>
+        <v>1838</v>
       </c>
       <c r="Y237" s="32">
         <v>45742</v>
       </c>
       <c r="Z237" s="37">
         <v>45744</v>
       </c>
       <c r="AA237" s="28"/>
       <c r="AB237" s="29"/>
       <c r="AC237" s="37"/>
       <c r="AD237" s="37"/>
       <c r="AE237" s="38">
-        <v>30000.85</v>
+        <v>36111.43</v>
       </c>
       <c r="AF237" s="39">
-        <v>45762</v>
+        <v>45965</v>
       </c>
       <c r="AG237" s="40"/>
       <c r="AH237" s="39"/>
       <c r="AI237" s="40"/>
       <c r="AJ237" s="39"/>
       <c r="AK237" s="47"/>
       <c r="AL237" s="50"/>
     </row>
-    <row r="238" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="238" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A238" s="27">
         <v>232</v>
       </c>
       <c r="B238" s="28" t="s">
-        <v>2026</v>
+        <v>1839</v>
       </c>
       <c r="C238" s="29">
-        <v>50203225021</v>
+        <v>40203328703</v>
       </c>
       <c r="D238" s="28" t="s">
-        <v>2043</v>
-[...2 lines deleted...]
-        <v>2044</v>
+        <v>1845</v>
+      </c>
+      <c r="E238" s="33">
+        <v>26255988</v>
       </c>
       <c r="F238" s="28" t="s">
-        <v>2045</v>
+        <v>1846</v>
       </c>
       <c r="G238" s="34" t="s">
-        <v>234</v>
+        <v>1847</v>
       </c>
       <c r="H238" s="28" t="s">
-        <v>2059</v>
+        <v>1859</v>
       </c>
       <c r="I238" s="30" t="s">
-        <v>2060</v>
+        <v>702</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>2061</v>
+        <v>702</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L238" s="28" t="s">
-        <v>1245</v>
+        <v>1023</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1246</v>
-[...1 lines deleted...]
-      <c r="N238" s="30"/>
+        <v>1860</v>
+      </c>
+      <c r="N238" s="30" t="s">
+        <v>1861</v>
+      </c>
       <c r="O238" s="5" t="s">
-        <v>887</v>
+        <v>1862</v>
       </c>
       <c r="P238" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q238" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R238" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S238" s="36" t="s">
-        <v>2071</v>
+        <v>1874</v>
       </c>
       <c r="T238" s="28"/>
       <c r="U238" s="28"/>
       <c r="V238" s="28"/>
       <c r="W238" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X238" s="29" t="s">
-        <v>2072</v>
+        <v>1875</v>
       </c>
       <c r="Y238" s="32">
         <v>45742</v>
       </c>
       <c r="Z238" s="37">
         <v>45744</v>
       </c>
       <c r="AA238" s="28"/>
       <c r="AB238" s="29"/>
       <c r="AC238" s="37"/>
       <c r="AD238" s="37"/>
-      <c r="AE238" s="38"/>
-      <c r="AF238" s="39"/>
+      <c r="AE238" s="38">
+        <v>36831.31</v>
+      </c>
+      <c r="AF238" s="39">
+        <v>45947</v>
+      </c>
       <c r="AG238" s="40"/>
       <c r="AH238" s="39"/>
       <c r="AI238" s="40"/>
       <c r="AJ238" s="39"/>
       <c r="AK238" s="47"/>
       <c r="AL238" s="50"/>
     </row>
-    <row r="239" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="239" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A239" s="27">
         <v>233</v>
       </c>
       <c r="B239" s="28" t="s">
-        <v>2073</v>
+        <v>1840</v>
       </c>
       <c r="C239" s="29">
-        <v>40203328703</v>
+        <v>40203628975</v>
       </c>
       <c r="D239" s="28" t="s">
-        <v>2079</v>
-[...2 lines deleted...]
-        <v>2080</v>
+        <v>1848</v>
+      </c>
+      <c r="E239" s="33">
+        <v>26143120</v>
       </c>
       <c r="F239" s="28" t="s">
-        <v>2081</v>
+        <v>1849</v>
       </c>
       <c r="G239" s="34" t="s">
-        <v>2082</v>
+        <v>231</v>
       </c>
       <c r="H239" s="28" t="s">
-        <v>2099</v>
+        <v>1848</v>
       </c>
       <c r="I239" s="30" t="s">
-        <v>878</v>
+        <v>1863</v>
       </c>
       <c r="J239" s="5" t="s">
-        <v>878</v>
+        <v>1051</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L239" s="28" t="s">
-        <v>1202</v>
+        <v>703</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>2100</v>
+        <v>704</v>
       </c>
       <c r="N239" s="30" t="s">
-        <v>2101</v>
+        <v>1864</v>
       </c>
       <c r="O239" s="5" t="s">
-        <v>2102</v>
+        <v>1865</v>
       </c>
       <c r="P239" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q239" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R239" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S239" s="36" t="s">
-        <v>2114</v>
+        <v>1876</v>
       </c>
       <c r="T239" s="28"/>
       <c r="U239" s="28"/>
       <c r="V239" s="28"/>
       <c r="W239" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X239" s="29" t="s">
-        <v>2115</v>
+        <v>1877</v>
       </c>
       <c r="Y239" s="32">
-        <v>45742</v>
+        <v>45777</v>
       </c>
       <c r="Z239" s="37">
-        <v>45744</v>
+        <v>45784</v>
       </c>
       <c r="AA239" s="28"/>
       <c r="AB239" s="29"/>
       <c r="AC239" s="37"/>
       <c r="AD239" s="37"/>
-      <c r="AE239" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE239" s="38"/>
+      <c r="AF239" s="39"/>
       <c r="AG239" s="40"/>
       <c r="AH239" s="39"/>
       <c r="AI239" s="40"/>
       <c r="AJ239" s="39"/>
       <c r="AK239" s="47"/>
       <c r="AL239" s="50"/>
     </row>
-    <row r="240" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="240" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A240" s="27">
         <v>234</v>
       </c>
       <c r="B240" s="28" t="s">
-        <v>2074</v>
+        <v>1841</v>
       </c>
       <c r="C240" s="29">
-        <v>40203628975</v>
+        <v>40203628388</v>
       </c>
       <c r="D240" s="28" t="s">
-        <v>2083</v>
-[...2 lines deleted...]
-        <v>2084</v>
+        <v>1850</v>
+      </c>
+      <c r="E240" s="33">
+        <v>29735771</v>
       </c>
       <c r="F240" s="28" t="s">
-        <v>2085</v>
+        <v>1851</v>
       </c>
       <c r="G240" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H240" s="28" t="s">
-        <v>2083</v>
+        <v>1866</v>
       </c>
       <c r="I240" s="30" t="s">
-        <v>2103</v>
+        <v>773</v>
       </c>
       <c r="J240" s="5" t="s">
-        <v>1231</v>
+        <v>773</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L240" s="28" t="s">
-        <v>879</v>
+        <v>1867</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>880</v>
+        <v>1868</v>
       </c>
       <c r="N240" s="30" t="s">
-        <v>2104</v>
+        <v>1869</v>
       </c>
       <c r="O240" s="5" t="s">
-        <v>2105</v>
+        <v>1870</v>
       </c>
       <c r="P240" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q240" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R240" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S240" s="36" t="s">
-        <v>2116</v>
+        <v>1878</v>
       </c>
       <c r="T240" s="28"/>
       <c r="U240" s="28"/>
       <c r="V240" s="28"/>
       <c r="W240" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X240" s="29" t="s">
-        <v>2117</v>
+        <v>1879</v>
       </c>
       <c r="Y240" s="32">
         <v>45777</v>
       </c>
       <c r="Z240" s="37">
         <v>45784</v>
       </c>
       <c r="AA240" s="28"/>
       <c r="AB240" s="29"/>
       <c r="AC240" s="37"/>
       <c r="AD240" s="37"/>
       <c r="AE240" s="38"/>
       <c r="AF240" s="39"/>
       <c r="AG240" s="40"/>
       <c r="AH240" s="39"/>
       <c r="AI240" s="40"/>
       <c r="AJ240" s="39"/>
       <c r="AK240" s="47"/>
       <c r="AL240" s="50"/>
     </row>
-    <row r="241" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A241" s="27">
         <v>235</v>
       </c>
       <c r="B241" s="28" t="s">
-        <v>2075</v>
+        <v>1842</v>
       </c>
       <c r="C241" s="29">
-        <v>40203628388</v>
+        <v>40203599110</v>
       </c>
       <c r="D241" s="28" t="s">
-        <v>2086</v>
-[...2 lines deleted...]
-        <v>2087</v>
+        <v>1852</v>
+      </c>
+      <c r="E241" s="33">
+        <v>29231999</v>
       </c>
       <c r="F241" s="28" t="s">
-        <v>2088</v>
+        <v>1853</v>
       </c>
       <c r="G241" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H241" s="28" t="s">
-        <v>2106</v>
+        <v>1871</v>
       </c>
       <c r="I241" s="30" t="s">
-        <v>952</v>
+        <v>993</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>952</v>
+        <v>891</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L241" s="28" t="s">
-        <v>2107</v>
+        <v>712</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>2108</v>
-[...3 lines deleted...]
-      </c>
+        <v>713</v>
+      </c>
+      <c r="N241" s="30"/>
       <c r="O241" s="5" t="s">
-        <v>2110</v>
+        <v>711</v>
       </c>
       <c r="P241" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q241" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R241" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S241" s="36" t="s">
-        <v>2118</v>
+        <v>1880</v>
       </c>
       <c r="T241" s="28"/>
       <c r="U241" s="28"/>
       <c r="V241" s="28"/>
       <c r="W241" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X241" s="29" t="s">
-        <v>2119</v>
+        <v>1881</v>
       </c>
       <c r="Y241" s="32">
         <v>45777</v>
       </c>
       <c r="Z241" s="37">
         <v>45784</v>
       </c>
       <c r="AA241" s="28"/>
       <c r="AB241" s="29"/>
       <c r="AC241" s="37"/>
       <c r="AD241" s="37"/>
       <c r="AE241" s="38"/>
       <c r="AF241" s="39"/>
       <c r="AG241" s="40"/>
       <c r="AH241" s="39"/>
       <c r="AI241" s="40"/>
       <c r="AJ241" s="39"/>
       <c r="AK241" s="47"/>
       <c r="AL241" s="50"/>
     </row>
-    <row r="242" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="242" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A242" s="27">
         <v>236</v>
       </c>
       <c r="B242" s="28" t="s">
-        <v>2076</v>
+        <v>1843</v>
       </c>
       <c r="C242" s="29">
-        <v>40203599110</v>
+        <v>44103146707</v>
       </c>
       <c r="D242" s="28" t="s">
-        <v>2089</v>
-[...2 lines deleted...]
-        <v>2090</v>
+        <v>1854</v>
+      </c>
+      <c r="E242" s="33">
+        <v>26033444</v>
       </c>
       <c r="F242" s="28" t="s">
-        <v>2091</v>
+        <v>1855</v>
       </c>
       <c r="G242" s="34" t="s">
-        <v>234</v>
+        <v>1856</v>
       </c>
       <c r="H242" s="28" t="s">
-        <v>2111</v>
+        <v>1854</v>
       </c>
       <c r="I242" s="30" t="s">
-        <v>1172</v>
+        <v>702</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1070</v>
+        <v>702</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L242" s="28" t="s">
-        <v>888</v>
+        <v>805</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>889</v>
+        <v>1872</v>
       </c>
       <c r="N242" s="30"/>
       <c r="O242" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P242" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q242" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R242" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S242" s="36" t="s">
-        <v>2120</v>
+        <v>1882</v>
       </c>
       <c r="T242" s="28"/>
       <c r="U242" s="28"/>
       <c r="V242" s="28"/>
       <c r="W242" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X242" s="29" t="s">
-        <v>2121</v>
+        <v>1883</v>
       </c>
       <c r="Y242" s="32">
         <v>45777</v>
       </c>
       <c r="Z242" s="37">
         <v>45784</v>
       </c>
       <c r="AA242" s="28"/>
       <c r="AB242" s="29"/>
       <c r="AC242" s="37"/>
       <c r="AD242" s="37"/>
       <c r="AE242" s="38"/>
       <c r="AF242" s="39"/>
       <c r="AG242" s="40"/>
       <c r="AH242" s="39"/>
       <c r="AI242" s="40"/>
       <c r="AJ242" s="39"/>
       <c r="AK242" s="47"/>
       <c r="AL242" s="50"/>
     </row>
-    <row r="243" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="243" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A243" s="27">
         <v>237</v>
       </c>
       <c r="B243" s="28" t="s">
-        <v>2077</v>
+        <v>1844</v>
       </c>
       <c r="C243" s="29">
-        <v>44103146707</v>
+        <v>40203637925</v>
       </c>
       <c r="D243" s="28" t="s">
-        <v>2092</v>
-[...2 lines deleted...]
-        <v>2093</v>
+        <v>1857</v>
+      </c>
+      <c r="E243" s="33">
+        <v>24804918</v>
       </c>
       <c r="F243" s="28" t="s">
-        <v>2094</v>
+        <v>1858</v>
       </c>
       <c r="G243" s="34" t="s">
-        <v>2095</v>
+        <v>231</v>
       </c>
       <c r="H243" s="28" t="s">
-        <v>2092</v>
+        <v>1857</v>
       </c>
       <c r="I243" s="30" t="s">
-        <v>878</v>
+        <v>1873</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>878</v>
+        <v>862</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>878</v>
+        <v>764</v>
       </c>
       <c r="L243" s="28" t="s">
-        <v>984</v>
+        <v>710</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>2112</v>
+        <v>706</v>
       </c>
       <c r="N243" s="30"/>
       <c r="O243" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P243" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q243" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R243" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S243" s="36" t="s">
-        <v>2122</v>
+        <v>1884</v>
       </c>
       <c r="T243" s="28"/>
       <c r="U243" s="28"/>
       <c r="V243" s="28"/>
       <c r="W243" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X243" s="29" t="s">
-        <v>2123</v>
+        <v>1670</v>
       </c>
       <c r="Y243" s="32">
         <v>45777</v>
       </c>
       <c r="Z243" s="37">
         <v>45784</v>
       </c>
       <c r="AA243" s="28"/>
       <c r="AB243" s="29"/>
       <c r="AC243" s="37"/>
       <c r="AD243" s="37"/>
       <c r="AE243" s="38"/>
       <c r="AF243" s="39"/>
       <c r="AG243" s="40"/>
       <c r="AH243" s="39"/>
       <c r="AI243" s="40"/>
       <c r="AJ243" s="39"/>
       <c r="AK243" s="47"/>
       <c r="AL243" s="50"/>
     </row>
-    <row r="244" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="244" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A244" s="27">
         <v>238</v>
       </c>
       <c r="B244" s="28" t="s">
-        <v>2078</v>
+        <v>1885</v>
       </c>
       <c r="C244" s="29">
-        <v>40203637925</v>
+        <v>40203628458</v>
       </c>
       <c r="D244" s="28" t="s">
-        <v>2096</v>
-[...2 lines deleted...]
-        <v>2097</v>
+        <v>1893</v>
+      </c>
+      <c r="E244" s="33">
+        <v>29930639</v>
       </c>
       <c r="F244" s="28" t="s">
-        <v>2098</v>
+        <v>1894</v>
       </c>
       <c r="G244" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H244" s="28" t="s">
-        <v>2096</v>
+        <v>1913</v>
       </c>
       <c r="I244" s="30" t="s">
-        <v>2113</v>
+        <v>1914</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1041</v>
+        <v>919</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>943</v>
+        <v>709</v>
       </c>
       <c r="L244" s="28" t="s">
-        <v>886</v>
+        <v>751</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>882</v>
+        <v>1915</v>
       </c>
       <c r="N244" s="30"/>
       <c r="O244" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P244" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q244" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R244" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S244" s="36" t="s">
-        <v>2124</v>
+        <v>1921</v>
       </c>
       <c r="T244" s="28"/>
       <c r="U244" s="28"/>
       <c r="V244" s="28"/>
       <c r="W244" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X244" s="29" t="s">
-        <v>1887</v>
+        <v>1666</v>
       </c>
       <c r="Y244" s="32">
         <v>45777</v>
       </c>
       <c r="Z244" s="37">
         <v>45784</v>
       </c>
       <c r="AA244" s="28"/>
       <c r="AB244" s="29"/>
       <c r="AC244" s="37"/>
       <c r="AD244" s="37"/>
-      <c r="AE244" s="38"/>
-      <c r="AF244" s="39"/>
+      <c r="AE244" s="38">
+        <v>27712.79</v>
+      </c>
+      <c r="AF244" s="39">
+        <v>45902</v>
+      </c>
       <c r="AG244" s="40"/>
       <c r="AH244" s="39"/>
       <c r="AI244" s="40"/>
       <c r="AJ244" s="39"/>
       <c r="AK244" s="47"/>
       <c r="AL244" s="50"/>
     </row>
-    <row r="245" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="245" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A245" s="27">
         <v>239</v>
       </c>
       <c r="B245" s="28" t="s">
-        <v>2125</v>
+        <v>1886</v>
       </c>
       <c r="C245" s="29">
-        <v>40203628458</v>
+        <v>40203638691</v>
       </c>
       <c r="D245" s="28" t="s">
-        <v>2133</v>
-[...2 lines deleted...]
-        <v>2134</v>
+        <v>1895</v>
+      </c>
+      <c r="E245" s="33">
+        <v>22029203</v>
       </c>
       <c r="F245" s="28" t="s">
-        <v>2135</v>
+        <v>1896</v>
       </c>
       <c r="G245" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H245" s="28" t="s">
-        <v>2160</v>
+        <v>1916</v>
       </c>
       <c r="I245" s="30" t="s">
-        <v>2161</v>
+        <v>702</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1098</v>
+        <v>702</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L245" s="28" t="s">
-        <v>927</v>
+        <v>805</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>2162</v>
-[...1 lines deleted...]
-      <c r="N245" s="30"/>
+        <v>1872</v>
+      </c>
+      <c r="N245" s="30" t="s">
+        <v>703</v>
+      </c>
       <c r="O245" s="5" t="s">
-        <v>887</v>
+        <v>704</v>
       </c>
       <c r="P245" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q245" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R245" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S245" s="36" t="s">
-        <v>2168</v>
+        <v>1922</v>
       </c>
       <c r="T245" s="28"/>
       <c r="U245" s="28"/>
       <c r="V245" s="28"/>
       <c r="W245" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X245" s="29" t="s">
-        <v>1883</v>
+        <v>1668</v>
       </c>
       <c r="Y245" s="32">
         <v>45777</v>
       </c>
       <c r="Z245" s="37">
         <v>45784</v>
       </c>
       <c r="AA245" s="28"/>
       <c r="AB245" s="29"/>
       <c r="AC245" s="37"/>
       <c r="AD245" s="37"/>
-      <c r="AE245" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE245" s="38"/>
+      <c r="AF245" s="39"/>
       <c r="AG245" s="40"/>
       <c r="AH245" s="39"/>
       <c r="AI245" s="40"/>
       <c r="AJ245" s="39"/>
       <c r="AK245" s="47"/>
       <c r="AL245" s="50"/>
     </row>
-    <row r="246" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="246" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A246" s="27">
         <v>240</v>
       </c>
       <c r="B246" s="28" t="s">
-        <v>2126</v>
+        <v>1887</v>
       </c>
       <c r="C246" s="29">
-        <v>40203638691</v>
+        <v>40203611042</v>
       </c>
       <c r="D246" s="28" t="s">
-        <v>2136</v>
-[...2 lines deleted...]
-        <v>2137</v>
+        <v>1897</v>
+      </c>
+      <c r="E246" s="33">
+        <v>29241313</v>
       </c>
       <c r="F246" s="28" t="s">
-        <v>2138</v>
+        <v>1898</v>
       </c>
       <c r="G246" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H246" s="28" t="s">
-        <v>2163</v>
+        <v>1897</v>
       </c>
       <c r="I246" s="30" t="s">
-        <v>878</v>
+        <v>1648</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>878</v>
+        <v>1649</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>878</v>
+        <v>786</v>
       </c>
       <c r="L246" s="28" t="s">
-        <v>984</v>
+        <v>712</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>2112</v>
-[...3 lines deleted...]
-      </c>
+        <v>713</v>
+      </c>
+      <c r="N246" s="30"/>
       <c r="O246" s="5" t="s">
-        <v>880</v>
+        <v>711</v>
       </c>
       <c r="P246" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q246" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R246" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S246" s="36" t="s">
-        <v>2169</v>
+        <v>1923</v>
       </c>
       <c r="T246" s="28"/>
       <c r="U246" s="28"/>
       <c r="V246" s="28"/>
       <c r="W246" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X246" s="29" t="s">
-        <v>1885</v>
+        <v>1924</v>
       </c>
       <c r="Y246" s="32">
-        <v>45777</v>
+        <v>45805</v>
       </c>
       <c r="Z246" s="37">
-        <v>45784</v>
+        <v>45807</v>
       </c>
       <c r="AA246" s="28"/>
       <c r="AB246" s="29"/>
       <c r="AC246" s="37"/>
       <c r="AD246" s="37"/>
       <c r="AE246" s="38"/>
       <c r="AF246" s="39"/>
       <c r="AG246" s="40"/>
       <c r="AH246" s="39"/>
       <c r="AI246" s="40"/>
       <c r="AJ246" s="39"/>
       <c r="AK246" s="47"/>
       <c r="AL246" s="50"/>
     </row>
-    <row r="247" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="247" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A247" s="27">
         <v>241</v>
       </c>
       <c r="B247" s="28" t="s">
-        <v>2127</v>
+        <v>1888</v>
       </c>
       <c r="C247" s="29">
-        <v>40203611042</v>
+        <v>40203596434</v>
       </c>
       <c r="D247" s="28" t="s">
-        <v>2139</v>
-[...2 lines deleted...]
-        <v>2140</v>
+        <v>1899</v>
+      </c>
+      <c r="E247" s="33">
+        <v>29728603</v>
       </c>
       <c r="F247" s="28" t="s">
-        <v>2141</v>
+        <v>1900</v>
       </c>
       <c r="G247" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H247" s="28" t="s">
-        <v>2139</v>
+        <v>1917</v>
       </c>
       <c r="I247" s="30" t="s">
-        <v>1865</v>
+        <v>702</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>1866</v>
+        <v>702</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L247" s="28" t="s">
-        <v>888</v>
+        <v>819</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>889</v>
+        <v>820</v>
       </c>
       <c r="N247" s="30"/>
       <c r="O247" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P247" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q247" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R247" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S247" s="36" t="s">
-        <v>2170</v>
+        <v>1925</v>
       </c>
       <c r="T247" s="28"/>
       <c r="U247" s="28"/>
       <c r="V247" s="28"/>
       <c r="W247" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X247" s="29" t="s">
-        <v>2171</v>
+        <v>1680</v>
       </c>
       <c r="Y247" s="32">
-        <v>45805</v>
+        <v>45810</v>
       </c>
       <c r="Z247" s="37">
-        <v>45807</v>
+        <v>45812</v>
       </c>
       <c r="AA247" s="28"/>
       <c r="AB247" s="29"/>
       <c r="AC247" s="37"/>
       <c r="AD247" s="37"/>
-      <c r="AE247" s="38"/>
-      <c r="AF247" s="39"/>
+      <c r="AE247" s="38">
+        <v>39931.68</v>
+      </c>
+      <c r="AF247" s="39">
+        <v>45904</v>
+      </c>
       <c r="AG247" s="40"/>
       <c r="AH247" s="39"/>
       <c r="AI247" s="40"/>
       <c r="AJ247" s="39"/>
       <c r="AK247" s="47"/>
       <c r="AL247" s="50"/>
     </row>
-    <row r="248" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="248" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A248" s="27">
         <v>242</v>
       </c>
       <c r="B248" s="28" t="s">
-        <v>2128</v>
+        <v>1889</v>
       </c>
       <c r="C248" s="29">
-        <v>40203596434</v>
+        <v>40203640431</v>
       </c>
       <c r="D248" s="28" t="s">
-        <v>2142</v>
-[...2 lines deleted...]
-        <v>2143</v>
+        <v>1901</v>
+      </c>
+      <c r="E248" s="33">
+        <v>25547445</v>
       </c>
       <c r="F248" s="28" t="s">
-        <v>2144</v>
+        <v>1902</v>
       </c>
       <c r="G248" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H248" s="28" t="s">
-        <v>2164</v>
+        <v>1901</v>
       </c>
       <c r="I248" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L248" s="28" t="s">
-        <v>998</v>
+        <v>805</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>999</v>
+        <v>1872</v>
       </c>
       <c r="N248" s="30"/>
       <c r="O248" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P248" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q248" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R248" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S248" s="36" t="s">
-        <v>2172</v>
+        <v>1926</v>
       </c>
       <c r="T248" s="28"/>
       <c r="U248" s="28"/>
       <c r="V248" s="28"/>
       <c r="W248" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X248" s="29" t="s">
-        <v>1897</v>
+        <v>1676</v>
       </c>
       <c r="Y248" s="32">
-        <v>45810</v>
+        <v>45805</v>
       </c>
       <c r="Z248" s="37">
-        <v>45812</v>
+        <v>45807</v>
       </c>
       <c r="AA248" s="28"/>
       <c r="AB248" s="29"/>
       <c r="AC248" s="37"/>
       <c r="AD248" s="37"/>
-      <c r="AE248" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE248" s="38"/>
+      <c r="AF248" s="39"/>
       <c r="AG248" s="40"/>
       <c r="AH248" s="39"/>
       <c r="AI248" s="40"/>
       <c r="AJ248" s="39"/>
       <c r="AK248" s="47"/>
       <c r="AL248" s="50"/>
     </row>
-    <row r="249" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="249" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A249" s="27">
         <v>243</v>
       </c>
       <c r="B249" s="28" t="s">
-        <v>2129</v>
+        <v>1890</v>
       </c>
       <c r="C249" s="29">
-        <v>40203640431</v>
+        <v>40203277905</v>
       </c>
       <c r="D249" s="28" t="s">
-        <v>2145</v>
-[...2 lines deleted...]
-        <v>2146</v>
+        <v>1903</v>
+      </c>
+      <c r="E249" s="33">
+        <v>29478674</v>
       </c>
       <c r="F249" s="28" t="s">
-        <v>2147</v>
+        <v>1904</v>
       </c>
       <c r="G249" s="34" t="s">
-        <v>234</v>
+        <v>1905</v>
       </c>
       <c r="H249" s="28" t="s">
-        <v>2145</v>
+        <v>1918</v>
       </c>
       <c r="I249" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L249" s="28" t="s">
-        <v>984</v>
+        <v>923</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>2112</v>
-[...1 lines deleted...]
-      <c r="N249" s="30"/>
+        <v>1919</v>
+      </c>
+      <c r="N249" s="30" t="s">
+        <v>732</v>
+      </c>
       <c r="O249" s="5" t="s">
-        <v>887</v>
+        <v>733</v>
       </c>
       <c r="P249" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q249" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R249" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S249" s="36" t="s">
-        <v>2173</v>
+        <v>1927</v>
       </c>
       <c r="T249" s="28"/>
       <c r="U249" s="28"/>
       <c r="V249" s="28"/>
       <c r="W249" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X249" s="29" t="s">
-        <v>1893</v>
+        <v>1672</v>
       </c>
       <c r="Y249" s="32">
         <v>45805</v>
       </c>
       <c r="Z249" s="37">
         <v>45807</v>
       </c>
       <c r="AA249" s="28"/>
       <c r="AB249" s="29"/>
       <c r="AC249" s="37"/>
       <c r="AD249" s="37"/>
-      <c r="AE249" s="38"/>
-      <c r="AF249" s="39"/>
+      <c r="AE249" s="38">
+        <v>18730.419999999998</v>
+      </c>
+      <c r="AF249" s="39">
+        <v>45988</v>
+      </c>
       <c r="AG249" s="40"/>
       <c r="AH249" s="39"/>
       <c r="AI249" s="40"/>
       <c r="AJ249" s="39"/>
       <c r="AK249" s="47"/>
       <c r="AL249" s="50"/>
     </row>
-    <row r="250" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="250" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A250" s="27">
         <v>244</v>
       </c>
       <c r="B250" s="28" t="s">
-        <v>2130</v>
+        <v>1891</v>
       </c>
       <c r="C250" s="29">
-        <v>40203277905</v>
+        <v>40203410007</v>
       </c>
       <c r="D250" s="28" t="s">
-        <v>2148</v>
-[...2 lines deleted...]
-        <v>2149</v>
+        <v>1906</v>
+      </c>
+      <c r="E250" s="33">
+        <v>26831928</v>
       </c>
       <c r="F250" s="28" t="s">
-        <v>2150</v>
+        <v>1907</v>
       </c>
       <c r="G250" s="34" t="s">
-        <v>2151</v>
+        <v>1908</v>
       </c>
       <c r="H250" s="28" t="s">
-        <v>2165</v>
+        <v>1920</v>
       </c>
       <c r="I250" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L250" s="28" t="s">
-        <v>1102</v>
+        <v>913</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>2166</v>
-[...3 lines deleted...]
-      </c>
+        <v>914</v>
+      </c>
+      <c r="N250" s="30"/>
       <c r="O250" s="5" t="s">
-        <v>909</v>
+        <v>711</v>
       </c>
       <c r="P250" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q250" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R250" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S250" s="36" t="s">
-        <v>2174</v>
+        <v>1928</v>
       </c>
       <c r="T250" s="28"/>
       <c r="U250" s="28"/>
       <c r="V250" s="28"/>
       <c r="W250" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X250" s="29" t="s">
-        <v>1889</v>
+        <v>1674</v>
       </c>
       <c r="Y250" s="32">
         <v>45805</v>
       </c>
       <c r="Z250" s="37">
         <v>45807</v>
       </c>
       <c r="AA250" s="28"/>
       <c r="AB250" s="29"/>
       <c r="AC250" s="37"/>
       <c r="AD250" s="37"/>
       <c r="AE250" s="38">
-        <v>18730.419999999998</v>
+        <v>39600</v>
       </c>
       <c r="AF250" s="39">
-        <v>45988</v>
+        <v>45902</v>
       </c>
       <c r="AG250" s="40"/>
       <c r="AH250" s="39"/>
       <c r="AI250" s="40"/>
       <c r="AJ250" s="39"/>
       <c r="AK250" s="47"/>
       <c r="AL250" s="50"/>
     </row>
-    <row r="251" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="251" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A251" s="27">
         <v>245</v>
       </c>
       <c r="B251" s="28" t="s">
-        <v>2131</v>
+        <v>1892</v>
       </c>
       <c r="C251" s="29">
-        <v>40203410007</v>
+        <v>40103461609</v>
       </c>
       <c r="D251" s="28" t="s">
-        <v>2152</v>
+        <v>1909</v>
       </c>
       <c r="E251" s="33" t="s">
-        <v>2153</v>
+        <v>1910</v>
       </c>
       <c r="F251" s="28" t="s">
-        <v>2154</v>
+        <v>1911</v>
       </c>
       <c r="G251" s="34" t="s">
-        <v>2155</v>
+        <v>1912</v>
       </c>
       <c r="H251" s="28" t="s">
-        <v>2167</v>
+        <v>1909</v>
       </c>
       <c r="I251" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L251" s="28" t="s">
-        <v>1092</v>
+        <v>913</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1093</v>
+        <v>914</v>
       </c>
       <c r="N251" s="30"/>
       <c r="O251" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P251" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q251" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R251" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S251" s="36" t="s">
-        <v>2175</v>
+        <v>1929</v>
       </c>
       <c r="T251" s="28"/>
       <c r="U251" s="28"/>
       <c r="V251" s="28"/>
       <c r="W251" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X251" s="29" t="s">
-        <v>1891</v>
+        <v>1930</v>
       </c>
       <c r="Y251" s="32">
         <v>45805</v>
       </c>
       <c r="Z251" s="37">
         <v>45807</v>
       </c>
       <c r="AA251" s="28"/>
       <c r="AB251" s="29"/>
       <c r="AC251" s="37"/>
       <c r="AD251" s="37"/>
       <c r="AE251" s="38">
         <v>39600</v>
       </c>
       <c r="AF251" s="39">
-        <v>45902</v>
+        <v>45897</v>
       </c>
       <c r="AG251" s="40"/>
       <c r="AH251" s="39"/>
       <c r="AI251" s="40"/>
       <c r="AJ251" s="39"/>
       <c r="AK251" s="47"/>
       <c r="AL251" s="50"/>
     </row>
-    <row r="252" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="252" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A252" s="27">
         <v>246</v>
       </c>
       <c r="B252" s="28" t="s">
-        <v>2132</v>
+        <v>1931</v>
       </c>
       <c r="C252" s="29">
-        <v>40103461609</v>
+        <v>50203645591</v>
       </c>
       <c r="D252" s="28" t="s">
-        <v>2156</v>
-[...2 lines deleted...]
-        <v>2157</v>
+        <v>1933</v>
+      </c>
+      <c r="E252" s="33">
+        <v>26216869</v>
       </c>
       <c r="F252" s="28" t="s">
-        <v>2158</v>
+        <v>1934</v>
       </c>
       <c r="G252" s="34" t="s">
-        <v>2159</v>
+        <v>231</v>
       </c>
       <c r="H252" s="28" t="s">
-        <v>2156</v>
+        <v>1937</v>
       </c>
       <c r="I252" s="30" t="s">
-        <v>878</v>
+        <v>1938</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>878</v>
+        <v>866</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>878</v>
+        <v>709</v>
       </c>
       <c r="L252" s="28" t="s">
-        <v>1092</v>
+        <v>1061</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1093</v>
-[...1 lines deleted...]
-      <c r="N252" s="30"/>
+        <v>1939</v>
+      </c>
+      <c r="N252" s="30" t="s">
+        <v>1940</v>
+      </c>
       <c r="O252" s="5" t="s">
-        <v>887</v>
+        <v>1941</v>
       </c>
       <c r="P252" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q252" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R252" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S252" s="36" t="s">
-        <v>2176</v>
+        <v>1946</v>
       </c>
       <c r="T252" s="28"/>
       <c r="U252" s="28"/>
       <c r="V252" s="28"/>
       <c r="W252" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X252" s="29" t="s">
-        <v>2177</v>
+        <v>1682</v>
       </c>
       <c r="Y252" s="32">
-        <v>45805</v>
+        <v>45826</v>
       </c>
       <c r="Z252" s="37">
-        <v>45807</v>
+        <v>45828</v>
       </c>
       <c r="AA252" s="28"/>
       <c r="AB252" s="29"/>
       <c r="AC252" s="37"/>
       <c r="AD252" s="37"/>
-      <c r="AE252" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE252" s="38"/>
+      <c r="AF252" s="39"/>
       <c r="AG252" s="40"/>
       <c r="AH252" s="39"/>
       <c r="AI252" s="40"/>
       <c r="AJ252" s="39"/>
       <c r="AK252" s="47"/>
       <c r="AL252" s="50"/>
     </row>
-    <row r="253" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="253" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A253" s="27">
         <v>247</v>
       </c>
       <c r="B253" s="28" t="s">
-        <v>2178</v>
+        <v>1932</v>
       </c>
       <c r="C253" s="29">
-        <v>50203645591</v>
+        <v>40203606056</v>
       </c>
       <c r="D253" s="28" t="s">
-        <v>2180</v>
-[...2 lines deleted...]
-        <v>2181</v>
+        <v>1935</v>
+      </c>
+      <c r="E253" s="33">
+        <v>29128045</v>
       </c>
       <c r="F253" s="28" t="s">
-        <v>2182</v>
+        <v>1936</v>
       </c>
       <c r="G253" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H253" s="28" t="s">
-        <v>2186</v>
+        <v>1935</v>
       </c>
       <c r="I253" s="30" t="s">
-        <v>2187</v>
+        <v>1942</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>1045</v>
+        <v>718</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>885</v>
+        <v>719</v>
       </c>
       <c r="L253" s="28" t="s">
-        <v>1241</v>
+        <v>1943</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>2188</v>
+        <v>1944</v>
       </c>
       <c r="N253" s="30" t="s">
-        <v>2189</v>
+        <v>1660</v>
       </c>
       <c r="O253" s="5" t="s">
-        <v>2190</v>
+        <v>1945</v>
       </c>
       <c r="P253" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q253" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R253" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S253" s="36" t="s">
-        <v>2194</v>
-[...2 lines deleted...]
-      <c r="U253" s="28"/>
+        <v>1947</v>
+      </c>
+      <c r="T253" s="28" t="s">
+        <v>1140</v>
+      </c>
+      <c r="U253" s="28" t="s">
+        <v>1146</v>
+      </c>
       <c r="V253" s="28"/>
       <c r="W253" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X253" s="29" t="s">
-        <v>1899</v>
+        <v>1948</v>
       </c>
       <c r="Y253" s="32">
-        <v>45826</v>
+        <v>45842</v>
       </c>
       <c r="Z253" s="37">
-        <v>45828</v>
+        <v>45846</v>
       </c>
       <c r="AA253" s="28"/>
       <c r="AB253" s="29"/>
       <c r="AC253" s="37"/>
       <c r="AD253" s="37"/>
       <c r="AE253" s="38"/>
       <c r="AF253" s="39"/>
       <c r="AG253" s="40"/>
       <c r="AH253" s="39"/>
       <c r="AI253" s="40"/>
       <c r="AJ253" s="39"/>
       <c r="AK253" s="47"/>
       <c r="AL253" s="50"/>
     </row>
-    <row r="254" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="254" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A254" s="27">
         <v>248</v>
       </c>
       <c r="B254" s="28" t="s">
-        <v>2179</v>
+        <v>1949</v>
       </c>
       <c r="C254" s="29">
-        <v>40203606056</v>
+        <v>40203452693</v>
       </c>
       <c r="D254" s="28" t="s">
-        <v>2183</v>
-[...2 lines deleted...]
-        <v>2184</v>
+        <v>1950</v>
+      </c>
+      <c r="E254" s="33">
+        <v>25725722</v>
       </c>
       <c r="F254" s="28" t="s">
-        <v>2185</v>
+        <v>1951</v>
       </c>
       <c r="G254" s="34" t="s">
-        <v>234</v>
+        <v>1952</v>
       </c>
       <c r="H254" s="28" t="s">
-        <v>2183</v>
+        <v>1953</v>
       </c>
       <c r="I254" s="30" t="s">
-        <v>2050</v>
+        <v>702</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>894</v>
+        <v>702</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L254" s="28" t="s">
-        <v>2191</v>
+        <v>1065</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>2192</v>
+        <v>1066</v>
       </c>
       <c r="N254" s="30" t="s">
-        <v>1877</v>
+        <v>1954</v>
       </c>
       <c r="O254" s="5" t="s">
-        <v>2193</v>
+        <v>1955</v>
       </c>
       <c r="P254" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="Q254" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R254" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S254" s="36" t="s">
-        <v>2195</v>
-[...6 lines deleted...]
-      </c>
+        <v>1956</v>
+      </c>
+      <c r="T254" s="28"/>
+      <c r="U254" s="28"/>
       <c r="V254" s="28"/>
       <c r="W254" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X254" s="29" t="s">
-        <v>2196</v>
+        <v>1686</v>
       </c>
       <c r="Y254" s="32">
-        <v>45842</v>
+        <v>45827</v>
       </c>
       <c r="Z254" s="37">
-        <v>45846</v>
+        <v>45833</v>
       </c>
       <c r="AA254" s="28"/>
       <c r="AB254" s="29"/>
       <c r="AC254" s="37"/>
       <c r="AD254" s="37"/>
-      <c r="AE254" s="38"/>
-      <c r="AF254" s="39"/>
+      <c r="AE254" s="38">
+        <v>39966.050000000003</v>
+      </c>
+      <c r="AF254" s="39">
+        <v>45919</v>
+      </c>
       <c r="AG254" s="40"/>
       <c r="AH254" s="39"/>
       <c r="AI254" s="40"/>
       <c r="AJ254" s="39"/>
       <c r="AK254" s="47"/>
       <c r="AL254" s="50"/>
     </row>
-    <row r="255" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="255" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A255" s="27">
         <v>249</v>
       </c>
       <c r="B255" s="28" t="s">
-        <v>2197</v>
+        <v>1957</v>
       </c>
       <c r="C255" s="29">
-        <v>40203452693</v>
+        <v>40203640499</v>
       </c>
       <c r="D255" s="28" t="s">
-        <v>2198</v>
-[...2 lines deleted...]
-        <v>2199</v>
+        <v>1958</v>
+      </c>
+      <c r="E255" s="33">
+        <v>29875904</v>
       </c>
       <c r="F255" s="28" t="s">
-        <v>2200</v>
+        <v>1959</v>
       </c>
       <c r="G255" s="34" t="s">
-        <v>2201</v>
+        <v>231</v>
       </c>
       <c r="H255" s="28" t="s">
-        <v>2202</v>
+        <v>1958</v>
       </c>
       <c r="I255" s="30" t="s">
-        <v>878</v>
+        <v>1960</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>878</v>
+        <v>910</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L255" s="28" t="s">
-        <v>1245</v>
+        <v>841</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1246</v>
+        <v>842</v>
       </c>
       <c r="N255" s="30" t="s">
-        <v>2203</v>
+        <v>710</v>
       </c>
       <c r="O255" s="5" t="s">
-        <v>2204</v>
+        <v>706</v>
       </c>
       <c r="P255" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q255" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R255" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S255" s="36" t="s">
-        <v>2205</v>
+        <v>1961</v>
       </c>
       <c r="T255" s="28"/>
       <c r="U255" s="28"/>
       <c r="V255" s="28"/>
       <c r="W255" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X255" s="29" t="s">
-        <v>1903</v>
+        <v>1690</v>
       </c>
       <c r="Y255" s="32">
-        <v>45827</v>
+        <v>45855</v>
       </c>
       <c r="Z255" s="37">
-        <v>45833</v>
+        <v>45859</v>
       </c>
       <c r="AA255" s="28"/>
       <c r="AB255" s="29"/>
       <c r="AC255" s="37"/>
       <c r="AD255" s="37"/>
-      <c r="AE255" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE255" s="38"/>
+      <c r="AF255" s="39"/>
       <c r="AG255" s="40"/>
       <c r="AH255" s="39"/>
       <c r="AI255" s="40"/>
       <c r="AJ255" s="39"/>
       <c r="AK255" s="47"/>
       <c r="AL255" s="50"/>
     </row>
-    <row r="256" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="256" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A256" s="27">
         <v>250</v>
       </c>
       <c r="B256" s="28" t="s">
-        <v>2206</v>
+        <v>1962</v>
       </c>
       <c r="C256" s="29">
-        <v>40203640499</v>
+        <v>50203110701</v>
       </c>
       <c r="D256" s="28" t="s">
-        <v>2207</v>
-[...2 lines deleted...]
-        <v>2208</v>
+        <v>1965</v>
+      </c>
+      <c r="E256" s="33">
+        <v>28370008</v>
       </c>
       <c r="F256" s="28" t="s">
-        <v>2209</v>
+        <v>1966</v>
       </c>
       <c r="G256" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H256" s="28" t="s">
-        <v>2207</v>
+        <v>1965</v>
       </c>
       <c r="I256" s="30" t="s">
-        <v>2210</v>
+        <v>702</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1089</v>
+        <v>702</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L256" s="28" t="s">
-        <v>1020</v>
+        <v>1971</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1021</v>
+        <v>1972</v>
       </c>
       <c r="N256" s="30" t="s">
-        <v>886</v>
+        <v>1973</v>
       </c>
       <c r="O256" s="5" t="s">
-        <v>882</v>
+        <v>1974</v>
       </c>
       <c r="P256" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q256" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R256" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S256" s="36" t="s">
-        <v>2211</v>
+        <v>1979</v>
       </c>
       <c r="T256" s="28"/>
       <c r="U256" s="28"/>
       <c r="V256" s="28"/>
       <c r="W256" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X256" s="29" t="s">
-        <v>1907</v>
+        <v>1980</v>
       </c>
       <c r="Y256" s="32">
-        <v>45855</v>
+        <v>45856</v>
       </c>
       <c r="Z256" s="37">
-        <v>45859</v>
+        <v>45860</v>
       </c>
       <c r="AA256" s="28"/>
       <c r="AB256" s="29"/>
       <c r="AC256" s="37"/>
       <c r="AD256" s="37"/>
-      <c r="AE256" s="38"/>
-      <c r="AF256" s="39"/>
+      <c r="AE256" s="38">
+        <v>35340.21</v>
+      </c>
+      <c r="AF256" s="39">
+        <v>45995</v>
+      </c>
       <c r="AG256" s="40"/>
       <c r="AH256" s="39"/>
       <c r="AI256" s="40"/>
       <c r="AJ256" s="39"/>
       <c r="AK256" s="47"/>
       <c r="AL256" s="50"/>
     </row>
-    <row r="257" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="257" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A257" s="27">
         <v>251</v>
       </c>
       <c r="B257" s="28" t="s">
-        <v>2212</v>
+        <v>1963</v>
       </c>
       <c r="C257" s="29">
-        <v>50203110701</v>
+        <v>40203583637</v>
       </c>
       <c r="D257" s="28" t="s">
-        <v>2215</v>
-[...2 lines deleted...]
-        <v>2216</v>
+        <v>1967</v>
+      </c>
+      <c r="E257" s="33">
+        <v>20011222</v>
       </c>
       <c r="F257" s="28" t="s">
-        <v>2217</v>
+        <v>1968</v>
       </c>
       <c r="G257" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H257" s="28" t="s">
-        <v>2215</v>
+        <v>1967</v>
       </c>
       <c r="I257" s="30" t="s">
-        <v>878</v>
+        <v>1975</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>878</v>
+        <v>1976</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L257" s="28" t="s">
-        <v>2224</v>
+        <v>846</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>2225</v>
+        <v>1977</v>
       </c>
       <c r="N257" s="30" t="s">
-        <v>2226</v>
+        <v>1031</v>
       </c>
       <c r="O257" s="5" t="s">
-        <v>2227</v>
+        <v>1032</v>
       </c>
       <c r="P257" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q257" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R257" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="S257" s="36" t="s">
-        <v>2232</v>
+        <v>1981</v>
       </c>
       <c r="T257" s="28"/>
       <c r="U257" s="28"/>
       <c r="V257" s="28"/>
       <c r="W257" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X257" s="29" t="s">
-        <v>2233</v>
+        <v>1982</v>
       </c>
       <c r="Y257" s="32">
-        <v>45856</v>
+        <v>45869</v>
       </c>
       <c r="Z257" s="37">
-        <v>45860</v>
+        <v>45873</v>
       </c>
       <c r="AA257" s="28"/>
       <c r="AB257" s="29"/>
       <c r="AC257" s="37"/>
       <c r="AD257" s="37"/>
-      <c r="AE257" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE257" s="38"/>
+      <c r="AF257" s="39"/>
       <c r="AG257" s="40"/>
       <c r="AH257" s="39"/>
       <c r="AI257" s="40"/>
       <c r="AJ257" s="39"/>
       <c r="AK257" s="47"/>
       <c r="AL257" s="50"/>
     </row>
-    <row r="258" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="258" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A258" s="27">
         <v>252</v>
       </c>
       <c r="B258" s="28" t="s">
-        <v>2213</v>
+        <v>1964</v>
       </c>
       <c r="C258" s="29">
-        <v>40203583637</v>
+        <v>40203650726</v>
       </c>
       <c r="D258" s="28" t="s">
-        <v>2218</v>
-[...2 lines deleted...]
-        <v>2219</v>
+        <v>1969</v>
+      </c>
+      <c r="E258" s="33">
+        <v>20414994</v>
       </c>
       <c r="F258" s="28" t="s">
-        <v>2220</v>
+        <v>1970</v>
       </c>
       <c r="G258" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H258" s="28" t="s">
-        <v>2218</v>
+        <v>1969</v>
       </c>
       <c r="I258" s="30" t="s">
-        <v>2228</v>
+        <v>1015</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>2229</v>
+        <v>866</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>895</v>
+        <v>709</v>
       </c>
       <c r="L258" s="28" t="s">
-        <v>1025</v>
+        <v>1016</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>2230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1978</v>
+      </c>
+      <c r="N258" s="30"/>
       <c r="O258" s="5" t="s">
-        <v>1213</v>
+        <v>711</v>
       </c>
       <c r="P258" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q258" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R258" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S258" s="36" t="s">
-        <v>2234</v>
-[...2 lines deleted...]
-      <c r="U258" s="28"/>
+        <v>1983</v>
+      </c>
+      <c r="T258" s="28" t="s">
+        <v>1146</v>
+      </c>
+      <c r="U258" s="28" t="s">
+        <v>1140</v>
+      </c>
       <c r="V258" s="28"/>
       <c r="W258" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X258" s="29" t="s">
-        <v>2235</v>
+        <v>1984</v>
       </c>
       <c r="Y258" s="32">
-        <v>45869</v>
+        <v>45855</v>
       </c>
       <c r="Z258" s="37">
-        <v>45873</v>
+        <v>45859</v>
       </c>
       <c r="AA258" s="28"/>
       <c r="AB258" s="29"/>
       <c r="AC258" s="37"/>
       <c r="AD258" s="37"/>
       <c r="AE258" s="38"/>
       <c r="AF258" s="39"/>
       <c r="AG258" s="40"/>
       <c r="AH258" s="39"/>
       <c r="AI258" s="40"/>
       <c r="AJ258" s="39"/>
       <c r="AK258" s="47"/>
       <c r="AL258" s="50"/>
     </row>
-    <row r="259" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="259" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A259" s="27">
         <v>253</v>
       </c>
       <c r="B259" s="28" t="s">
-        <v>2214</v>
+        <v>1985</v>
       </c>
       <c r="C259" s="29">
-        <v>40203650726</v>
+        <v>40203591259</v>
       </c>
       <c r="D259" s="28" t="s">
-        <v>2221</v>
-[...2 lines deleted...]
-        <v>2222</v>
+        <v>1990</v>
+      </c>
+      <c r="E259" s="33">
+        <v>27424488</v>
       </c>
       <c r="F259" s="28" t="s">
-        <v>2223</v>
+        <v>1991</v>
       </c>
       <c r="G259" s="34" t="s">
-        <v>234</v>
+        <v>1992</v>
       </c>
       <c r="H259" s="28" t="s">
-        <v>2221</v>
+        <v>1990</v>
       </c>
       <c r="I259" s="30" t="s">
-        <v>1194</v>
+        <v>890</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1045</v>
+        <v>891</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>885</v>
+        <v>719</v>
       </c>
       <c r="L259" s="28" t="s">
-        <v>1195</v>
+        <v>978</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>2231</v>
+        <v>739</v>
       </c>
       <c r="N259" s="30"/>
       <c r="O259" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P259" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q259" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R259" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S259" s="36" t="s">
-        <v>2236</v>
-[...6 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="T259" s="28"/>
+      <c r="U259" s="28"/>
       <c r="V259" s="28"/>
       <c r="W259" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X259" s="29" t="s">
-        <v>2237</v>
+        <v>2010</v>
       </c>
       <c r="Y259" s="32">
-        <v>45855</v>
+        <v>45894</v>
       </c>
       <c r="Z259" s="37">
-        <v>45859</v>
+        <v>45896</v>
       </c>
       <c r="AA259" s="28"/>
       <c r="AB259" s="29"/>
       <c r="AC259" s="37"/>
       <c r="AD259" s="37"/>
       <c r="AE259" s="38"/>
       <c r="AF259" s="39"/>
       <c r="AG259" s="40"/>
       <c r="AH259" s="39"/>
       <c r="AI259" s="40"/>
       <c r="AJ259" s="39"/>
       <c r="AK259" s="47"/>
       <c r="AL259" s="50"/>
     </row>
-    <row r="260" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="260" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A260" s="27">
         <v>254</v>
       </c>
       <c r="B260" s="28" t="s">
-        <v>2238</v>
+        <v>1986</v>
       </c>
       <c r="C260" s="29">
-        <v>40203591259</v>
+        <v>40203530004</v>
       </c>
       <c r="D260" s="28" t="s">
-        <v>2243</v>
-[...2 lines deleted...]
-        <v>2244</v>
+        <v>1993</v>
+      </c>
+      <c r="E260" s="33">
+        <v>23225100</v>
       </c>
       <c r="F260" s="28" t="s">
-        <v>2245</v>
+        <v>1994</v>
       </c>
       <c r="G260" s="34" t="s">
-        <v>2246</v>
+        <v>1995</v>
       </c>
       <c r="H260" s="28" t="s">
-        <v>2243</v>
+        <v>1993</v>
       </c>
       <c r="I260" s="30" t="s">
-        <v>1069</v>
+        <v>956</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>1070</v>
+        <v>957</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L260" s="28" t="s">
-        <v>1157</v>
+        <v>2003</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>915</v>
+        <v>2004</v>
       </c>
       <c r="N260" s="30"/>
       <c r="O260" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P260" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q260" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R260" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S260" s="36" t="s">
-        <v>2267</v>
-[...2 lines deleted...]
-      <c r="U260" s="28"/>
+        <v>2011</v>
+      </c>
+      <c r="T260" s="28" t="s">
+        <v>1140</v>
+      </c>
+      <c r="U260" s="28" t="s">
+        <v>1159</v>
+      </c>
       <c r="V260" s="28"/>
       <c r="W260" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X260" s="29" t="s">
-        <v>2268</v>
+        <v>2012</v>
       </c>
       <c r="Y260" s="32">
-        <v>45894</v>
+        <v>45869</v>
       </c>
       <c r="Z260" s="37">
-        <v>45896</v>
+        <v>45873</v>
       </c>
       <c r="AA260" s="28"/>
       <c r="AB260" s="29"/>
       <c r="AC260" s="37"/>
       <c r="AD260" s="37"/>
       <c r="AE260" s="38"/>
       <c r="AF260" s="39"/>
       <c r="AG260" s="40"/>
       <c r="AH260" s="39"/>
       <c r="AI260" s="40"/>
       <c r="AJ260" s="39"/>
       <c r="AK260" s="47"/>
       <c r="AL260" s="50"/>
     </row>
-    <row r="261" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="261" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A261" s="27">
         <v>255</v>
       </c>
       <c r="B261" s="28" t="s">
-        <v>2239</v>
+        <v>1987</v>
       </c>
       <c r="C261" s="29">
-        <v>40203530004</v>
+        <v>40203656502</v>
       </c>
       <c r="D261" s="28" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>2248</v>
+        <v>1996</v>
+      </c>
+      <c r="E261" s="33">
+        <v>28883681</v>
       </c>
       <c r="F261" s="28" t="s">
-        <v>2249</v>
+        <v>1997</v>
       </c>
       <c r="G261" s="34" t="s">
-        <v>2250</v>
+        <v>231</v>
       </c>
       <c r="H261" s="28" t="s">
-        <v>2247</v>
+        <v>1996</v>
       </c>
       <c r="I261" s="30" t="s">
-        <v>1135</v>
+        <v>2005</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1136</v>
+        <v>779</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>895</v>
+        <v>780</v>
       </c>
       <c r="L261" s="28" t="s">
-        <v>2261</v>
+        <v>703</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>2262</v>
-[...1 lines deleted...]
-      <c r="N261" s="30"/>
+        <v>704</v>
+      </c>
+      <c r="N261" s="30" t="s">
+        <v>911</v>
+      </c>
       <c r="O261" s="5" t="s">
-        <v>887</v>
+        <v>912</v>
       </c>
       <c r="P261" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q261" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="R261" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S261" s="36" t="s">
-        <v>2269</v>
-[...6 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="T261" s="28"/>
+      <c r="U261" s="28"/>
       <c r="V261" s="28"/>
       <c r="W261" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X261" s="29" t="s">
-        <v>2270</v>
+        <v>2014</v>
       </c>
       <c r="Y261" s="32">
         <v>45869</v>
       </c>
       <c r="Z261" s="37">
         <v>45873</v>
       </c>
       <c r="AA261" s="28"/>
       <c r="AB261" s="29"/>
       <c r="AC261" s="37"/>
       <c r="AD261" s="37"/>
-      <c r="AE261" s="38"/>
-      <c r="AF261" s="39"/>
+      <c r="AE261" s="38">
+        <v>39996</v>
+      </c>
+      <c r="AF261" s="39">
+        <v>45882</v>
+      </c>
       <c r="AG261" s="40"/>
       <c r="AH261" s="39"/>
       <c r="AI261" s="40"/>
       <c r="AJ261" s="39"/>
       <c r="AK261" s="47"/>
       <c r="AL261" s="50"/>
     </row>
-    <row r="262" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="262" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A262" s="27">
         <v>256</v>
       </c>
       <c r="B262" s="28" t="s">
-        <v>2240</v>
+        <v>1988</v>
       </c>
       <c r="C262" s="29">
-        <v>40203656502</v>
+        <v>50203655481</v>
       </c>
       <c r="D262" s="28" t="s">
-        <v>2251</v>
-[...2 lines deleted...]
-        <v>2252</v>
+        <v>1998</v>
+      </c>
+      <c r="E262" s="33">
+        <v>26082054</v>
       </c>
       <c r="F262" s="28" t="s">
-        <v>2253</v>
+        <v>1999</v>
       </c>
       <c r="G262" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H262" s="28" t="s">
-        <v>2251</v>
+        <v>1998</v>
       </c>
       <c r="I262" s="30" t="s">
-        <v>2263</v>
+        <v>785</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>958</v>
+        <v>785</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>959</v>
+        <v>786</v>
       </c>
       <c r="L262" s="28" t="s">
-        <v>879</v>
+        <v>703</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N262" s="30"/>
       <c r="O262" s="5" t="s">
-        <v>1091</v>
+        <v>711</v>
       </c>
       <c r="P262" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q262" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R262" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S262" s="36" t="s">
-        <v>2271</v>
+        <v>2015</v>
       </c>
       <c r="T262" s="28"/>
       <c r="U262" s="28"/>
       <c r="V262" s="28"/>
       <c r="W262" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X262" s="29" t="s">
-        <v>2272</v>
+        <v>1271</v>
       </c>
       <c r="Y262" s="32">
-        <v>45869</v>
+        <v>45877</v>
       </c>
       <c r="Z262" s="37">
-        <v>45873</v>
+        <v>45881</v>
       </c>
       <c r="AA262" s="28"/>
       <c r="AB262" s="29"/>
       <c r="AC262" s="37"/>
       <c r="AD262" s="37"/>
-      <c r="AE262" s="38">
-[...4 lines deleted...]
-      </c>
+      <c r="AE262" s="38"/>
+      <c r="AF262" s="39"/>
       <c r="AG262" s="40"/>
       <c r="AH262" s="39"/>
       <c r="AI262" s="40"/>
       <c r="AJ262" s="39"/>
       <c r="AK262" s="47"/>
       <c r="AL262" s="50"/>
     </row>
-    <row r="263" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="263" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A263" s="27">
         <v>257</v>
       </c>
       <c r="B263" s="28" t="s">
-        <v>2241</v>
+        <v>1989</v>
       </c>
       <c r="C263" s="29">
-        <v>50203655481</v>
+        <v>40203565881</v>
       </c>
       <c r="D263" s="28" t="s">
-        <v>2254</v>
-[...2 lines deleted...]
-        <v>2255</v>
+        <v>2000</v>
+      </c>
+      <c r="E263" s="33">
+        <v>26607271</v>
       </c>
       <c r="F263" s="28" t="s">
-        <v>2256</v>
+        <v>2001</v>
       </c>
       <c r="G263" s="34" t="s">
-        <v>234</v>
+        <v>2002</v>
       </c>
       <c r="H263" s="28" t="s">
-        <v>2254</v>
+        <v>2006</v>
       </c>
       <c r="I263" s="30" t="s">
-        <v>964</v>
+        <v>793</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>964</v>
+        <v>794</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>965</v>
+        <v>780</v>
       </c>
       <c r="L263" s="28" t="s">
-        <v>879</v>
+        <v>2007</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N263" s="30"/>
+        <v>2008</v>
+      </c>
+      <c r="N263" s="30" t="s">
+        <v>703</v>
+      </c>
       <c r="O263" s="5" t="s">
-        <v>887</v>
+        <v>704</v>
       </c>
       <c r="P263" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q263" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R263" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S263" s="36" t="s">
-        <v>2273</v>
+        <v>2016</v>
       </c>
       <c r="T263" s="28"/>
       <c r="U263" s="28"/>
       <c r="V263" s="28"/>
       <c r="W263" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X263" s="29" t="s">
-        <v>1453</v>
+        <v>2017</v>
       </c>
       <c r="Y263" s="32">
-        <v>45877</v>
+        <v>45894</v>
       </c>
       <c r="Z263" s="37">
-        <v>45881</v>
+        <v>45896</v>
       </c>
       <c r="AA263" s="28"/>
       <c r="AB263" s="29"/>
       <c r="AC263" s="37"/>
       <c r="AD263" s="37"/>
       <c r="AE263" s="38"/>
       <c r="AF263" s="39"/>
       <c r="AG263" s="40"/>
       <c r="AH263" s="39"/>
       <c r="AI263" s="40"/>
       <c r="AJ263" s="39"/>
       <c r="AK263" s="47"/>
       <c r="AL263" s="50"/>
     </row>
-    <row r="264" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="264" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A264" s="27">
         <v>258</v>
       </c>
       <c r="B264" s="28" t="s">
-        <v>2242</v>
+        <v>2018</v>
       </c>
       <c r="C264" s="29">
-        <v>40203565881</v>
+        <v>40203539041</v>
       </c>
       <c r="D264" s="28" t="s">
-        <v>2257</v>
-[...2 lines deleted...]
-        <v>2258</v>
+        <v>2022</v>
+      </c>
+      <c r="E264" s="33">
+        <v>26477962</v>
       </c>
       <c r="F264" s="28" t="s">
-        <v>2259</v>
+        <v>2023</v>
       </c>
       <c r="G264" s="34" t="s">
-        <v>2260</v>
+        <v>231</v>
       </c>
       <c r="H264" s="28" t="s">
-        <v>2264</v>
+        <v>2022</v>
       </c>
       <c r="I264" s="30" t="s">
-        <v>972</v>
+        <v>2031</v>
       </c>
       <c r="J264" s="5" t="s">
-        <v>973</v>
+        <v>1113</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>959</v>
+        <v>780</v>
       </c>
       <c r="L264" s="28" t="s">
-        <v>2265</v>
+        <v>703</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>2266</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N264" s="30"/>
       <c r="O264" s="5" t="s">
-        <v>880</v>
+        <v>711</v>
       </c>
       <c r="P264" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q264" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R264" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S264" s="36" t="s">
-        <v>2274</v>
+        <v>2039</v>
       </c>
       <c r="T264" s="28"/>
       <c r="U264" s="28"/>
       <c r="V264" s="28"/>
       <c r="W264" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X264" s="29" t="s">
-        <v>2275</v>
+        <v>2040</v>
       </c>
       <c r="Y264" s="32">
         <v>45894</v>
       </c>
       <c r="Z264" s="37">
         <v>45896</v>
       </c>
       <c r="AA264" s="28"/>
       <c r="AB264" s="29"/>
       <c r="AC264" s="37"/>
       <c r="AD264" s="37"/>
       <c r="AE264" s="38"/>
       <c r="AF264" s="39"/>
       <c r="AG264" s="40"/>
       <c r="AH264" s="39"/>
       <c r="AI264" s="40"/>
       <c r="AJ264" s="39"/>
       <c r="AK264" s="47"/>
       <c r="AL264" s="50"/>
     </row>
-    <row r="265" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="265" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A265" s="27">
         <v>259</v>
       </c>
       <c r="B265" s="28" t="s">
-        <v>2276</v>
+        <v>2019</v>
       </c>
       <c r="C265" s="29">
-        <v>40203539041</v>
+        <v>40203424882</v>
       </c>
       <c r="D265" s="28" t="s">
-        <v>2280</v>
-[...2 lines deleted...]
-        <v>2281</v>
+        <v>2024</v>
+      </c>
+      <c r="E265" s="33">
+        <v>29252669</v>
       </c>
       <c r="F265" s="28" t="s">
-        <v>2282</v>
+        <v>2025</v>
       </c>
       <c r="G265" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H265" s="28" t="s">
-        <v>2280</v>
+        <v>2024</v>
       </c>
       <c r="I265" s="30" t="s">
-        <v>2293</v>
+        <v>702</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>1293</v>
+        <v>702</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L265" s="28" t="s">
-        <v>879</v>
+        <v>2032</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N265" s="30"/>
+        <v>2033</v>
+      </c>
+      <c r="N265" s="30" t="s">
+        <v>2034</v>
+      </c>
       <c r="O265" s="5" t="s">
-        <v>887</v>
+        <v>2035</v>
       </c>
       <c r="P265" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q265" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R265" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S265" s="36" t="s">
-        <v>2301</v>
+        <v>2041</v>
       </c>
       <c r="T265" s="28"/>
       <c r="U265" s="28"/>
       <c r="V265" s="28"/>
       <c r="W265" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X265" s="29" t="s">
-        <v>2302</v>
+        <v>2042</v>
       </c>
       <c r="Y265" s="32">
-        <v>45894</v>
+        <v>45911</v>
       </c>
       <c r="Z265" s="37">
-        <v>45896</v>
+        <v>45915</v>
       </c>
       <c r="AA265" s="28"/>
       <c r="AB265" s="29"/>
       <c r="AC265" s="37"/>
       <c r="AD265" s="37"/>
       <c r="AE265" s="38"/>
       <c r="AF265" s="39"/>
       <c r="AG265" s="40"/>
       <c r="AH265" s="39"/>
       <c r="AI265" s="40"/>
       <c r="AJ265" s="39"/>
       <c r="AK265" s="47"/>
       <c r="AL265" s="50"/>
     </row>
-    <row r="266" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="266" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A266" s="27">
         <v>260</v>
       </c>
       <c r="B266" s="28" t="s">
-        <v>2277</v>
+        <v>2020</v>
       </c>
       <c r="C266" s="29">
-        <v>40203424882</v>
+        <v>40103711460</v>
       </c>
       <c r="D266" s="28" t="s">
-        <v>2283</v>
-[...2 lines deleted...]
-        <v>2284</v>
+        <v>2026</v>
+      </c>
+      <c r="E266" s="33">
+        <v>22030909</v>
       </c>
       <c r="F266" s="28" t="s">
-        <v>2285</v>
+        <v>2027</v>
       </c>
       <c r="G266" s="34" t="s">
-        <v>234</v>
+        <v>2028</v>
       </c>
       <c r="H266" s="28" t="s">
-        <v>2283</v>
+        <v>2026</v>
       </c>
       <c r="I266" s="30" t="s">
-        <v>878</v>
+        <v>1960</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>878</v>
+        <v>910</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L266" s="28" t="s">
-        <v>2294</v>
+        <v>2036</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>2295</v>
+        <v>1102</v>
       </c>
       <c r="N266" s="30" t="s">
-        <v>2296</v>
+        <v>703</v>
       </c>
       <c r="O266" s="5" t="s">
-        <v>2297</v>
+        <v>704</v>
       </c>
       <c r="P266" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q266" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R266" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S266" s="36" t="s">
-        <v>2303</v>
+        <v>2043</v>
       </c>
       <c r="T266" s="28"/>
       <c r="U266" s="28"/>
       <c r="V266" s="28"/>
       <c r="W266" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X266" s="29" t="s">
-        <v>2304</v>
+        <v>2044</v>
       </c>
       <c r="Y266" s="32">
         <v>45911</v>
       </c>
       <c r="Z266" s="37">
         <v>45915</v>
       </c>
       <c r="AA266" s="28"/>
       <c r="AB266" s="29"/>
       <c r="AC266" s="37"/>
       <c r="AD266" s="37"/>
       <c r="AE266" s="38"/>
       <c r="AF266" s="39"/>
       <c r="AG266" s="40"/>
       <c r="AH266" s="39"/>
       <c r="AI266" s="40"/>
       <c r="AJ266" s="39"/>
       <c r="AK266" s="47"/>
       <c r="AL266" s="50"/>
     </row>
-    <row r="267" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="267" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A267" s="27">
         <v>261</v>
       </c>
       <c r="B267" s="28" t="s">
-        <v>2278</v>
+        <v>2021</v>
       </c>
       <c r="C267" s="29">
-        <v>40103711460</v>
+        <v>40203415767</v>
       </c>
       <c r="D267" s="28" t="s">
-        <v>2286</v>
-[...2 lines deleted...]
-        <v>2287</v>
+        <v>2029</v>
+      </c>
+      <c r="E267" s="33">
+        <v>22078432</v>
       </c>
       <c r="F267" s="28" t="s">
-        <v>2288</v>
+        <v>2030</v>
       </c>
       <c r="G267" s="34" t="s">
-        <v>2289</v>
+        <v>231</v>
       </c>
       <c r="H267" s="28" t="s">
-        <v>2286</v>
+        <v>2029</v>
       </c>
       <c r="I267" s="30" t="s">
-        <v>2210</v>
+        <v>2037</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1089</v>
+        <v>866</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>895</v>
+        <v>709</v>
       </c>
       <c r="L267" s="28" t="s">
-        <v>2298</v>
+        <v>732</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1282</v>
+        <v>2038</v>
       </c>
       <c r="N267" s="30" t="s">
-        <v>879</v>
+        <v>703</v>
       </c>
       <c r="O267" s="5" t="s">
-        <v>880</v>
+        <v>704</v>
       </c>
       <c r="P267" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q267" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R267" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S267" s="36" t="s">
-        <v>2305</v>
+        <v>2045</v>
       </c>
       <c r="T267" s="28"/>
       <c r="U267" s="28"/>
       <c r="V267" s="28"/>
       <c r="W267" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X267" s="29" t="s">
-        <v>2306</v>
+        <v>2046</v>
       </c>
       <c r="Y267" s="32">
         <v>45911</v>
       </c>
       <c r="Z267" s="37">
         <v>45915</v>
       </c>
       <c r="AA267" s="28"/>
       <c r="AB267" s="29"/>
       <c r="AC267" s="37"/>
       <c r="AD267" s="37"/>
       <c r="AE267" s="38"/>
       <c r="AF267" s="39"/>
       <c r="AG267" s="40"/>
       <c r="AH267" s="39"/>
       <c r="AI267" s="40"/>
       <c r="AJ267" s="39"/>
       <c r="AK267" s="47"/>
       <c r="AL267" s="50"/>
     </row>
-    <row r="268" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="268" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A268" s="27">
         <v>262</v>
       </c>
       <c r="B268" s="28" t="s">
-        <v>2279</v>
+        <v>2047</v>
       </c>
       <c r="C268" s="29">
-        <v>40203415767</v>
+        <v>40203014274</v>
       </c>
       <c r="D268" s="28" t="s">
-        <v>2290</v>
-[...2 lines deleted...]
-        <v>2291</v>
+        <v>2049</v>
+      </c>
+      <c r="E268" s="33">
+        <v>26198758</v>
       </c>
       <c r="F268" s="28" t="s">
-        <v>2292</v>
+        <v>2050</v>
       </c>
       <c r="G268" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H268" s="28" t="s">
-        <v>2290</v>
+        <v>2054</v>
       </c>
       <c r="I268" s="30" t="s">
-        <v>2299</v>
+        <v>702</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1045</v>
+        <v>702</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>885</v>
+        <v>702</v>
       </c>
       <c r="L268" s="28" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>912</v>
+      </c>
+      <c r="N268" s="30"/>
       <c r="O268" s="5" t="s">
-        <v>880</v>
+        <v>711</v>
       </c>
       <c r="P268" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q268" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R268" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S268" s="36" t="s">
-        <v>2307</v>
+        <v>2057</v>
       </c>
       <c r="T268" s="28"/>
       <c r="U268" s="28"/>
       <c r="V268" s="28"/>
       <c r="W268" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X268" s="29" t="s">
-        <v>2308</v>
+        <v>1709</v>
       </c>
       <c r="Y268" s="32">
         <v>45911</v>
       </c>
       <c r="Z268" s="37">
         <v>45915</v>
       </c>
       <c r="AA268" s="28"/>
       <c r="AB268" s="29"/>
       <c r="AC268" s="37"/>
       <c r="AD268" s="37"/>
       <c r="AE268" s="38"/>
       <c r="AF268" s="39"/>
       <c r="AG268" s="40"/>
       <c r="AH268" s="39"/>
       <c r="AI268" s="40"/>
       <c r="AJ268" s="39"/>
       <c r="AK268" s="47"/>
       <c r="AL268" s="50"/>
     </row>
-    <row r="269" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="269" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A269" s="27">
         <v>263</v>
       </c>
       <c r="B269" s="28" t="s">
-        <v>2309</v>
+        <v>2048</v>
       </c>
       <c r="C269" s="29">
-        <v>40203014274</v>
+        <v>42103105024</v>
       </c>
       <c r="D269" s="28" t="s">
-        <v>2311</v>
-[...2 lines deleted...]
-        <v>2312</v>
+        <v>2051</v>
+      </c>
+      <c r="E269" s="33">
+        <v>26747853</v>
       </c>
       <c r="F269" s="28" t="s">
-        <v>2313</v>
+        <v>2052</v>
       </c>
       <c r="G269" s="34" t="s">
-        <v>234</v>
+        <v>2053</v>
       </c>
       <c r="H269" s="28" t="s">
-        <v>2318</v>
+        <v>2055</v>
       </c>
       <c r="I269" s="30" t="s">
-        <v>878</v>
+        <v>1975</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>878</v>
+        <v>1976</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L269" s="28" t="s">
-        <v>1090</v>
+        <v>1012</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1091</v>
+        <v>2056</v>
       </c>
       <c r="N269" s="30"/>
       <c r="O269" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P269" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q269" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R269" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S269" s="36" t="s">
-        <v>2321</v>
+        <v>2058</v>
       </c>
       <c r="T269" s="28"/>
       <c r="U269" s="28"/>
       <c r="V269" s="28"/>
       <c r="W269" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X269" s="29" t="s">
-        <v>1926</v>
+        <v>2059</v>
       </c>
       <c r="Y269" s="32">
-        <v>45911</v>
+        <v>45937</v>
       </c>
       <c r="Z269" s="37">
-        <v>45915</v>
+        <v>45939</v>
       </c>
       <c r="AA269" s="28"/>
       <c r="AB269" s="29"/>
       <c r="AC269" s="37"/>
       <c r="AD269" s="37"/>
       <c r="AE269" s="38"/>
       <c r="AF269" s="39"/>
       <c r="AG269" s="40"/>
       <c r="AH269" s="39"/>
       <c r="AI269" s="40"/>
       <c r="AJ269" s="39"/>
       <c r="AK269" s="47"/>
       <c r="AL269" s="50"/>
     </row>
-    <row r="270" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="270" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A270" s="27">
         <v>264</v>
       </c>
       <c r="B270" s="28" t="s">
-        <v>2310</v>
+        <v>2060</v>
       </c>
       <c r="C270" s="29">
-        <v>42103105024</v>
+        <v>40203660461</v>
       </c>
       <c r="D270" s="28" t="s">
-        <v>2314</v>
-[...2 lines deleted...]
-        <v>2315</v>
+        <v>2062</v>
+      </c>
+      <c r="E270" s="33">
+        <v>29221891</v>
       </c>
       <c r="F270" s="28" t="s">
-        <v>2316</v>
+        <v>2063</v>
       </c>
       <c r="G270" s="34" t="s">
-        <v>2317</v>
+        <v>231</v>
       </c>
       <c r="H270" s="28" t="s">
-        <v>2319</v>
+        <v>2066</v>
       </c>
       <c r="I270" s="30" t="s">
-        <v>2228</v>
+        <v>1942</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>2229</v>
+        <v>718</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>895</v>
+        <v>719</v>
       </c>
       <c r="L270" s="28" t="s">
-        <v>1191</v>
+        <v>703</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>2320</v>
+        <v>704</v>
       </c>
       <c r="N270" s="30"/>
       <c r="O270" s="5" t="s">
-        <v>887</v>
+        <v>711</v>
       </c>
       <c r="P270" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q270" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R270" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S270" s="36" t="s">
-        <v>2322</v>
+        <v>2069</v>
       </c>
       <c r="T270" s="28"/>
       <c r="U270" s="28"/>
       <c r="V270" s="28"/>
       <c r="W270" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X270" s="29" t="s">
-        <v>2323</v>
+        <v>2070</v>
       </c>
       <c r="Y270" s="32">
         <v>45937</v>
       </c>
       <c r="Z270" s="37">
         <v>45939</v>
       </c>
       <c r="AA270" s="28"/>
       <c r="AB270" s="29"/>
       <c r="AC270" s="37"/>
       <c r="AD270" s="37"/>
       <c r="AE270" s="38"/>
       <c r="AF270" s="39"/>
       <c r="AG270" s="40"/>
       <c r="AH270" s="39"/>
       <c r="AI270" s="40"/>
       <c r="AJ270" s="39"/>
       <c r="AK270" s="47"/>
       <c r="AL270" s="50"/>
     </row>
-    <row r="271" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="271" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A271" s="27">
         <v>265</v>
       </c>
       <c r="B271" s="28" t="s">
-        <v>2324</v>
+        <v>2061</v>
       </c>
       <c r="C271" s="29">
-        <v>40203660461</v>
+        <v>40203668770</v>
       </c>
       <c r="D271" s="28" t="s">
-        <v>2326</v>
-[...2 lines deleted...]
-        <v>2327</v>
+        <v>2064</v>
+      </c>
+      <c r="E271" s="33">
+        <v>29173338</v>
       </c>
       <c r="F271" s="28" t="s">
-        <v>2328</v>
+        <v>2065</v>
       </c>
       <c r="G271" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H271" s="28" t="s">
-        <v>2332</v>
+        <v>2064</v>
       </c>
       <c r="I271" s="30" t="s">
-        <v>2050</v>
+        <v>2067</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>894</v>
+        <v>811</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>895</v>
+        <v>786</v>
       </c>
       <c r="L271" s="28" t="s">
-        <v>879</v>
+        <v>740</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N271" s="30"/>
+        <v>2068</v>
+      </c>
+      <c r="N271" s="30" t="s">
+        <v>710</v>
+      </c>
       <c r="O271" s="5" t="s">
-        <v>887</v>
+        <v>706</v>
       </c>
       <c r="P271" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q271" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R271" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S271" s="36" t="s">
-        <v>2335</v>
+        <v>2071</v>
       </c>
       <c r="T271" s="28"/>
       <c r="U271" s="28"/>
       <c r="V271" s="28"/>
       <c r="W271" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X271" s="29" t="s">
-        <v>2336</v>
+        <v>2072</v>
       </c>
       <c r="Y271" s="32">
         <v>45937</v>
       </c>
       <c r="Z271" s="37">
         <v>45939</v>
       </c>
       <c r="AA271" s="28"/>
       <c r="AB271" s="29"/>
       <c r="AC271" s="37"/>
       <c r="AD271" s="37"/>
       <c r="AE271" s="38"/>
       <c r="AF271" s="39"/>
       <c r="AG271" s="40"/>
       <c r="AH271" s="39"/>
       <c r="AI271" s="40"/>
       <c r="AJ271" s="39"/>
       <c r="AK271" s="47"/>
       <c r="AL271" s="50"/>
     </row>
-    <row r="272" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="272" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A272" s="27">
         <v>266</v>
       </c>
       <c r="B272" s="28" t="s">
-        <v>2325</v>
+        <v>2073</v>
       </c>
       <c r="C272" s="29">
-        <v>40203668770</v>
+        <v>40203296658</v>
       </c>
       <c r="D272" s="28" t="s">
-        <v>2329</v>
-[...2 lines deleted...]
-        <v>2330</v>
+        <v>2074</v>
+      </c>
+      <c r="E272" s="33">
+        <v>26322680</v>
       </c>
       <c r="F272" s="28" t="s">
-        <v>2331</v>
+        <v>2075</v>
       </c>
       <c r="G272" s="34" t="s">
-        <v>234</v>
+        <v>2076</v>
       </c>
       <c r="H272" s="28" t="s">
-        <v>2329</v>
+        <v>2077</v>
       </c>
       <c r="I272" s="30" t="s">
-        <v>2333</v>
+        <v>956</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>990</v>
+        <v>957</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>965</v>
+        <v>719</v>
       </c>
       <c r="L272" s="28" t="s">
-        <v>916</v>
+        <v>710</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>2334</v>
+        <v>706</v>
       </c>
       <c r="N272" s="30" t="s">
-        <v>886</v>
+        <v>703</v>
       </c>
       <c r="O272" s="5" t="s">
-        <v>882</v>
+        <v>704</v>
       </c>
       <c r="P272" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q272" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R272" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S272" s="36" t="s">
-        <v>2337</v>
+        <v>2078</v>
       </c>
       <c r="T272" s="28"/>
       <c r="U272" s="28"/>
       <c r="V272" s="28"/>
       <c r="W272" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X272" s="29" t="s">
-        <v>2338</v>
+        <v>2079</v>
       </c>
       <c r="Y272" s="32">
         <v>45937</v>
       </c>
       <c r="Z272" s="37">
         <v>45939</v>
       </c>
       <c r="AA272" s="28"/>
       <c r="AB272" s="29"/>
       <c r="AC272" s="37"/>
       <c r="AD272" s="37"/>
       <c r="AE272" s="38"/>
       <c r="AF272" s="39"/>
       <c r="AG272" s="40"/>
       <c r="AH272" s="39"/>
       <c r="AI272" s="40"/>
       <c r="AJ272" s="39"/>
       <c r="AK272" s="47"/>
       <c r="AL272" s="50"/>
     </row>
-    <row r="273" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="273" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A273" s="27">
         <v>267</v>
       </c>
       <c r="B273" s="28" t="s">
-        <v>2339</v>
+        <v>2080</v>
       </c>
       <c r="C273" s="29">
-        <v>40203296658</v>
+        <v>40203662208</v>
       </c>
       <c r="D273" s="28" t="s">
-        <v>2340</v>
+        <v>1539</v>
       </c>
       <c r="E273" s="33">
-        <v>26322680</v>
+        <v>29535010</v>
       </c>
       <c r="F273" s="28" t="s">
-        <v>2341</v>
+        <v>2081</v>
       </c>
       <c r="G273" s="34" t="s">
-        <v>2342</v>
+        <v>231</v>
       </c>
       <c r="H273" s="28" t="s">
-        <v>2343</v>
+        <v>2082</v>
       </c>
       <c r="I273" s="30" t="s">
-        <v>1135</v>
+        <v>702</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1136</v>
+        <v>702</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L273" s="28" t="s">
-        <v>886</v>
+        <v>846</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>882</v>
+        <v>1977</v>
       </c>
       <c r="N273" s="30" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="O273" s="5" t="s">
-        <v>880</v>
+        <v>2083</v>
       </c>
       <c r="P273" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q273" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R273" s="35" t="s">
-        <v>1296</v>
+        <v>2084</v>
       </c>
       <c r="S273" s="36" t="s">
-        <v>2344</v>
+        <v>2085</v>
       </c>
       <c r="T273" s="28"/>
       <c r="U273" s="28"/>
       <c r="V273" s="28"/>
       <c r="W273" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X273" s="29" t="s">
-        <v>2345</v>
+        <v>2086</v>
       </c>
       <c r="Y273" s="32">
-        <v>45937</v>
+        <v>45954</v>
       </c>
       <c r="Z273" s="37">
-        <v>45939</v>
+        <v>45958</v>
       </c>
       <c r="AA273" s="28"/>
       <c r="AB273" s="29"/>
       <c r="AC273" s="37"/>
       <c r="AD273" s="37"/>
       <c r="AE273" s="38"/>
       <c r="AF273" s="39"/>
       <c r="AG273" s="40"/>
       <c r="AH273" s="39"/>
       <c r="AI273" s="40"/>
       <c r="AJ273" s="39"/>
       <c r="AK273" s="47"/>
       <c r="AL273" s="50"/>
     </row>
-    <row r="274" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="274" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A274" s="27">
         <v>268</v>
       </c>
       <c r="B274" s="28" t="s">
-        <v>2346</v>
+        <v>2087</v>
       </c>
       <c r="C274" s="29">
-        <v>40203662208</v>
+        <v>40203679859</v>
       </c>
       <c r="D274" s="28" t="s">
-        <v>1732</v>
-[...2 lines deleted...]
-        <v>2347</v>
+        <v>2092</v>
+      </c>
+      <c r="E274" s="33">
+        <v>29377883</v>
       </c>
       <c r="F274" s="28" t="s">
-        <v>2348</v>
+        <v>2093</v>
       </c>
       <c r="G274" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H274" s="28" t="s">
-        <v>2349</v>
+        <v>2102</v>
       </c>
       <c r="I274" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L274" s="28" t="s">
-        <v>1025</v>
+        <v>990</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>2230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1824</v>
+      </c>
+      <c r="N274" s="30"/>
       <c r="O274" s="5" t="s">
-        <v>2350</v>
+        <v>711</v>
       </c>
       <c r="P274" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q274" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R274" s="35" t="s">
-        <v>2351</v>
+        <v>1116</v>
       </c>
       <c r="S274" s="36" t="s">
-        <v>2352</v>
+        <v>2112</v>
       </c>
       <c r="T274" s="28"/>
       <c r="U274" s="28"/>
       <c r="V274" s="28"/>
       <c r="W274" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X274" s="29" t="s">
-        <v>2353</v>
+        <v>2113</v>
       </c>
       <c r="Y274" s="32">
         <v>45954</v>
       </c>
       <c r="Z274" s="37">
         <v>45958</v>
       </c>
       <c r="AA274" s="28"/>
       <c r="AB274" s="29"/>
       <c r="AC274" s="37"/>
       <c r="AD274" s="37"/>
       <c r="AE274" s="38"/>
       <c r="AF274" s="39"/>
       <c r="AG274" s="40"/>
       <c r="AH274" s="39"/>
       <c r="AI274" s="40"/>
       <c r="AJ274" s="39"/>
       <c r="AK274" s="47"/>
       <c r="AL274" s="50"/>
     </row>
-    <row r="275" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="275" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A275" s="27">
         <v>269</v>
       </c>
       <c r="B275" s="28" t="s">
-        <v>2354</v>
+        <v>2088</v>
       </c>
       <c r="C275" s="29">
-        <v>40203679859</v>
+        <v>40203682577</v>
       </c>
       <c r="D275" s="28" t="s">
-        <v>2359</v>
-[...2 lines deleted...]
-        <v>2360</v>
+        <v>2094</v>
+      </c>
+      <c r="E275" s="33">
+        <v>25676389</v>
       </c>
       <c r="F275" s="28" t="s">
-        <v>2361</v>
+        <v>2095</v>
       </c>
       <c r="G275" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H275" s="28" t="s">
-        <v>2374</v>
+        <v>2094</v>
       </c>
       <c r="I275" s="30" t="s">
-        <v>878</v>
+        <v>2103</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>878</v>
+        <v>718</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>878</v>
+        <v>719</v>
       </c>
       <c r="L275" s="28" t="s">
-        <v>1169</v>
+        <v>703</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>2056</v>
-[...1 lines deleted...]
-      <c r="N275" s="30"/>
+        <v>704</v>
+      </c>
+      <c r="N275" s="30" t="s">
+        <v>846</v>
+      </c>
       <c r="O275" s="5" t="s">
-        <v>887</v>
+        <v>1977</v>
       </c>
       <c r="P275" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q275" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R275" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S275" s="36" t="s">
-        <v>2384</v>
+        <v>2114</v>
       </c>
       <c r="T275" s="28"/>
       <c r="U275" s="28"/>
       <c r="V275" s="28"/>
       <c r="W275" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X275" s="29" t="s">
-        <v>2385</v>
+        <v>2115</v>
       </c>
       <c r="Y275" s="32">
         <v>45954</v>
       </c>
       <c r="Z275" s="37">
         <v>45958</v>
       </c>
       <c r="AA275" s="28"/>
       <c r="AB275" s="29"/>
       <c r="AC275" s="37"/>
       <c r="AD275" s="37"/>
       <c r="AE275" s="38"/>
       <c r="AF275" s="39"/>
       <c r="AG275" s="40"/>
       <c r="AH275" s="39"/>
       <c r="AI275" s="40"/>
       <c r="AJ275" s="39"/>
       <c r="AK275" s="47"/>
       <c r="AL275" s="50"/>
     </row>
-    <row r="276" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="276" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A276" s="27">
         <v>270</v>
       </c>
       <c r="B276" s="28" t="s">
-        <v>2355</v>
+        <v>2089</v>
       </c>
       <c r="C276" s="29">
-        <v>40203682577</v>
+        <v>40203574704</v>
       </c>
       <c r="D276" s="28" t="s">
-        <v>2362</v>
-[...2 lines deleted...]
-        <v>2363</v>
+        <v>2096</v>
+      </c>
+      <c r="E276" s="33">
+        <v>25505477</v>
       </c>
       <c r="F276" s="28" t="s">
-        <v>2364</v>
+        <v>2097</v>
       </c>
       <c r="G276" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H276" s="28" t="s">
-        <v>2362</v>
+        <v>2104</v>
       </c>
       <c r="I276" s="30" t="s">
-        <v>2375</v>
+        <v>702</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>894</v>
+        <v>702</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L276" s="28" t="s">
-        <v>879</v>
+        <v>2105</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>2106</v>
+      </c>
+      <c r="N276" s="30"/>
       <c r="O276" s="5" t="s">
-        <v>2230</v>
+        <v>711</v>
       </c>
       <c r="P276" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q276" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R276" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S276" s="36" t="s">
-        <v>2386</v>
+        <v>2116</v>
       </c>
       <c r="T276" s="28"/>
       <c r="U276" s="28"/>
       <c r="V276" s="28"/>
       <c r="W276" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X276" s="29" t="s">
-        <v>2387</v>
+        <v>2117</v>
       </c>
       <c r="Y276" s="32">
         <v>45954</v>
       </c>
       <c r="Z276" s="37">
         <v>45958</v>
       </c>
       <c r="AA276" s="28"/>
       <c r="AB276" s="29"/>
       <c r="AC276" s="37"/>
       <c r="AD276" s="37"/>
       <c r="AE276" s="38"/>
       <c r="AF276" s="39"/>
       <c r="AG276" s="40"/>
       <c r="AH276" s="39"/>
       <c r="AI276" s="40"/>
       <c r="AJ276" s="39"/>
       <c r="AK276" s="47"/>
       <c r="AL276" s="50"/>
     </row>
-    <row r="277" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="277" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A277" s="27">
         <v>271</v>
       </c>
       <c r="B277" s="28" t="s">
-        <v>2356</v>
+        <v>2090</v>
       </c>
       <c r="C277" s="29">
-        <v>40203574704</v>
+        <v>40103469655</v>
       </c>
       <c r="D277" s="28" t="s">
-        <v>2365</v>
-[...2 lines deleted...]
-        <v>2366</v>
+        <v>2098</v>
+      </c>
+      <c r="E277" s="33">
+        <v>29684803</v>
       </c>
       <c r="F277" s="28" t="s">
-        <v>2367</v>
+        <v>2099</v>
       </c>
       <c r="G277" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H277" s="28" t="s">
-        <v>2376</v>
+        <v>2107</v>
       </c>
       <c r="I277" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L277" s="28" t="s">
-        <v>2377</v>
+        <v>724</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>2378</v>
-[...1 lines deleted...]
-      <c r="N277" s="30"/>
+        <v>2108</v>
+      </c>
+      <c r="N277" s="30" t="s">
+        <v>710</v>
+      </c>
       <c r="O277" s="5" t="s">
-        <v>887</v>
+        <v>706</v>
       </c>
       <c r="P277" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q277" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R277" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S277" s="36" t="s">
-        <v>2388</v>
+        <v>2118</v>
       </c>
       <c r="T277" s="28"/>
       <c r="U277" s="28"/>
       <c r="V277" s="28"/>
       <c r="W277" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X277" s="29" t="s">
-        <v>2389</v>
+        <v>2119</v>
       </c>
       <c r="Y277" s="32">
-        <v>45954</v>
+        <v>45973</v>
       </c>
       <c r="Z277" s="37">
-        <v>45958</v>
+        <v>45975</v>
       </c>
       <c r="AA277" s="28"/>
       <c r="AB277" s="29"/>
       <c r="AC277" s="37"/>
       <c r="AD277" s="37"/>
       <c r="AE277" s="38"/>
       <c r="AF277" s="39"/>
       <c r="AG277" s="40"/>
       <c r="AH277" s="39"/>
       <c r="AI277" s="40"/>
       <c r="AJ277" s="39"/>
       <c r="AK277" s="47"/>
       <c r="AL277" s="50"/>
     </row>
-    <row r="278" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="278" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A278" s="27">
         <v>272</v>
       </c>
       <c r="B278" s="28" t="s">
-        <v>2357</v>
+        <v>2091</v>
       </c>
       <c r="C278" s="29">
-        <v>40103469655</v>
+        <v>40203210965</v>
       </c>
       <c r="D278" s="28" t="s">
-        <v>2368</v>
-[...2 lines deleted...]
-        <v>2369</v>
+        <v>2100</v>
+      </c>
+      <c r="E278" s="33">
+        <v>20007077</v>
       </c>
       <c r="F278" s="28" t="s">
-        <v>2370</v>
+        <v>2101</v>
       </c>
       <c r="G278" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H278" s="28" t="s">
-        <v>2379</v>
+        <v>2100</v>
       </c>
       <c r="I278" s="30" t="s">
-        <v>878</v>
+        <v>2109</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>878</v>
+        <v>2110</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L278" s="28" t="s">
-        <v>900</v>
+        <v>1478</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>2380</v>
+        <v>2111</v>
       </c>
       <c r="N278" s="30" t="s">
-        <v>886</v>
+        <v>710</v>
       </c>
       <c r="O278" s="5" t="s">
-        <v>882</v>
+        <v>706</v>
       </c>
       <c r="P278" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q278" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R278" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S278" s="36" t="s">
-        <v>2390</v>
+        <v>2120</v>
       </c>
       <c r="T278" s="28"/>
       <c r="U278" s="28"/>
       <c r="V278" s="28"/>
       <c r="W278" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X278" s="29" t="s">
-        <v>2391</v>
+        <v>2121</v>
       </c>
       <c r="Y278" s="32">
         <v>45973</v>
       </c>
       <c r="Z278" s="37">
         <v>45975</v>
       </c>
       <c r="AA278" s="28"/>
       <c r="AB278" s="29"/>
       <c r="AC278" s="37"/>
       <c r="AD278" s="37"/>
       <c r="AE278" s="38"/>
       <c r="AF278" s="39"/>
       <c r="AG278" s="40"/>
       <c r="AH278" s="39"/>
       <c r="AI278" s="40"/>
       <c r="AJ278" s="39"/>
       <c r="AK278" s="47"/>
       <c r="AL278" s="50"/>
     </row>
-    <row r="279" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="279" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A279" s="27">
         <v>273</v>
       </c>
       <c r="B279" s="28" t="s">
-        <v>2358</v>
+        <v>2122</v>
       </c>
       <c r="C279" s="29">
-        <v>40203210965</v>
+        <v>40203659833</v>
       </c>
       <c r="D279" s="28" t="s">
-        <v>2371</v>
-[...2 lines deleted...]
-        <v>2372</v>
+        <v>2126</v>
+      </c>
+      <c r="E279" s="33">
+        <v>25583552</v>
       </c>
       <c r="F279" s="28" t="s">
-        <v>2373</v>
+        <v>2127</v>
       </c>
       <c r="G279" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H279" s="28" t="s">
-        <v>2371</v>
+        <v>2136</v>
       </c>
       <c r="I279" s="30" t="s">
-        <v>2381</v>
+        <v>909</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>2382</v>
+        <v>910</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>959</v>
+        <v>719</v>
       </c>
       <c r="L279" s="28" t="s">
-        <v>1666</v>
+        <v>791</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>2383</v>
+        <v>792</v>
       </c>
       <c r="N279" s="30" t="s">
-        <v>886</v>
+        <v>911</v>
       </c>
       <c r="O279" s="5" t="s">
-        <v>882</v>
+        <v>912</v>
       </c>
       <c r="P279" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q279" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R279" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S279" s="36" t="s">
-        <v>2392</v>
+        <v>2141</v>
       </c>
       <c r="T279" s="28"/>
       <c r="U279" s="28"/>
       <c r="V279" s="28"/>
       <c r="W279" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X279" s="29" t="s">
-        <v>2393</v>
+        <v>2142</v>
       </c>
       <c r="Y279" s="32">
         <v>45973</v>
       </c>
       <c r="Z279" s="37">
         <v>45975</v>
       </c>
       <c r="AA279" s="28"/>
       <c r="AB279" s="29"/>
       <c r="AC279" s="37"/>
       <c r="AD279" s="37"/>
       <c r="AE279" s="38"/>
       <c r="AF279" s="39"/>
       <c r="AG279" s="40"/>
       <c r="AH279" s="39"/>
       <c r="AI279" s="40"/>
       <c r="AJ279" s="39"/>
       <c r="AK279" s="47"/>
       <c r="AL279" s="50"/>
     </row>
-    <row r="280" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="280" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A280" s="27">
         <v>274</v>
       </c>
       <c r="B280" s="28" t="s">
-        <v>2394</v>
+        <v>2123</v>
       </c>
       <c r="C280" s="29">
-        <v>40203659833</v>
+        <v>40203678073</v>
       </c>
       <c r="D280" s="28" t="s">
-        <v>2398</v>
-[...2 lines deleted...]
-        <v>2399</v>
+        <v>2128</v>
+      </c>
+      <c r="E280" s="33">
+        <v>20525611</v>
       </c>
       <c r="F280" s="28" t="s">
-        <v>2400</v>
+        <v>2129</v>
       </c>
       <c r="G280" s="34" t="s">
-        <v>234</v>
+        <v>2130</v>
       </c>
       <c r="H280" s="28" t="s">
-        <v>2410</v>
+        <v>2128</v>
       </c>
       <c r="I280" s="30" t="s">
-        <v>1088</v>
+        <v>702</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1089</v>
+        <v>702</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>895</v>
+        <v>702</v>
       </c>
       <c r="L280" s="28" t="s">
-        <v>970</v>
+        <v>703</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>971</v>
+        <v>704</v>
       </c>
       <c r="N280" s="30" t="s">
-        <v>1090</v>
+        <v>710</v>
       </c>
       <c r="O280" s="5" t="s">
-        <v>1091</v>
+        <v>706</v>
       </c>
       <c r="P280" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q280" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R280" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S280" s="36" t="s">
-        <v>2416</v>
+        <v>2143</v>
       </c>
       <c r="T280" s="28"/>
       <c r="U280" s="28"/>
       <c r="V280" s="28"/>
       <c r="W280" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X280" s="29" t="s">
-        <v>2417</v>
+        <v>2144</v>
       </c>
       <c r="Y280" s="32">
         <v>45973</v>
       </c>
       <c r="Z280" s="37">
         <v>45975</v>
       </c>
       <c r="AA280" s="28"/>
       <c r="AB280" s="29"/>
       <c r="AC280" s="37"/>
       <c r="AD280" s="37"/>
       <c r="AE280" s="38"/>
       <c r="AF280" s="39"/>
       <c r="AG280" s="40"/>
       <c r="AH280" s="39"/>
       <c r="AI280" s="40"/>
       <c r="AJ280" s="39"/>
       <c r="AK280" s="47"/>
       <c r="AL280" s="50"/>
     </row>
-    <row r="281" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="281" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A281" s="27">
         <v>275</v>
       </c>
       <c r="B281" s="28" t="s">
-        <v>2395</v>
+        <v>2124</v>
       </c>
       <c r="C281" s="29">
-        <v>40203678073</v>
+        <v>40203691692</v>
       </c>
       <c r="D281" s="28" t="s">
-        <v>2401</v>
-[...2 lines deleted...]
-        <v>2402</v>
+        <v>2131</v>
+      </c>
+      <c r="E281" s="33">
+        <v>26371923</v>
       </c>
       <c r="F281" s="28" t="s">
-        <v>2403</v>
+        <v>2132</v>
       </c>
       <c r="G281" s="34" t="s">
-        <v>2404</v>
+        <v>231</v>
       </c>
       <c r="H281" s="28" t="s">
-        <v>2401</v>
+        <v>2131</v>
       </c>
       <c r="I281" s="30" t="s">
-        <v>878</v>
+        <v>2137</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>878</v>
+        <v>779</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L281" s="28" t="s">
-        <v>879</v>
+        <v>2138</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>880</v>
+        <v>2139</v>
       </c>
       <c r="N281" s="30" t="s">
-        <v>886</v>
+        <v>726</v>
       </c>
       <c r="O281" s="5" t="s">
-        <v>882</v>
+        <v>727</v>
       </c>
       <c r="P281" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="Q281" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R281" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S281" s="36" t="s">
-        <v>2418</v>
+        <v>2145</v>
       </c>
       <c r="T281" s="28"/>
       <c r="U281" s="28"/>
       <c r="V281" s="28"/>
       <c r="W281" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X281" s="29" t="s">
-        <v>2419</v>
+        <v>2146</v>
       </c>
       <c r="Y281" s="32">
-        <v>45973</v>
+        <v>45999</v>
       </c>
       <c r="Z281" s="37">
-        <v>45975</v>
+        <v>46001</v>
       </c>
       <c r="AA281" s="28"/>
       <c r="AB281" s="29"/>
       <c r="AC281" s="37"/>
       <c r="AD281" s="37"/>
       <c r="AE281" s="38"/>
       <c r="AF281" s="39"/>
       <c r="AG281" s="40"/>
       <c r="AH281" s="39"/>
       <c r="AI281" s="40"/>
       <c r="AJ281" s="39"/>
       <c r="AK281" s="47"/>
       <c r="AL281" s="50"/>
     </row>
-    <row r="282" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="282" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A282" s="27">
         <v>276</v>
       </c>
       <c r="B282" s="28" t="s">
-        <v>2396</v>
+        <v>2125</v>
       </c>
       <c r="C282" s="29">
-        <v>40203691692</v>
+        <v>50203429951</v>
       </c>
       <c r="D282" s="28" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>2133</v>
+      </c>
+      <c r="E282" s="33">
+        <v>20072112</v>
       </c>
       <c r="F282" s="28" t="s">
-        <v>2405</v>
+        <v>2134</v>
       </c>
       <c r="G282" s="34" t="s">
-        <v>234</v>
+        <v>2135</v>
       </c>
       <c r="H282" s="28" t="s">
-        <v>2411</v>
+        <v>2140</v>
       </c>
       <c r="I282" s="30" t="s">
-        <v>2412</v>
+        <v>888</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>958</v>
+        <v>811</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>959</v>
+        <v>786</v>
       </c>
       <c r="L282" s="28" t="s">
-        <v>2413</v>
+        <v>990</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>2414</v>
-[...3 lines deleted...]
-      </c>
+        <v>1824</v>
+      </c>
+      <c r="N282" s="30"/>
       <c r="O282" s="5" t="s">
-        <v>903</v>
+        <v>711</v>
       </c>
       <c r="P282" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="Q282" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R282" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S282" s="36" t="s">
-        <v>2420</v>
+        <v>2147</v>
       </c>
       <c r="T282" s="28"/>
       <c r="U282" s="28"/>
       <c r="V282" s="28"/>
       <c r="W282" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X282" s="29" t="s">
-        <v>2421</v>
+        <v>2148</v>
       </c>
       <c r="Y282" s="32">
         <v>45999</v>
       </c>
       <c r="Z282" s="37">
         <v>46001</v>
       </c>
       <c r="AA282" s="28"/>
       <c r="AB282" s="29"/>
       <c r="AC282" s="37"/>
       <c r="AD282" s="37"/>
       <c r="AE282" s="38"/>
       <c r="AF282" s="39"/>
       <c r="AG282" s="40"/>
       <c r="AH282" s="39"/>
       <c r="AI282" s="40"/>
       <c r="AJ282" s="39"/>
       <c r="AK282" s="47"/>
       <c r="AL282" s="50"/>
     </row>
-    <row r="283" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="283" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A283" s="27">
         <v>277</v>
       </c>
       <c r="B283" s="28" t="s">
-        <v>2397</v>
+        <v>2149</v>
       </c>
       <c r="C283" s="29">
-        <v>50203429951</v>
+        <v>40203510506</v>
       </c>
       <c r="D283" s="28" t="s">
-        <v>2406</v>
-[...2 lines deleted...]
-        <v>2407</v>
+        <v>2157</v>
+      </c>
+      <c r="E283" s="33">
+        <v>20366479</v>
       </c>
       <c r="F283" s="28" t="s">
-        <v>2408</v>
+        <v>2158</v>
       </c>
       <c r="G283" s="34" t="s">
-        <v>2409</v>
+        <v>2159</v>
       </c>
       <c r="H283" s="28" t="s">
-        <v>2415</v>
+        <v>2157</v>
       </c>
       <c r="I283" s="30" t="s">
-        <v>1067</v>
+        <v>702</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>990</v>
+        <v>702</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>965</v>
+        <v>702</v>
       </c>
       <c r="L283" s="28" t="s">
-        <v>1169</v>
+        <v>2180</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>2056</v>
-[...1 lines deleted...]
-      <c r="N283" s="30"/>
+        <v>2181</v>
+      </c>
+      <c r="N283" s="30" t="s">
+        <v>2182</v>
+      </c>
       <c r="O283" s="5" t="s">
-        <v>887</v>
+        <v>2183</v>
       </c>
       <c r="P283" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q283" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="R283" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="S283" s="36" t="s">
-        <v>2422</v>
+        <v>2193</v>
       </c>
       <c r="T283" s="28"/>
       <c r="U283" s="28"/>
       <c r="V283" s="28"/>
       <c r="W283" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X283" s="29" t="s">
-        <v>2423</v>
+        <v>2194</v>
       </c>
       <c r="Y283" s="32">
-        <v>45999</v>
+        <v>46014</v>
       </c>
       <c r="Z283" s="37">
-        <v>46001</v>
+        <v>46021</v>
       </c>
       <c r="AA283" s="28"/>
       <c r="AB283" s="29"/>
       <c r="AC283" s="37"/>
       <c r="AD283" s="37"/>
       <c r="AE283" s="38"/>
       <c r="AF283" s="39"/>
       <c r="AG283" s="40"/>
       <c r="AH283" s="39"/>
       <c r="AI283" s="40"/>
       <c r="AJ283" s="39"/>
       <c r="AK283" s="47"/>
       <c r="AL283" s="50"/>
     </row>
-    <row r="284" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="284" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A284" s="27">
         <v>278</v>
       </c>
       <c r="B284" s="28" t="s">
-        <v>2424</v>
+        <v>2150</v>
       </c>
       <c r="C284" s="29">
-        <v>40203510506</v>
+        <v>40203582881</v>
       </c>
       <c r="D284" s="28" t="s">
-        <v>2428</v>
-[...2 lines deleted...]
-        <v>2429</v>
+        <v>2160</v>
+      </c>
+      <c r="E284" s="33">
+        <v>26530776</v>
       </c>
       <c r="F284" s="28" t="s">
-        <v>2430</v>
+        <v>2161</v>
       </c>
       <c r="G284" s="34" t="s">
-        <v>2431</v>
+        <v>2162</v>
       </c>
       <c r="H284" s="28" t="s">
-        <v>2428</v>
+        <v>2184</v>
       </c>
       <c r="I284" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L284" s="28" t="s">
-        <v>2443</v>
+        <v>841</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>2444</v>
+        <v>842</v>
       </c>
       <c r="N284" s="30" t="s">
-        <v>2445</v>
+        <v>846</v>
       </c>
       <c r="O284" s="5" t="s">
-        <v>2446</v>
+        <v>1977</v>
       </c>
       <c r="P284" s="35" t="s">
-        <v>1296</v>
+        <v>2195</v>
       </c>
       <c r="Q284" s="35" t="s">
-        <v>1296</v>
+        <v>1117</v>
       </c>
       <c r="R284" s="35" t="s">
-        <v>1297</v>
+        <v>1116</v>
       </c>
       <c r="S284" s="36" t="s">
-        <v>2448</v>
+        <v>2196</v>
       </c>
       <c r="T284" s="28"/>
       <c r="U284" s="28"/>
       <c r="V284" s="28"/>
       <c r="W284" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X284" s="29" t="s">
-        <v>2449</v>
+        <v>2197</v>
       </c>
       <c r="Y284" s="32">
         <v>46014</v>
       </c>
       <c r="Z284" s="37">
         <v>46021</v>
       </c>
       <c r="AA284" s="28"/>
       <c r="AB284" s="29"/>
       <c r="AC284" s="37"/>
       <c r="AD284" s="37"/>
       <c r="AE284" s="38"/>
       <c r="AF284" s="39"/>
       <c r="AG284" s="40"/>
       <c r="AH284" s="39"/>
       <c r="AI284" s="40"/>
       <c r="AJ284" s="39"/>
       <c r="AK284" s="47"/>
       <c r="AL284" s="50"/>
     </row>
-    <row r="285" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="285" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A285" s="27">
         <v>279</v>
       </c>
       <c r="B285" s="28" t="s">
-        <v>2425</v>
+        <v>2151</v>
       </c>
       <c r="C285" s="29">
-        <v>40203582881</v>
+        <v>40203460309</v>
       </c>
       <c r="D285" s="28" t="s">
-        <v>2432</v>
-[...2 lines deleted...]
-        <v>2433</v>
+        <v>2163</v>
+      </c>
+      <c r="E285" s="33">
+        <v>29996474</v>
       </c>
       <c r="F285" s="28" t="s">
-        <v>2434</v>
+        <v>2164</v>
       </c>
       <c r="G285" s="34" t="s">
-        <v>2435</v>
+        <v>2165</v>
       </c>
       <c r="H285" s="28" t="s">
-        <v>2447</v>
+        <v>2163</v>
       </c>
       <c r="I285" s="30" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>878</v>
+        <v>799</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>878</v>
+        <v>780</v>
       </c>
       <c r="L285" s="28" t="s">
-        <v>1020</v>
+        <v>710</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1021</v>
+        <v>706</v>
       </c>
       <c r="N285" s="30" t="s">
-        <v>1025</v>
+        <v>703</v>
       </c>
       <c r="O285" s="5" t="s">
-        <v>2230</v>
+        <v>704</v>
       </c>
       <c r="P285" s="35" t="s">
-        <v>2450</v>
+        <v>1116</v>
       </c>
       <c r="Q285" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R285" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S285" s="36" t="s">
-        <v>2451</v>
+        <v>2198</v>
       </c>
       <c r="T285" s="28"/>
       <c r="U285" s="28"/>
       <c r="V285" s="28"/>
       <c r="W285" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X285" s="29" t="s">
-        <v>2452</v>
+        <v>2199</v>
       </c>
       <c r="Y285" s="32">
         <v>46014</v>
       </c>
       <c r="Z285" s="37">
         <v>46021</v>
       </c>
       <c r="AA285" s="28"/>
       <c r="AB285" s="29"/>
       <c r="AC285" s="37"/>
       <c r="AD285" s="37"/>
       <c r="AE285" s="38"/>
       <c r="AF285" s="39"/>
       <c r="AG285" s="40"/>
       <c r="AH285" s="39"/>
       <c r="AI285" s="40"/>
       <c r="AJ285" s="39"/>
       <c r="AK285" s="47"/>
       <c r="AL285" s="50"/>
     </row>
-    <row r="286" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="286" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A286" s="27">
         <v>280</v>
       </c>
       <c r="B286" s="28" t="s">
-        <v>2426</v>
+        <v>2152</v>
       </c>
       <c r="C286" s="29">
-        <v>40203460309</v>
+        <v>40203669314</v>
       </c>
       <c r="D286" s="28" t="s">
-        <v>2436</v>
-[...2 lines deleted...]
-        <v>2437</v>
+        <v>2166</v>
+      </c>
+      <c r="E286" s="33">
+        <v>29118830</v>
       </c>
       <c r="F286" s="28" t="s">
-        <v>2438</v>
+        <v>2167</v>
       </c>
       <c r="G286" s="34" t="s">
-        <v>2439</v>
+        <v>231</v>
       </c>
       <c r="H286" s="28" t="s">
-        <v>2436</v>
+        <v>2054</v>
       </c>
       <c r="I286" s="30" t="s">
-        <v>1054</v>
+        <v>702</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>978</v>
+        <v>702</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>959</v>
+        <v>702</v>
       </c>
       <c r="L286" s="28" t="s">
-        <v>886</v>
+        <v>703</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="N286" s="30"/>
       <c r="O286" s="5" t="s">
-        <v>880</v>
+        <v>711</v>
       </c>
       <c r="P286" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q286" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R286" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="S286" s="36" t="s">
-        <v>2453</v>
+        <v>2200</v>
       </c>
       <c r="T286" s="28"/>
       <c r="U286" s="28"/>
       <c r="V286" s="28"/>
       <c r="W286" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X286" s="29" t="s">
-        <v>2454</v>
+        <v>2201</v>
       </c>
       <c r="Y286" s="32">
         <v>46014</v>
       </c>
       <c r="Z286" s="37">
         <v>46021</v>
       </c>
       <c r="AA286" s="28"/>
       <c r="AB286" s="29"/>
       <c r="AC286" s="37"/>
       <c r="AD286" s="37"/>
       <c r="AE286" s="38"/>
       <c r="AF286" s="39"/>
       <c r="AG286" s="40"/>
       <c r="AH286" s="39"/>
       <c r="AI286" s="40"/>
       <c r="AJ286" s="39"/>
       <c r="AK286" s="47"/>
       <c r="AL286" s="50"/>
     </row>
-    <row r="287" spans="1:38" s="5" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="287" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A287" s="27">
         <v>281</v>
       </c>
       <c r="B287" s="28" t="s">
-        <v>2427</v>
+        <v>2153</v>
       </c>
       <c r="C287" s="29">
-        <v>40203669314</v>
+        <v>40203257025</v>
       </c>
       <c r="D287" s="28" t="s">
-        <v>2440</v>
-[...2 lines deleted...]
-        <v>2441</v>
+        <v>2168</v>
+      </c>
+      <c r="E287" s="33">
+        <v>28008803</v>
       </c>
       <c r="F287" s="28" t="s">
-        <v>2442</v>
+        <v>2169</v>
       </c>
       <c r="G287" s="34" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H287" s="28" t="s">
-        <v>2318</v>
+        <v>2168</v>
       </c>
       <c r="I287" s="30" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="J287" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>878</v>
+        <v>702</v>
       </c>
       <c r="L287" s="28" t="s">
-        <v>879</v>
+        <v>940</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>880</v>
-[...1 lines deleted...]
-      <c r="N287" s="30"/>
+        <v>2185</v>
+      </c>
+      <c r="N287" s="30" t="s">
+        <v>724</v>
+      </c>
       <c r="O287" s="5" t="s">
-        <v>887</v>
+        <v>2108</v>
       </c>
       <c r="P287" s="35" t="s">
-        <v>1296</v>
+        <v>1116</v>
       </c>
       <c r="Q287" s="35" t="s">
-        <v>1297</v>
+        <v>1117</v>
       </c>
       <c r="R287" s="35" t="s">
-        <v>1296</v>
+        <v>2195</v>
       </c>
       <c r="S287" s="36" t="s">
-        <v>2455</v>
+        <v>2202</v>
       </c>
       <c r="T287" s="28"/>
       <c r="U287" s="28"/>
       <c r="V287" s="28"/>
       <c r="W287" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="X287" s="29" t="s">
-        <v>2456</v>
+        <v>1756</v>
       </c>
       <c r="Y287" s="32">
-        <v>46014</v>
+        <v>46044</v>
       </c>
       <c r="Z287" s="37">
-        <v>46021</v>
+        <v>46048</v>
       </c>
       <c r="AA287" s="28"/>
       <c r="AB287" s="29"/>
       <c r="AC287" s="37"/>
       <c r="AD287" s="37"/>
       <c r="AE287" s="38"/>
       <c r="AF287" s="39"/>
       <c r="AG287" s="40"/>
       <c r="AH287" s="39"/>
       <c r="AI287" s="40"/>
       <c r="AJ287" s="39"/>
       <c r="AK287" s="47"/>
       <c r="AL287" s="50"/>
     </row>
-    <row r="288" spans="1:38" x14ac:dyDescent="0.25"/>
-[...4 lines deleted...]
-    <row r="293" x14ac:dyDescent="0.25"/>
+    <row r="288" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="27">
+        <v>282</v>
+      </c>
+      <c r="B288" s="28" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C288" s="29">
+        <v>41203072731</v>
+      </c>
+      <c r="D288" s="28" t="s">
+        <v>2170</v>
+      </c>
+      <c r="E288" s="33">
+        <v>25991499</v>
+      </c>
+      <c r="F288" s="28" t="s">
+        <v>2171</v>
+      </c>
+      <c r="G288" s="34" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H288" s="28" t="s">
+        <v>2186</v>
+      </c>
+      <c r="I288" s="30" t="s">
+        <v>702</v>
+      </c>
+      <c r="J288" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="K288" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="L288" s="28" t="s">
+        <v>710</v>
+      </c>
+      <c r="M288" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="N288" s="30" t="s">
+        <v>2187</v>
+      </c>
+      <c r="O288" s="5" t="s">
+        <v>2188</v>
+      </c>
+      <c r="P288" s="35" t="s">
+        <v>1116</v>
+      </c>
+      <c r="Q288" s="35" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R288" s="35" t="s">
+        <v>2195</v>
+      </c>
+      <c r="S288" s="36" t="s">
+        <v>2203</v>
+      </c>
+      <c r="T288" s="28"/>
+      <c r="U288" s="28"/>
+      <c r="V288" s="28"/>
+      <c r="W288" s="28" t="s">
+        <v>1119</v>
+      </c>
+      <c r="X288" s="29" t="s">
+        <v>2204</v>
+      </c>
+      <c r="Y288" s="32">
+        <v>46044</v>
+      </c>
+      <c r="Z288" s="37">
+        <v>46048</v>
+      </c>
+      <c r="AA288" s="28"/>
+      <c r="AB288" s="29"/>
+      <c r="AC288" s="37"/>
+      <c r="AD288" s="37"/>
+      <c r="AE288" s="38"/>
+      <c r="AF288" s="39"/>
+      <c r="AG288" s="40"/>
+      <c r="AH288" s="39"/>
+      <c r="AI288" s="40"/>
+      <c r="AJ288" s="39"/>
+      <c r="AK288" s="47"/>
+      <c r="AL288" s="50"/>
+    </row>
+    <row r="289" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="27">
+        <v>283</v>
+      </c>
+      <c r="B289" s="28" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C289" s="29">
+        <v>40103481925</v>
+      </c>
+      <c r="D289" s="28" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E289" s="33">
+        <v>22536000</v>
+      </c>
+      <c r="F289" s="28" t="s">
+        <v>2174</v>
+      </c>
+      <c r="G289" s="34" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H289" s="28" t="s">
+        <v>2189</v>
+      </c>
+      <c r="I289" s="30" t="s">
+        <v>702</v>
+      </c>
+      <c r="J289" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="K289" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="L289" s="28" t="s">
+        <v>724</v>
+      </c>
+      <c r="M289" s="5" t="s">
+        <v>2108</v>
+      </c>
+      <c r="N289" s="30" t="s">
+        <v>710</v>
+      </c>
+      <c r="O289" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="P289" s="35" t="s">
+        <v>1116</v>
+      </c>
+      <c r="Q289" s="35" t="s">
+        <v>1117</v>
+      </c>
+      <c r="R289" s="35" t="s">
+        <v>2195</v>
+      </c>
+      <c r="S289" s="36" t="s">
+        <v>2205</v>
+      </c>
+      <c r="T289" s="28"/>
+      <c r="U289" s="28"/>
+      <c r="V289" s="28"/>
+      <c r="W289" s="28" t="s">
+        <v>1119</v>
+      </c>
+      <c r="X289" s="29" t="s">
+        <v>1453</v>
+      </c>
+      <c r="Y289" s="32">
+        <v>46044</v>
+      </c>
+      <c r="Z289" s="37">
+        <v>46048</v>
+      </c>
+      <c r="AA289" s="28"/>
+      <c r="AB289" s="29"/>
+      <c r="AC289" s="37"/>
+      <c r="AD289" s="37"/>
+      <c r="AE289" s="38"/>
+      <c r="AF289" s="39"/>
+      <c r="AG289" s="40"/>
+      <c r="AH289" s="39"/>
+      <c r="AI289" s="40"/>
+      <c r="AJ289" s="39"/>
+      <c r="AK289" s="47"/>
+      <c r="AL289" s="50"/>
+    </row>
+    <row r="290" spans="1:38" s="5" customFormat="1" ht="120" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="27">
+        <v>284</v>
+      </c>
+      <c r="B290" s="28" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C290" s="29">
+        <v>40203276365</v>
+      </c>
+      <c r="D290" s="28" t="s">
+        <v>2176</v>
+      </c>
+      <c r="E290" s="33" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F290" s="28" t="s">
+        <v>2178</v>
+      </c>
+      <c r="G290" s="34" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H290" s="28" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I290" s="30" t="s">
+        <v>2190</v>
+      </c>
+      <c r="J290" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K290" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="L290" s="28" t="s">
+        <v>2191</v>
+      </c>
+      <c r="M290" s="5" t="s">
+        <v>2192</v>
+      </c>
+      <c r="N290" s="30" t="s">
+        <v>2036</v>
+      </c>
+      <c r="O290" s="5" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P290" s="35" t="s">
+        <v>1117</v>
+      </c>
+      <c r="Q290" s="35" t="s">
+        <v>1116</v>
+      </c>
+      <c r="R290" s="35" t="s">
+        <v>1116</v>
+      </c>
+      <c r="S290" s="36" t="s">
+        <v>2206</v>
+      </c>
+      <c r="T290" s="28"/>
+      <c r="U290" s="28"/>
+      <c r="V290" s="28"/>
+      <c r="W290" s="28" t="s">
+        <v>1119</v>
+      </c>
+      <c r="X290" s="29" t="s">
+        <v>1260</v>
+      </c>
+      <c r="Y290" s="32">
+        <v>46044</v>
+      </c>
+      <c r="Z290" s="37">
+        <v>46048</v>
+      </c>
+      <c r="AA290" s="28"/>
+      <c r="AB290" s="29"/>
+      <c r="AC290" s="37"/>
+      <c r="AD290" s="37"/>
+      <c r="AE290" s="38"/>
+      <c r="AF290" s="39"/>
+      <c r="AG290" s="40"/>
+      <c r="AH290" s="39"/>
+      <c r="AI290" s="40"/>
+      <c r="AJ290" s="39"/>
+      <c r="AK290" s="47"/>
+      <c r="AL290" s="50"/>
+    </row>
+    <row r="291" spans="1:38" ht="21.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="292" spans="1:38" x14ac:dyDescent="0.25"/>
+    <row r="293" spans="1:38" x14ac:dyDescent="0.25"/>
+    <row r="294" spans="1:38" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <autoFilter ref="A6:AJ287" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A6:AJ290" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <mergeCells count="15">
     <mergeCell ref="AA4:AD4"/>
     <mergeCell ref="AE4:AF4"/>
     <mergeCell ref="AG4:AH4"/>
     <mergeCell ref="AI4:AJ4"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="L4:O4"/>
     <mergeCell ref="S4:S5"/>
     <mergeCell ref="T4:V4"/>
     <mergeCell ref="W4:Z4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.39370078740157483" top="0.6692913385826772" bottom="0.6692913385826772" header="0.27559055118110237" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="45" fitToWidth="2" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Regular"&amp;14Sociālo uzņēmumu reģistrs&amp;C&amp;"Arial,Regular"&amp;12&amp;P.lapa no &amp;N&amp;R&amp;"Arial,Regular"&amp;14&amp;D</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="18" max="284" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F721E8F-C309-40EC-9B78-F66707FE514E}">
   <dimension ref="A1:S160"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="50" workbookViewId="0">
       <pane xSplit="2" ySplit="6" topLeftCell="C7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="A7" sqref="A7:XFD115"/>
+      <selection pane="bottomRight" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.33203125" style="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.5546875" style="12" customWidth="1"/>
     <col min="3" max="3" width="15.44140625" style="12" customWidth="1"/>
     <col min="4" max="4" width="24.109375" style="12" customWidth="1"/>
     <col min="5" max="5" width="21.88671875" style="12" customWidth="1"/>
     <col min="6" max="6" width="16.88671875" style="66" customWidth="1"/>
     <col min="7" max="7" width="15.6640625" style="12" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="13.5546875" style="12" customWidth="1"/>
     <col min="9" max="9" width="20" style="12" customWidth="1"/>
     <col min="10" max="10" width="15.44140625" style="12" customWidth="1"/>
     <col min="11" max="11" width="15.109375" style="12" customWidth="1"/>
     <col min="12" max="12" width="14.33203125" style="12" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13.6640625" style="12" customWidth="1"/>
     <col min="14" max="14" width="15.109375" style="12" customWidth="1"/>
     <col min="15" max="15" width="14.33203125" style="12" customWidth="1"/>
     <col min="16" max="16" width="15" style="12" customWidth="1"/>
     <col min="17" max="17" width="14.5546875" style="12" customWidth="1"/>
     <col min="18" max="18" width="15" style="12" customWidth="1"/>
     <col min="19" max="19" width="15.44140625" style="12" customWidth="1"/>
     <col min="20" max="16384" width="9.44140625" style="12" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A1" s="55" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="68">
-        <f>COUNTA(B7:B115)</f>
-        <v>109</v>
+        <f>COUNTA(B7:B116)</f>
+        <v>110</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="57"/>
       <c r="S1" s="6"/>
     </row>
     <row r="2" spans="1:19" s="1" customFormat="1" ht="24.6" x14ac:dyDescent="0.4">
       <c r="A2" s="54" t="s">
         <v>41</v>
       </c>
       <c r="B2" s="67">
         <f>'Sociālie uzņēmumi'!B2</f>
-        <v>46021</v>
+        <v>46053</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="57"/>
       <c r="S2" s="7"/>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A3" s="58"/>
       <c r="B3" s="58"/>
       <c r="C3" s="59"/>
       <c r="E3" s="59"/>
       <c r="F3" s="57"/>
       <c r="S3" s="7"/>
     </row>
     <row r="4" spans="1:19" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="92" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="94" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="94" t="s">
         <v>4</v>
@@ -36258,4997 +35801,5038 @@
       <c r="M6" s="64">
         <v>13</v>
       </c>
       <c r="N6" s="64">
         <v>14</v>
       </c>
       <c r="O6" s="64">
         <v>15</v>
       </c>
       <c r="P6" s="64">
         <v>16</v>
       </c>
       <c r="Q6" s="64">
         <v>17</v>
       </c>
       <c r="R6" s="64">
         <v>18</v>
       </c>
       <c r="S6" s="11"/>
     </row>
     <row r="7" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="27">
         <v>1</v>
       </c>
       <c r="B7" s="28" t="s">
-        <v>2457</v>
+        <v>2207</v>
       </c>
       <c r="C7" s="29">
         <v>40103602630</v>
       </c>
       <c r="D7" s="28" t="s">
-        <v>2565</v>
+        <v>2316</v>
       </c>
       <c r="E7" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F7" s="29" t="s">
-        <v>1542</v>
+        <v>1361</v>
       </c>
       <c r="G7" s="32">
         <v>43243</v>
       </c>
       <c r="H7" s="37">
         <v>43250</v>
       </c>
       <c r="I7" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J7" s="29" t="s">
-        <v>2715</v>
+        <v>2466</v>
       </c>
       <c r="K7" s="37">
         <v>44123</v>
       </c>
       <c r="L7" s="37">
         <v>44125</v>
       </c>
       <c r="M7" s="38"/>
       <c r="N7" s="39"/>
       <c r="O7" s="40"/>
       <c r="P7" s="39"/>
       <c r="Q7" s="40"/>
       <c r="R7" s="39"/>
       <c r="S7" s="41"/>
     </row>
     <row r="8" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="27">
         <v>2</v>
       </c>
       <c r="B8" s="28" t="s">
-        <v>2458</v>
+        <v>2208</v>
       </c>
       <c r="C8" s="29">
         <v>42103082569</v>
       </c>
       <c r="D8" s="28" t="s">
-        <v>2566</v>
+        <v>2317</v>
       </c>
       <c r="E8" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F8" s="29" t="s">
-        <v>2671</v>
+        <v>2423</v>
       </c>
       <c r="G8" s="32">
         <v>43276</v>
       </c>
       <c r="H8" s="37">
         <v>43283</v>
       </c>
       <c r="I8" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J8" s="29" t="s">
-        <v>1492</v>
+        <v>1310</v>
       </c>
       <c r="K8" s="37">
         <v>45233</v>
       </c>
       <c r="L8" s="37">
         <v>45240</v>
       </c>
       <c r="M8" s="38"/>
       <c r="N8" s="39"/>
       <c r="O8" s="40"/>
       <c r="P8" s="39"/>
       <c r="Q8" s="40"/>
       <c r="R8" s="39"/>
       <c r="S8" s="41"/>
     </row>
     <row r="9" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="27">
         <v>3</v>
       </c>
       <c r="B9" s="28" t="s">
-        <v>2459</v>
+        <v>2209</v>
       </c>
       <c r="C9" s="29">
         <v>41503082033</v>
       </c>
       <c r="D9" s="28" t="s">
-        <v>2567</v>
+        <v>2318</v>
       </c>
       <c r="E9" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F9" s="29" t="s">
-        <v>2672</v>
+        <v>2424</v>
       </c>
       <c r="G9" s="32">
         <v>43276</v>
       </c>
       <c r="H9" s="37">
         <v>43283</v>
       </c>
       <c r="I9" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J9" s="29" t="s">
-        <v>2717</v>
+        <v>2468</v>
       </c>
       <c r="K9" s="37">
         <v>43678</v>
       </c>
       <c r="L9" s="37">
         <v>43682</v>
       </c>
       <c r="M9" s="38"/>
       <c r="N9" s="39"/>
       <c r="O9" s="40"/>
       <c r="P9" s="39"/>
       <c r="Q9" s="40"/>
       <c r="R9" s="39"/>
       <c r="S9" s="41"/>
     </row>
     <row r="10" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="27">
         <v>4</v>
       </c>
       <c r="B10" s="28" t="s">
-        <v>2460</v>
+        <v>2210</v>
       </c>
       <c r="C10" s="29">
         <v>40203019638</v>
       </c>
       <c r="D10" s="28" t="s">
-        <v>2568</v>
+        <v>2319</v>
       </c>
       <c r="E10" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F10" s="29" t="s">
-        <v>1548</v>
+        <v>1367</v>
       </c>
       <c r="G10" s="32">
         <v>43299</v>
       </c>
       <c r="H10" s="37">
         <v>43306</v>
       </c>
       <c r="I10" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J10" s="29" t="s">
-        <v>2718</v>
+        <v>2469</v>
       </c>
       <c r="K10" s="37">
         <v>43678</v>
       </c>
       <c r="L10" s="37">
         <v>43682</v>
       </c>
       <c r="M10" s="38"/>
       <c r="N10" s="39"/>
       <c r="O10" s="40"/>
       <c r="P10" s="39"/>
       <c r="Q10" s="40"/>
       <c r="R10" s="39"/>
       <c r="S10" s="41"/>
     </row>
     <row r="11" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="27">
         <v>5</v>
       </c>
       <c r="B11" s="28" t="s">
-        <v>2461</v>
+        <v>2211</v>
       </c>
       <c r="C11" s="29">
         <v>40103815660</v>
       </c>
       <c r="D11" s="28" t="s">
-        <v>2569</v>
+        <v>2320</v>
       </c>
       <c r="E11" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F11" s="29" t="s">
-        <v>2673</v>
+        <v>2425</v>
       </c>
       <c r="G11" s="32">
         <v>43299</v>
       </c>
       <c r="H11" s="37">
         <v>43306</v>
       </c>
       <c r="I11" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J11" s="29" t="s">
-        <v>2719</v>
+        <v>2470</v>
       </c>
       <c r="K11" s="37">
         <v>44138</v>
       </c>
       <c r="L11" s="37">
         <v>44140</v>
       </c>
       <c r="M11" s="38"/>
       <c r="N11" s="39"/>
       <c r="O11" s="40"/>
       <c r="P11" s="39"/>
       <c r="Q11" s="40"/>
       <c r="R11" s="39"/>
       <c r="S11" s="41"/>
     </row>
     <row r="12" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="27">
         <v>6</v>
       </c>
       <c r="B12" s="28" t="s">
-        <v>2462</v>
+        <v>2212</v>
       </c>
       <c r="C12" s="29">
         <v>40203105450</v>
       </c>
       <c r="D12" s="28" t="s">
-        <v>2570</v>
+        <v>2321</v>
       </c>
       <c r="E12" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F12" s="29" t="s">
-        <v>1612</v>
+        <v>1431</v>
       </c>
       <c r="G12" s="32">
         <v>43361</v>
       </c>
       <c r="H12" s="37">
         <v>43368</v>
       </c>
       <c r="I12" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J12" s="29" t="s">
-        <v>2720</v>
+        <v>2471</v>
       </c>
       <c r="K12" s="37">
         <v>44559</v>
       </c>
       <c r="L12" s="37">
         <v>44564</v>
       </c>
       <c r="M12" s="38"/>
       <c r="N12" s="39"/>
       <c r="O12" s="40"/>
       <c r="P12" s="39"/>
       <c r="Q12" s="40"/>
       <c r="R12" s="39"/>
       <c r="S12" s="11"/>
     </row>
     <row r="13" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="27">
         <v>7</v>
       </c>
       <c r="B13" s="28" t="s">
-        <v>2463</v>
+        <v>2213</v>
       </c>
       <c r="C13" s="29">
         <v>42103081332</v>
       </c>
       <c r="D13" s="28" t="s">
-        <v>2571</v>
+        <v>2322</v>
       </c>
       <c r="E13" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F13" s="29" t="s">
-        <v>2674</v>
+        <v>2426</v>
       </c>
       <c r="G13" s="32">
         <v>43364</v>
       </c>
       <c r="H13" s="37">
         <v>43371</v>
       </c>
       <c r="I13" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J13" s="29" t="s">
-        <v>1480</v>
+        <v>1298</v>
       </c>
       <c r="K13" s="37">
         <v>45222</v>
       </c>
       <c r="L13" s="37">
         <v>45224</v>
       </c>
       <c r="M13" s="38"/>
       <c r="N13" s="39"/>
       <c r="O13" s="40"/>
       <c r="P13" s="39"/>
       <c r="Q13" s="40"/>
       <c r="R13" s="39"/>
       <c r="S13" s="11"/>
     </row>
     <row r="14" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="27">
         <v>8</v>
       </c>
       <c r="B14" s="28" t="s">
-        <v>2464</v>
+        <v>2214</v>
       </c>
       <c r="C14" s="29">
         <v>40103625332</v>
       </c>
       <c r="D14" s="28" t="s">
-        <v>2572</v>
+        <v>2323</v>
       </c>
       <c r="E14" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F14" s="29" t="s">
-        <v>2675</v>
+        <v>2427</v>
       </c>
       <c r="G14" s="32">
         <v>43364</v>
       </c>
       <c r="H14" s="37">
         <v>43371</v>
       </c>
       <c r="I14" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J14" s="29" t="s">
-        <v>1507</v>
+        <v>1325</v>
       </c>
       <c r="K14" s="37">
         <v>44928</v>
       </c>
       <c r="L14" s="37">
         <v>44930</v>
       </c>
       <c r="M14" s="38"/>
       <c r="N14" s="39"/>
       <c r="O14" s="40"/>
       <c r="P14" s="39"/>
       <c r="Q14" s="40"/>
       <c r="R14" s="39"/>
       <c r="S14" s="11"/>
     </row>
     <row r="15" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="27">
         <v>9</v>
       </c>
       <c r="B15" s="28" t="s">
-        <v>2465</v>
+        <v>2215</v>
       </c>
       <c r="C15" s="29">
         <v>40203119982</v>
       </c>
       <c r="D15" s="28" t="s">
-        <v>2573</v>
+        <v>2324</v>
       </c>
       <c r="E15" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F15" s="29" t="s">
-        <v>1559</v>
+        <v>1378</v>
       </c>
       <c r="G15" s="32">
         <v>43426</v>
       </c>
       <c r="H15" s="37">
         <v>43430</v>
       </c>
       <c r="I15" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J15" s="29" t="s">
-        <v>1461</v>
+        <v>1279</v>
       </c>
       <c r="K15" s="37">
         <v>43677</v>
       </c>
       <c r="L15" s="37">
         <v>43679</v>
       </c>
       <c r="M15" s="38"/>
       <c r="N15" s="39"/>
       <c r="O15" s="40"/>
       <c r="P15" s="39"/>
       <c r="Q15" s="40"/>
       <c r="R15" s="39"/>
       <c r="S15" s="11"/>
     </row>
     <row r="16" spans="1:19" s="74" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="27">
         <v>10</v>
       </c>
       <c r="B16" s="28" t="s">
-        <v>2466</v>
+        <v>2216</v>
       </c>
       <c r="C16" s="29">
         <v>40103722021</v>
       </c>
       <c r="D16" s="28" t="s">
-        <v>2574</v>
+        <v>2325</v>
       </c>
       <c r="E16" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F16" s="29" t="s">
-        <v>2676</v>
+        <v>2428</v>
       </c>
       <c r="G16" s="32">
         <v>43426</v>
       </c>
       <c r="H16" s="37">
         <v>43432</v>
       </c>
       <c r="I16" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J16" s="29" t="s">
-        <v>2717</v>
+        <v>2468</v>
       </c>
       <c r="K16" s="37">
         <v>44085</v>
       </c>
       <c r="L16" s="37">
         <v>44089</v>
       </c>
       <c r="M16" s="38"/>
       <c r="N16" s="39"/>
       <c r="O16" s="40"/>
       <c r="P16" s="39"/>
       <c r="Q16" s="40"/>
       <c r="R16" s="39"/>
       <c r="S16" s="65"/>
     </row>
     <row r="17" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="27">
         <v>11</v>
       </c>
       <c r="B17" s="28" t="s">
-        <v>2467</v>
+        <v>2217</v>
       </c>
       <c r="C17" s="29">
         <v>40103706629</v>
       </c>
       <c r="D17" s="28" t="s">
-        <v>2575</v>
+        <v>2326</v>
       </c>
       <c r="E17" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F17" s="29" t="s">
-        <v>2677</v>
+        <v>2429</v>
       </c>
       <c r="G17" s="32">
         <v>43426</v>
       </c>
       <c r="H17" s="37">
         <v>43430</v>
       </c>
       <c r="I17" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J17" s="29" t="s">
-        <v>2721</v>
+        <v>2472</v>
       </c>
       <c r="K17" s="37">
         <v>44860</v>
       </c>
       <c r="L17" s="37">
         <v>44862</v>
       </c>
       <c r="M17" s="38"/>
       <c r="N17" s="39"/>
       <c r="O17" s="40"/>
       <c r="P17" s="39"/>
       <c r="Q17" s="40"/>
       <c r="R17" s="39"/>
       <c r="S17" s="11"/>
     </row>
     <row r="18" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="27">
         <v>12</v>
       </c>
       <c r="B18" s="28" t="s">
-        <v>2468</v>
+        <v>2218</v>
       </c>
       <c r="C18" s="29">
         <v>42403024589</v>
       </c>
       <c r="D18" s="28" t="s">
-        <v>2576</v>
+        <v>2327</v>
       </c>
       <c r="E18" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F18" s="29" t="s">
-        <v>1507</v>
+        <v>1325</v>
       </c>
       <c r="G18" s="32">
         <v>43472</v>
       </c>
       <c r="H18" s="37">
         <v>43474</v>
       </c>
       <c r="I18" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J18" s="29" t="s">
-        <v>2722</v>
+        <v>2473</v>
       </c>
       <c r="K18" s="37">
         <v>44127</v>
       </c>
       <c r="L18" s="37">
         <v>44131</v>
       </c>
       <c r="M18" s="38"/>
       <c r="N18" s="39"/>
       <c r="O18" s="40"/>
       <c r="P18" s="39"/>
       <c r="Q18" s="40"/>
       <c r="R18" s="39"/>
       <c r="S18" s="41"/>
     </row>
     <row r="19" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="27">
         <v>13</v>
       </c>
       <c r="B19" s="28" t="s">
-        <v>2469</v>
+        <v>2219</v>
       </c>
       <c r="C19" s="29">
         <v>40103954758</v>
       </c>
       <c r="D19" s="28" t="s">
-        <v>2577</v>
+        <v>2328</v>
       </c>
       <c r="E19" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F19" s="29" t="s">
-        <v>1383</v>
+        <v>1201</v>
       </c>
       <c r="G19" s="32">
         <v>43472</v>
       </c>
       <c r="H19" s="37">
         <v>43474</v>
       </c>
       <c r="I19" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J19" s="29" t="s">
-        <v>1499</v>
+        <v>1317</v>
       </c>
       <c r="K19" s="37">
         <v>44827</v>
       </c>
       <c r="L19" s="37">
         <v>44831</v>
       </c>
       <c r="M19" s="38"/>
       <c r="N19" s="39"/>
       <c r="O19" s="40"/>
       <c r="P19" s="39"/>
       <c r="Q19" s="40"/>
       <c r="R19" s="39"/>
       <c r="S19" s="11"/>
     </row>
     <row r="20" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="27">
         <v>14</v>
       </c>
       <c r="B20" s="28" t="s">
-        <v>2470</v>
+        <v>2220</v>
       </c>
       <c r="C20" s="29">
         <v>40103226071</v>
       </c>
       <c r="D20" s="28" t="s">
-        <v>2578</v>
+        <v>2329</v>
       </c>
       <c r="E20" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F20" s="29" t="s">
-        <v>1385</v>
+        <v>1203</v>
       </c>
       <c r="G20" s="32">
         <v>43472</v>
       </c>
       <c r="H20" s="37">
         <v>43474</v>
       </c>
       <c r="I20" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J20" s="29" t="s">
-        <v>2723</v>
+        <v>2474</v>
       </c>
       <c r="K20" s="37">
         <v>44075</v>
       </c>
       <c r="L20" s="37">
         <v>44077</v>
       </c>
       <c r="M20" s="38"/>
       <c r="N20" s="39"/>
       <c r="O20" s="40"/>
       <c r="P20" s="39"/>
       <c r="Q20" s="40"/>
       <c r="R20" s="39"/>
       <c r="S20" s="41"/>
     </row>
     <row r="21" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="27">
         <v>15</v>
       </c>
       <c r="B21" s="28" t="s">
-        <v>2471</v>
+        <v>2221</v>
       </c>
       <c r="C21" s="29">
         <v>41203030507</v>
       </c>
       <c r="D21" s="28" t="s">
-        <v>2579</v>
+        <v>2330</v>
       </c>
       <c r="E21" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F21" s="29" t="s">
-        <v>1425</v>
+        <v>1243</v>
       </c>
       <c r="G21" s="32">
         <v>43522</v>
       </c>
       <c r="H21" s="37">
         <v>43524</v>
       </c>
       <c r="I21" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J21" s="29" t="s">
-        <v>1394</v>
+        <v>1212</v>
       </c>
       <c r="K21" s="37">
         <v>45097</v>
       </c>
       <c r="L21" s="37">
         <v>45099</v>
       </c>
       <c r="M21" s="38"/>
       <c r="N21" s="39"/>
       <c r="O21" s="40"/>
       <c r="P21" s="39"/>
       <c r="Q21" s="40"/>
       <c r="R21" s="39"/>
       <c r="S21" s="11"/>
     </row>
     <row r="22" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="27">
         <v>16</v>
       </c>
       <c r="B22" s="28" t="s">
-        <v>2472</v>
+        <v>2222</v>
       </c>
       <c r="C22" s="29">
         <v>40003055142</v>
       </c>
       <c r="D22" s="28" t="s">
-        <v>2580</v>
+        <v>2331</v>
       </c>
       <c r="E22" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F22" s="29" t="s">
-        <v>2678</v>
+        <v>2430</v>
       </c>
       <c r="G22" s="32">
         <v>43523</v>
       </c>
       <c r="H22" s="37">
         <v>43525</v>
       </c>
       <c r="I22" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J22" s="29" t="s">
-        <v>2724</v>
+        <v>2475</v>
       </c>
       <c r="K22" s="37">
         <v>44113</v>
       </c>
       <c r="L22" s="37">
         <v>44120</v>
       </c>
       <c r="M22" s="38"/>
       <c r="N22" s="39"/>
       <c r="O22" s="40"/>
       <c r="P22" s="39"/>
       <c r="Q22" s="40"/>
       <c r="R22" s="39"/>
       <c r="S22" s="41"/>
     </row>
     <row r="23" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="27">
         <v>17</v>
       </c>
       <c r="B23" s="28" t="s">
-        <v>2473</v>
+        <v>2223</v>
       </c>
       <c r="C23" s="29">
         <v>40203191611</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>2581</v>
+        <v>2332</v>
       </c>
       <c r="E23" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F23" s="29" t="s">
-        <v>1427</v>
+        <v>1245</v>
       </c>
       <c r="G23" s="32">
         <v>43523</v>
       </c>
       <c r="H23" s="37">
         <v>43525</v>
       </c>
       <c r="I23" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J23" s="29" t="s">
-        <v>1531</v>
+        <v>1350</v>
       </c>
       <c r="K23" s="37">
         <v>45239</v>
       </c>
       <c r="L23" s="37">
         <v>45243</v>
       </c>
       <c r="M23" s="38"/>
       <c r="N23" s="39"/>
       <c r="O23" s="40"/>
       <c r="P23" s="39"/>
       <c r="Q23" s="40"/>
       <c r="R23" s="39"/>
       <c r="S23" s="11"/>
     </row>
     <row r="24" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>18</v>
       </c>
       <c r="B24" s="28" t="s">
-        <v>2474</v>
+        <v>2224</v>
       </c>
       <c r="C24" s="29">
         <v>40203190033</v>
       </c>
       <c r="D24" s="28" t="s">
-        <v>283</v>
+        <v>2333</v>
       </c>
       <c r="E24" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F24" s="29" t="s">
-        <v>1372</v>
+        <v>1190</v>
       </c>
       <c r="G24" s="32">
         <v>43523</v>
       </c>
       <c r="H24" s="37">
         <v>43525</v>
       </c>
       <c r="I24" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J24" s="29" t="s">
-        <v>1587</v>
+        <v>1406</v>
       </c>
       <c r="K24" s="37">
         <v>44105</v>
       </c>
       <c r="L24" s="37">
         <v>44109</v>
       </c>
       <c r="M24" s="38"/>
       <c r="N24" s="39"/>
       <c r="O24" s="40"/>
       <c r="P24" s="39"/>
       <c r="Q24" s="40"/>
       <c r="R24" s="39"/>
       <c r="S24" s="11"/>
     </row>
     <row r="25" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>19</v>
       </c>
       <c r="B25" s="28" t="s">
-        <v>2475</v>
+        <v>2225</v>
       </c>
       <c r="C25" s="29">
         <v>44103120515</v>
       </c>
       <c r="D25" s="28" t="s">
-        <v>2582</v>
+        <v>2334</v>
       </c>
       <c r="E25" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F25" s="29" t="s">
-        <v>1431</v>
+        <v>1249</v>
       </c>
       <c r="G25" s="32">
         <v>43523</v>
       </c>
       <c r="H25" s="37">
         <v>43525</v>
       </c>
       <c r="I25" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J25" s="29" t="s">
-        <v>2725</v>
+        <v>2476</v>
       </c>
       <c r="K25" s="37">
         <v>44509</v>
       </c>
       <c r="L25" s="37">
         <v>44511</v>
       </c>
       <c r="M25" s="38"/>
       <c r="N25" s="39"/>
       <c r="O25" s="40"/>
       <c r="P25" s="39"/>
       <c r="Q25" s="40"/>
       <c r="R25" s="39"/>
       <c r="S25" s="11"/>
     </row>
     <row r="26" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27">
         <v>20</v>
       </c>
       <c r="B26" s="28" t="s">
-        <v>2476</v>
+        <v>2226</v>
       </c>
       <c r="C26" s="29">
         <v>40203047523</v>
       </c>
       <c r="D26" s="28" t="s">
-        <v>2583</v>
+        <v>2335</v>
       </c>
       <c r="E26" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F26" s="29" t="s">
-        <v>1573</v>
+        <v>1392</v>
       </c>
       <c r="G26" s="32">
         <v>43549</v>
       </c>
       <c r="H26" s="37">
         <v>43551</v>
       </c>
       <c r="I26" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J26" s="29" t="s">
-        <v>2726</v>
+        <v>2477</v>
       </c>
       <c r="K26" s="37">
         <v>43788</v>
       </c>
       <c r="L26" s="37">
         <v>43790</v>
       </c>
       <c r="M26" s="38"/>
       <c r="N26" s="39"/>
       <c r="O26" s="40"/>
       <c r="P26" s="39"/>
       <c r="Q26" s="40"/>
       <c r="R26" s="39"/>
       <c r="S26" s="11"/>
     </row>
     <row r="27" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>21</v>
       </c>
       <c r="B27" s="28" t="s">
-        <v>2477</v>
+        <v>2227</v>
       </c>
       <c r="C27" s="29">
         <v>40203155536</v>
       </c>
       <c r="D27" s="28" t="s">
-        <v>2584</v>
+        <v>2336</v>
       </c>
       <c r="E27" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F27" s="29" t="s">
-        <v>1520</v>
+        <v>1339</v>
       </c>
       <c r="G27" s="32">
         <v>43549</v>
       </c>
       <c r="H27" s="37">
         <v>43551</v>
       </c>
       <c r="I27" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J27" s="29" t="s">
-        <v>2727</v>
+        <v>2478</v>
       </c>
       <c r="K27" s="37">
         <v>44532</v>
       </c>
       <c r="L27" s="37">
         <v>44536</v>
       </c>
       <c r="M27" s="38"/>
       <c r="N27" s="39"/>
       <c r="O27" s="40"/>
       <c r="P27" s="39"/>
       <c r="Q27" s="40"/>
       <c r="R27" s="39"/>
       <c r="S27" s="11"/>
     </row>
     <row r="28" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="27">
         <v>22</v>
       </c>
       <c r="B28" s="28" t="s">
-        <v>2478</v>
+        <v>2228</v>
       </c>
       <c r="C28" s="29">
         <v>40203156404</v>
       </c>
       <c r="D28" s="28" t="s">
-        <v>2585</v>
+        <v>2337</v>
       </c>
       <c r="E28" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F28" s="29" t="s">
-        <v>2679</v>
+        <v>2431</v>
       </c>
       <c r="G28" s="32">
         <v>43570</v>
       </c>
       <c r="H28" s="37">
         <v>43572</v>
       </c>
       <c r="I28" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J28" s="29" t="s">
-        <v>2690</v>
+        <v>2442</v>
       </c>
       <c r="K28" s="37">
         <v>45181</v>
       </c>
       <c r="L28" s="37">
         <v>45183</v>
       </c>
       <c r="M28" s="38"/>
       <c r="N28" s="39"/>
       <c r="O28" s="40"/>
       <c r="P28" s="39"/>
       <c r="Q28" s="40"/>
       <c r="R28" s="39"/>
       <c r="S28" s="11"/>
     </row>
     <row r="29" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="27">
         <v>23</v>
       </c>
       <c r="B29" s="28" t="s">
-        <v>2479</v>
+        <v>2229</v>
       </c>
       <c r="C29" s="29">
         <v>40203208886</v>
       </c>
       <c r="D29" s="28" t="s">
-        <v>2586</v>
+        <v>2338</v>
       </c>
       <c r="E29" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F29" s="29" t="s">
-        <v>1452</v>
+        <v>1270</v>
       </c>
       <c r="G29" s="32">
         <v>43661</v>
       </c>
       <c r="H29" s="37">
         <v>43663</v>
       </c>
       <c r="I29" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J29" s="29" t="s">
-        <v>2724</v>
+        <v>2475</v>
       </c>
       <c r="K29" s="37">
         <v>43745</v>
       </c>
       <c r="L29" s="37">
         <v>43747</v>
       </c>
       <c r="M29" s="38"/>
       <c r="N29" s="39"/>
       <c r="O29" s="40"/>
       <c r="P29" s="39"/>
       <c r="Q29" s="40"/>
       <c r="R29" s="39"/>
       <c r="S29" s="11"/>
     </row>
     <row r="30" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>24</v>
       </c>
       <c r="B30" s="28" t="s">
-        <v>2480</v>
+        <v>2230</v>
       </c>
       <c r="C30" s="29">
         <v>40103937866</v>
       </c>
       <c r="D30" s="28" t="s">
-        <v>2587</v>
+        <v>2339</v>
       </c>
       <c r="E30" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F30" s="29" t="s">
-        <v>2680</v>
+        <v>2432</v>
       </c>
       <c r="G30" s="32">
         <v>43661</v>
       </c>
       <c r="H30" s="37">
         <v>43663</v>
       </c>
       <c r="I30" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J30" s="29" t="s">
-        <v>1374</v>
+        <v>1192</v>
       </c>
       <c r="K30" s="37">
         <v>44693</v>
       </c>
       <c r="L30" s="37">
         <v>44697</v>
       </c>
       <c r="M30" s="38"/>
       <c r="N30" s="39"/>
       <c r="O30" s="40"/>
       <c r="P30" s="39"/>
       <c r="Q30" s="40"/>
       <c r="R30" s="39"/>
       <c r="S30" s="11"/>
     </row>
     <row r="31" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="27">
         <v>25</v>
       </c>
       <c r="B31" s="28" t="s">
-        <v>2481</v>
+        <v>2231</v>
       </c>
       <c r="C31" s="29">
         <v>42103083808</v>
       </c>
       <c r="D31" s="28" t="s">
-        <v>2588</v>
+        <v>2340</v>
       </c>
       <c r="E31" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F31" s="29" t="s">
-        <v>2681</v>
+        <v>2433</v>
       </c>
       <c r="G31" s="32">
         <v>43669</v>
       </c>
       <c r="H31" s="37">
         <v>43671</v>
       </c>
       <c r="I31" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J31" s="29" t="s">
-        <v>1593</v>
+        <v>1412</v>
       </c>
       <c r="K31" s="37">
         <v>44127</v>
       </c>
       <c r="L31" s="37">
         <v>44131</v>
       </c>
       <c r="M31" s="38"/>
       <c r="N31" s="39"/>
       <c r="O31" s="40"/>
       <c r="P31" s="39"/>
       <c r="Q31" s="40"/>
       <c r="R31" s="39"/>
       <c r="S31" s="11"/>
     </row>
     <row r="32" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="27">
         <v>26</v>
       </c>
       <c r="B32" s="28" t="s">
-        <v>2482</v>
+        <v>2232</v>
       </c>
       <c r="C32" s="29">
         <v>40203067799</v>
       </c>
       <c r="D32" s="28" t="s">
-        <v>2589</v>
+        <v>2341</v>
       </c>
       <c r="E32" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F32" s="29" t="s">
-        <v>1457</v>
+        <v>1275</v>
       </c>
       <c r="G32" s="32">
         <v>43669</v>
       </c>
       <c r="H32" s="37">
         <v>43671</v>
       </c>
       <c r="I32" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J32" s="29" t="s">
-        <v>2682</v>
+        <v>2434</v>
       </c>
       <c r="K32" s="37">
         <v>44096</v>
       </c>
       <c r="L32" s="37">
         <v>44098</v>
       </c>
       <c r="M32" s="38"/>
       <c r="N32" s="39"/>
       <c r="O32" s="40"/>
       <c r="P32" s="39"/>
       <c r="Q32" s="40"/>
       <c r="R32" s="39"/>
       <c r="S32" s="11"/>
     </row>
     <row r="33" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27">
         <v>27</v>
       </c>
       <c r="B33" s="28" t="s">
-        <v>2483</v>
+        <v>2233</v>
       </c>
       <c r="C33" s="29">
         <v>40103894177</v>
       </c>
       <c r="D33" s="28" t="s">
-        <v>2590</v>
+        <v>2342</v>
       </c>
       <c r="E33" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F33" s="29" t="s">
-        <v>2682</v>
+        <v>2434</v>
       </c>
       <c r="G33" s="32">
         <v>43712</v>
       </c>
       <c r="H33" s="37">
         <v>43714</v>
       </c>
       <c r="I33" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J33" s="29" t="s">
-        <v>2728</v>
+        <v>2479</v>
       </c>
       <c r="K33" s="37">
         <v>44398</v>
       </c>
       <c r="L33" s="37">
         <v>44400</v>
       </c>
       <c r="M33" s="38"/>
       <c r="N33" s="39"/>
       <c r="O33" s="40"/>
       <c r="P33" s="39"/>
       <c r="Q33" s="40"/>
       <c r="R33" s="39"/>
       <c r="S33" s="11"/>
     </row>
     <row r="34" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="27">
         <v>28</v>
       </c>
       <c r="B34" s="28" t="s">
-        <v>2484</v>
+        <v>2234</v>
       </c>
       <c r="C34" s="29">
         <v>40103209620</v>
       </c>
       <c r="D34" s="28" t="s">
-        <v>2591</v>
+        <v>2343</v>
       </c>
       <c r="E34" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F34" s="29" t="s">
-        <v>1589</v>
+        <v>1408</v>
       </c>
       <c r="G34" s="32">
         <v>43774</v>
       </c>
       <c r="H34" s="37">
         <v>43776</v>
       </c>
       <c r="I34" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J34" s="29" t="s">
-        <v>2729</v>
+        <v>2480</v>
       </c>
       <c r="K34" s="37">
         <v>44078</v>
       </c>
       <c r="L34" s="37">
         <v>44080</v>
       </c>
       <c r="M34" s="38"/>
       <c r="N34" s="39"/>
       <c r="O34" s="40"/>
       <c r="P34" s="39"/>
       <c r="Q34" s="40"/>
       <c r="R34" s="39"/>
       <c r="S34" s="41"/>
     </row>
     <row r="35" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27">
         <v>29</v>
       </c>
       <c r="B35" s="28" t="s">
-        <v>2485</v>
+        <v>2235</v>
       </c>
       <c r="C35" s="29">
         <v>54103127731</v>
       </c>
       <c r="D35" s="28" t="s">
-        <v>2592</v>
+        <v>2344</v>
       </c>
       <c r="E35" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F35" s="29" t="s">
-        <v>1469</v>
+        <v>1287</v>
       </c>
       <c r="G35" s="32">
         <v>43774</v>
       </c>
       <c r="H35" s="37">
         <v>43776</v>
       </c>
       <c r="I35" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J35" s="29" t="s">
-        <v>1473</v>
+        <v>1291</v>
       </c>
       <c r="K35" s="37">
         <v>45205</v>
       </c>
       <c r="L35" s="37">
         <v>45209</v>
       </c>
       <c r="M35" s="38"/>
       <c r="N35" s="39"/>
       <c r="O35" s="40"/>
       <c r="P35" s="39"/>
       <c r="Q35" s="40"/>
       <c r="R35" s="39"/>
       <c r="S35" s="41"/>
     </row>
     <row r="36" spans="1:19" s="74" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27">
         <v>30</v>
       </c>
       <c r="B36" s="28" t="s">
-        <v>2486</v>
+        <v>2236</v>
       </c>
       <c r="C36" s="29">
         <v>40203227586</v>
       </c>
       <c r="D36" s="28" t="s">
-        <v>2593</v>
+        <v>2345</v>
       </c>
       <c r="E36" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F36" s="29" t="s">
-        <v>2683</v>
+        <v>2435</v>
       </c>
       <c r="G36" s="32">
         <v>43780</v>
       </c>
       <c r="H36" s="37">
         <v>43782</v>
       </c>
       <c r="I36" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J36" s="29" t="s">
-        <v>2730</v>
+        <v>2481</v>
       </c>
       <c r="K36" s="37">
         <v>44487</v>
       </c>
       <c r="L36" s="37">
         <v>44489</v>
       </c>
       <c r="M36" s="38"/>
       <c r="N36" s="39"/>
       <c r="O36" s="40"/>
       <c r="P36" s="39"/>
       <c r="Q36" s="40"/>
       <c r="R36" s="39"/>
       <c r="S36" s="43"/>
     </row>
     <row r="37" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27">
         <v>31</v>
       </c>
       <c r="B37" s="28" t="s">
-        <v>2487</v>
+        <v>2237</v>
       </c>
       <c r="C37" s="29">
         <v>50203021121</v>
       </c>
       <c r="D37" s="28" t="s">
-        <v>2594</v>
+        <v>2346</v>
       </c>
       <c r="E37" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F37" s="29" t="s">
-        <v>1593</v>
+        <v>1412</v>
       </c>
       <c r="G37" s="32">
         <v>43789</v>
       </c>
       <c r="H37" s="37">
         <v>43791</v>
       </c>
       <c r="I37" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J37" s="29" t="s">
-        <v>2731</v>
+        <v>2482</v>
       </c>
       <c r="K37" s="37">
         <v>44539</v>
       </c>
       <c r="L37" s="37">
         <v>44543</v>
       </c>
       <c r="M37" s="38"/>
       <c r="N37" s="39"/>
       <c r="O37" s="40"/>
       <c r="P37" s="39"/>
       <c r="Q37" s="40"/>
       <c r="R37" s="39"/>
       <c r="S37" s="41"/>
     </row>
     <row r="38" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="27">
         <v>32</v>
       </c>
       <c r="B38" s="28" t="s">
-        <v>2488</v>
+        <v>2238</v>
       </c>
       <c r="C38" s="29">
         <v>40203124061</v>
       </c>
       <c r="D38" s="28" t="s">
-        <v>2595</v>
+        <v>2347</v>
       </c>
       <c r="E38" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F38" s="29" t="s">
-        <v>1473</v>
+        <v>1291</v>
       </c>
       <c r="G38" s="32">
         <v>43798</v>
       </c>
       <c r="H38" s="37">
         <v>43802</v>
       </c>
       <c r="I38" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J38" s="29" t="s">
-        <v>1457</v>
+        <v>1275</v>
       </c>
       <c r="K38" s="37">
         <v>45112</v>
       </c>
       <c r="L38" s="37">
         <v>45114</v>
       </c>
       <c r="M38" s="38"/>
       <c r="N38" s="39"/>
       <c r="O38" s="40"/>
       <c r="P38" s="39"/>
       <c r="Q38" s="40"/>
       <c r="R38" s="39"/>
       <c r="S38" s="41"/>
     </row>
     <row r="39" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="27">
         <v>33</v>
       </c>
       <c r="B39" s="28" t="s">
-        <v>2489</v>
+        <v>2239</v>
       </c>
       <c r="C39" s="29">
         <v>40203011263</v>
       </c>
       <c r="D39" s="28" t="s">
-        <v>2596</v>
+        <v>2348</v>
       </c>
       <c r="E39" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F39" s="29" t="s">
-        <v>1507</v>
+        <v>1325</v>
       </c>
       <c r="G39" s="32">
         <v>43833</v>
       </c>
       <c r="H39" s="37">
         <v>43837</v>
       </c>
       <c r="I39" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J39" s="29" t="s">
-        <v>1425</v>
+        <v>1243</v>
       </c>
       <c r="K39" s="37">
         <v>44970</v>
       </c>
       <c r="L39" s="37">
         <v>44972</v>
       </c>
       <c r="M39" s="38"/>
       <c r="N39" s="39"/>
       <c r="O39" s="40"/>
       <c r="P39" s="39"/>
       <c r="Q39" s="40"/>
       <c r="R39" s="39"/>
       <c r="S39" s="41"/>
     </row>
     <row r="40" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="27">
         <v>34</v>
       </c>
       <c r="B40" s="28" t="s">
-        <v>2490</v>
+        <v>2240</v>
       </c>
       <c r="C40" s="29">
         <v>40103816223</v>
       </c>
       <c r="D40" s="28" t="s">
-        <v>2597</v>
+        <v>2349</v>
       </c>
       <c r="E40" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F40" s="29" t="s">
-        <v>1383</v>
+        <v>1201</v>
       </c>
       <c r="G40" s="32">
         <v>43833</v>
       </c>
       <c r="H40" s="37">
         <v>43837</v>
       </c>
       <c r="I40" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J40" s="29" t="s">
-        <v>2718</v>
+        <v>2469</v>
       </c>
       <c r="K40" s="37">
         <v>45142</v>
       </c>
       <c r="L40" s="37">
         <v>45146</v>
       </c>
       <c r="M40" s="38"/>
       <c r="N40" s="39"/>
       <c r="O40" s="40"/>
       <c r="P40" s="39"/>
       <c r="Q40" s="40"/>
       <c r="R40" s="39"/>
       <c r="S40" s="41"/>
     </row>
     <row r="41" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="27">
         <v>35</v>
       </c>
       <c r="B41" s="28" t="s">
-        <v>2491</v>
+        <v>2241</v>
       </c>
       <c r="C41" s="29">
         <v>40003519945</v>
       </c>
       <c r="D41" s="28" t="s">
-        <v>2598</v>
+        <v>2350</v>
       </c>
       <c r="E41" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F41" s="29" t="s">
-        <v>1342</v>
+        <v>1327</v>
       </c>
       <c r="G41" s="32">
         <v>43833</v>
       </c>
       <c r="H41" s="37">
         <v>43837</v>
       </c>
       <c r="I41" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J41" s="29" t="s">
-        <v>1313</v>
+        <v>1133</v>
       </c>
       <c r="K41" s="37">
         <v>44399</v>
       </c>
       <c r="L41" s="37">
         <v>44403</v>
       </c>
       <c r="M41" s="38"/>
       <c r="N41" s="39"/>
       <c r="O41" s="40"/>
       <c r="P41" s="39"/>
       <c r="Q41" s="40"/>
       <c r="R41" s="39"/>
       <c r="S41" s="41"/>
     </row>
     <row r="42" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="27">
         <v>36</v>
       </c>
       <c r="B42" s="28" t="s">
-        <v>2492</v>
+        <v>2242</v>
       </c>
       <c r="C42" s="29">
         <v>40203167056</v>
       </c>
       <c r="D42" s="28" t="s">
-        <v>2599</v>
+        <v>2351</v>
       </c>
       <c r="E42" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F42" s="29" t="s">
-        <v>1353</v>
+        <v>1171</v>
       </c>
       <c r="G42" s="32">
         <v>43852</v>
       </c>
       <c r="H42" s="37">
         <v>43854</v>
       </c>
       <c r="I42" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J42" s="29" t="s">
-        <v>2732</v>
+        <v>2483</v>
       </c>
       <c r="K42" s="37">
         <v>45064</v>
       </c>
       <c r="L42" s="37">
         <v>45068</v>
       </c>
       <c r="M42" s="38"/>
       <c r="N42" s="39"/>
       <c r="O42" s="40"/>
       <c r="P42" s="39"/>
       <c r="Q42" s="40"/>
       <c r="R42" s="39"/>
       <c r="S42" s="41"/>
     </row>
     <row r="43" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="27">
         <v>37</v>
       </c>
       <c r="B43" s="28" t="s">
-        <v>2493</v>
+        <v>2243</v>
       </c>
       <c r="C43" s="29">
         <v>43603089587</v>
       </c>
       <c r="D43" s="28" t="s">
-        <v>2600</v>
+        <v>2352</v>
       </c>
       <c r="E43" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F43" s="29" t="s">
-        <v>2684</v>
+        <v>2436</v>
       </c>
       <c r="G43" s="32">
         <v>43865</v>
       </c>
       <c r="H43" s="37">
         <v>43867</v>
       </c>
       <c r="I43" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J43" s="29" t="s">
-        <v>2715</v>
+        <v>2466</v>
       </c>
       <c r="K43" s="37">
         <v>45181</v>
       </c>
       <c r="L43" s="37">
         <v>45183</v>
       </c>
       <c r="M43" s="38"/>
       <c r="N43" s="39"/>
       <c r="O43" s="40"/>
       <c r="P43" s="39"/>
       <c r="Q43" s="40"/>
       <c r="R43" s="39"/>
       <c r="S43" s="41"/>
     </row>
     <row r="44" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="27">
         <v>38</v>
       </c>
       <c r="B44" s="28" t="s">
-        <v>2494</v>
+        <v>2244</v>
       </c>
       <c r="C44" s="29">
         <v>40203225091</v>
       </c>
       <c r="D44" s="28" t="s">
-        <v>2601</v>
+        <v>2353</v>
       </c>
       <c r="E44" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F44" s="29" t="s">
-        <v>1525</v>
+        <v>1344</v>
       </c>
       <c r="G44" s="32">
         <v>43917</v>
       </c>
       <c r="H44" s="37">
         <v>43921</v>
       </c>
       <c r="I44" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J44" s="29" t="s">
-        <v>2733</v>
+        <v>2484</v>
       </c>
       <c r="K44" s="37">
         <v>44376</v>
       </c>
       <c r="L44" s="37">
         <v>44378</v>
       </c>
       <c r="M44" s="38"/>
       <c r="N44" s="39"/>
       <c r="O44" s="40"/>
       <c r="P44" s="39"/>
       <c r="Q44" s="40"/>
       <c r="R44" s="39"/>
       <c r="S44" s="41"/>
     </row>
     <row r="45" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="27">
         <v>39</v>
       </c>
       <c r="B45" s="28" t="s">
-        <v>2495</v>
+        <v>2245</v>
       </c>
       <c r="C45" s="29">
         <v>40203210382</v>
       </c>
       <c r="D45" s="28" t="s">
-        <v>2602</v>
+        <v>2354</v>
       </c>
       <c r="E45" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F45" s="29" t="s">
-        <v>2685</v>
+        <v>2437</v>
       </c>
       <c r="G45" s="32">
         <v>43979</v>
       </c>
       <c r="H45" s="37">
         <v>43983</v>
       </c>
       <c r="I45" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J45" s="29" t="s">
-        <v>1388</v>
+        <v>1206</v>
       </c>
       <c r="K45" s="37">
         <v>45082</v>
       </c>
       <c r="L45" s="37">
         <v>45084</v>
       </c>
       <c r="M45" s="38"/>
       <c r="N45" s="39"/>
       <c r="O45" s="40"/>
       <c r="P45" s="39"/>
       <c r="Q45" s="40"/>
       <c r="R45" s="39"/>
       <c r="S45" s="41"/>
     </row>
     <row r="46" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="27">
         <v>40</v>
       </c>
       <c r="B46" s="28" t="s">
-        <v>2496</v>
+        <v>2246</v>
       </c>
       <c r="C46" s="29">
         <v>41503079565</v>
       </c>
       <c r="D46" s="28" t="s">
-        <v>2603</v>
+        <v>2355</v>
       </c>
       <c r="E46" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F46" s="29" t="s">
-        <v>2686</v>
+        <v>2438</v>
       </c>
       <c r="G46" s="32">
         <v>43999</v>
       </c>
       <c r="H46" s="37">
         <v>44001</v>
       </c>
       <c r="I46" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J46" s="29" t="s">
-        <v>1332</v>
+        <v>1152</v>
       </c>
       <c r="K46" s="37">
         <v>44473</v>
       </c>
       <c r="L46" s="37">
         <v>44475</v>
       </c>
       <c r="M46" s="38"/>
       <c r="N46" s="39"/>
       <c r="O46" s="40"/>
       <c r="P46" s="39"/>
       <c r="Q46" s="40"/>
       <c r="R46" s="39"/>
       <c r="S46" s="41"/>
     </row>
     <row r="47" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="27">
         <v>41</v>
       </c>
       <c r="B47" s="28" t="s">
-        <v>2497</v>
+        <v>2247</v>
       </c>
       <c r="C47" s="29">
         <v>44103074983</v>
       </c>
       <c r="D47" s="28" t="s">
-        <v>2604</v>
+        <v>2356</v>
       </c>
       <c r="E47" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F47" s="29" t="s">
-        <v>2687</v>
+        <v>2439</v>
       </c>
       <c r="G47" s="32">
         <v>43999</v>
       </c>
       <c r="H47" s="37">
         <v>44001</v>
       </c>
       <c r="I47" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J47" s="29" t="s">
-        <v>1378</v>
+        <v>1196</v>
       </c>
       <c r="K47" s="37">
         <v>44699</v>
       </c>
       <c r="L47" s="37">
         <v>44701</v>
       </c>
       <c r="M47" s="38"/>
       <c r="N47" s="39"/>
       <c r="O47" s="40"/>
       <c r="P47" s="39"/>
       <c r="Q47" s="40"/>
       <c r="R47" s="39"/>
       <c r="S47" s="41"/>
     </row>
     <row r="48" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="27">
         <v>42</v>
       </c>
       <c r="B48" s="28" t="s">
-        <v>2498</v>
+        <v>2248</v>
       </c>
       <c r="C48" s="29">
         <v>40203011013</v>
       </c>
       <c r="D48" s="28" t="s">
-        <v>1809</v>
+        <v>1595</v>
       </c>
       <c r="E48" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F48" s="29" t="s">
-        <v>2688</v>
+        <v>2440</v>
       </c>
       <c r="G48" s="32">
         <v>43999</v>
       </c>
       <c r="H48" s="37">
         <v>44001</v>
       </c>
       <c r="I48" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J48" s="29" t="s">
-        <v>1616</v>
+        <v>1435</v>
       </c>
       <c r="K48" s="37">
         <v>44673</v>
       </c>
       <c r="L48" s="37">
         <v>44677</v>
       </c>
       <c r="M48" s="38"/>
       <c r="N48" s="39"/>
       <c r="O48" s="40"/>
       <c r="P48" s="39"/>
       <c r="Q48" s="40"/>
       <c r="R48" s="39"/>
       <c r="S48" s="41"/>
     </row>
     <row r="49" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="27">
         <v>43</v>
       </c>
       <c r="B49" s="28" t="s">
-        <v>2499</v>
+        <v>2249</v>
       </c>
       <c r="C49" s="29">
         <v>50103381061</v>
       </c>
       <c r="D49" s="28" t="s">
-        <v>2605</v>
+        <v>2357</v>
       </c>
       <c r="E49" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F49" s="29" t="s">
-        <v>2681</v>
+        <v>2433</v>
       </c>
       <c r="G49" s="32">
         <v>44069</v>
       </c>
       <c r="H49" s="37">
         <v>44071</v>
       </c>
       <c r="I49" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J49" s="29" t="s">
-        <v>2734</v>
+        <v>2485</v>
       </c>
       <c r="K49" s="37">
         <v>44354</v>
       </c>
       <c r="L49" s="37">
         <v>44356</v>
       </c>
       <c r="M49" s="38"/>
       <c r="N49" s="39"/>
       <c r="O49" s="40"/>
       <c r="P49" s="39"/>
       <c r="Q49" s="40"/>
       <c r="R49" s="39"/>
       <c r="S49" s="41"/>
     </row>
     <row r="50" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="27">
         <v>44</v>
       </c>
       <c r="B50" s="28" t="s">
-        <v>2500</v>
+        <v>2250</v>
       </c>
       <c r="C50" s="29">
         <v>44103053835</v>
       </c>
       <c r="D50" s="28" t="s">
-        <v>2606</v>
+        <v>2358</v>
       </c>
       <c r="E50" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F50" s="29" t="s">
-        <v>2689</v>
+        <v>2441</v>
       </c>
       <c r="G50" s="32">
         <v>44096</v>
       </c>
       <c r="H50" s="37">
         <v>44098</v>
       </c>
       <c r="I50" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J50" s="29" t="s">
-        <v>2735</v>
+        <v>2486</v>
       </c>
       <c r="K50" s="37">
         <v>44907</v>
       </c>
       <c r="L50" s="37">
         <v>44909</v>
       </c>
       <c r="M50" s="38"/>
       <c r="N50" s="39"/>
       <c r="O50" s="40"/>
       <c r="P50" s="39"/>
       <c r="Q50" s="40"/>
       <c r="R50" s="39"/>
       <c r="S50" s="41"/>
     </row>
     <row r="51" spans="1:19" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="27">
         <v>45</v>
       </c>
       <c r="B51" s="28" t="s">
-        <v>2501</v>
+        <v>2251</v>
       </c>
       <c r="C51" s="29">
         <v>40103391354</v>
       </c>
       <c r="D51" s="28" t="s">
-        <v>2607</v>
+        <v>2359</v>
       </c>
       <c r="E51" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F51" s="29" t="s">
-        <v>2690</v>
+        <v>2442</v>
       </c>
       <c r="G51" s="32">
         <v>44123</v>
       </c>
       <c r="H51" s="37">
         <v>44125</v>
       </c>
       <c r="I51" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J51" s="29" t="s">
-        <v>2736</v>
+        <v>2487</v>
       </c>
       <c r="K51" s="37">
         <v>44873</v>
       </c>
       <c r="L51" s="37">
         <v>44875</v>
       </c>
       <c r="M51" s="38"/>
       <c r="N51" s="39"/>
       <c r="O51" s="40"/>
       <c r="P51" s="39"/>
       <c r="Q51" s="40"/>
       <c r="R51" s="39"/>
       <c r="S51" s="41"/>
     </row>
     <row r="52" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="27">
         <v>46</v>
       </c>
       <c r="B52" s="28" t="s">
-        <v>2502</v>
+        <v>2252</v>
       </c>
       <c r="C52" s="29">
         <v>41203074357</v>
       </c>
       <c r="D52" s="28" t="s">
-        <v>2608</v>
+        <v>2360</v>
       </c>
       <c r="E52" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F52" s="29" t="s">
-        <v>2691</v>
+        <v>2443</v>
       </c>
       <c r="G52" s="32">
         <v>44123</v>
       </c>
       <c r="H52" s="37">
         <v>44125</v>
       </c>
       <c r="I52" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J52" s="29" t="s">
-        <v>2681</v>
+        <v>2433</v>
       </c>
       <c r="K52" s="37">
         <v>45112</v>
       </c>
       <c r="L52" s="37">
         <v>45114</v>
       </c>
       <c r="M52" s="38"/>
       <c r="N52" s="39"/>
       <c r="O52" s="40"/>
       <c r="P52" s="39"/>
       <c r="Q52" s="40"/>
       <c r="R52" s="39"/>
       <c r="S52" s="41"/>
     </row>
     <row r="53" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="27">
         <v>47</v>
       </c>
       <c r="B53" s="28" t="s">
-        <v>2503</v>
+        <v>2253</v>
       </c>
       <c r="C53" s="29">
         <v>42103112774</v>
       </c>
       <c r="D53" s="28" t="s">
-        <v>2609</v>
+        <v>2361</v>
       </c>
       <c r="E53" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F53" s="29" t="s">
-        <v>1589</v>
+        <v>1408</v>
       </c>
       <c r="G53" s="32">
         <v>44123</v>
       </c>
       <c r="H53" s="37">
         <v>44125</v>
       </c>
       <c r="I53" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J53" s="29" t="s">
-        <v>2694</v>
+        <v>2446</v>
       </c>
       <c r="K53" s="37">
         <v>44831</v>
       </c>
       <c r="L53" s="37">
         <v>44838</v>
       </c>
       <c r="M53" s="38"/>
       <c r="N53" s="39"/>
       <c r="O53" s="40"/>
       <c r="P53" s="39"/>
       <c r="Q53" s="40"/>
       <c r="R53" s="39"/>
       <c r="S53" s="41"/>
     </row>
     <row r="54" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="27">
         <v>48</v>
       </c>
       <c r="B54" s="28" t="s">
-        <v>2504</v>
+        <v>2254</v>
       </c>
       <c r="C54" s="29">
         <v>44103146497</v>
       </c>
       <c r="D54" s="28" t="s">
-        <v>2610</v>
+        <v>2362</v>
       </c>
       <c r="E54" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F54" s="29" t="s">
-        <v>1409</v>
+        <v>1227</v>
       </c>
       <c r="G54" s="32">
         <v>44123</v>
       </c>
       <c r="H54" s="37">
         <v>44125</v>
       </c>
       <c r="I54" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J54" s="29" t="s">
-        <v>1399</v>
+        <v>1217</v>
       </c>
       <c r="K54" s="37">
         <v>45152</v>
       </c>
       <c r="L54" s="37">
         <v>45154</v>
       </c>
       <c r="M54" s="38"/>
       <c r="N54" s="39"/>
       <c r="O54" s="40"/>
       <c r="P54" s="39"/>
       <c r="Q54" s="40"/>
       <c r="R54" s="39"/>
       <c r="S54" s="41"/>
     </row>
     <row r="55" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="27">
         <v>49</v>
       </c>
       <c r="B55" s="28" t="s">
-        <v>2505</v>
+        <v>2255</v>
       </c>
       <c r="C55" s="29">
         <v>45403029066</v>
       </c>
       <c r="D55" s="28" t="s">
-        <v>2611</v>
+        <v>2363</v>
       </c>
       <c r="E55" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F55" s="29" t="s">
-        <v>2683</v>
+        <v>2435</v>
       </c>
       <c r="G55" s="32">
         <v>44124</v>
       </c>
       <c r="H55" s="37">
         <v>44126</v>
       </c>
       <c r="I55" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J55" s="29" t="s">
-        <v>2737</v>
+        <v>2488</v>
       </c>
       <c r="K55" s="37">
         <v>44529</v>
       </c>
       <c r="L55" s="37">
         <v>44531</v>
       </c>
       <c r="M55" s="38"/>
       <c r="N55" s="39"/>
       <c r="O55" s="40"/>
       <c r="P55" s="39"/>
       <c r="Q55" s="40"/>
       <c r="R55" s="39"/>
       <c r="S55" s="41"/>
     </row>
     <row r="56" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="27">
         <v>50</v>
       </c>
       <c r="B56" s="28" t="s">
-        <v>2506</v>
+        <v>2256</v>
       </c>
       <c r="C56" s="29">
         <v>42103092567</v>
       </c>
       <c r="D56" s="28" t="s">
-        <v>2612</v>
+        <v>2364</v>
       </c>
       <c r="E56" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F56" s="29" t="s">
-        <v>1531</v>
+        <v>1350</v>
       </c>
       <c r="G56" s="32">
         <v>44168</v>
       </c>
       <c r="H56" s="37">
         <v>44172</v>
       </c>
       <c r="I56" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J56" s="29" t="s">
-        <v>2738</v>
+        <v>2489</v>
       </c>
       <c r="K56" s="37">
         <v>44313</v>
       </c>
       <c r="L56" s="37">
         <v>44315</v>
       </c>
       <c r="M56" s="38"/>
       <c r="N56" s="39"/>
       <c r="O56" s="40"/>
       <c r="P56" s="39"/>
       <c r="Q56" s="40"/>
       <c r="R56" s="39"/>
       <c r="S56" s="41"/>
     </row>
     <row r="57" spans="1:19" s="42" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="27">
         <v>51</v>
       </c>
       <c r="B57" s="28" t="s">
-        <v>2507</v>
+        <v>2257</v>
       </c>
       <c r="C57" s="29">
         <v>40203275567</v>
       </c>
       <c r="D57" s="28" t="s">
-        <v>2613</v>
+        <v>2365</v>
       </c>
       <c r="E57" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F57" s="29" t="s">
-        <v>1353</v>
+        <v>1171</v>
       </c>
       <c r="G57" s="32">
         <v>44216</v>
       </c>
       <c r="H57" s="37">
         <v>44218</v>
       </c>
       <c r="I57" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J57" s="29" t="s">
-        <v>1589</v>
+        <v>1408</v>
       </c>
       <c r="K57" s="37">
         <v>45182</v>
       </c>
       <c r="L57" s="37">
         <v>45184</v>
       </c>
       <c r="M57" s="38"/>
       <c r="N57" s="39"/>
       <c r="O57" s="40"/>
       <c r="P57" s="39"/>
       <c r="Q57" s="40"/>
       <c r="R57" s="39"/>
       <c r="S57" s="41"/>
     </row>
     <row r="58" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="27">
         <v>52</v>
       </c>
       <c r="B58" s="28" t="s">
-        <v>2508</v>
+        <v>2258</v>
       </c>
       <c r="C58" s="29">
         <v>43603083480</v>
       </c>
       <c r="D58" s="28" t="s">
-        <v>2614</v>
+        <v>2366</v>
       </c>
       <c r="E58" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F58" s="29" t="s">
-        <v>1372</v>
+        <v>1190</v>
       </c>
       <c r="G58" s="32">
         <v>44239</v>
       </c>
       <c r="H58" s="37">
         <v>44243</v>
       </c>
       <c r="I58" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J58" s="29" t="s">
-        <v>1405</v>
+        <v>1223</v>
       </c>
       <c r="K58" s="37">
         <v>44753</v>
       </c>
       <c r="L58" s="37">
         <v>44755</v>
       </c>
       <c r="M58" s="38"/>
       <c r="N58" s="39"/>
       <c r="O58" s="40"/>
       <c r="P58" s="39"/>
       <c r="Q58" s="40"/>
       <c r="R58" s="39"/>
       <c r="S58" s="47"/>
     </row>
     <row r="59" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="27">
         <v>53</v>
       </c>
       <c r="B59" s="28" t="s">
-        <v>2509</v>
+        <v>2259</v>
       </c>
       <c r="C59" s="29">
         <v>40203226650</v>
       </c>
       <c r="D59" s="28" t="s">
-        <v>2615</v>
+        <v>2367</v>
       </c>
       <c r="E59" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F59" s="29" t="s">
-        <v>1363</v>
+        <v>1181</v>
       </c>
       <c r="G59" s="32">
         <v>44243</v>
       </c>
       <c r="H59" s="37">
         <v>44245</v>
       </c>
       <c r="I59" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J59" s="29" t="s">
-        <v>1544</v>
+        <v>1363</v>
       </c>
       <c r="K59" s="37">
         <v>44845</v>
       </c>
       <c r="L59" s="37">
         <v>44847</v>
       </c>
       <c r="M59" s="38"/>
       <c r="N59" s="39"/>
       <c r="O59" s="40"/>
       <c r="P59" s="39"/>
       <c r="Q59" s="40"/>
       <c r="R59" s="39"/>
       <c r="S59" s="47"/>
     </row>
     <row r="60" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="27">
         <v>54</v>
       </c>
       <c r="B60" s="28" t="s">
-        <v>2510</v>
+        <v>2260</v>
       </c>
       <c r="C60" s="29">
         <v>40203289105</v>
       </c>
       <c r="D60" s="28" t="s">
-        <v>2613</v>
+        <v>2365</v>
       </c>
       <c r="E60" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F60" s="29" t="s">
-        <v>2692</v>
+        <v>2444</v>
       </c>
       <c r="G60" s="32">
         <v>44270</v>
       </c>
       <c r="H60" s="37">
         <v>44272</v>
       </c>
       <c r="I60" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J60" s="29" t="s">
-        <v>2739</v>
+        <v>2490</v>
       </c>
       <c r="K60" s="37">
         <v>45182</v>
       </c>
       <c r="L60" s="37">
         <v>45184</v>
       </c>
       <c r="M60" s="38"/>
       <c r="N60" s="39"/>
       <c r="O60" s="40"/>
       <c r="P60" s="39"/>
       <c r="Q60" s="40"/>
       <c r="R60" s="39"/>
       <c r="S60" s="47"/>
     </row>
     <row r="61" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="27">
         <v>55</v>
       </c>
       <c r="B61" s="28" t="s">
-        <v>2511</v>
+        <v>2261</v>
       </c>
       <c r="C61" s="29">
         <v>50203038151</v>
       </c>
       <c r="D61" s="28" t="s">
-        <v>2616</v>
+        <v>2368</v>
       </c>
       <c r="E61" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F61" s="29" t="s">
-        <v>1488</v>
+        <v>1306</v>
       </c>
       <c r="G61" s="32">
         <v>44270</v>
       </c>
       <c r="H61" s="37">
         <v>44272</v>
       </c>
       <c r="I61" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J61" s="29" t="s">
-        <v>2696</v>
+        <v>2448</v>
       </c>
       <c r="K61" s="37">
         <v>44840</v>
       </c>
       <c r="L61" s="37">
         <v>44844</v>
       </c>
       <c r="M61" s="38"/>
       <c r="N61" s="39"/>
       <c r="O61" s="40"/>
       <c r="P61" s="39"/>
       <c r="Q61" s="40"/>
       <c r="R61" s="39"/>
       <c r="S61" s="47"/>
     </row>
     <row r="62" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="27">
         <v>56</v>
       </c>
       <c r="B62" s="28" t="s">
-        <v>2512</v>
+        <v>2262</v>
       </c>
       <c r="C62" s="29">
         <v>40203289177</v>
       </c>
       <c r="D62" s="28" t="s">
-        <v>2617</v>
+        <v>2369</v>
       </c>
       <c r="E62" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F62" s="29" t="s">
-        <v>1490</v>
+        <v>1308</v>
       </c>
       <c r="G62" s="32">
         <v>44270</v>
       </c>
       <c r="H62" s="37">
         <v>44272</v>
       </c>
       <c r="I62" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J62" s="29" t="s">
-        <v>1321</v>
+        <v>1141</v>
       </c>
       <c r="K62" s="37">
         <v>44903</v>
       </c>
       <c r="L62" s="37">
         <v>44907</v>
       </c>
       <c r="M62" s="38"/>
       <c r="N62" s="39"/>
       <c r="O62" s="40"/>
       <c r="P62" s="39"/>
       <c r="Q62" s="40"/>
       <c r="R62" s="39"/>
       <c r="S62" s="47"/>
     </row>
     <row r="63" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="27">
         <v>57</v>
       </c>
       <c r="B63" s="28" t="s">
-        <v>2513</v>
+        <v>2263</v>
       </c>
       <c r="C63" s="29">
         <v>40203286931</v>
       </c>
       <c r="D63" s="28" t="s">
-        <v>2618</v>
+        <v>2370</v>
       </c>
       <c r="E63" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F63" s="29" t="s">
-        <v>1492</v>
+        <v>1310</v>
       </c>
       <c r="G63" s="32">
         <v>44270</v>
       </c>
       <c r="H63" s="37">
         <v>44272</v>
       </c>
       <c r="I63" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J63" s="29" t="s">
-        <v>2740</v>
+        <v>2491</v>
       </c>
       <c r="K63" s="37">
         <v>45082</v>
       </c>
       <c r="L63" s="37">
         <v>45084</v>
       </c>
       <c r="M63" s="38"/>
       <c r="N63" s="39"/>
       <c r="O63" s="40"/>
       <c r="P63" s="39"/>
       <c r="Q63" s="40"/>
       <c r="R63" s="39"/>
       <c r="S63" s="47"/>
     </row>
     <row r="64" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="27">
         <v>58</v>
       </c>
       <c r="B64" s="28" t="s">
-        <v>2514</v>
+        <v>2264</v>
       </c>
       <c r="C64" s="29">
         <v>50203284311</v>
       </c>
       <c r="D64" s="28" t="s">
-        <v>2619</v>
+        <v>2371</v>
       </c>
       <c r="E64" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F64" s="29" t="s">
-        <v>1499</v>
+        <v>1317</v>
       </c>
       <c r="G64" s="32">
         <v>44278</v>
       </c>
       <c r="H64" s="37">
         <v>44280</v>
       </c>
       <c r="I64" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J64" s="29" t="s">
-        <v>2691</v>
+        <v>2443</v>
       </c>
       <c r="K64" s="37">
         <v>45181</v>
       </c>
       <c r="L64" s="37">
         <v>45183</v>
       </c>
       <c r="M64" s="38"/>
       <c r="N64" s="39"/>
       <c r="O64" s="40"/>
       <c r="P64" s="39"/>
       <c r="Q64" s="40"/>
       <c r="R64" s="39"/>
       <c r="S64" s="47"/>
     </row>
     <row r="65" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="27">
         <v>59</v>
       </c>
       <c r="B65" s="28" t="s">
-        <v>2515</v>
+        <v>2265</v>
       </c>
       <c r="C65" s="29">
         <v>42103107311</v>
       </c>
       <c r="D65" s="28" t="s">
-        <v>2620</v>
+        <v>2372</v>
       </c>
       <c r="E65" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F65" s="29" t="s">
-        <v>2693</v>
+        <v>2445</v>
       </c>
       <c r="G65" s="32">
         <v>44278</v>
       </c>
       <c r="H65" s="37">
         <v>44280</v>
       </c>
       <c r="I65" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J65" s="29" t="s">
-        <v>2698</v>
+        <v>2450</v>
       </c>
       <c r="K65" s="37">
         <v>44869</v>
       </c>
       <c r="L65" s="37">
         <v>44873</v>
       </c>
       <c r="M65" s="38"/>
       <c r="N65" s="39"/>
       <c r="O65" s="40"/>
       <c r="P65" s="39"/>
       <c r="Q65" s="40"/>
       <c r="R65" s="39"/>
       <c r="S65" s="47"/>
     </row>
     <row r="66" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="27">
         <v>60</v>
       </c>
       <c r="B66" s="28" t="s">
-        <v>2516</v>
+        <v>2266</v>
       </c>
       <c r="C66" s="29">
         <v>50103267531</v>
       </c>
       <c r="D66" s="28" t="s">
-        <v>2621</v>
+        <v>2373</v>
       </c>
       <c r="E66" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F66" s="29" t="s">
-        <v>2694</v>
+        <v>2446</v>
       </c>
       <c r="G66" s="32">
         <v>44280</v>
       </c>
       <c r="H66" s="37">
         <v>44284</v>
       </c>
       <c r="I66" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J66" s="29" t="s">
-        <v>1593</v>
+        <v>1412</v>
       </c>
       <c r="K66" s="37">
         <v>45202</v>
       </c>
       <c r="L66" s="37">
         <v>45204</v>
       </c>
       <c r="M66" s="38"/>
       <c r="N66" s="39"/>
       <c r="O66" s="40"/>
       <c r="P66" s="39"/>
       <c r="Q66" s="40"/>
       <c r="R66" s="39"/>
       <c r="S66" s="47"/>
     </row>
     <row r="67" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="27">
         <v>61</v>
       </c>
       <c r="B67" s="28" t="s">
-        <v>2517</v>
+        <v>2267</v>
       </c>
       <c r="C67" s="29">
         <v>40103659714</v>
       </c>
       <c r="D67" s="28" t="s">
-        <v>2622</v>
+        <v>2374</v>
       </c>
       <c r="E67" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F67" s="29" t="s">
-        <v>2695</v>
+        <v>2447</v>
       </c>
       <c r="G67" s="32">
         <v>44299</v>
       </c>
       <c r="H67" s="37">
         <v>44301</v>
       </c>
       <c r="I67" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J67" s="29" t="s">
-        <v>2741</v>
+        <v>2492</v>
       </c>
       <c r="K67" s="37">
         <v>45064</v>
       </c>
       <c r="L67" s="37">
         <v>45066</v>
       </c>
       <c r="M67" s="38"/>
       <c r="N67" s="39"/>
       <c r="O67" s="40"/>
       <c r="P67" s="39"/>
       <c r="Q67" s="40"/>
       <c r="R67" s="39"/>
       <c r="S67" s="47"/>
     </row>
     <row r="68" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68" s="27">
         <v>62</v>
       </c>
       <c r="B68" s="28" t="s">
-        <v>2518</v>
+        <v>2268</v>
       </c>
       <c r="C68" s="29">
         <v>50203296861</v>
       </c>
       <c r="D68" s="28" t="s">
-        <v>2623</v>
+        <v>2375</v>
       </c>
       <c r="E68" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F68" s="29" t="s">
-        <v>2696</v>
+        <v>2448</v>
       </c>
       <c r="G68" s="32">
         <v>44299</v>
       </c>
       <c r="H68" s="37">
         <v>44301</v>
       </c>
       <c r="I68" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J68" s="29" t="s">
-        <v>1488</v>
+        <v>1306</v>
       </c>
       <c r="K68" s="37">
         <v>44817</v>
       </c>
       <c r="L68" s="37">
         <v>44819</v>
       </c>
       <c r="M68" s="38"/>
       <c r="N68" s="39"/>
       <c r="O68" s="40"/>
       <c r="P68" s="39"/>
       <c r="Q68" s="40"/>
       <c r="R68" s="39"/>
       <c r="S68" s="47"/>
     </row>
     <row r="69" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="27">
         <v>63</v>
       </c>
       <c r="B69" s="28" t="s">
-        <v>2519</v>
+        <v>2269</v>
       </c>
       <c r="C69" s="29">
         <v>40203030654</v>
       </c>
       <c r="D69" s="28" t="s">
-        <v>2624</v>
+        <v>2376</v>
       </c>
       <c r="E69" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F69" s="29" t="s">
-        <v>2697</v>
+        <v>2449</v>
       </c>
       <c r="G69" s="32">
         <v>44299</v>
       </c>
       <c r="H69" s="37">
         <v>44301</v>
       </c>
       <c r="I69" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J69" s="29" t="s">
-        <v>1478</v>
+        <v>1296</v>
       </c>
       <c r="K69" s="37">
         <v>45222</v>
       </c>
       <c r="L69" s="37">
         <v>45224</v>
       </c>
       <c r="M69" s="38"/>
       <c r="N69" s="39"/>
       <c r="O69" s="40"/>
       <c r="P69" s="39"/>
       <c r="Q69" s="40"/>
       <c r="R69" s="39"/>
       <c r="S69" s="47"/>
     </row>
     <row r="70" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="27">
         <v>64</v>
       </c>
       <c r="B70" s="28" t="s">
-        <v>2520</v>
+        <v>2270</v>
       </c>
       <c r="C70" s="29">
         <v>40203311529</v>
       </c>
       <c r="D70" s="28" t="s">
-        <v>2625</v>
+        <v>2377</v>
       </c>
       <c r="E70" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F70" s="29" t="s">
-        <v>1310</v>
+        <v>1130</v>
       </c>
       <c r="G70" s="32">
         <v>44341</v>
       </c>
       <c r="H70" s="37">
         <v>44343</v>
       </c>
       <c r="I70" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J70" s="29" t="s">
-        <v>2742</v>
+        <v>2493</v>
       </c>
       <c r="K70" s="37">
         <v>44869</v>
       </c>
       <c r="L70" s="37">
         <v>44873</v>
       </c>
       <c r="M70" s="38"/>
       <c r="N70" s="39"/>
       <c r="O70" s="40"/>
       <c r="P70" s="39"/>
       <c r="Q70" s="40"/>
       <c r="R70" s="39"/>
       <c r="S70" s="47"/>
     </row>
     <row r="71" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="27">
         <v>65</v>
       </c>
       <c r="B71" s="28" t="s">
-        <v>2521</v>
+        <v>2271</v>
       </c>
       <c r="C71" s="29">
         <v>40003680592</v>
       </c>
       <c r="D71" s="28" t="s">
-        <v>2626</v>
+        <v>2378</v>
       </c>
       <c r="E71" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F71" s="29" t="s">
-        <v>2698</v>
+        <v>2450</v>
       </c>
       <c r="G71" s="32">
         <v>44361</v>
       </c>
       <c r="H71" s="37">
         <v>44363</v>
       </c>
       <c r="I71" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J71" s="29" t="s">
-        <v>2730</v>
+        <v>2481</v>
       </c>
       <c r="K71" s="37">
         <v>44916</v>
       </c>
       <c r="L71" s="37">
         <v>44918</v>
       </c>
       <c r="M71" s="38"/>
       <c r="N71" s="39"/>
       <c r="O71" s="40"/>
       <c r="P71" s="39"/>
       <c r="Q71" s="40"/>
       <c r="R71" s="39"/>
       <c r="S71" s="47"/>
     </row>
     <row r="72" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="27">
         <v>66</v>
       </c>
       <c r="B72" s="28" t="s">
-        <v>2522</v>
+        <v>2272</v>
       </c>
       <c r="C72" s="29">
         <v>40203306405</v>
       </c>
       <c r="D72" s="28" t="s">
-        <v>2627</v>
+        <v>2379</v>
       </c>
       <c r="E72" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F72" s="29" t="s">
-        <v>2699</v>
+        <v>2451</v>
       </c>
       <c r="G72" s="32">
         <v>44377</v>
       </c>
       <c r="H72" s="37">
         <v>44379</v>
       </c>
       <c r="I72" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J72" s="29" t="s">
-        <v>1318</v>
+        <v>1138</v>
       </c>
       <c r="K72" s="37">
         <v>44900</v>
       </c>
       <c r="L72" s="37">
         <v>44902</v>
       </c>
       <c r="M72" s="38"/>
       <c r="N72" s="39"/>
       <c r="O72" s="40"/>
       <c r="P72" s="39"/>
       <c r="Q72" s="40"/>
       <c r="R72" s="39"/>
       <c r="S72" s="47"/>
     </row>
     <row r="73" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="27">
         <v>67</v>
       </c>
       <c r="B73" s="28" t="s">
-        <v>2523</v>
+        <v>2273</v>
       </c>
       <c r="C73" s="29">
         <v>40203277229</v>
       </c>
       <c r="D73" s="28" t="s">
-        <v>2628</v>
+        <v>2380</v>
       </c>
       <c r="E73" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F73" s="29" t="s">
-        <v>2700</v>
+        <v>2452</v>
       </c>
       <c r="G73" s="32">
         <v>44417</v>
       </c>
       <c r="H73" s="37">
         <v>44419</v>
       </c>
       <c r="I73" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J73" s="29" t="s">
-        <v>2743</v>
+        <v>2494</v>
       </c>
       <c r="K73" s="37">
         <v>44875</v>
       </c>
       <c r="L73" s="37">
         <v>44879</v>
       </c>
       <c r="M73" s="38"/>
       <c r="N73" s="39"/>
       <c r="O73" s="40"/>
       <c r="P73" s="39"/>
       <c r="Q73" s="40"/>
       <c r="R73" s="39"/>
       <c r="S73" s="47"/>
     </row>
     <row r="74" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="27">
         <v>68</v>
       </c>
       <c r="B74" s="28" t="s">
-        <v>2524</v>
+        <v>2274</v>
       </c>
       <c r="C74" s="29">
         <v>41203061386</v>
       </c>
       <c r="D74" s="28" t="s">
-        <v>2629</v>
+        <v>2381</v>
       </c>
       <c r="E74" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F74" s="29" t="s">
-        <v>2701</v>
+        <v>2453</v>
       </c>
       <c r="G74" s="32">
         <v>44417</v>
       </c>
       <c r="H74" s="37">
         <v>44419</v>
       </c>
       <c r="I74" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J74" s="29" t="s">
-        <v>2733</v>
+        <v>2484</v>
       </c>
       <c r="K74" s="37">
         <v>44869</v>
       </c>
       <c r="L74" s="37">
         <v>44873</v>
       </c>
       <c r="M74" s="38"/>
       <c r="N74" s="39"/>
       <c r="O74" s="40"/>
       <c r="P74" s="39"/>
       <c r="Q74" s="40"/>
       <c r="R74" s="39"/>
       <c r="S74" s="47"/>
     </row>
     <row r="75" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="27">
         <v>69</v>
       </c>
       <c r="B75" s="28" t="s">
-        <v>2525</v>
+        <v>2275</v>
       </c>
       <c r="C75" s="29">
         <v>40103824019</v>
       </c>
       <c r="D75" s="28" t="s">
-        <v>2630</v>
+        <v>2382</v>
       </c>
       <c r="E75" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F75" s="29" t="s">
-        <v>1612</v>
+        <v>1431</v>
       </c>
       <c r="G75" s="32">
         <v>44420</v>
       </c>
       <c r="H75" s="37">
         <v>44424</v>
       </c>
       <c r="I75" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J75" s="29" t="s">
-        <v>1469</v>
+        <v>1287</v>
       </c>
       <c r="K75" s="37">
         <v>45189</v>
       </c>
       <c r="L75" s="37">
         <v>45191</v>
       </c>
       <c r="M75" s="38"/>
       <c r="N75" s="39"/>
       <c r="O75" s="40"/>
       <c r="P75" s="39"/>
       <c r="Q75" s="40"/>
       <c r="R75" s="39"/>
       <c r="S75" s="47"/>
     </row>
     <row r="76" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="27">
         <v>70</v>
       </c>
       <c r="B76" s="28" t="s">
-        <v>2526</v>
+        <v>2276</v>
       </c>
       <c r="C76" s="29">
         <v>40203382216</v>
       </c>
       <c r="D76" s="28" t="s">
-        <v>2631</v>
+        <v>2383</v>
       </c>
       <c r="E76" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F76" s="29" t="s">
-        <v>1361</v>
+        <v>1179</v>
       </c>
       <c r="G76" s="32">
         <v>44665</v>
       </c>
       <c r="H76" s="37">
         <v>44671</v>
       </c>
       <c r="I76" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J76" s="29" t="s">
-        <v>2683</v>
+        <v>2435</v>
       </c>
       <c r="K76" s="37">
         <v>45190</v>
       </c>
       <c r="L76" s="37">
         <v>45194</v>
       </c>
       <c r="M76" s="38"/>
       <c r="N76" s="39"/>
       <c r="O76" s="40"/>
       <c r="P76" s="39"/>
       <c r="Q76" s="40"/>
       <c r="R76" s="39"/>
       <c r="S76" s="47"/>
     </row>
     <row r="77" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="27">
         <v>71</v>
       </c>
       <c r="B77" s="28" t="s">
-        <v>2527</v>
+        <v>2277</v>
       </c>
       <c r="C77" s="29">
         <v>42103083901</v>
       </c>
       <c r="D77" s="28" t="s">
-        <v>2632</v>
+        <v>2384</v>
       </c>
       <c r="E77" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F77" s="29" t="s">
-        <v>2679</v>
+        <v>2431</v>
       </c>
       <c r="G77" s="32">
         <v>44690</v>
       </c>
       <c r="H77" s="37">
         <v>44692</v>
       </c>
       <c r="I77" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J77" s="29" t="s">
-        <v>1488</v>
+        <v>1306</v>
       </c>
       <c r="K77" s="37">
         <v>45231</v>
       </c>
       <c r="L77" s="37">
         <v>45233</v>
       </c>
       <c r="M77" s="38"/>
       <c r="N77" s="39"/>
       <c r="O77" s="40"/>
       <c r="P77" s="39"/>
       <c r="Q77" s="40"/>
       <c r="R77" s="39"/>
       <c r="S77" s="47"/>
     </row>
     <row r="78" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="27">
         <v>72</v>
       </c>
       <c r="B78" s="28" t="s">
-        <v>2528</v>
+        <v>2278</v>
       </c>
       <c r="C78" s="29">
         <v>40203257345</v>
       </c>
       <c r="D78" s="28" t="s">
-        <v>2633</v>
+        <v>2385</v>
       </c>
       <c r="E78" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F78" s="29" t="s">
-        <v>1531</v>
+        <v>1350</v>
       </c>
       <c r="G78" s="32">
         <v>44830</v>
       </c>
       <c r="H78" s="37">
         <v>44832</v>
       </c>
       <c r="I78" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J78" s="29" t="s">
-        <v>1405</v>
+        <v>1223</v>
       </c>
       <c r="K78" s="37">
         <v>45178</v>
       </c>
       <c r="L78" s="37">
         <v>45181</v>
       </c>
       <c r="M78" s="38"/>
       <c r="N78" s="39"/>
       <c r="O78" s="40"/>
       <c r="P78" s="39"/>
       <c r="Q78" s="40"/>
       <c r="R78" s="39"/>
       <c r="S78" s="47"/>
     </row>
     <row r="79" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="27">
         <v>73</v>
       </c>
       <c r="B79" s="28" t="s">
-        <v>2529</v>
+        <v>2279</v>
       </c>
       <c r="C79" s="29">
         <v>40203423711</v>
       </c>
       <c r="D79" s="28" t="s">
-        <v>2634</v>
+        <v>2386</v>
       </c>
       <c r="E79" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F79" s="29" t="s">
-        <v>1628</v>
+        <v>1447</v>
       </c>
       <c r="G79" s="32">
         <v>44848</v>
       </c>
       <c r="H79" s="37">
         <v>44852</v>
       </c>
       <c r="I79" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J79" s="29" t="s">
-        <v>1444</v>
+        <v>1262</v>
       </c>
       <c r="K79" s="37">
         <v>45070</v>
       </c>
       <c r="L79" s="37">
         <v>45072</v>
       </c>
       <c r="M79" s="38"/>
       <c r="N79" s="39"/>
       <c r="O79" s="40"/>
       <c r="P79" s="39"/>
       <c r="Q79" s="40"/>
       <c r="R79" s="39"/>
       <c r="S79" s="47"/>
     </row>
     <row r="80" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="27">
         <v>74</v>
       </c>
       <c r="B80" s="28" t="s">
-        <v>2530</v>
+        <v>2280</v>
       </c>
       <c r="C80" s="29">
         <v>40103569302</v>
       </c>
       <c r="D80" s="28" t="s">
-        <v>2635</v>
+        <v>2387</v>
       </c>
       <c r="E80" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F80" s="29" t="s">
-        <v>1392</v>
+        <v>1210</v>
       </c>
       <c r="G80" s="32">
         <v>44690</v>
       </c>
       <c r="H80" s="37">
         <v>44692</v>
       </c>
       <c r="I80" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J80" s="29" t="s">
-        <v>2744</v>
+        <v>2495</v>
       </c>
       <c r="K80" s="37">
         <v>45275</v>
       </c>
       <c r="L80" s="37">
         <v>45279</v>
       </c>
       <c r="M80" s="38"/>
       <c r="N80" s="39"/>
       <c r="O80" s="40"/>
       <c r="P80" s="39"/>
       <c r="Q80" s="40"/>
       <c r="R80" s="39"/>
       <c r="S80" s="47"/>
     </row>
     <row r="81" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="27">
         <v>75</v>
       </c>
       <c r="B81" s="28" t="s">
-        <v>2531</v>
+        <v>2281</v>
       </c>
       <c r="C81" s="29">
         <v>40203289406</v>
       </c>
       <c r="D81" s="28" t="s">
-        <v>2636</v>
+        <v>2388</v>
       </c>
       <c r="E81" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F81" s="29" t="s">
-        <v>2702</v>
+        <v>2454</v>
       </c>
       <c r="G81" s="32">
         <v>44509</v>
       </c>
       <c r="H81" s="37">
         <v>44511</v>
       </c>
       <c r="I81" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J81" s="29" t="s">
-        <v>2745</v>
+        <v>2496</v>
       </c>
       <c r="K81" s="37">
         <v>45411</v>
       </c>
       <c r="L81" s="37">
         <v>45414</v>
       </c>
       <c r="M81" s="38"/>
       <c r="N81" s="39"/>
       <c r="O81" s="40"/>
       <c r="P81" s="39"/>
       <c r="Q81" s="40"/>
       <c r="R81" s="39"/>
       <c r="S81" s="47"/>
     </row>
     <row r="82" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="27">
         <v>76</v>
       </c>
       <c r="B82" s="28" t="s">
-        <v>2532</v>
+        <v>2282</v>
       </c>
       <c r="C82" s="29">
         <v>40203085898</v>
       </c>
       <c r="D82" s="28" t="s">
-        <v>2637</v>
+        <v>2389</v>
       </c>
       <c r="E82" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F82" s="29" t="s">
-        <v>1600</v>
+        <v>1419</v>
       </c>
       <c r="G82" s="32">
         <v>44151</v>
       </c>
       <c r="H82" s="37">
         <v>44154</v>
       </c>
       <c r="I82" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J82" s="29" t="s">
-        <v>2746</v>
+        <v>2497</v>
       </c>
       <c r="K82" s="37">
         <v>45460</v>
       </c>
       <c r="L82" s="37">
         <v>45462</v>
       </c>
       <c r="M82" s="38"/>
       <c r="N82" s="39"/>
       <c r="O82" s="40"/>
       <c r="P82" s="39"/>
       <c r="Q82" s="40"/>
       <c r="R82" s="39"/>
       <c r="S82" s="47"/>
     </row>
     <row r="83" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83" s="27">
         <v>77</v>
       </c>
       <c r="B83" s="28" t="s">
-        <v>2533</v>
+        <v>2283</v>
       </c>
       <c r="C83" s="29">
         <v>40203435636</v>
       </c>
       <c r="D83" s="28" t="s">
-        <v>2638</v>
+        <v>2390</v>
       </c>
       <c r="E83" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F83" s="29" t="s">
-        <v>1372</v>
+        <v>1190</v>
       </c>
       <c r="G83" s="32">
         <v>44978</v>
       </c>
       <c r="H83" s="37">
         <v>44980</v>
       </c>
       <c r="I83" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J83" s="29" t="s">
-        <v>2747</v>
+        <v>2498</v>
       </c>
       <c r="K83" s="37">
         <v>45463</v>
       </c>
       <c r="L83" s="37">
         <v>45468</v>
       </c>
       <c r="M83" s="38"/>
       <c r="N83" s="39"/>
       <c r="O83" s="40"/>
       <c r="P83" s="39"/>
       <c r="Q83" s="40"/>
       <c r="R83" s="39"/>
       <c r="S83" s="47"/>
     </row>
     <row r="84" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="27">
         <v>78</v>
       </c>
       <c r="B84" s="28" t="s">
-        <v>2534</v>
+        <v>2284</v>
       </c>
       <c r="C84" s="29">
         <v>53603057691</v>
       </c>
       <c r="D84" s="28" t="s">
-        <v>2639</v>
+        <v>2391</v>
       </c>
       <c r="E84" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F84" s="29" t="s">
-        <v>2703</v>
+        <v>2455</v>
       </c>
       <c r="G84" s="32">
         <v>44488</v>
       </c>
       <c r="H84" s="37">
         <v>44490</v>
       </c>
       <c r="I84" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J84" s="29" t="s">
-        <v>2748</v>
+        <v>2499</v>
       </c>
       <c r="K84" s="37">
         <v>45469</v>
       </c>
       <c r="L84" s="37">
         <v>45471</v>
       </c>
       <c r="M84" s="38"/>
       <c r="N84" s="39"/>
       <c r="O84" s="40"/>
       <c r="P84" s="39"/>
       <c r="Q84" s="40"/>
       <c r="R84" s="39"/>
       <c r="S84" s="47"/>
     </row>
     <row r="85" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="27">
         <v>79</v>
       </c>
       <c r="B85" s="28" t="s">
-        <v>2535</v>
+        <v>2285</v>
       </c>
       <c r="C85" s="29">
         <v>50203419991</v>
       </c>
       <c r="D85" s="28" t="s">
-        <v>2640</v>
+        <v>2392</v>
       </c>
       <c r="E85" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F85" s="29" t="s">
-        <v>2693</v>
+        <v>2445</v>
       </c>
       <c r="G85" s="32">
         <v>44830</v>
       </c>
       <c r="H85" s="37">
         <v>44832</v>
       </c>
       <c r="I85" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J85" s="29" t="s">
-        <v>2749</v>
+        <v>2500</v>
       </c>
       <c r="K85" s="37">
         <v>45497</v>
       </c>
       <c r="L85" s="37">
         <v>45499</v>
       </c>
       <c r="M85" s="38"/>
       <c r="N85" s="39"/>
       <c r="O85" s="40"/>
       <c r="P85" s="39"/>
       <c r="Q85" s="40"/>
       <c r="R85" s="39"/>
       <c r="S85" s="47"/>
     </row>
     <row r="86" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="27">
         <v>80</v>
       </c>
       <c r="B86" s="28" t="s">
-        <v>2536</v>
+        <v>2286</v>
       </c>
       <c r="C86" s="29">
         <v>41203065231</v>
       </c>
       <c r="D86" s="28" t="s">
-        <v>2641</v>
+        <v>2393</v>
       </c>
       <c r="E86" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F86" s="29" t="s">
-        <v>1628</v>
+        <v>1447</v>
       </c>
       <c r="G86" s="32">
         <v>44312</v>
       </c>
       <c r="H86" s="37">
         <v>44314</v>
       </c>
       <c r="I86" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J86" s="29" t="s">
-        <v>2750</v>
+        <v>2501</v>
       </c>
       <c r="K86" s="37">
         <v>45510</v>
       </c>
       <c r="L86" s="37">
         <v>45512</v>
       </c>
       <c r="M86" s="38"/>
       <c r="N86" s="39"/>
       <c r="O86" s="40"/>
       <c r="P86" s="39"/>
       <c r="Q86" s="40"/>
       <c r="R86" s="39"/>
       <c r="S86" s="47"/>
     </row>
     <row r="87" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="27">
         <v>81</v>
       </c>
       <c r="B87" s="28" t="s">
-        <v>2537</v>
+        <v>2287</v>
       </c>
       <c r="C87" s="29">
         <v>40203419735</v>
       </c>
       <c r="D87" s="28" t="s">
-        <v>2642</v>
+        <v>2394</v>
       </c>
       <c r="E87" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F87" s="29" t="s">
-        <v>1537</v>
+        <v>1356</v>
       </c>
       <c r="G87" s="32">
         <v>44833</v>
       </c>
       <c r="H87" s="37">
         <v>44837</v>
       </c>
       <c r="I87" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J87" s="29" t="s">
-        <v>1311</v>
+        <v>1131</v>
       </c>
       <c r="K87" s="37">
         <v>45510</v>
       </c>
       <c r="L87" s="37">
         <v>45512</v>
       </c>
       <c r="M87" s="38"/>
       <c r="N87" s="39"/>
       <c r="O87" s="40"/>
       <c r="P87" s="39"/>
       <c r="Q87" s="40"/>
       <c r="R87" s="39"/>
       <c r="S87" s="47"/>
     </row>
     <row r="88" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="27">
         <v>82</v>
       </c>
       <c r="B88" s="28" t="s">
-        <v>2538</v>
+        <v>2288</v>
       </c>
       <c r="C88" s="29">
         <v>40203210467</v>
       </c>
       <c r="D88" s="28" t="s">
-        <v>2643</v>
+        <v>2395</v>
       </c>
       <c r="E88" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F88" s="29" t="s">
-        <v>1425</v>
+        <v>1243</v>
       </c>
       <c r="G88" s="32">
         <v>44228</v>
       </c>
       <c r="H88" s="37">
         <v>44230</v>
       </c>
       <c r="I88" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J88" s="29" t="s">
-        <v>2272</v>
+        <v>2014</v>
       </c>
       <c r="K88" s="37">
         <v>45551</v>
       </c>
       <c r="L88" s="37">
         <v>45553</v>
       </c>
       <c r="M88" s="38"/>
       <c r="N88" s="39"/>
       <c r="O88" s="40"/>
       <c r="P88" s="39"/>
       <c r="Q88" s="40"/>
       <c r="R88" s="39"/>
       <c r="S88" s="47"/>
     </row>
     <row r="89" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="27">
         <v>83</v>
       </c>
       <c r="B89" s="28" t="s">
-        <v>2539</v>
+        <v>2289</v>
       </c>
       <c r="C89" s="29">
         <v>40203276331</v>
       </c>
       <c r="D89" s="28" t="s">
-        <v>2644</v>
+        <v>2396</v>
       </c>
       <c r="E89" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F89" s="29" t="s">
-        <v>1349</v>
+        <v>1167</v>
       </c>
       <c r="G89" s="32">
         <v>44215</v>
       </c>
       <c r="H89" s="37">
         <v>44217</v>
       </c>
       <c r="I89" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J89" s="29" t="s">
-        <v>2235</v>
+        <v>1982</v>
       </c>
       <c r="K89" s="37">
         <v>45551</v>
       </c>
       <c r="L89" s="37">
         <v>45553</v>
       </c>
       <c r="M89" s="38"/>
       <c r="N89" s="39"/>
       <c r="O89" s="40"/>
       <c r="P89" s="39"/>
       <c r="Q89" s="40"/>
       <c r="R89" s="39"/>
       <c r="S89" s="47"/>
     </row>
     <row r="90" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="27">
         <v>84</v>
       </c>
       <c r="B90" s="28" t="s">
-        <v>2540</v>
+        <v>2290</v>
       </c>
       <c r="C90" s="29">
         <v>40203087973</v>
       </c>
       <c r="D90" s="28" t="s">
-        <v>2645</v>
+        <v>2397</v>
       </c>
       <c r="E90" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F90" s="29" t="s">
-        <v>1537</v>
+        <v>1356</v>
       </c>
       <c r="G90" s="32">
         <v>44181</v>
       </c>
       <c r="H90" s="37">
         <v>44183</v>
       </c>
       <c r="I90" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J90" s="29" t="s">
-        <v>2268</v>
+        <v>2010</v>
       </c>
       <c r="K90" s="37">
         <v>45568</v>
       </c>
       <c r="L90" s="37">
         <v>45572</v>
       </c>
       <c r="M90" s="38"/>
       <c r="N90" s="39"/>
       <c r="O90" s="40"/>
       <c r="P90" s="39"/>
       <c r="Q90" s="40"/>
       <c r="R90" s="39"/>
       <c r="S90" s="47"/>
     </row>
     <row r="91" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="27">
         <v>85</v>
       </c>
       <c r="B91" s="28" t="s">
-        <v>2541</v>
+        <v>2291</v>
       </c>
       <c r="C91" s="29">
         <v>40203384999</v>
       </c>
       <c r="D91" s="28" t="s">
-        <v>2646</v>
+        <v>2398</v>
       </c>
       <c r="E91" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F91" s="29" t="s">
-        <v>2699</v>
+        <v>2451</v>
       </c>
       <c r="G91" s="32">
         <v>44869</v>
       </c>
       <c r="H91" s="37">
         <v>44873</v>
       </c>
       <c r="I91" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J91" s="29" t="s">
-        <v>2302</v>
+        <v>2040</v>
       </c>
       <c r="K91" s="37">
         <v>45572</v>
       </c>
       <c r="L91" s="37">
         <v>45574</v>
       </c>
       <c r="M91" s="38"/>
       <c r="N91" s="39"/>
       <c r="O91" s="40"/>
       <c r="P91" s="39"/>
       <c r="Q91" s="40"/>
       <c r="R91" s="39"/>
       <c r="S91" s="47"/>
     </row>
     <row r="92" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="27">
         <v>86</v>
       </c>
       <c r="B92" s="28" t="s">
-        <v>2542</v>
+        <v>2292</v>
       </c>
       <c r="C92" s="29">
         <v>40003439673</v>
       </c>
       <c r="D92" s="28" t="s">
-        <v>2647</v>
+        <v>2399</v>
       </c>
       <c r="E92" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F92" s="29" t="s">
-        <v>1399</v>
+        <v>1217</v>
       </c>
       <c r="G92" s="32">
         <v>44096</v>
       </c>
       <c r="H92" s="37">
         <v>44098</v>
       </c>
       <c r="I92" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J92" s="29" t="s">
-        <v>2345</v>
+        <v>2079</v>
       </c>
       <c r="K92" s="37">
         <v>45597</v>
       </c>
       <c r="L92" s="37">
         <v>45601</v>
       </c>
       <c r="M92" s="38"/>
       <c r="N92" s="39"/>
       <c r="O92" s="40"/>
       <c r="P92" s="39"/>
       <c r="Q92" s="40"/>
       <c r="R92" s="39"/>
       <c r="S92" s="47"/>
     </row>
     <row r="93" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="27">
         <v>87</v>
       </c>
       <c r="B93" s="28" t="s">
-        <v>2543</v>
+        <v>2293</v>
       </c>
       <c r="C93" s="29">
         <v>50103892341</v>
       </c>
       <c r="D93" s="28" t="s">
-        <v>2648</v>
+        <v>2400</v>
       </c>
       <c r="E93" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F93" s="29" t="s">
-        <v>2704</v>
+        <v>2456</v>
       </c>
       <c r="G93" s="32">
         <v>45469</v>
       </c>
       <c r="H93" s="37">
         <v>45471</v>
       </c>
       <c r="I93" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J93" s="29" t="s">
-        <v>2751</v>
+        <v>2502</v>
       </c>
       <c r="K93" s="37">
         <v>45642</v>
       </c>
       <c r="L93" s="37">
         <v>45644</v>
       </c>
       <c r="M93" s="38"/>
       <c r="N93" s="39"/>
       <c r="O93" s="40"/>
       <c r="P93" s="39"/>
       <c r="Q93" s="40"/>
       <c r="R93" s="39"/>
       <c r="S93" s="47"/>
     </row>
     <row r="94" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="27">
         <v>88</v>
       </c>
       <c r="B94" s="28" t="s">
-        <v>2544</v>
+        <v>2294</v>
       </c>
       <c r="C94" s="29">
         <v>40203249761</v>
       </c>
       <c r="D94" s="28" t="s">
-        <v>2649</v>
+        <v>2401</v>
       </c>
       <c r="E94" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F94" s="29" t="s">
-        <v>1438</v>
+        <v>1256</v>
       </c>
       <c r="G94" s="32">
         <v>44692</v>
       </c>
       <c r="H94" s="37">
         <v>44694</v>
       </c>
       <c r="I94" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J94" s="29" t="s">
-        <v>2752</v>
+        <v>2503</v>
       </c>
       <c r="K94" s="37">
         <v>45716</v>
       </c>
       <c r="L94" s="37">
         <v>45720</v>
       </c>
       <c r="M94" s="38"/>
       <c r="N94" s="39"/>
       <c r="O94" s="40"/>
       <c r="P94" s="39"/>
       <c r="Q94" s="40"/>
       <c r="R94" s="39"/>
       <c r="S94" s="47"/>
     </row>
     <row r="95" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="27">
         <v>89</v>
       </c>
       <c r="B95" s="28" t="s">
-        <v>2545</v>
+        <v>2295</v>
       </c>
       <c r="C95" s="29">
         <v>40203361093</v>
       </c>
       <c r="D95" s="28" t="s">
-        <v>2650</v>
+        <v>2402</v>
       </c>
       <c r="E95" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F95" s="29" t="s">
-        <v>2705</v>
+        <v>2457</v>
       </c>
       <c r="G95" s="32">
         <v>45533</v>
       </c>
       <c r="H95" s="37">
         <v>45537</v>
       </c>
       <c r="I95" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J95" s="29" t="s">
-        <v>2753</v>
+        <v>2504</v>
       </c>
       <c r="K95" s="37">
         <v>45756</v>
       </c>
       <c r="L95" s="37">
         <v>45758</v>
       </c>
       <c r="M95" s="38"/>
       <c r="N95" s="39"/>
       <c r="O95" s="40"/>
       <c r="P95" s="39"/>
       <c r="Q95" s="40"/>
       <c r="R95" s="39"/>
       <c r="S95" s="47"/>
     </row>
     <row r="96" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="27">
         <v>90</v>
       </c>
       <c r="B96" s="28" t="s">
-        <v>2546</v>
+        <v>2296</v>
       </c>
       <c r="C96" s="29">
         <v>40203053178</v>
       </c>
       <c r="D96" s="28" t="s">
-        <v>2651</v>
+        <v>2403</v>
       </c>
       <c r="E96" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F96" s="29" t="s">
-        <v>2703</v>
+        <v>2455</v>
       </c>
       <c r="G96" s="32">
         <v>43425</v>
       </c>
       <c r="H96" s="37">
         <v>43427</v>
       </c>
       <c r="I96" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J96" s="29" t="s">
-        <v>2754</v>
+        <v>2505</v>
       </c>
       <c r="K96" s="37">
         <v>45756</v>
       </c>
       <c r="L96" s="37">
         <v>45758</v>
       </c>
       <c r="M96" s="38"/>
       <c r="N96" s="39"/>
       <c r="O96" s="40"/>
       <c r="P96" s="39"/>
       <c r="Q96" s="40"/>
       <c r="R96" s="39"/>
       <c r="S96" s="47"/>
     </row>
     <row r="97" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="27">
         <v>91</v>
       </c>
       <c r="B97" s="28" t="s">
-        <v>2547</v>
+        <v>2297</v>
       </c>
       <c r="C97" s="29">
         <v>40203562071</v>
       </c>
       <c r="D97" s="28" t="s">
-        <v>2652</v>
+        <v>2404</v>
       </c>
       <c r="E97" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F97" s="29" t="s">
-        <v>2706</v>
+        <v>2458</v>
       </c>
       <c r="G97" s="32">
         <v>45517</v>
       </c>
       <c r="H97" s="37">
         <v>45519</v>
       </c>
       <c r="I97" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J97" s="29" t="s">
-        <v>2755</v>
+        <v>2506</v>
       </c>
       <c r="K97" s="37">
         <v>45756</v>
       </c>
       <c r="L97" s="37">
         <v>45758</v>
       </c>
       <c r="M97" s="38"/>
       <c r="N97" s="39"/>
       <c r="O97" s="40"/>
       <c r="P97" s="39"/>
       <c r="Q97" s="40"/>
       <c r="R97" s="39"/>
       <c r="S97" s="47"/>
     </row>
     <row r="98" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="27">
         <v>92</v>
       </c>
       <c r="B98" s="28" t="s">
-        <v>2548</v>
+        <v>2298</v>
       </c>
       <c r="C98" s="29">
         <v>50203562251</v>
       </c>
       <c r="D98" s="28" t="s">
-        <v>2653</v>
+        <v>2405</v>
       </c>
       <c r="E98" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F98" s="29" t="s">
-        <v>2707</v>
+        <v>2459</v>
       </c>
       <c r="G98" s="32">
         <v>45637</v>
       </c>
       <c r="H98" s="37">
         <v>45639</v>
       </c>
       <c r="I98" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J98" s="29" t="s">
-        <v>1680</v>
+        <v>1492</v>
       </c>
       <c r="K98" s="37">
         <v>45777</v>
       </c>
       <c r="L98" s="37">
         <v>45784</v>
       </c>
       <c r="M98" s="38"/>
       <c r="N98" s="39"/>
       <c r="O98" s="40"/>
       <c r="P98" s="39"/>
       <c r="Q98" s="40"/>
       <c r="R98" s="39"/>
       <c r="S98" s="47"/>
     </row>
     <row r="99" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="27">
         <v>93</v>
       </c>
       <c r="B99" s="28" t="s">
-        <v>2549</v>
+        <v>2299</v>
       </c>
       <c r="C99" s="29">
         <v>40003153890</v>
       </c>
       <c r="D99" s="28" t="s">
-        <v>2654</v>
+        <v>2406</v>
       </c>
       <c r="E99" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F99" s="29" t="s">
-        <v>1381</v>
+        <v>1199</v>
       </c>
       <c r="G99" s="32">
         <v>43980</v>
       </c>
       <c r="H99" s="37">
         <v>43984</v>
       </c>
       <c r="I99" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J99" s="29" t="s">
-        <v>2756</v>
+        <v>2507</v>
       </c>
       <c r="K99" s="37">
         <v>45813</v>
       </c>
       <c r="L99" s="37">
         <v>45817</v>
       </c>
       <c r="M99" s="38"/>
       <c r="N99" s="39"/>
       <c r="O99" s="40"/>
       <c r="P99" s="39"/>
       <c r="Q99" s="40"/>
       <c r="R99" s="39"/>
       <c r="S99" s="47"/>
     </row>
     <row r="100" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="27">
         <v>94</v>
       </c>
       <c r="B100" s="28" t="s">
-        <v>2550</v>
+        <v>2300</v>
       </c>
       <c r="C100" s="29">
         <v>40203023370</v>
       </c>
       <c r="D100" s="28" t="s">
-        <v>2655</v>
+        <v>2407</v>
       </c>
       <c r="E100" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F100" s="29" t="s">
-        <v>1625</v>
+        <v>1444</v>
       </c>
       <c r="G100" s="32">
         <v>44312</v>
       </c>
       <c r="H100" s="37">
         <v>44314</v>
       </c>
       <c r="I100" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J100" s="29" t="s">
-        <v>2757</v>
+        <v>2508</v>
       </c>
       <c r="K100" s="37">
         <v>45856</v>
       </c>
       <c r="L100" s="37">
         <v>45860</v>
       </c>
       <c r="M100" s="38"/>
       <c r="N100" s="39"/>
       <c r="O100" s="40"/>
       <c r="P100" s="39"/>
       <c r="Q100" s="40"/>
       <c r="R100" s="39"/>
       <c r="S100" s="47"/>
     </row>
     <row r="101" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="27">
         <v>95</v>
       </c>
       <c r="B101" s="28" t="s">
-        <v>2551</v>
+        <v>2301</v>
       </c>
       <c r="C101" s="29">
         <v>40103929591</v>
       </c>
       <c r="D101" s="28" t="s">
-        <v>2656</v>
+        <v>2408</v>
       </c>
       <c r="E101" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F101" s="29" t="s">
-        <v>2708</v>
+        <v>2460</v>
       </c>
       <c r="G101" s="32">
         <v>43773</v>
       </c>
       <c r="H101" s="37">
         <v>43775</v>
       </c>
       <c r="I101" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J101" s="29" t="s">
-        <v>2758</v>
+        <v>2509</v>
       </c>
       <c r="K101" s="37">
         <v>45877</v>
       </c>
       <c r="L101" s="37">
         <v>45881</v>
       </c>
       <c r="M101" s="38"/>
       <c r="N101" s="39"/>
       <c r="O101" s="40"/>
       <c r="P101" s="39"/>
       <c r="Q101" s="40"/>
       <c r="R101" s="39"/>
       <c r="S101" s="47"/>
     </row>
     <row r="102" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="27">
         <v>96</v>
       </c>
       <c r="B102" s="28" t="s">
-        <v>2552</v>
+        <v>2302</v>
       </c>
       <c r="C102" s="29">
         <v>40203376027</v>
       </c>
       <c r="D102" s="28" t="s">
-        <v>2657</v>
+        <v>2409</v>
       </c>
       <c r="E102" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F102" s="29" t="s">
-        <v>1359</v>
+        <v>1177</v>
       </c>
       <c r="G102" s="32">
         <v>44643</v>
       </c>
       <c r="H102" s="37">
         <v>44645</v>
       </c>
       <c r="I102" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J102" s="29" t="s">
-        <v>2759</v>
+        <v>2510</v>
       </c>
       <c r="K102" s="37">
         <v>45877</v>
       </c>
       <c r="L102" s="37">
         <v>45881</v>
       </c>
       <c r="M102" s="38"/>
       <c r="N102" s="39"/>
       <c r="O102" s="40"/>
       <c r="P102" s="39"/>
       <c r="Q102" s="40"/>
       <c r="R102" s="39"/>
       <c r="S102" s="47"/>
     </row>
     <row r="103" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="27">
         <v>97</v>
       </c>
       <c r="B103" s="28" t="s">
-        <v>2553</v>
+        <v>2303</v>
       </c>
       <c r="C103" s="29">
         <v>40203502852</v>
       </c>
       <c r="D103" s="28" t="s">
-        <v>2658</v>
+        <v>2410</v>
       </c>
       <c r="E103" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F103" s="29" t="s">
-        <v>1374</v>
+        <v>1192</v>
       </c>
       <c r="G103" s="32">
         <v>45280</v>
       </c>
       <c r="H103" s="37">
         <v>45282</v>
       </c>
       <c r="I103" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J103" s="29" t="s">
-        <v>2760</v>
+        <v>2511</v>
       </c>
       <c r="K103" s="37">
         <v>45877</v>
       </c>
       <c r="L103" s="37">
         <v>45881</v>
       </c>
       <c r="M103" s="38"/>
       <c r="N103" s="39"/>
       <c r="O103" s="40"/>
       <c r="P103" s="39"/>
       <c r="Q103" s="40"/>
       <c r="R103" s="39"/>
       <c r="S103" s="47"/>
     </row>
     <row r="104" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="27">
         <v>98</v>
       </c>
       <c r="B104" s="28" t="s">
-        <v>2554</v>
+        <v>2304</v>
       </c>
       <c r="C104" s="29">
         <v>40203556164</v>
       </c>
       <c r="D104" s="28" t="s">
-        <v>2659</v>
+        <v>2411</v>
       </c>
       <c r="E104" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F104" s="29" t="s">
-        <v>2709</v>
+        <v>2461</v>
       </c>
       <c r="G104" s="32">
         <v>45460</v>
       </c>
       <c r="H104" s="37">
         <v>45462</v>
       </c>
       <c r="I104" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J104" s="29" t="s">
-        <v>2761</v>
+        <v>2512</v>
       </c>
       <c r="K104" s="37">
         <v>45938</v>
       </c>
       <c r="L104" s="37">
         <v>45940</v>
       </c>
       <c r="M104" s="38"/>
       <c r="N104" s="39"/>
       <c r="O104" s="40"/>
       <c r="P104" s="39"/>
       <c r="Q104" s="40"/>
       <c r="R104" s="39"/>
       <c r="S104" s="47"/>
     </row>
     <row r="105" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="27">
         <v>99</v>
       </c>
       <c r="B105" s="28" t="s">
-        <v>2555</v>
+        <v>2305</v>
       </c>
       <c r="C105" s="29">
         <v>40203310720</v>
       </c>
       <c r="D105" s="28" t="s">
-        <v>2660</v>
+        <v>2412</v>
       </c>
       <c r="E105" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F105" s="29" t="s">
-        <v>2710</v>
+        <v>2462</v>
       </c>
       <c r="G105" s="32">
         <v>44340</v>
       </c>
       <c r="H105" s="37">
         <v>44342</v>
       </c>
       <c r="I105" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J105" s="29" t="s">
-        <v>2762</v>
+        <v>2513</v>
       </c>
       <c r="K105" s="37">
         <v>45938</v>
       </c>
       <c r="L105" s="37">
         <v>45940</v>
       </c>
       <c r="M105" s="38"/>
       <c r="N105" s="39"/>
       <c r="O105" s="40"/>
       <c r="P105" s="39"/>
       <c r="Q105" s="40"/>
       <c r="R105" s="39"/>
       <c r="S105" s="47"/>
     </row>
     <row r="106" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="27">
         <v>100</v>
       </c>
       <c r="B106" s="28" t="s">
-        <v>2556</v>
+        <v>2306</v>
       </c>
       <c r="C106" s="29">
         <v>40203310881</v>
       </c>
       <c r="D106" s="28" t="s">
-        <v>2661</v>
+        <v>2413</v>
       </c>
       <c r="E106" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F106" s="29" t="s">
-        <v>2681</v>
+        <v>2433</v>
       </c>
       <c r="G106" s="32">
         <v>44718</v>
       </c>
       <c r="H106" s="37">
         <v>44720</v>
       </c>
       <c r="I106" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J106" s="29" t="s">
-        <v>1929</v>
+        <v>1712</v>
       </c>
       <c r="K106" s="37">
         <v>45957</v>
       </c>
       <c r="L106" s="37">
         <v>45959</v>
       </c>
       <c r="M106" s="38"/>
       <c r="N106" s="39"/>
       <c r="O106" s="40"/>
       <c r="P106" s="39"/>
       <c r="Q106" s="40"/>
       <c r="R106" s="39"/>
       <c r="S106" s="47"/>
     </row>
     <row r="107" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="27">
         <v>101</v>
       </c>
       <c r="B107" s="28" t="s">
-        <v>2557</v>
+        <v>2307</v>
       </c>
       <c r="C107" s="29">
         <v>42103095525</v>
       </c>
       <c r="D107" s="28" t="s">
-        <v>2662</v>
+        <v>2414</v>
       </c>
       <c r="E107" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F107" s="29" t="s">
-        <v>2115</v>
+        <v>1875</v>
       </c>
       <c r="G107" s="32">
         <v>45425</v>
       </c>
       <c r="H107" s="37">
         <v>45427</v>
       </c>
       <c r="I107" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J107" s="29" t="s">
-        <v>2763</v>
+        <v>2514</v>
       </c>
       <c r="K107" s="37">
         <v>45958</v>
       </c>
       <c r="L107" s="37">
         <v>45960</v>
       </c>
       <c r="M107" s="38"/>
       <c r="N107" s="39"/>
       <c r="O107" s="40"/>
       <c r="P107" s="39"/>
       <c r="Q107" s="40"/>
       <c r="R107" s="39"/>
       <c r="S107" s="47"/>
     </row>
     <row r="108" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="27">
         <v>102</v>
       </c>
       <c r="B108" s="28" t="s">
-        <v>2558</v>
+        <v>2308</v>
       </c>
       <c r="C108" s="29">
         <v>41503085330</v>
       </c>
       <c r="D108" s="28" t="s">
-        <v>2663</v>
+        <v>2415</v>
       </c>
       <c r="E108" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F108" s="29" t="s">
-        <v>2711</v>
+        <v>2463</v>
       </c>
       <c r="G108" s="32">
         <v>45545</v>
       </c>
       <c r="H108" s="37">
         <v>45547</v>
       </c>
       <c r="I108" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J108" s="29" t="s">
-        <v>1931</v>
+        <v>1714</v>
       </c>
       <c r="K108" s="37">
         <v>45957</v>
       </c>
       <c r="L108" s="37">
         <v>45959</v>
       </c>
       <c r="M108" s="38"/>
       <c r="N108" s="39"/>
       <c r="O108" s="40"/>
       <c r="P108" s="39"/>
       <c r="Q108" s="40"/>
       <c r="R108" s="39"/>
       <c r="S108" s="47"/>
     </row>
     <row r="109" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="27">
         <v>103</v>
       </c>
       <c r="B109" s="28" t="s">
-        <v>2480</v>
+        <v>2230</v>
       </c>
       <c r="C109" s="29">
         <v>40103937866</v>
       </c>
       <c r="D109" s="28" t="s">
-        <v>2664</v>
+        <v>2416</v>
       </c>
       <c r="E109" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F109" s="29" t="s">
-        <v>1357</v>
+        <v>1175</v>
       </c>
       <c r="G109" s="32">
         <v>44979</v>
       </c>
       <c r="H109" s="37">
         <v>44981</v>
       </c>
       <c r="I109" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J109" s="29" t="s">
-        <v>1467</v>
+        <v>1285</v>
       </c>
       <c r="K109" s="37">
         <v>45958</v>
       </c>
       <c r="L109" s="37">
         <v>45960</v>
       </c>
       <c r="M109" s="38"/>
       <c r="N109" s="39"/>
       <c r="O109" s="40"/>
       <c r="P109" s="39"/>
       <c r="Q109" s="40"/>
       <c r="R109" s="39"/>
       <c r="S109" s="47"/>
     </row>
     <row r="110" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="27">
         <v>104</v>
       </c>
       <c r="B110" s="28" t="s">
-        <v>2559</v>
+        <v>2309</v>
       </c>
       <c r="C110" s="29">
         <v>40203079251</v>
       </c>
       <c r="D110" s="28" t="s">
-        <v>2665</v>
+        <v>2417</v>
       </c>
       <c r="E110" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F110" s="29" t="s">
-        <v>1581</v>
+        <v>1400</v>
       </c>
       <c r="G110" s="32">
         <v>43669</v>
       </c>
       <c r="H110" s="37">
         <v>43671</v>
       </c>
       <c r="I110" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J110" s="29" t="s">
-        <v>2751</v>
+        <v>2502</v>
       </c>
       <c r="K110" s="37">
         <v>45968</v>
       </c>
       <c r="L110" s="37">
         <v>45972</v>
       </c>
       <c r="M110" s="38"/>
       <c r="N110" s="39"/>
       <c r="O110" s="40"/>
       <c r="P110" s="39"/>
       <c r="Q110" s="40"/>
       <c r="R110" s="39"/>
       <c r="S110" s="47"/>
     </row>
     <row r="111" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="27">
         <v>105</v>
       </c>
       <c r="B111" s="28" t="s">
-        <v>2560</v>
+        <v>2310</v>
       </c>
       <c r="C111" s="29">
         <v>40203169625</v>
       </c>
       <c r="D111" s="28" t="s">
-        <v>2666</v>
+        <v>2418</v>
       </c>
       <c r="E111" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F111" s="29" t="s">
-        <v>1449</v>
+        <v>1267</v>
       </c>
       <c r="G111" s="32">
         <v>43661</v>
       </c>
       <c r="H111" s="37">
         <v>43663</v>
       </c>
       <c r="I111" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J111" s="29" t="s">
-        <v>2764</v>
+        <v>2515</v>
       </c>
       <c r="K111" s="37">
         <v>45968</v>
       </c>
       <c r="L111" s="37">
         <v>45971</v>
       </c>
       <c r="M111" s="38"/>
       <c r="N111" s="39"/>
       <c r="O111" s="40"/>
       <c r="P111" s="39"/>
       <c r="Q111" s="40"/>
       <c r="R111" s="39"/>
       <c r="S111" s="47"/>
     </row>
     <row r="112" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="27">
         <v>106</v>
       </c>
       <c r="B112" s="28" t="s">
-        <v>2561</v>
+        <v>2311</v>
       </c>
       <c r="C112" s="29">
         <v>40203095932</v>
       </c>
       <c r="D112" s="28" t="s">
-        <v>2667</v>
+        <v>2419</v>
       </c>
       <c r="E112" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F112" s="29" t="s">
-        <v>1392</v>
+        <v>1210</v>
       </c>
       <c r="G112" s="32">
         <v>43949</v>
       </c>
       <c r="H112" s="37">
         <v>43951</v>
       </c>
       <c r="I112" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J112" s="29" t="s">
-        <v>2765</v>
+        <v>2516</v>
       </c>
       <c r="K112" s="37">
         <v>45982</v>
       </c>
       <c r="L112" s="37">
         <v>45986</v>
       </c>
       <c r="M112" s="38"/>
       <c r="N112" s="39"/>
       <c r="O112" s="40"/>
       <c r="P112" s="39"/>
       <c r="Q112" s="40"/>
       <c r="R112" s="39"/>
       <c r="S112" s="47"/>
     </row>
     <row r="113" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="27">
         <v>107</v>
       </c>
       <c r="B113" s="28" t="s">
-        <v>2562</v>
+        <v>2312</v>
       </c>
       <c r="C113" s="29">
         <v>40203468196</v>
       </c>
       <c r="D113" s="28" t="s">
-        <v>2668</v>
+        <v>2420</v>
       </c>
       <c r="E113" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F113" s="29" t="s">
-        <v>2712</v>
+        <v>2204</v>
       </c>
       <c r="G113" s="32">
         <v>45320</v>
       </c>
       <c r="H113" s="37">
         <v>45322</v>
       </c>
       <c r="I113" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J113" s="29" t="s">
-        <v>2766</v>
+        <v>2517</v>
       </c>
       <c r="K113" s="37">
         <v>46001</v>
       </c>
       <c r="L113" s="37" t="s">
-        <v>2767</v>
+        <v>2518</v>
       </c>
       <c r="M113" s="38"/>
       <c r="N113" s="39"/>
       <c r="O113" s="40"/>
       <c r="P113" s="39"/>
       <c r="Q113" s="40"/>
       <c r="R113" s="39"/>
       <c r="S113" s="47"/>
     </row>
     <row r="114" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="27">
         <v>108</v>
       </c>
       <c r="B114" s="28" t="s">
-        <v>2563</v>
+        <v>2313</v>
       </c>
       <c r="C114" s="29">
         <v>40203195524</v>
       </c>
       <c r="D114" s="28" t="s">
-        <v>2669</v>
+        <v>2421</v>
       </c>
       <c r="E114" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F114" s="29" t="s">
-        <v>2685</v>
+        <v>2437</v>
       </c>
       <c r="G114" s="32">
         <v>43585</v>
       </c>
       <c r="H114" s="37">
         <v>43588</v>
       </c>
       <c r="I114" s="28" t="s">
-        <v>2716</v>
+        <v>2467</v>
       </c>
       <c r="J114" s="29" t="s">
-        <v>2768</v>
+        <v>2519</v>
       </c>
       <c r="K114" s="37">
         <v>46013</v>
       </c>
       <c r="L114" s="37">
         <v>46020</v>
       </c>
       <c r="M114" s="38"/>
       <c r="N114" s="39"/>
       <c r="O114" s="40"/>
       <c r="P114" s="39"/>
       <c r="Q114" s="40"/>
       <c r="R114" s="39"/>
       <c r="S114" s="47"/>
     </row>
     <row r="115" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="27">
         <v>109</v>
       </c>
       <c r="B115" s="28" t="s">
-        <v>2564</v>
+        <v>2314</v>
       </c>
       <c r="C115" s="29">
         <v>40203619239</v>
       </c>
       <c r="D115" s="28" t="s">
-        <v>2670</v>
+        <v>2422</v>
       </c>
       <c r="E115" s="28" t="s">
-        <v>1299</v>
+        <v>1119</v>
       </c>
       <c r="F115" s="29" t="s">
-        <v>2713</v>
+        <v>2464</v>
       </c>
       <c r="G115" s="32">
         <v>45777</v>
       </c>
       <c r="H115" s="37">
         <v>45784</v>
       </c>
       <c r="I115" s="28" t="s">
-        <v>2714</v>
+        <v>2465</v>
       </c>
       <c r="J115" s="29" t="s">
-        <v>2769</v>
+        <v>2520</v>
       </c>
       <c r="K115" s="37">
         <v>46020</v>
       </c>
       <c r="L115" s="37">
         <v>46027</v>
       </c>
       <c r="M115" s="38"/>
       <c r="N115" s="39"/>
       <c r="O115" s="40"/>
       <c r="P115" s="39"/>
       <c r="Q115" s="40"/>
       <c r="R115" s="39"/>
       <c r="S115" s="47"/>
     </row>
-    <row r="116" spans="1:19" x14ac:dyDescent="0.25"/>
+    <row r="116" spans="1:19" s="6" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="27">
+        <v>110</v>
+      </c>
+      <c r="B116" s="28" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C116" s="29">
+        <v>40203179708</v>
+      </c>
+      <c r="D116" s="28" t="s">
+        <v>2333</v>
+      </c>
+      <c r="E116" s="28" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F116" s="29" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G116" s="32">
+        <v>43472</v>
+      </c>
+      <c r="H116" s="37">
+        <v>43474</v>
+      </c>
+      <c r="I116" s="28" t="s">
+        <v>2465</v>
+      </c>
+      <c r="J116" s="29" t="s">
+        <v>1451</v>
+      </c>
+      <c r="K116" s="37">
+        <v>46044</v>
+      </c>
+      <c r="L116" s="37">
+        <v>46048</v>
+      </c>
+      <c r="M116" s="38"/>
+      <c r="N116" s="39"/>
+      <c r="O116" s="40"/>
+      <c r="P116" s="39"/>
+      <c r="Q116" s="40"/>
+      <c r="R116" s="39"/>
+      <c r="S116" s="47"/>
+    </row>
     <row r="117" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="118" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="119" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="120" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="121" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="122" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="123" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="124" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="125" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="126" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="127" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="128" spans="1:19" x14ac:dyDescent="0.25"/>
     <row r="129" x14ac:dyDescent="0.25"/>
     <row r="130" x14ac:dyDescent="0.25"/>
     <row r="131" x14ac:dyDescent="0.25"/>
     <row r="132" x14ac:dyDescent="0.25"/>
     <row r="133" x14ac:dyDescent="0.25"/>
     <row r="134" x14ac:dyDescent="0.25"/>
     <row r="135" x14ac:dyDescent="0.25"/>
     <row r="136" x14ac:dyDescent="0.25"/>
     <row r="137" x14ac:dyDescent="0.25"/>
     <row r="138" x14ac:dyDescent="0.25"/>
     <row r="139" x14ac:dyDescent="0.25"/>
     <row r="140" x14ac:dyDescent="0.25"/>
     <row r="141" x14ac:dyDescent="0.25"/>
     <row r="142" x14ac:dyDescent="0.25"/>
     <row r="143" x14ac:dyDescent="0.25"/>
     <row r="144" x14ac:dyDescent="0.25"/>
     <row r="145" x14ac:dyDescent="0.25"/>
     <row r="146" x14ac:dyDescent="0.25"/>
     <row r="147" x14ac:dyDescent="0.25"/>
     <row r="148" x14ac:dyDescent="0.25"/>
     <row r="149" x14ac:dyDescent="0.25"/>
     <row r="150" x14ac:dyDescent="0.25"/>
     <row r="151" x14ac:dyDescent="0.25"/>
     <row r="152" x14ac:dyDescent="0.25"/>
     <row r="153" x14ac:dyDescent="0.25"/>
-    <row r="154" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="156" x14ac:dyDescent="0.25"/>
     <row r="157" x14ac:dyDescent="0.25"/>
     <row r="158" x14ac:dyDescent="0.25"/>
     <row r="159" x14ac:dyDescent="0.25"/>
     <row r="160" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <autoFilter ref="A6:R115" xr:uid="{5EDB8159-9AE4-412E-BE50-A93776029CAD}"/>
+  <autoFilter ref="A6:R116" xr:uid="{5EDB8159-9AE4-412E-BE50-A93776029CAD}"/>
   <mergeCells count="8">
     <mergeCell ref="M4:N4"/>
     <mergeCell ref="O4:P4"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="E4:H4"/>
     <mergeCell ref="I4:L4"/>
   </mergeCells>
   <pageMargins left="0.31" right="0.2" top="0.6692913385826772" bottom="0.6692913385826772" header="0.27559055118110237" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="70" fitToWidth="2" fitToHeight="0" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Regular"&amp;14Sociālo uzņēmumu reģistrs&amp;C&amp;"Arial,Regular"&amp;12&amp;P.lapa no &amp;N&amp;R&amp;"Arial,Regular"&amp;14&amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">